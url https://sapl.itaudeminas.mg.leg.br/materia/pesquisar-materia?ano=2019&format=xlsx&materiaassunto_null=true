--- v0 (2026-02-02)
+++ v1 (2026-03-21)
@@ -54,185 +54,185 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/116/projeto_de_lei_no_01.19_-_reajuste_dos_servidore_r7HLkBw.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/116/projeto_de_lei_no_01.19_-_reajuste_dos_servidore_r7HLkBw.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 01, DE 23 DE JANEIRO DE 2019._x000D_
 _x000D_
 _x000D_
 _x000D_
 DISPÕE SOBRE O REAJUSTE DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS, NA FORMA QUE MENCIONA, E DÁ OUTRAS PROVIDÊNCIAS.	_x000D_
 		_x000D_
 	A Câmara Municipal de Itaú de Minas (MG), por seus representantes aprova:_x000D_
 _x000D_
 	Art. 1º - Ficam reajustados em 3,75% (três vírgula setenta e cinco por cento) os vencimentos constantes dos Anexos V e VII da Lei Municipal nº 40/90 e alterações posteriores, a vigorar a partir de 1º de janeiro de 2019._x000D_
 _x000D_
 	Art. 2º - Ficam reajustados em 4,17% (quatro vírgula dezessete por cento) os vencimentos constantes do Anexo III, da Lei Municipal nº 278/98 e alterações posteriores, a vigorar a partir de 1º de janeiro de 2019._x000D_
 _x000D_
 	Art. 3º - Os percentuais descritos nos artigos 1º e 2º desta Lei serão aplicados sobre as respectivas Tabelas de Vencimentos vigentes no mês de dezembro de 2018._x000D_
 _x000D_
 	Art. 4º - Para fins de atendimento ao disposto na Lei Federal nº 13.708/2018, no que se refere ao piso salarial profissional nacional dos Agent</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>DONIZETTI ANTONIO DE AMORIM</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/117/projeto_de_lei_no_02.19_-_concessao_de_transport_54FOiU7.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/117/projeto_de_lei_no_02.19_-_concessao_de_transport_54FOiU7.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n. 02/19_x000D_
 _x000D_
 Dispõe sobre a concessão de transporte escolar à estudantes do ensino superior residentes Município de Itaú de Mina/MG, em conformidade com o parágrafo único do art. 5º, da Lei 12.816, 05 de junho de 2013 e dá outras providências._x000D_
 _x000D_
 A Câmara Municipal de Itaú de Minas, Estado de Minas Gerais, por seus representantes aprova:_x000D_
 Art. 1º O Poder Executivo Municipal disponibilizará transporte rodoviário gratuito para estudantes universitários regularmente matriculados em curso superior (3° grau) e de cursos profissionalizantes, devidamente autorizados pelo MEC (Ministério da Educação e Cultura), em conformidade com o disposto no parágrafo único do art. 5º, da Lei 12.816, 05 de junho de 2013._x000D_
 Art. 2º. Os estudantes a que se refere o Art. 1º desta Lei, interessados no transporte escolar à ser fornecido pelo Município de Itaú de Minas, deverão procurar a Secretaria Municipal de Educação e Esportes, nas datas previamente definidas em edital, munidos com os seguintes docume</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/119/projeto_de_lei_no_05.19_e_mensagem__e_projeto_de_V76Drz8.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/119/projeto_de_lei_no_05.19_e_mensagem__e_projeto_de_V76Drz8.pdf</t>
   </si>
   <si>
     <t>Mensagem_x000D_
 _x000D_
 Senhores Vereadores._x000D_
 _x000D_
 Vimos ao egrégio plenário propor os seguintes projetos de Lei:_x000D_
 Projeto de Lei N. 03/19 - que Revoga a Lei Municipal n. 1027/2018, de 13 de julho de 2018 que Dispõe sobre a cessão de servidores e entes e órgãos públicos municipais, estaduais e federais._x000D_
 Projeto de Lei n. 04/19 - que Altera a Lei Municipal n. 967 de 30 de Junho de 2016 que “Autoriza a cessão temporária de Servidor Municipal à Câmara Municipal de Itaú de Minas e_x000D_
 O matéria que trata de cessão temporária de servidores ao Poder Legislativo vem fazer uma correção no tocante a permitir que funcionários cedidos a Câmara, que atenda as normas estabelecidas no Estatuto do Servidor, possa receber em pecúnia as horas extras devidamente necessárias e autorizadas previamente pelo superior responsável, à exemplo dos demais servidores do Legislativo._x000D_
 Quanto a matéria que dispõe sobre revogação da Lei 1027/18 pudemos constatar que esta prática é inviável pois gerou dificuldades para que o Executivo ceda s</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 06, DE 27 DE MARÇO DE 2019._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 MODIFICA A LEI MUNICIPAL Nº 967, DE 30 DE JUNHO DE 2016, QUE “AUTORIZA A CESSÃO TEMPORÁRIA DE SERVIDOR MUNICIPAL À CÂMARA MUNICIPAL DE ITAÚ DE MINAS”._x000D_
 _x000D_
 	A Câmara Municipal de Itaú de Minas, Estado de Minas Gerais, por seus representantes aprova:_x000D_
 _x000D_
 	Art. 1º - Fica modificado o art. 5º da Lei Municipal nº 967, de 30 de junho de 2016, que passa a vigorar com a seguinte redação:_x000D_
 _x000D_
 “Art. 5º - A realização de horas extras pelo servidor cedido com ônus para o cessionário fica condicionada ao disposto no art. 88 da Lei Municipal nº 47, de 1º de agosto de 1991 – Estatuto dos Servidores Públicos Municipais – com redação dada pela Lei Municipal nº 933, de 24 de abril de 2015.”_x000D_
 _x000D_
 	Art. 2º - Esta Lei entra em vigor na data de sua publicação, revogadas as disposições em contrário._x000D_
  _x000D_
 	Prefeitura Municipal de Itaú de Minas (MG), em 27 de março de 2019._x000D_
 _x000D_
 _x000D_
 RONILTON GOMES CINTRA_x000D_
 PREFEITO MUNICIPAL</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>PLENÁRIO - PLEN</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/13/projeto_de_lei_no_07.19_diretrizes_para_elaboraca_sVfBoF1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/13/projeto_de_lei_no_07.19_diretrizes_para_elaboraca_sVfBoF1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária do exercício de 2020 e dá outras providências. (não cabe vistas nem adiamento)</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>MATHEUS VILELA SILVA</t>
   </si>
   <si>
     <t>MODIFICA A LEI nº 614, DE 14 de JULHO DE 2016, QUE INSTITUI O PROGRAMA DE ADOÇÃO DE PRAÇAS PÚBLICAS E DE ESPORTES, DE ÁREAS DE LAZER E ÁREAS VERDES PAPPE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>ANTONIO DOS REIS NUNES</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal o Moto Clube “ANJOS DE PEDRA” de Itaú de Minas/MG.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/121/projeto_de_lei_no_11.19_-_abrir_credito__-_executivo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/121/projeto_de_lei_no_11.19_-_abrir_credito__-_executivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 11, DE 13 DE MAIO DE 2019._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1038/2019 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS/MG PARA O EXERCÍCIO FINANCEIRO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS. _x000D_
 _x000D_
 _x000D_
 	A Câmara Municipal de Itaú de Minas, Estado de Minas Gerais, por seus representantes aprova:_x000D_
 _x000D_
 	Art. 1º - Fica o Poder Executivo Municipal autorizado a abrir crédito adicional especial na Lei Orçamentária Anual - Lei nº 1038, de 21 de janeiro de 2019, na importância de R$ 50.000,00 (cinquenta mil reais), destinada ao custeio de despesas com material de consumo no âmbito do Programa Nacional de Apoio ao Transporte Escolar (PNATE) e do Programa de Transporte Escolar (PTE), nas seguintes dotações orçamentárias:_x000D_
 _x000D_
 Órgão:	02 - Executivo Municipal	_x000D_
 Unidade:	02.09 - Secretaria de Educação e Esporte	_x000D_
 Classificação programática:	12.361.1201.2086 - Manutenção Transporte Escolar - Ensino Fundamental 	_x000D_
 Natureza da despesa:	3.3.90.30</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>12</t>
   </si>
@@ -240,2283 +240,2283 @@
     <t>PROJETO DE LEI Nº 12, DE 13 DE MAIO DE 2019._x000D_
 _x000D_
 _x000D_
 AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1038/2019 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS/MG PARA O EXERCÍCIO FINANCEIRO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS. _x000D_
 _x000D_
 _x000D_
 	A Câmara Municipal de Itaú de Minas, Estado de Minas Gerais, por seus representantes aprova:_x000D_
 _x000D_
 	Art. 1º - Fica o Poder Executivo Municipal autorizado a abrir crédito adicional especial na Lei Orçamentária Anual - Lei nº 1038, de 21 de janeiro de 2019, na importância de R$ 12.950,00 (doze mil, novecentos e cinquenta reais), destinada a restituir à Caixa Econômica Federal as sobras de recursos vinculados de convênio para aquisição de trator, na seguinte dotação orçamentária:_x000D_
 _x000D_
 Órgão:	02 - Executivo Municipal	_x000D_
 Unidade:	02.16 - Secretaria de Agricultura e Pecuária	_x000D_
 Classificação programática:	20.606.2001.1004 - Aquisição de Maquinários para Patrulha Mecanizada 	_x000D_
 Natureza da despesa:	3.3.90.93 - Indenizações e Restituições 	R$ 1</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal o Conselho Comunitário de Segurança Pública de Itaú de Minas – CONSEP.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/773/projeto_de_lei_no_14.19_-_distrito_industrial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/773/projeto_de_lei_no_14.19_-_distrito_industrial.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A DOAR A FLAVIO DE OLIVEIRA FILHO - ME, LOTES NO DISTRITO INDUSTRIAL “HERTZ APARECIDO KNAUF” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/493/projeto_de_lei_no_15.19_-_projeto_da_crianca_e_d_mV098sv.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/493/projeto_de_lei_no_15.19_-_projeto_da_crianca_e_d_mV098sv.pdf</t>
   </si>
   <si>
     <t>Disciplina as Diretrizes fundamentais para a aplicabilidade dos Direitos da Criança e do Adolescente no âmbito do Município de Itaú de Minas/MG.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>FIXA VENCIMENTOS DE CARGOS DO PODER LEGISLATIVO DE ITAÚ DE MINAS/MG.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/604/projeto_de_lei_no_17.19_-_proibe_fornecimento_de_oDQIzRh.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/604/projeto_de_lei_no_17.19_-_proibe_fornecimento_de_oDQIzRh.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 17/19_x000D_
 Proíbe o fornecimento de canudos confeccionados em material plástico no Município de Itaú de Minas e dá outras providências</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/769/projeto_de_lei_ord_18-2019.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/769/projeto_de_lei_ord_18-2019.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei Municipal nº 47, de 1º de agosto de 1991, que dispõe sobre o Estatuto do Servidor Público dos poderes do Município de Itaú de Minas. e dá outras providências.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/770/projeto_de_lei_19.19_-_loa.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/770/projeto_de_lei_19.19_-_loa.pdf</t>
   </si>
   <si>
     <t>Dispõe a Lei Orçamentária para o exercício de 2020</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/771/projeto_de_lei_no_20.19._adequacao_ldo_2020.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/771/projeto_de_lei_no_20.19._adequacao_ldo_2020.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei nº 1050, de 25 de julho de 2019, que dispõe sobre as diretrizes para a elaboração da Lei Orçamentária do exercício de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/772/projeto_de_lei_no_21.19_-__adequacao_ppa_orcamento_2020.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/772/projeto_de_lei_no_21.19_-__adequacao_ppa_orcamento_2020.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei nº 1010, de 28 de dezembro de 2017, que dispõe sobre o Plano Plurianual para o período de 2018/2021, e dá outras providências.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/839/projeto_de_lei_ord_22-2019.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/839/projeto_de_lei_ord_22-2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n. 727, de 27 de Maio de 2009 que Autoriza o Executivo implantar o Plano de arborização urbana do Município de Itaú e Minas/MG e dá outras providências.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Ronilton Gomes Cintra</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/858/msg_17_proj_lo_n.23.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/858/msg_17_proj_lo_n.23.pdf</t>
   </si>
   <si>
     <t>MODIFICA A LEI MUNICIPAL Nº486, DE 03 DE SETEMBRO DE 2003, QUE DISPOE SOBRE A CRIAÇÃO E UTILIZAÇÃO DO CENTRO COMERCIAL E INDUSTRIAL DE ITAÚ DE MINAS "CECOI".</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/859/msg_18_proj_lo_n._24.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/859/msg_18_proj_lo_n._24.pdf</t>
   </si>
   <si>
     <t>MODIFICA A LEI MUNICIPAL Nº 1052, DE 23 DE SETEMBRO DE 2019, QUE "DISCIPLINA AS DIRETRIZES FUNDAMENTAIS PARA A APLICABILIDADE DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE NO AMBITO DO MUNICIPAIO DE ITAÚ DE MINAS".</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Revoga dispositivos que menciona na Lei Municipal nº 486, de 03 de setembro de 2003, que dispõe sobre a criação e utilização do Centro Comercial e Industrial de Itaú de Minas - CECOI.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/907/projeto_de_lei_no_26.10_-_ok_altera_lei_estima_a_receita.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/907/projeto_de_lei_no_26.10_-_ok_altera_lei_estima_a_receita.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1038/2019 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS/MG PARA O EXERCÍCIO FINANCEIRO DE 2019 - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/908/projeto_de_lei_no_27.10_-_altera_estatuto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/908/projeto_de_lei_no_27.10_-_altera_estatuto.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS QUE MENCIONA NA LEI N.º 47/1991 - ESTATUTO DO SERVIDOR PÚBLICO DO MUNICIPIO DE ITAÚ DE MINAS - E SUAS ALTERAÇÕES POSTERIORES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/909/projeto_de_lei_no_28.19_-_abrir_credito.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/909/projeto_de_lei_no_28.19_-_abrir_credito.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1038/2019 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS/MG PARA O EXERCÍCIO FINANCEIRO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>MATHEUS VILELA SILVA, DAVI OLIVEIRA DE SOUSA</t>
   </si>
   <si>
     <t>ESTABELECE A OBRIGATORIEDADE DE INSTALAÇÃO DE DISPOSITIVOS DE SEGURANÇA ONDE SE ENCONTRAM OS CAIXAS ELETRÔNICOS E COFRES DE ESTABELECIMENTOS FINANCEIROS, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/943/projeto_de_lei_no_30.19_-_ratifica_o_protocolo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/943/projeto_de_lei_no_30.19_-_ratifica_o_protocolo.pdf</t>
   </si>
   <si>
     <t>RATIFICA O PROTOCOLO DE INTENÇÕES FIRMADO ENTRE OS MUNICÍPIOS DA MICRORREGIÃO DO MÉDIO RIO GRANDE, COM A FINALIDADE DE CONSTITUIR O CONSÓRCIO PÚBLICO DENOMINADO “CONSÓRCIO AMEG” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/950/projeto_de_lei__31_doacao_distrito_ajustado_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/950/projeto_de_lei__31_doacao_distrito_ajustado_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A DOAR LOTES NO DISTRITO INDUSTRIAL “HERTZ APARECIDO KNAUF” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/956/projeto_de_lei_no_32.19_-_altera_alei_no_1038.19.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/956/projeto_de_lei_no_32.19_-_altera_alei_no_1038.19.pdf</t>
   </si>
   <si>
     <t>- ALTERA A LEI Nº 1038/2019 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS/MG PARA O EXERCÍCIO FINANCEIRO DE 2019 - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/133/projeto_de_resolucao_no_01.19_-_revisao_geral_do_r4HaqhZ.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/133/projeto_de_resolucao_no_01.19_-_revisao_geral_do_r4HaqhZ.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº  01/19_x000D_
 _x000D_
 DISPÕE SOBRE A REVISÃO GERAL DOS VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 	A Câmara Municipal de Itaú de Minas, por seus representantes, aprova:_x000D_
 _x000D_
 	Art. 1º - Fica fixado em 4,52% (quatro vírgula cinquenta e dois por cento) o índice de revisão geral dos vencimentos dos servidores da Câmara Municipal de Itaú de Minas/MG, a vigorar a partir de 1º de Janeiro de 2019._x000D_
 	Parágrafo primeiro – O percentual descrito no caput deste artigo será aplicado sobre as tabelas dos vencimentos do mês de dezembro de 2018._x000D_
 	Parágrafo segundo – O percentual descrito no caput deste artigo será aplicado sobre o valor das gratificações existentes pagas aos servidores do Poder Legislativo._x000D_
 	_x000D_
 Art. 2º - Revogam-se as disposições em contrário._x000D_
 _x000D_
 Art. 3º - Esta Lei entra em vigor na data de sua publicação, retroagindo seus efeitos a 1º de Janeiro de 2019._x000D_
 _x000D_
 Câmara Municipal de Itaú de Minas, em 07 de Janeiro de 2019._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Matheus Vilela Silva_x000D_
 Vereador_x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Ju</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/134/mensagem__e_projeto_de_lei_no_02.19_ok_escola_do_qCysbVh.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/134/mensagem__e_projeto_de_lei_no_02.19_ok_escola_do_qCysbVh.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 02/19_x000D_
 _x000D_
 _x000D_
 Dispõe sobre a criação, organização e funcionamento da Escola do Legislativo no âmbito da Câmara Municipal de Itaú de Minas / MG e dá outras providências._x000D_
 _x000D_
 _x000D_
 A Câmara Municipal de Itaú de Minas / MG aprova a seguinte Resolução:_x000D_
 _x000D_
 _x000D_
 TÍTULO I_x000D_
 DISPOSIÇÕES GERAIS_x000D_
 _x000D_
 Art. 1º - Fica criada, no âmbito da Câmara Municipal de Itaú de Minas / MG, a Escola do Legislativo de Itaú de Minas, com o objetivo de oferecer suporte conceitual de natureza técnico-administrativa às atividades legislativas e afins.  ._x000D_
 TÍTULO II_x000D_
 DOS OBJETIVOS_x000D_
 _x000D_
 Art. 2º - São objetivos específicos da Escola do Legislativo de Itaú de Minas:_x000D_
 _x000D_
 I - oferecer aos Vereadores e aos servidores da Câmara Municipal de Itaú de Minas suporte conceitual e treinamento para a elaboração de leis e para o exercício das atividades profissionais das áreas administrativa e legislativa;_x000D_
 _x000D_
 II - promover a realização de cursos de ambientação aos novos Vereadores, diretores e assessores no início de cada Legislatura;_x000D_
 _x000D_
 III - of</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/135/projeto_de_resolucao_no_03.19_-_ok_parlamento_jo_GD0awuA.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/135/projeto_de_resolucao_no_03.19_-_ok_parlamento_jo_GD0awuA.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 03/19_x000D_
 _x000D_
 _x000D_
 Autoriza a Câmara Municipal de Itaú de Minas / MG a aderir ao Programa “Parlamento Jovem Minas”, criado e mantido pela Escola do Legislativo da Assembléia Legislativa do Estado de Minas Gerais e dá outras providências._x000D_
 _x000D_
 _x000D_
 A Câmara Municipal de Itaú de Minas / MG aprova a seguinte Resolução:_x000D_
 _x000D_
 _x000D_
 TÍTULO I_x000D_
 DISPOSIÇÕES GERAIS_x000D_
 _x000D_
 Art. 1º. Fica a Câmara Municipal de Itaú de Minas / MG autorizada a aderir ao Programa “PARLAMENTO JOVEM MINAS”, criado e mantido pela Assembléia Legislativa do Estado de Minas Gerais em parceria com a Escola do Legislativo da própria ALMG, com a Pontifícia Universidade Católica de Minas Gerais (PUC Minas) e com diversas Casas Legislativas do Estado de Minas Gerais._x000D_
   _x000D_
 Art. 2º. Fica instituído o programa "PARLAMENTO JOVEM" no âmbito da Câmara Municipal de Itaú de Minas / MG, com o objetivo de estimular a formação política e cidadã de estudantes do ensino médio, incentivando a comunidade estudantil a se organizar como sociedade civil e a p</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/136/projeto_de_resolucao_no_04_amplo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/136/projeto_de_resolucao_no_04_amplo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 04/19_x000D_
 MODIFICA A RESOLUÇÃO Nº 57, DE 26/12/90, QUE DISPÕE SOBRE O PLANO DE CARREIRAS DA CÂMARA MUNICIPAL DE ITAÚ DE MINAS E DÁ OUTRAS PROVIDÊNCIAS, ALTERADA PELA RESOLUÇÃO Nº 249, DE 30 DE JANEIRO DE 2018._x000D_
 _x000D_
 A Câmara Municipal de Itaú de Minas/MG aprova:_x000D_
 Art. 1º - Fica modificado o recrutamento do cargo criado no pelo Art. 2º da Resolução nº 249, de 30 de janeiro de 2018 que passa a ter a seguinte redação: _x000D_
 “Art. 2º - ..._x000D_
 Cargo – Coordenadoria de Administração – Nível III_x000D_
 Recrutamento – Amplo.”_x000D_
 ..._x000D_
 Parágrafo único – As atribuições do cargo de Coordenadoria de Administração são aquelas estabelecidas no Anexo I desta Resolução._x000D_
 Art. 2º - Esta Resolução entra em vigor na data de sua publicação, revogadas as disposições em contrário, especialmente as contidas na Resolução nº 57, de 26/12/90 e Resolução nº 249, de 30 de janeiro de 2018._x000D_
 Sala das Sessões, em 13 de janeiro de 2019._x000D_
 _x000D_
 MATHEUS VILELA SILVA - PRESIDENTE_x000D_
 _x000D_
  OBERDAN FARIA– VICE-PRESIDENTE_x000D_
 _x000D_
 JULIANA MATTAR – SEC</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>Mensagem_x000D_
 _x000D_
 _x000D_
 Senhores Vereadores._x000D_
 _x000D_
 A Mesa Diretora vem apresentar ao Plenário o Projeto de Resolução n. 05 que Autoriza a Câmara Municipal antecipar, ao Executivo Municipal, a devolução de recursos financeiros em disponibilidade no Legislativo._x000D_
 Como todos já tiveram conhecimento, o Prefeito Municipal remeteu ofício à Presidência solicitando a antecipação do valor de 100 mil reais a ser aplicado no pagamento da primeira parcela do décimo terceiro salário dos servidores públicos._x000D_
 Após a confirmação de que a Prefeitura já arrecadou com o IPTU os valores complementares necessários para pagamento deste benefício, e após certificarmos de que a Câmara tem esta reserva disponível a partir de hoje,  dia 20 de maio, podemos efetivamente realizar esta antecipação, pois acreditamos, que com as ações de economia implementadas pela Mesa Diretora desde  o início ano, não iremos comprometer os recursos do Legislativo até o final do exercício, e poderemos sim ajudar a Prefeitura  garanti este direito dos</t>
   </si>
   <si>
     <t>GABINETE PRESIDENCIA - GABPRES, GILMAR DOS SANTOS CHAVES, JULIANA MATTAR, MATHEUS VILELA SILVA, OBERDAN FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/2/projeto_de_resolucao_no_06.19_-_ok_plano_de_carrei_KAcsBft.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/2/projeto_de_resolucao_no_06.19_-_ok_plano_de_carrei_KAcsBft.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 6/2019_x000D_
 Modifica a Resolução nº 57, de 26/12/90 – Plano de Carreiras da Câmara Municipal de Itaú de Minas/MG dá outras providências.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>JULIANA MATTAR</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/10/projeto_de_resolucao_no_07_-_estrutura_da_camara__EERYBaI.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/10/projeto_de_resolucao_no_07_-_estrutura_da_camara__EERYBaI.pdf</t>
   </si>
   <si>
     <t>Modifica a Resolução nº 56, de 26/12/90, que Dispõe sobre a estrutura administrativa da Câmara Municipal de Itaú de Minas e dá outras providências, alterada pela Resolução n.184/00 de 29 de dezembro de 2000 e Resolução n.250, de 30 de janeiro de 2018.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/82/projeto_de_resolucao_n.08-_controle_interno_novo_2.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/82/projeto_de_resolucao_n.08-_controle_interno_novo_2.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução nº 198, de 02 de Janeiro de 2002 que Dispõe sobre o Sistema de Controle Interno da Câmara Municipal de Itaú de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>CECED - COMISSÃO DE ELABORAÇÃO DO CÓDIGO ÉTICA E DECORO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/804/projeto_de_resolucao_no_09.19_-_institui_o_codig_8HPNqWv.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/804/projeto_de_resolucao_no_09.19_-_institui_o_codig_8HPNqWv.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução n. 09/19_x000D_
 _x000D_
 Institui o Código de Ética e Decoro Parlamentar da Câmara Municipal de Itaú de Minas._x000D_
 _x000D_
 A Câmara Municipal aprova a seguinte Resolução:_x000D_
 _x000D_
 Art. 1º O Código de Ética e Decoro Parlamentar da Câmara Municipal de Itaú de Minas é instituído na conformidade do texto anexo._x000D_
 Parágrafo único. As normas estabelecidas no Código de Ética e Decoro Parlamentar complementam o Regimento Interno e dele passam a fazer parte integrante._x000D_
 Art. 2º Haverá eleição para escolha do Corregedor e Vice-Corregedor em conjunto com a eleição da Mesa Diretora._x000D_
 Art. 3º Esta Resolução entra em vigor na data de sua publicação._x000D_
 _x000D_
 Câmara Municipal de Itaú de Minas, em 12 de Setembro de 2019._x000D_
 _x000D_
 Comissão de Elaboração do Código de Ético e Decoro Parlamentar</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>DAVI OLIVEIRA DE SOUSA, JULIANA MATTAR, MATHEUS VILELA SILVA, OBERDAN FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/805/projeto_de_resolucao_no__10_ok_altera_regimento_interno.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/805/projeto_de_resolucao_no__10_ok_altera_regimento_interno.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução nº  10/ 19_x000D_
 Altera a Resolução Nº 262/19 – Regimento Interno da Câmara Municipal de Itaú de Minas e dá outras providências</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>DONIZETTI ANTONIO DE AMORIM, ANTONIO DOS REIS NUNES, DENIS DONIZETTI MAGALHÃES, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/838/projeto_resolucao_11_regimento_interno_comissao__Q89dSVS.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/838/projeto_resolucao_11_regimento_interno_comissao__Q89dSVS.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução Nº 262/19 – Regimento Interno da Câmara Municipal de Itaú de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>JULIANA MATTAR, MATHEUS VILELA SILVA, OBERDAN FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/878/projeto_de_resolucao_no_12_-_devolucao_de_recurs_Xa8T9oQ.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/878/projeto_de_resolucao_no_12_-_devolucao_de_recurs_Xa8T9oQ.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal antecipar, ao Executivo Municipal, a devolução de recursos financeiros em disponibilidade no Legislativo.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/882/projeto_de_resolucao_no_13.19.-trata_adiamento_d_gyX3d0N.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/882/projeto_de_resolucao_no_13.19.-trata_adiamento_d_gyX3d0N.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução Nº 262/19 – Regimento Interno da Câmara Municipal de Itaú de Minas e dá outras providências</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>DAVI OLIVEIRA DE SOUSA, JULIANA MATTAR, OBERDAN FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/917/projeto_de_resolucao_no_14.19_-_denega_recurso_p_HKFByIU.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/917/projeto_de_resolucao_no_14.19_-_denega_recurso_p_HKFByIU.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 _x000D_
 PROJETO DE RESOLUÇÃO Nº 14_x000D_
 _x000D_
 Denega Recurso aposto pelo Vereador Donizetti Antonio Amorim.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>ANTONIO DOS REIS NUNES, DENIS DONIZETTI MAGALHÃES, DONIZETTI ANTONIO DE AMORIM, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
     <t>Altera o Regimento Interno da Câmara Municipal de Itaú de Minas, dispondo sobre pedido de vistas.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/955/projeto_de_resolucao_no_16_-_devolucao_de_recurs_kvmy3l3.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/955/projeto_de_resolucao_no_16_-_devolucao_de_recurs_kvmy3l3.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº  16/19_x000D_
 _x000D_
 Autoriza a Câmara Municipal antecipar, ao Executivo Municipal, a devolução de recursos financeiros em disponibilidade no Legislativo._x000D_
 A Câmara Municipal de Itaú de Minas/MG aprova:_x000D_
 Art. 1º - Fica autorizado a Presidência da Mesa Diretora a antecipar a devolução ao Executivo Municipal, o valor de R$ 80.000,00 (oitenta mil reais), em atendimento ao disposto no Art. 126 da Lei Orgânica do Município de Itaú de Minas._x000D_
 Art. 2º - Esta Resolução entra em vigor na data de sua publicação._x000D_
 Sala das Sessões, em 12 de dezembro de 2019._x000D_
 _x000D_
 MATHEUS VILELA SILVA - PRESIDENTE_x000D_
 _x000D_
  OBERDAN FARIA– VICE-PRESIDENTE_x000D_
 _x000D_
 JULIANA MATTAR – SECRETÁRIA</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/617/projeto_de_lei_complementar_no_03.19_-_revisao_d_AaVdPIE.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/617/projeto_de_lei_complementar_no_03.19_-_revisao_d_AaVdPIE.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 03 , DE 17 DE JANEIRO DE 2019._x000D_
 _x000D_
 INSTITUI A REVISÃO DO PLANO DIRETOR DE ITAÚ DE MINAS, REVOGA A LEI COMPLEMENTAR Nº 31/2010, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/765/projeto_de_lei_complementar_no_05.19_-_postos_de_wUhqvhE.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/765/projeto_de_lei_complementar_no_05.19_-_postos_de_wUhqvhE.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº   05/19_x000D_
 Altera dispositivo na Lei Complementar nº02/1993 que Instituiu o Código de Posturas do Município de Itaú de Minas, de 20 de Abril de 1993 e dá outras providências.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/921/projeto_de_lei_complementar_no_06.19_-_abandono__0AZzVx6.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/921/projeto_de_lei_complementar_no_06.19_-_abandono__0AZzVx6.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo na Lei Complementar nº 02/1993 que Institui o Código de Posturas do Município de Itaú de Minas, de 20 de abril de 1993 e dá outras providências.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PROJETO DECRETO LEGISLATIVO Nº 01/19_x000D_
 _x000D_
 Rejeita o veto parcial aposto pelo Executivo Municipal ao Projeto de Lei nº 30/18, Estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2019._x000D_
 _x000D_
 A Câmara Municipal de Itaú de Minas/MG aprova_x000D_
 _x000D_
 Art. 1º. Fica rejeitado o veto parcial aposto pelo Executivo Municipal ao Projeto de Lei nº 30/18 que Estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2019._x000D_
 _x000D_
 Art. 2º. Revogam-se as disposições em contrário._x000D_
 _x000D_
 Sala das Comissões, em 30 de janeiro de 2019._x000D_
 _x000D_
 _x000D_
 _x000D_
 Davi Oliveira de Sousa – Presidente_x000D_
 _x000D_
 Juliana Mattar – Vice-Presidente_x000D_
 _x000D_
 Oberdan Faria - Membro</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/124/projeto_de_lei_no_02.19_-_concessao_de_transport_v9ujJNc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/124/projeto_de_lei_no_02.19_-_concessao_de_transport_v9ujJNc.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 02_x000D_
 _x000D_
 Institui a Medalha Comemorativa ao Trintenário - 30 anos da Lei Orgânica e _x000D_
 do Poder Legislativo do Município de Itaú de Minas/MG e dá outras providências._x000D_
 _x000D_
 A Câmara Municipal de Itaú de Mina/MG aprova:_x000D_
 Art. 1º. Fica instituída a Medalha Comemorativa ao Trintenário - 30 anos da Lei Orgânica e do Poder Legislativo do Município de Itaú de Minas/MG._x000D_
 Parágrafo único – A Medalha será artisticamente confeccionada, contendo o Brasão do Município._x000D_
 Art. 2º. A entrega da honraria que trata o artigo 1º, será realizada em sessão solene da Câmara Municipal de Itaú de Minas, em data a ser designada pelo Presidente da Mesa Diretora._x000D_
 Parágrafo primeiro – Serão agraciados com a honraria, todos os vereadores, ex-vereadores, prefeito e vice-prefeito atual, ex-prefeitos e respectivos vices, que dignificaram a vida pública no exercício de seus mandatos._x000D_
 Parágrafo segundo – Poderão ser agraciados cidadãos que contribuíram nos processos de constituição e revisão da Lei O</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 PROJETO DECRETO LEGISLATIVO Nº 03/19_x000D_
 _x000D_
 Rejeita o veto integral aposto pelo Executivo Municipal ao Projeto de Lei nº 02/19, que “dispõe sobre a concessão de transporte escolar à estudantes do ensino superior residentes no Município de Itaú de Minas/MG, em conformidade com o parágrafo único do art. 5º, da Lei 12.816, de 05 de junho de 2013 e dá outras providências”, _x000D_
 A Câmara Municipal de Itaú de Minas/MG aprova_x000D_
 _x000D_
 Art. 1º. Fica rejeitado o veto integral aposto pelo Executivo Municipal ao Projeto de Lei nº 02/19 que “dispõe sobre a concessão de transporte escolar à estudantes do ensino superior residentes no Município de Itaú de Minas/MG, em conformidade com o parágrafo único do art. 5º, da Lei 12.816, de 05 de junho de 2013 e dá outras providências”, _x000D_
 Art. 2º. Revogam-se as disposições em contrário._x000D_
 Câmara Municipal de Itaú de Minas, em 28 de Fevereiro de 2019._x000D_
 _x000D_
 Davi Oliveira de Sousa_x000D_
 Presidente_x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Oberdan Faria	Juliana Mattar_x000D_
 Vice-Presid</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>DENIS DONIZETTI MAGALHÃES</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/16/indicacao_no_01.19_-_rampa_de_acesso_para_cadeira_b910XgF.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/16/indicacao_no_01.19_-_rampa_de_acesso_para_cadeira_b910XgF.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal no sentido de construir rampas de acesso a cadeirantes na Praça Monsenhor Ernesto e todas as repartições públicas que ainda não aderiram.</t>
   </si>
   <si>
     <t>Srs. Vereadores_x000D_
 _x000D_
 O Vereador que esta subscreve indica a Mesa desta Casa providências junto ao Executivo Municipal para que seja feito o patrolamento, nivelamento, cascalhamento, limpeza de mata burros, troca de madeiras nos mata burros e em toda extensão que circundam nosso município.</t>
   </si>
   <si>
     <t>DAVI OLIVEIRA DE SOUSA</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal para que faça limpeza no terreno localizado na Rua Warses Ronan Martins nº 103 – Bairro Maria Parreira.</t>
   </si>
   <si>
     <t>DAVI OLIVEIRA DE SOUSA, MATHEUS VILELA SILVA</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, requerem ao Plenário desta Casa de Leis junto ao Executivo Municipal para solucionar os principais problemas detectados em vistoria nas vias urbanas do Município, que segue:_x000D_
 Rua: Elísio Alves Amorim - Bairro Santo Antonio:  _x000D_
 Terreno de frente e toda a extensão da rua, totalmente tomado pelo mato.</t>
   </si>
   <si>
     <t>Srs. Vereadores. _x000D_
 _x000D_
 _x000D_
 Os vereadores que esta subscrevem, requerem ao Plenário desta Casa de Leis junto ao Executivo Municipal para solucionar os principais problemas detectados em vistoria nas vias urbanas do Município, que segue:_x000D_
 Rua Aparecido Donizete Campos Amorim - Bairro São Lucas - Fazer operação tapa buracos.</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/23/indicacao_no_06.19_-_construcao_de_creche_paralis_uiREl4n.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/23/indicacao_no_06.19_-_construcao_de_creche_paralis_uiREl4n.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, requerem ao Plenário desta Casa de Leis junto ao Executivo Municipal para solucionar os principais problemas detectados em vistoria nas vias urbanas do Município, que segue:_x000D_
 Obra de construção de Creche no bairro são Lucas está Paralisada e tomada pelo mato._x000D_
 JUSTIFICATIVA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/24/indicacao_no_07.19_-_operacao_tapa_buracos_-_math_rPaMMdh.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/24/indicacao_no_07.19_-_operacao_tapa_buracos_-_math_rPaMMdh.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, requerem ao Plenário desta Casa de Leis junto ao Executivo Municipal para solucionar os principais problemas detectados em vistoria nas vias urbanas do Município, que segue:_x000D_
 Rua Tiradentes - Bairro São Lucas - Fazer operação tapa buracos.</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/25/indicacao_no_08.19_-_operacao_tapa_buracos_-_math_hoGNLza.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/25/indicacao_no_08.19_-_operacao_tapa_buracos_-_math_hoGNLza.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, requerem ao Plenário desta Casa de Leis junto ao Executivo Municipal para solucionar os principais problemas detectados em vistoria nas vias urbanas do Município, que segue:_x000D_
 Rua José Bernardes Sobrinho – Bairro São Lucas -  Fazer operação tapa buracos.</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/26/indicacao_no_10.19_-_limpeza_no_terreno_-__matheus_e_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/26/indicacao_no_10.19_-_limpeza_no_terreno_-__matheus_e_davi.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, requerem ao Plenário desta Casa de Leis junto ao Executivo Municipal para solucionar os principais problemas detectados em vistoria nas vias urbanas do Município, que segue:_x000D_
 _x000D_
 Para que faça a limpeza na  Área verde – Rua Alaor Ventura:  está totalmente tomado pelo Mato.</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, requerem ao Plenário desta Casa de Leis junto ao Executivo Municipal para solucionar os principais problemas detectados em vistoria nas vias urbanas do Município, que segue:_x000D_
 Fazer limpeza no Córrego da Avenida Liberdade e toda sua extensão.</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/29/indicacao_no_11.19_-_redutor_de_velocidade_-__mat_Qa9kd6l.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/29/indicacao_no_11.19_-_redutor_de_velocidade_-__mat_Qa9kd6l.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, requerem ao Plenário desta Casa de Leis junto ao Executivo Municipal para solucionar os principais problemas detectados em vistoria nas vias urbanas do Município, que segue:_x000D_
 No sentido de analisar a possibilidade e viabilidade de se construir um redutor de velocidade na Avenida Bela Vista e Rua José dos Reis Rosa</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/30/indicacao_no_12.19_-_rede_de_esgoto_e_tapa_buraco_tE1YGwe.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/30/indicacao_no_12.19_-_rede_de_esgoto_e_tapa_buraco_tE1YGwe.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, requerem ao Plenário desta Casa de Leis junto ao Executivo Municipal para solucionar os principais problemas detectados em vistoria nas vias urbanas do Município, no bairro Cohab II, que segue:_x000D_
 Rua Crisântemos: Fazer a manutenção na galeria e operação tapa buracos_x000D_
 Rua Azaleias: Operação tapa buracos_x000D_
 Rua: Orquídeas: Operação tapa buracos e o conserto da rede de esgoto entupida_x000D_
 Rua das Rosas: Operação tapa buracos</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, requerem ao Plenário desta Casa de Leis junto ao Executivo Municipal para solucionar os principais problemas detectados em vistoria nas vias urbanas do Município, que segue:_x000D_
 Rua Afonso Lance, cruzamento Cohab II, Bela Vista I - Operação tapa buracos</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, requerem ao Plenário desta Casa de Leis junto ao Executivo Municipal para solucionar os principais problemas detectados em vistoria nas vias urbanas do Município, que segue:_x000D_
 	Rua Vereador Afonso Lance, cruzamento Cohab II, Bela Vista I: Lateral esquerdo de frente a Igreja Nossa Senhora Aparecida. Fazer operação tapa buraco e conserto de bueiro.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, requerem ao Plenário desta Casa de Leis junto ao Executivo Municipal para solucionar os principais problemas detectados em vistoria nas vias urbanas do Município, que segue:_x000D_
 	Cruzamento da Rua Braziel Ferreira Amorim com Avenida Liberdade - Efetuar operação tapa buracos.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/34/indicacao_no_16.19_-__ok_parquinho_abandonado__-__TComhWA.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/34/indicacao_no_16.19_-__ok_parquinho_abandonado__-__TComhWA.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, requerem ao Plenário desta Casa de Leis junto ao Executivo Municipal para solucionar os principais problemas detectados em vistoria nas vias urbanas do Município, que segue:_x000D_
 Parque Infantil Cohab II - Encontra-se abandonada.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, requerem ao Plenário desta Casa de Leis junto ao Executivo Municipal para solucionar os principais problemas detectados em vistoria nas vias urbanas do Município, que segue:_x000D_
  Ginásio Poliesportivo sem energia, a frente tomado pelo mato e com goteiras.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, requerem ao Plenário desta Casa de Leis junto ao Executivo Municipal para solucionar os principais problemas detectados em vistoria nas vias urbanas do Município, que segue:_x000D_
 Cruzamento da Rua Joaquim Vitor Santana com a Rua Madre Paulina, próximo a COPASA. _x000D_
 Solicitamos operação tapa buracos, limpeza do terreno e construção de calçada.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/37/indicacao_no_19.19_-__limpeza_no_local__-__matheus_e_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/37/indicacao_no_19.19_-__limpeza_no_local__-__matheus_e_davi.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, requerem ao Plenário desta Casa de Leis junto ao Executivo Municipal para solucionar os principais problemas detectados em vistoria nas vias urbanas do Município, que segue:_x000D_
 Rua Margarida de Oliveira - área verde - Praça _x000D_
 Local tomado pelo mato</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/38/indicacao_no_19.19_-__limpeza_no_local__-__matheus_e_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/38/indicacao_no_19.19_-__limpeza_no_local__-__matheus_e_davi.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, requerem ao Plenário desta Casa de Leis junto ao Executivo Municipal para solucionar os principais problemas detectados em vistoria nas vias urbanas do Município, que segue:_x000D_
 Rua Madre Paulina frente ao número 242 - mato invadindo as sargetas e acúmulo de água.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/39/indicacao_no_21.19_-__limpeza_de_terreno_-__mathe_1ChKhj2.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/39/indicacao_no_21.19_-__limpeza_de_terreno_-__mathe_1ChKhj2.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, requerem ao Plenário desta Casa de Leis junto ao Executivo Municipal para solucionar os principais problemas detectados em vistoria nas vias urbanas do Município, que segue:_x000D_
 Área Verde próximo ao barracão da COHAB II e outro próximo à Escola Monsenhor Ernesto: Limpeza no local - acúmulo de lixos.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>GILMAR DOS SANTOS CHAVES</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/40/indicacao_no_22.19_-__limpeza_na_praca_do_triangu_CZehjnD.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/40/indicacao_no_22.19_-__limpeza_na_praca_do_triangu_CZehjnD.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal para que faça limpeza na Praça do Triângulo.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal no sentido de que seja feito o serviço de carpina, limpeza geral, retirar lixo e entulhos no Distrito Industrial.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/42/indicacao_no_24.19_-__retirada_de_lixo_na_rua_dr__OgeR9uf.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/42/indicacao_no_24.19_-__retirada_de_lixo_na_rua_dr__OgeR9uf.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal no sentido de que seja feita a retirada de lixo, na Rua Dr. José Balbino, em frente a Sea Foto.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/43/indicacao_no_25.19_-__retirada_de_lixo_no_campo_d_MfiFliR.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/43/indicacao_no_25.19_-__retirada_de_lixo_no_campo_d_MfiFliR.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal no sentido de que seja feita a retirada de lixo, na entrada do Campo de Futebol, Jorge Oliva, perto da casa do Prefeito Municipal.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/44/indicacao_no_26.19_-__manutencao_na_zona_rural_do_Wp19nhI.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/44/indicacao_no_26.19_-__manutencao_na_zona_rural_do_Wp19nhI.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve indica à Mesa desta Casa, providências junto ao Executivo Municipal, para que sejam feitos reparos e manutenção na estrada rural  e no mata burro dos Tebas</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/45/indicacao_no_27.19_-_limpeza_no_terreno_da_prefei_pIgA6MC.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/45/indicacao_no_27.19_-_limpeza_no_terreno_da_prefei_pIgA6MC.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa providências junto ao Executivo Municipal para que seja feita a limpeza no terreno da Prefeitura Municipal, que localiza no cruzamento da Rua Dom Inácio Dalmont com a Avenida Liberdade, fundo com a casa do Dito Verde.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/46/indicacao_no_28.19_-_instalar_iluminacao_de_energ_awLWMWL.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/46/indicacao_no_28.19_-_instalar_iluminacao_de_energ_awLWMWL.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, para que seja viabilizada a possibilidade de instalar o sistema de iluminação solar que nas ruas que estão sem iluminação, como o Jardim dos Ipês, seja adquirida e instalada a referida luminária solar.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa providências junto ao Executivo Municipal para que tome as providências necessárias na Praça do triângulo, onde tem uma árvore muito alta e corre risco de cair em cima das casas, podendo ocasionar acidentes.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/48/indicacao_no_30.19_-_retirar_a_protecao_de_lata_a_gTxXHNg.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/48/indicacao_no_30.19_-_retirar_a_protecao_de_lata_a_gTxXHNg.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve indica a Mesa desta providências junto ao Executivo Municipal e o fiscal de Obras possam verificar com o proprietário ao lado da Escola Municipal Engenheiro Jorge Oliva,  para que seja retirada a proteção de lata que está na calçada.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica Mesa desta Casa providências junto ao Executivo Municipal para que tome as seguintes providências na Delegacia de Polícia:_x000D_
 - Reparos no bebedouro, pois está com vazamento;_x000D_
 - Colocar rampa com corrimão no portão de acesso a pedestre.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/50/indicacao_no_32.19_-_tomar_providencias_cabiveis__R9aaECD.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/50/indicacao_no_32.19_-_tomar_providencias_cabiveis__R9aaECD.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal no sentido de que sejam tomadas as providências cabíveis nos locais citados conforme solicitado na relação abaixo:_x000D_
 _x000D_
 BAIRROS SAGRADA E NOVO HORIZONTE_x000D_
 Retirada de entulho_x000D_
 •	Foto 1 - Esquina da Rua Basílio Alves da Silva com a Rua Madre Paulina (ao lado do Hospital Itaú):_x000D_
 •	Fotos 2 e 3 - Rua Alcides Rodrigues de Sousa._x000D_
 •	Fotos 4 e 5-Rua João Carlos Bonfim_x000D_
 •	Foto 6 - Rua Madre Paulina_x000D_
 •	Foto 7 - Rua Benedito Jandir Barbosa (em frente à Igreja Sagrada Família)_x000D_
 •	Foto 8 - Praça Sagrada Família_x000D_
 •	Fotos 9 e 10 - Rua Pedro Oscar de Queiroz._x000D_
 •	Foto 11 – Avenida Benedito Damasceno da Silva (em frente ao Chame) _x000D_
 •	Foto 12 – Rua G (ao lado da Quadra da Escola Carmélia Dramis Malaguti)_x000D_
 •	Foto 13 – Rua Antônio Ferreira da Silva_x000D_
 •	Fotos 14 e 15 - Rua Joaquim Januário Garcia_x000D_
 •	Foto 16 – Rua Américo Rocha de Amorim_x000D_
 _x000D_
 BAIRRO ACÁCIAS_x000D_
 •	Fotos 17 e 18 -  Rua Luiz Carlos de Oliveira: Limpeza de Terreno (mato alto</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/60/indicacao_no_33.19_-_limpeza_de_terrenos_-_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/60/indicacao_no_33.19_-_limpeza_de_terrenos_-_donizetti.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa providências junto ao Executivo Municipal as seguintes providências:_x000D_
 - Que o terreno da prefeitura localizado na Rua Margarida de Oliveira – Sagrada Família, que se encontra muito sujo e com lixo, precisa inicialmente ser limpo, e após, peço que sejam construídas casas populares ou um barracão para atender o PSF ou a Delegacia de Polícia.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>OBERDAN FARIA</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa providências junto ao Executivo Municipal a seguinte providências  junto ao Bradesco e a Caixa Econômica:_x000D_
 - que sejam inclusos os adicionais (insalubridade, periculosidade e gratificações)  no cálculo dos 30% da margem consignável para empréstimo em consignação.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/62/indicacao_no_35.19_-_tintas_nos_postes_estao_apag_GdEHTTE.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/62/indicacao_no_35.19_-_tintas_nos_postes_estao_apag_GdEHTTE.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa providências junto ao Executivo Municipal, para que refaça a pintura dos postes onde tem os nomes das ruas, ou se for possível colocar placas que indicam os nomes de ruas em nossa cidade.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/51/indicacao_no_36.19_-_divulgar_os_sintomas_de_ataq_0LTQSJo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/51/indicacao_no_36.19_-_divulgar_os_sintomas_de_ataq_0LTQSJo.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve indica ao Executivo Municipal e a Câmara Municipal as seguintes providências referentes:_x000D_
 - que seja feita uma campanha municipal através das Secretarias Municipais de Saúde, de Educação e PSFs, para divulgar os sintomas de um ataque cárdico e quais as ações que devem ser tomadas de forma imediata para socorrer o infartado._x000D_
 - também solicito que a Câmara Municipal através da Comissão de Educação, Saúde e Assistência promova ações neste sentido</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>O Vereador que este subscreve indica ao Executivo Municipal as seguintes providências referentes a área da Praça do Bairro Sagrada Família na rua Margarida de Oliveira:_x000D_
 - que de imediato, exija que a COPASA proceda a limpeza e manutenção desta praça;_x000D_
 - que no processo de renovação do Contrato com a COPASA, seja exigida que a empresa compre esta área posto que na resposta à Indicação n. 33/19 nos foi informado que tubos da adutora de água passam pela referida praça.</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/12/indicacao_no_38.19_-_implementar_academia_ao_ar_l_Yke4UYF.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/12/indicacao_no_38.19_-_implementar_academia_ao_ar_l_Yke4UYF.pdf</t>
   </si>
   <si>
     <t>Srs. Vereadores._x000D_
 A Vereadora que esta subscreve indica a Mesa desta Casa providências junto ao Executivo Municipal para que possa Implementar uma Academia ao ar livre nas imediações do Bairro Santo Antônio.</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1/indicacao_no_39.19_-_limpeza_no_terreno_publico___nRuC74v.docx</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1/indicacao_no_39.19_-_limpeza_no_terreno_publico___nRuC74v.docx</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa providências juntos ao Executivo Municipal para que seja feita a limpeza e manutenção de terreno público onde está localizado o campinho de futebol próximo à Copasa ( Rua Madre Paulina).</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/53/indicacao_no_40.19_-_adquirir_britador_para_prefe_JVPeesZ.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/53/indicacao_no_40.19_-_adquirir_britador_para_prefe_JVPeesZ.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa providências junto ao Executivo Municipal a seguinte providência:_x000D_
 Para que a Administração possam viabilizar meios de obter ou adquirir um britador para atender as demandas da Prefeitura na manutenção de vias públicas e estradas rurais de nossa cidade.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/54/indicacao_no_41.19_-_necessita_de_garis_e_recapea_rIkfggr.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/54/indicacao_no_41.19_-_necessita_de_garis_e_recapea_rIkfggr.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa providências junto ao Executivo Municipal as seguintes providências no Bairro São Lucas: _x000D_
 - Necessita de Garis para fazer o serviços de limpeza; _x000D_
 - Fazer o recapeamento asfáltico nas ruas.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/606/indicacao_no_42.19_-_gratificacao_ou_bonificacao_xlYqMrP.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/606/indicacao_no_42.19_-_gratificacao_ou_bonificacao_xlYqMrP.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve indica ao Executivo Municipal as seguintes providências:_x000D_
 - que seja instituída uma gratificação ou bonificação aos servidores garis que trabalham junto aos caminhões na coleta de lixo de nossa cidade.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/607/indicacao_no_43.19_-_limpeza_no_corrego_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/607/indicacao_no_43.19_-_limpeza_no_corrego_-_davi.pdf</t>
   </si>
   <si>
     <t>Srs. Vereadores._x000D_
 _x000D_
 O vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal através da Secretaria de Serviços Urbanos para que proceda uma limpeza geral no córrego do Ferro -  Avenida Liberdade.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/608/indicacao_no_44.19_-_retirada_de_entulho_na_via_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/608/indicacao_no_44.19_-_retirada_de_entulho_na_via_-_davi.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve indica ao Executivo Municipal as seguintes providências para que seja retirada do entulho de construção, na Rua: José E. Faria, de frente ao número 179, no Bairro Maria Parreira.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>ROBERTO GONÇALVES VIEIRA, ANTONIO DOS REIS NUNES, DENIS DONIZETTI MAGALHÃES, DONIZETTI ANTONIO DE AMORIM</t>
   </si>
   <si>
     <t>Senhores Vereadores._x000D_
 Os Vereadores que esta subscrevem indicam ao Executivo Municipal as seguintes providências:_x000D_
 - que seja rescindido o Convênio celebrado entre a Prefeitura Municipal e a Polícia Militar de Minas Gerais, e que se retomem os equipamentos destinados a vigilância (Câmeras) para que a própria Administração faça o monitoramento da segurança pública de nossa cidade</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/766/indicacao_no_46.19_-_placa_de_outdoor_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/766/indicacao_no_46.19_-_placa_de_outdoor_-_davi.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal solicitando as providências cabíveis para que seja retirada ou dada a devida destinação à placa/outdoor localizado na esquina das Ruas José Balbino com a João Kirchner, imediações da Escola Mun. Itaú de Minas.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Presidência desta Casa e ao Executivo Municipal que sejam instalados dispositivos nos veículos oficiais para rastreio de suas rotas, de modo a garantir que o setor responsável pelo controle de frotas tenha acesso e faça o acompanhamento e registro dos trajetos feitos pelos usuários. _x000D_
 Atualmente existem rastreadores e aplicativos que fazem este tipo de monitoramento a baixo custo. Temos que adotar o sistema menos oneroso e mais eficaz não sujeito a desabilitação manual pelo usuário para que não haja fraudes.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/789/indicacao_no_48.19_-_desmoronamento_e_mau_cheiro_HbXyUce.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/789/indicacao_no_48.19_-_desmoronamento_e_mau_cheiro_HbXyUce.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Presidência desta Casa e ao Executivo Municipal para que tome providências cabíveis na Rua Amazona, 439, no Bairro Jardim Pinheiro, fundos, onde a situação é de desmoronamento e mau cheiro de manilhas expostas.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/798/indicacao_no_49.19_-_para_replantr_arvores_-_denis.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/798/indicacao_no_49.19_-_para_replantr_arvores_-_denis.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal as seguintes providências:_x000D_
 Que seja feita de modo mais rápido possível à estocagem das árvores de Fícus que foram cortadas pela cidade;_x000D_
 Que seja feito o replantio de árvores adequadas ao nosso clima, de modo a atender as normas estabelecidas na Lei Municipal que Dispõe sobre projeto de arborização de nosso Município; especialmente na Praça Adelaide Lobato no Universitário;_x000D_
 Que, para a reposição ora solicitada, sejam adquiridas árvores adultas ou semi-adultas para que o sombreamento seja feito de modo mais rápido possível e restabelecendo toda a flora e fauna do local.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>MATHEUS VILELA SILVA, DAVI OLIVEIRA DE SOUSA, GILMAR DOS SANTOS CHAVES, JULIANA MATTAR, OBERDAN FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/806/indicacao_no_50.19_-_limpeza_no_corrego_-_matheu_8yH0vY3.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/806/indicacao_no_50.19_-_limpeza_no_corrego_-_matheu_8yH0vY3.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem indicam a Mesa desta Casa, providências junto ao Executivo Municipal, para que seja feita com urgência, uma limpeza geral em toda a extensão do córrego na Avenida Liberdade.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/807/indicacao_no_51.19_-_construcoes_de_rotatorias_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/807/indicacao_no_51.19_-_construcoes_de_rotatorias_-_davi.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal, para que sejam feitas construções de rotatórias para organização do trânsito, nos seguintes endereços:  _x000D_
 - Rua Rio de Janeiro com a Rua Artur Vieira e;_x000D_
 - Rua Rio de Janeiro com a Rua Antonio Pedro Amorim e Rua João Kirchner.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal que as seguintes providências:_x000D_
 - patrolamento e manutenção das estradas de acesso ao Baquião, Mudos e Areieiros._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 Estas estradas estão em péssimo estado dificultando o trânsito de veículos por estas localidades.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/841/indicacao_no__53_zetti_reparos_portal_policia_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/841/indicacao_no__53_zetti_reparos_portal_policia_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal que sejam tomas das seguintes providências: _x000D_
 - consertar o portal pequeno de pedestre na Delegacia Civil._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 O referido portal está com rachaduras e não abre e foi fechado pois os idosos estavam caindo ao adentrar no local.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/842/indicacao_no_54_zeti_poda_arvores_estacionamento_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/842/indicacao_no_54_zeti_poda_arvores_estacionamento_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal que sejam tomadas as seguintes providências:_x000D_
 - poda dos galhos das árvores da Praça Monsenhor Ernesto onde há estacionamento de veículos._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 Os galhos estão muito baixos atrapalhando os motoristas quando vão estacionar pois os galhos invadem a área de estacionamento. Além claro de atrapalharem a visão dos motoristas quando em manobras de ré o que os coloca em risco de acidentes.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/843/indicacao_no_55_patrimonio_cultural__musica_denis_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/843/indicacao_no_55_patrimonio_cultural__musica_denis_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal a seguinte providência: _x000D_
 - que seja feito o processo pela Secretaria Municipal de Cultura para realizarmos  o Tombamento Histórico e Cultural da canção “Toada de Congo Adeus Adeus” do Terno  Os Marinheiros de Itaú de Minas._x000D_
 JUSTIFICATIVA_x000D_
 	Esta música é um sucesso não só em Itaú mas é executada por muitos outros ternos de congo da região. É nossa música, nossa arte e nossa cultura. Precisa ser reconhecida e valorizada, e nada mais justo e oportuno que se faça o tombamento desta canção como patrimônio histórico e cultural de nossa cidade.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/844/indicacao_no_56_limpesa_rodoviaria_denis_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/844/indicacao_no_56_limpesa_rodoviaria_denis_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal as seguintes providências: _x000D_
 - Que seja feita uma limpeza geral, especialmente do teto, pintura e reforma nos banheiros do terminal rodoviário de nossa cidade,_x000D_
 - também que seja dada a manutenção de uma das TVs instaladas no local posto que ali tem duas mas uma não está funcionando há alguma tempo._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	Atualmente a nossa rodoviária além de se usada por pessoas em trânsito, é bastante freqüentada por cidadãos de nossa cidade pois, alí temos  o ponto de táxi, a lotérica, a banca de jornais e revistas além de outros comércios como a lanchonetes e lojas de variedade o quem tem atraído muita gente. _x000D_
 O banheiro masculino está quase que inutilizável, teias de aranha no teto, o local está feio e precisa ser limpo para oferecer mais aconchego e ser agradável para quem o freqüenta e visita.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/847/indicacao_no__57_juliana_operacao_tapa_buraco_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/847/indicacao_no__57_juliana_operacao_tapa_buraco_1.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica ao Executivo Municipal as seguintes providências: _x000D_
  - que seja realizada uma operação tapa-buracos em toda a extensão da Rua Minas Gerais, no bairro Jardim Acácias, bem como nos dois sentidos da Avenida Bela Vista, Bairro Cohab II._x000D_
 JUSTIFICATIVA_x000D_
 	A situação destas vias públicas estão bastante precárias, em péssimo estado de conservação e necessitam com urgência de reparos para não continuarem a colocar em risco de acidentes os motoristas e pedestres que transitam por estas localidades.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/848/indicacao_no__58_juliana_bueiro_correcao_cedeu_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/848/indicacao_no__58_juliana_bueiro_correcao_cedeu_1.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica ao Executivo Municipal as seguintes providências: _x000D_
  - que seja feita a correção de bueiro na Rua João Cassemiro dos Santos  no cruzamento com a Rua Vita C. Alves, bairro Jardim Alvorada. _x000D_
 Justificativa_x000D_
 Parte do asfalto cedeu obrigando os motoristas e pedestres a se desviarem do local. Também seria prudente realizar uma avaliação para saber se não há maiores danos no subsolo daquelas imediações ou possíveis riscos para posteriormente, encaminhar solicitação de providências aos responsáveis.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/849/indicacao_no__59_mathueus_cameras_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/849/indicacao_no__59_mathueus_cameras_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal as seguintes providências: _x000D_
  - que seja ampliado o sistema de videomonitoramento com aquisição de mais câmaras para atender a toda cidade.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/850/indicacao_no__60_zetti_mata_burrosc_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/850/indicacao_no__60_zetti_mata_burrosc_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal as seguintes providências: _x000D_
  - que sejam limpos e reparados os mata-burros nas imediações da Fazenda do Sr. Antonio Chaves divisa com o Sr. Arildo Garcia  e também nas imediações do Sitio do Sr. João Barbudo na comunidade rural do Carazaltas._x000D_
 Justificativa_x000D_
 Os mata burros existentes nestes trechos estão bem danificados, sujos e precisam ser limpos e reparados especialmente para facilitar o escoamento da produção de leite destas imediações.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/871/indicacao_no__61_davi_noticias.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/871/indicacao_no__61_davi_noticias.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal as seguintes providências: _x000D_
  - Que a Prefeitura divulgue nos meios de comunicação ao seu alcance o cronograma de reuniões dos Conselhos Municipais para que os vereadores, demais autoridades e principalmente a população possa acompanhar essas reuniões._x000D_
 _x000D_
 Justificativa_x000D_
 O acompanhamento dos trabalhos dos Conselhos é essencial para conferir os cumprimentos de metas, avaliações e cobertura de suas finalidades.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/872/indicacao_62_gilmar_agua_chuva_cruzamento.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/872/indicacao_62_gilmar_agua_chuva_cruzamento.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal as seguintes providências: _x000D_
  - que sejam feitos reparos adequados no asfalto do cruzamento da Avenida Liberdade com a Rua Massaud Mattar – frente ao PFS2, para proporcionar a vazão das águas das chuvas que ficam ali acumuladas._x000D_
 Justificativa_x000D_
 Conforme as fotos em anexo podemos constatar que quando chove a água da chuva  inunda o referido local e fica ali parada por logos períodos pois não há escoamento algum necessitando de providências urgentes.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/873/indicacao__63_roberto_cameras.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/873/indicacao__63_roberto_cameras.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal as seguintes providências: _x000D_
  - que seja ampliado o sistema de videomonitoramento com aquisição de mais câmeras para atender à toda cidade.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/874/indicacao_64_donizetti_parque_odelio__brito.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/874/indicacao_64_donizetti_parque_odelio__brito.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal as seguintes providências no Parque Municipal Odélio  de Brito: _x000D_
 •	Colocar redes de peteca e vôlei nas quadras respectivas,_x000D_
 •	Colocar cesta de pontos de basquete, _x000D_
 •	Arrumar arrimo conforme fotos em anexo,_x000D_
 •	Demarcar as metragens da pista de caminhada e _x000D_
 •	Dar manutenção no portão de entrada do parque.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/876/indicacao_65_denis_festa_congo_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/876/indicacao_65_denis_festa_congo_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal as seguintes providências_x000D_
 - que a Chefia do Setor de Cultura se reúna com os nossos grupos de Congadeiros para conhecer as necessidades de cada grupo com relação a falta de equipamentos, uniformes etc... e com este levantamento, busque atender estas necessidades posto que o fim de ano já se aproxima e ainda há tempo hábil para  que as providências sejam tomadas._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 A Festa de Congo realizada em dezembro é um festa tradicionalíssima que acontece há muitos anos em nossa cidade. É uma das principais fontes de renda do Lar São Vicente de Paula e precisa ser melhorada à cada ano. Não podemos deixar este evento ir aos poucos se acabando por causa das necessidades mais simples que os grupos possuem e de custo baixo. São pequenas coisas que podem ser feitas pela Administração que ajudam e abrilhantam em muito a festa.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/893/indicacao_no__66__-_horat_comunitaria_-_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/893/indicacao_no__66__-_horat_comunitaria_-_donizetti.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal as seguintes providências_x000D_
 - que seja criadas e organizadas Hortas Comunitárias em terrenos da Prefeitura com ajuda de voluntários</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/928/indicacao_no_67.19_-_votorantin_emprestar_maquin_KNnnRUx.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/928/indicacao_no_67.19_-_votorantin_emprestar_maquin_KNnnRUx.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal as seguintes providências: _x000D_
  - Para que a Prefeitura possa adquirir um veículo que faça a varreção e aspiração de pó, de vias públicas para que seja usado principalmente no Distrito Industrial, Jardins dos Ypês e CECOI.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/929/indicacao_no_68.19_-_tapa_buracos_e_retirada_de__xr5WYa2.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/929/indicacao_no_68.19_-_tapa_buracos_e_retirada_de__xr5WYa2.pdf</t>
   </si>
   <si>
     <t>Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, que encaminhe ao setor competente, para que faça a operação tapa buracos e retirada de entulhos nos Bairros: Distrito Industrial e Jardim dos Ypês.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/902/indicacao_no_69.19_-_retirada_de_folhas_de_coque_VS5vKdO.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/902/indicacao_no_69.19_-_retirada_de_folhas_de_coque_VS5vKdO.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, que encaminhe ao setor competente, para que faça a retirada das folhas de coqueiros na Avenida Engenheiro Manoel Batista e Avenida do Cemitério.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/903/indicacao_no_70.19_-_limpeza_no_cecoi_-_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/903/indicacao_no_70.19_-_limpeza_no_cecoi_-_donizetti.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para que faça a coleta seletiva com o caminhão da Prefeitura Municipal, pelo menos 03 (três)  vezes por semana, no CECOI.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/912/indicacao_no_71.19_-limpezeza_e_iluminacao_na_pr_1U4bzFP.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/912/indicacao_no_71.19_-limpezeza_e_iluminacao_na_pr_1U4bzFP.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para que faça a limpeza e a manutenção no sistema de iluminação pública, na Praça Artur, perto das oficinas na MG 050, perto da Cooperativa dos Motoristas. _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 O pedido se prende ao fato de que muitas pessoas tem reclamado acerca das sujeiras e matos que estão tomando conta do referido local, o que nos coloca em uma situação constrangedora perante a comunidade, que tem razão de reivindicar uma melhor prestação dos serviços públicos._x000D_
 	Quanto a iluminação neste local, é necessária devido aos pedestres que transitam por este local, podendo ocasionar acidentes, devido a falta de energia.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/913/indicacao_no_72.19_-bancos_quebrados_na_praca_-__HbEeRzg.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/913/indicacao_no_72.19_-bancos_quebrados_na_praca_-__HbEeRzg.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para que faça a reforma ou troca de bancos na Pracinha, na Rua do Supermercado Zé Maria, ao lado da MG 050._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	A referida praça necessita de reforma de bancos com urgência, pois os bancos estão quebrados, sendo que é um local de laser para nossa população que é um espaço que a população está sendo impedida de usar.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/916/indicacao_no_73.19__tampa_de_bueira_solta_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/916/indicacao_no_73.19__tampa_de_bueira_solta_-_davi.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para que seja colocada uma tampa no bueiro, localizado na Rua: João Carlos Bonfim, nas imediações do Mercadinho.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/930/indicacao_no_74.19__coleta_seletiva_-_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/930/indicacao_no_74.19__coleta_seletiva_-_donizetti.pdf</t>
   </si>
   <si>
     <t>Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 _x000D_
 O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para que seja feita a coleta seletiva na Rua Rodrigues de Amorim, onde era a linha férrea.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/931/indicacao_no_75.19__limpeza_na_praca_santa_terez_ssNg3TM.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/931/indicacao_no_75.19__limpeza_na_praca_santa_terez_ssNg3TM.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para que seja feita a limpeza de entulho na Praça Santa Terezinha, (Praça do Baé).</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/919/indicacao_no_76.19__limpeza_e_placa_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/919/indicacao_no_76.19__limpeza_e_placa_-_davi.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, para que seja feita a limpeza e sinalização com placas de proibido jogar lixo, na Rua Ary Bastos de Siqueira, nas imediações da Power Club.  _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 _x000D_
 	Tal pedido visa segurança dos moradores que residem perto do referido local, pois a sujeira traz uma série de transtornos para os moradores, servindo de procriação para animais como o mosquito da dengue, cobras, aranhas, etc..</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/937/indicacao_no_77.19_telhado_na_estacao_cultura_-__x3nul0R.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/937/indicacao_no_77.19_telhado_na_estacao_cultura_-__x3nul0R.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, para que proceda aos reparos necessários no telhado/cobertura na Estação Cultura. _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	Sendo necessária à troca com urgência devido aos riscos no local.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/947/indicacao_no_78.19_-_usina_de_reciclagem_-_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/947/indicacao_no_78.19_-_usina_de_reciclagem_-_donizetti.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, para que seja feita as seguintes melhorias na Usina de Reciclagem:_x000D_
 - Reparos necessários no banheiro das mulheres, pois está faltando água;_x000D_
 - Que seja instalado um chuveiro no banheiro das mulheres; _x000D_
 - Necessita de um vigia nos finais de semana, para evitar roubos.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/968/indicacao_no_79.19_-_limpeza_no_terreno_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/968/indicacao_no_79.19_-_limpeza_no_terreno_-_davi.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, para que seja feita a limpeza no terreno na Rua João Carlos Bonfim, ao lado do número 239 – Bairro Maria Parreira.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>MOÇ</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/138/mocao_no_02.19_-_congratulacoes_pelos_22_anos_it_j6vahdW.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/138/mocao_no_02.19_-_congratulacoes_pelos_22_anos_it_j6vahdW.pdf</t>
   </si>
   <si>
     <t>Moção Nº 2/2019_x000D_
 _x000D_
 _x000D_
 _x000D_
 Sr. Presidente_x000D_
 _x000D_
 _x000D_
 _x000D_
 Nos termos regimentais, requeiro à Mesa, ouvido o Plenário, uma MOÇÃO DE CONGRATULAÇÕES pelo 22º Aniversário de criação do Itaú Atlético Clube.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/139/mocao_no_03.19_-_mocao_de_aplausos_futsal_campea_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/139/mocao_no_03.19_-_mocao_de_aplausos_futsal_campea_-_davi.pdf</t>
   </si>
   <si>
     <t>Srs. Vereadores_x000D_
 _x000D_
 _x000D_
 Nos termos regimentais, requeiro à Mesa, ouvido o Plenário, uma MOÇÃO DE APLAUSOS, a equipe sub 11 anos de Futsal de Itaú de Minas, que se consagrou campeã da Copa BRIAE ( Bloco Regional de Interação das Atividades Esportivas) de forma invicta. _x000D_
 O torneio foi realizado na cidade de Ibiraci-MG.  _x000D_
 _x000D_
 Esta Moção é uma forma de agradecer. Sei que precisamos sempre buscar algo mais, conseguir mais estrutura, temos que lutar para romper as dificuldades e alcançar cada vez mais nossos objetivos. _x000D_
 Fica aqui o meu agradecimento pelo empenho em representar muito bem o nosso município. _x000D_
 Parabenizo também o treinador Milton Morais e o Setor de Esportes pelo esforço,  comprometimento e o empenho que honrou e colocou a nossa cidade, no  mais alto patamar do cenário esportivo.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/140/mocao_no_04.19_-_mocao_de_aplausos_ao_estudante__finAc3v.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/140/mocao_no_04.19_-_mocao_de_aplausos_ao_estudante__finAc3v.pdf</t>
   </si>
   <si>
     <t>Srs. Vereadores_x000D_
 _x000D_
 _x000D_
 Nos termos regimentais, requeiro à Mesa, ouvido o Plenário, uma MOÇÃO DE APLAUSOS, ao estudante do Colégio Interativo Anglo, Gabriel Alves Goulart, que cursa o 1º ano do Ensino Médio, pelo qual, foi premiado com uma bolsa de estudos, pelo representante do Instituto SOMOS, que busca alunos exemplares que estejam cursando o Ensino Fundamental. _x000D_
 Esta premiação foi motivo de júbilo para  a nossa cidade, ao ver jovem de unidade escolar conquistar o seu espaço._x000D_
 Parabéns, por esta premiação de alto potencial acadêmico e contexto socioeconômico. _x000D_
 Parabéns também ao Colégio Interativo Anglo, responsável maior pela formação escolar e desenvolvimento intelectual.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>DENIS DONIZETTI MAGALHÃES, ANTONIO DOS REIS NUNES, DONIZETTI ANTONIO DE AMORIM, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
     <t>Srs. Vereadores_x000D_
 _x000D_
 _x000D_
 Nos termos regimentais, requeiro à Mesa, ouvido o Plenário, uma MOÇÃO DE APLAUSOS, à Secretaria Municipal de Educação pela realização do Seminário Educacional Práticas Libertadoras; Uma reflexão sobre educação, realizado recentemente para todos os profissionais desta área de nossa cidade._x000D_
 _x000D_
 Este Seminário proporcionou aos professores uma excelente oportunidade para atualizarem seus conhecimentos e adquirir mais experiências junto profissionais que lá estiveram e também puderam trocar idéias com os demais colegas professores._x000D_
 Parabenizo a todos pela organização e êxito do evento e confio que outros seminários deste porte e natureza sejam realizados frequentemente para a melhor qualificação dos profissionais de educação de nosso Município._x000D_
 Parabéns a toda equipe organizadora.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>Srs. Vereadores._x000D_
 _x000D_
 _x000D_
 Nos termos regimentais, requeiro à Mesa, ouvido o Plenário, uma MOÇÃO DE APLAUSOS, aos estudantes da Escola Engenheiro Jorge Oliva, Paulo Cesar Campos de Pinho e Clara Ordine Poscidônio, pelo qual, receberam a medalha de Ouro e Bronze, respectivamente da OBMEP -  Olimpíada Brasileira de Matemática das Escolas Públicas, somando novos talentos para o Brasil.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/609/mocao_no_09.19_-_mocao_de_aplausos_capoeira_-_matheus.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/609/mocao_no_09.19_-_mocao_de_aplausos_capoeira_-_matheus.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais, requeiro à Mesa, ouvido o Plenário, uma MOÇÃO DE APLAUSOS, a equipe de Capoeira Bonfim pela brilhante participação na 1ª Copa Passos de Capoeira, que aconteceu neste final de semana, na cidade de Passos onde Itaú de Minas se destacou mais uma vez de forma honrosa, conquistando várias medalhas e o primeiro lugar geral por equipes, com os seguintes atletas:_x000D_
 	Categoria especial - Alessandra Verônica: ouro_x000D_
 	Categoria combate - José Alex: prata_x000D_
 	Cataiana Maria: prata (feminino) -Wanderson: prata (infantil)_x000D_
 	João Vítor: ouro (infantil)_x000D_
 	Federico: bronze (infantil)_x000D_
 	Vinício Procópio: prata (infantil)_x000D_
 	Almir Mota: prata (adulto)_x000D_
 	Negassa: ouro (professor)_x000D_
 	Contra mestre Kan: prata (regional) e bronze (no jogo Banguela)</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>Nos termos regimentais, requeiro à Mesa, ouvido o Plenário, uma MOÇÃO DE APLAUSOS, ao estagiário Guilherme de Almeida.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/862/mocao_13_henrique_pj_davi_e_matheus_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/862/mocao_13_henrique_pj_davi_e_matheus_1.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais, requeiro à Mesa, ouvido o Plenário, uma MOÇÃO DE APLAUSOS ao Jovem Henrique Israel Oliveira, que se que se destacou sendo um dos vencedores do Parlamento Jovem 2019 em Brasília, na Câmara dos Deputados, representando o Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/904/mocao_no_14.19_-_mocao_de_aplausos_ao_circo_do_c_kFGg01u.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/904/mocao_no_14.19_-_mocao_de_aplausos_ao_circo_do_c_kFGg01u.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais, requeiro à Mesa, ouvido o Plenário, uma MOÇÃO DE APLAUSOS, ao Circo do Chame.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>JULIANA MATTAR, DAVI OLIVEIRA DE SOUSA, GILMAR DOS SANTOS CHAVES, MATHEUS VILELA SILVA, OBERDAN FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/905/mocao_no_15.19_-_mocao_de_aplausos_aos_usuarios__t0lSBpJ.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/905/mocao_no_15.19_-_mocao_de_aplausos_aos_usuarios__t0lSBpJ.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais, requeiro à Mesa, ouvido o Plenário, uma MOÇÃO DE APLAUSOS, aos usuários da APAE – Associação de Pais e Amigos dos Excepcionais, pela brilhante apresentação na XI Olimpíada Regional das APAEs do Sudoeste I, que aconteceu na cidade de Passos – MG,  nos dias 12 e 13 de setembro.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/64/requerimento_no_02.18_-_requer_informacoes_sobre__QTdUKXQ.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/64/requerimento_no_02.18_-_requer_informacoes_sobre__QTdUKXQ.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer do Executivo Municipal informações a respeito do convênio para construção das casas populares aprovadas para Itaú de Minas, que são:_x000D_
 _x000D_
 - Qual é o nível da tramitação dos documentos?_x000D_
 - Quais os critérios para seleção dos possíveis beneficiários?_x000D_
  - Existe lista? Se tiver onde se inscrever? Se não, quando e quem poderá se inscrever?_x000D_
 - Tem previsão de quando poderá começar a inscrição e tem previsão de entrega?</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/65/requerimento_no_03.18_-_requer_informacoes___da_f_4pOBdUu.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/65/requerimento_no_03.18_-_requer_informacoes___da_f_4pOBdUu.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:_x000D_
 - quais os planos e projetos do Executivo em relação a Filarmônica Municipal para 2019 e exercício futuros, tendo em vista que suas atividades estão atualmente paralisadas?</t>
   </si>
   <si>
     <t>MATHEUS VILELA SILVA, JULIANA MATTAR, OBERDAN FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/66/requerimento_no_04.18_-_requer_urgencia_especial__ThJdkhN.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/66/requerimento_no_04.18_-_requer_urgencia_especial__ThJdkhN.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora abaixo assinada requer que sejam apreciados em regime de URGÊNCIA ESPECIAL, e que sejam dispensados os pareceres das comissões permanentes, das seguintes matérias: _x000D_
 a)	Projeto de Lei nº 30/18 - Estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2019;_x000D_
 _x000D_
 b)	Projeto de Lei nº 31/18 – Modifica a Lei nº 1026, de 13 de julho de 2018, que Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária do exercício de 2019, e dá outras providências._x000D_
 _x000D_
 c)	Projeto de Lei nº 34/18 – Dispõe sobre o Plano Plurianual para o período 2018/2021, e dá outras providências. _x000D_
 _x000D_
 d)	Projeto de Lei nº 38/18 – Autoriza a concessão de subvenções, auxílios e contribuições no exe4rcício de 2019 e dá outras providências. _x000D_
 _x000D_
 e)	Bem como as Propostas Modificativas, proposições de emendas de subemendas que houverem nos referidos projetos.</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/67/requerimento_no_05.18_-_quando_o_fundeb_paga_por__bVRZCwA.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/67/requerimento_no_05.18_-_quando_o_fundeb_paga_por__bVRZCwA.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:_x000D_
 - Quanto o FUNDEB repassa ao Município de Itaú de Minas por aluno, respeitando os níveis escolares de cada etapa.</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/68/requerimento_no_06.18_-_requer_o_total_de_dividas_SgJscor.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/68/requerimento_no_06.18_-_requer_o_total_de_dividas_SgJscor.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:_x000D_
  - Qual o total de dívidas do Estado com o município? Discriminando verba por verba.</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/69/requerimento_no_07.18_-_requer_todas_as_notificac_OVOZZ0Q.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/69/requerimento_no_07.18_-_requer_todas_as_notificac_OVOZZ0Q.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:_x000D_
 - Todas as notificações do Controle Interno da Prefeitura Municipal, nos anos de 2018 e 2019.</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/70/requerimento_no_08.18_-_requer_urgencia_especial__CFZyva0.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/70/requerimento_no_08.18_-_requer_urgencia_especial__CFZyva0.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora abaixo assinada requer que seja apreciado em regime de URGÊNCIA ESPECIAL, e que sejam dispensados os pareceres das comissões permanentes do PROJETO DE RESOLUÇÃO Nº 04/19 MODIFICA A RESOLUÇÃO Nº 57, DE 26/12/90, QUE DISPÕE SOBRE O PLANO DE CARREIRAS DA CÂMARA MUNICIPAL DE ITAÚ DE MINAS E DÁ OUTRAS PROVIDÊNCIAS, ALTERADA PELA RESOLUÇÃO Nº 249, DE 30 DE JANEIRO DE 2018.</t>
   </si>
   <si>
     <t>MATHEUS VILELA SILVA, GILMAR DOS SANTOS CHAVES, JULIANA MATTAR, OBERDAN FARIA</t>
   </si>
   <si>
     <t>A Mesa Diretora abaixo assinada requer que seja apreciado em regime de URGÊNCIA ESPECIAL, o PROJETO DE RESOLUÇÃO Nº 01/19 – Dispõe sobre a revisão geral nos vencimentos dos servidores do Legislativo Municipal e proposição de emenda n. 01/19 ao referido projeto incluindo os estagiários;</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, com referência à data de envio do Ofício de resposta ao presente documento, caso aprovado, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal: Cópia da Folha de Pagamento (apresentando o total geral dos gastos com pessoal) dos servidores que compõem o quadro de funcionários efetivos, comissionados, gratificados e/ou contratados da Prefeitura Municipal de Itaú de Minas, separadas mês a mês, referente ao período compreendido entre o dia 01 de janeiro de 2017 até o dia 31 de janeiro de 2019. Em caso de ter havido alguma exoneração ou nova nomeação durante o período de 01 de janeiro de 2019 a 31 de janeiro de 2019, apresentar, ainda, o nome do servidor exonerado, o seu respectivo cargo e a data do ocorrido.</t>
   </si>
   <si>
     <t>A Mesa Diretora abaixo assinada requer que seja apreciado em regime de URGÊNCIA ESPECIAL, o PROJETO DE LEI Nº 01/19 – Dispõe sobre o reajuste dos vencimentos dos Servidores Públicos Municipais, na forma que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>A Mesa Diretora abaixo assinada requer que seja apreciado em regime de URGÊNCIA ESPECIAL, o Projeto de Lei nº 02/19 – Dispõe sobre a concessão de transporte escolar a estudantes do ensino superior residentes município de Itaú de Minas/MG, em conformidade com o parágrafo único do art. 5º , da Lei 12.816, 05 de junho de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>A Mesa Diretora abaixo assinada requer que seja apreciado em regime de URGÊNCIA ESPECIAL, ao Veto parcial ao Projeto de Lei nº 30/18 – Estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2019.</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/76/requerimento_no_14.19_-_retirada_de_bancos_da_est_6DGe0si.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/76/requerimento_no_14.19_-_retirada_de_bancos_da_est_6DGe0si.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal, que apresente reais motivos que  justificam a retirada os bancos da Praça da Estação; Qual a destinação dos bancos retirados; Qual a previsão de retorno.</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/77/requerimento_no_15.19_-_carga_e_descaga_dde_merca_1nrgaBW.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/77/requerimento_no_15.19_-_carga_e_descaga_dde_merca_1nrgaBW.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal, informações a respeito da fiscalização da área reservada para carga e descarga de mercadorias nos comércios de nossa cidade. _x000D_
 O fiscal da Prefeitura fiscaliza estes processos de cargas e descargas? como é feito o funcionamento efetivamente ? deve haver solicitação previa do comerciante ou não? é pago?</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/78/requerimento_no_16.19_-_relacao_do_cargo_em_comis_DRNeaS3.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/78/requerimento_no_16.19_-_relacao_do_cargo_em_comis_DRNeaS3.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, com referência à data de envio do Ofício de resposta ao presente documento, caso aprovado, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal: Relação atual (janeiro/2019) de todos os servidores (efetivos ou não) que ocupam cargos comissionados, nomeados para cargos de confiança e/ou que exerçam funções gratificadas, apresentando, respectivamente, o nome do servidor, a descrição do cargo, o valor do vencimento, o grau de escolaridade e, em caso de formação técnica ou superior, especificar o curso / área de atuação.</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:_x000D_
 Qual o motivo que a cozinha do Cemitério Municipal não está em disponibilidade para as pessoas que estão passando a noite com seus entes queridos.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/80/requerimento_no_19.19_-_relacao_do_cargo_em_comis_2MwIcs6.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/80/requerimento_no_19.19_-_relacao_do_cargo_em_comis_2MwIcs6.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:  _x000D_
 - relação dos secretários municipais bem como comprovantes de endereços de todos eles referente ao mês de janeiro de 2019;_x000D_
 - cópias das gravações das reuniões da Comissão de Licitação/Pregão em que foram feitos os seguintes procedimentos licitatórios Pregão Presencial Nº 050/2018 realizada no dia 29/01/2019, Pregão Presencial Nº 049/2018 realizada no dia 30/01/2019, Pregão Presencial Nº 048/2018 realizada no dia 22/01/2019 e Pregão Presencial Nº 047/2018 realizada no dia 16/01/2019;_x000D_
 - relatório contendo relação dos cargos comissionados e funções gratificadas contendo a comprovação da qualificação técnica exigida para cada cargo.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>a Vereadora abaixo assinado requer ao Executivo Municipal as seguintes informações:_x000D_
 - quantos meses a Prefeitura Municipal deve de cesta básica para os servidores?_x000D_
 - qual a previsão para a regularização de entrega das cestas para as famílias dos funcionários públicos?</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/83/requerimento_no_21.19_-_relatorio_contendo_os_vei_HomIf69.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/83/requerimento_no_21.19_-_relatorio_contendo_os_vei_HomIf69.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto a Delegacia Regional de Segurança Pública/Passos:  _x000D_
 a) Fornecer relatório contendo os veículos apreendidos, as datas, o nome do proprietário e do policial que fez cada apreensão, bem como as causas das referidas apreensões nos seguintes meses: janeiro/18, dezembro/18 e janeiro/19; na cidade de Passos/MG_x000D_
 b) Quais são os procedimentos para apreensão e como são conduzidos estes veículos apreendidos para o Pátio?</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1244/requerimento_no_22.19_-_ingresso_do_cabo_rhende_74OGrcD.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1244/requerimento_no_22.19_-_ingresso_do_cabo_rhende_74OGrcD.pdf</t>
   </si>
   <si>
     <t>Excelentíssimo Senhor Presidente da Câmara Municipal de Itaú de Minas_x000D_
 _x000D_
 _x000D_
 O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Comando do 12º BPM de Passos:  _x000D_
 a) Qual a data de ingresso do Cabo Rhenderson Ryan Ávila Assis – Matrícula n.1562230 no Pelotão da PM em Itaú de Minas;_x000D_
 b) Fornecer relatório contendo os veículos apreendidos, as datas, o nome do proprietário e do policial que fez cada apreensão,  bem como as causas das referidas apreensões nos seguintes meses: janeiro/18, dezembro/18 e janeiro/19 nos municípios de Passos e Itaú de Minas;_x000D_
 c) Quais são os procedimentos para apreensão  e como são conduzidos estes veículos apreendidos para o Pátio?</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/84/requerimento_no_23.19_-_requer_informacoes_a_resp_f24Dl4J.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/84/requerimento_no_23.19_-_requer_informacoes_a_resp_f24Dl4J.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações ao Executivo Municipal e ao Sindicato dos Servidores da  Prefeitura - SEMPRE:  _x000D_
 - há dívida da Prefeitura com o SEMPRE em relação ao Plano de Saúde?_x000D_
 - os valores descontados pela Prefeitura dos servidores estão sendo repassados em dia ao SEMPRE?_x000D_
 - em algum momento nos anos de 2018 e 2019 o SEMPRE teve que arcar com o pagamento em dia com o Plano de Saúde dos servidores ? Houve prejuízos para o SEMPRE para manter os pagamentos do Plano de Saúde em dia junto a São Francisco?_x000D_
 - Há algum tipo de manifestação por parte da Empresa São Francisco em relação a manutenção do plano com o SEMPRE?</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/86/requerimento_no_24.19_-_requer_informacoes_junto__DbklMod.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/86/requerimento_no_24.19_-_requer_informacoes_junto__DbklMod.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto a empresa Nilza Conde Stocco – ME as seguintes informações:  _x000D_
 a) Fornecer relatório contendo o número de veículos apreendidos em janeiro de 2019;_x000D_
 b) Fornecer o relatório dos veículos liberados em 2019 bem o como tempo que ficou apreendido e o valor discriminado pago por cada proprietário  para a sua liberação;_x000D_
 c) Quais os tributos municipais (taxas e impostos) que são recolhidos por esta Empresa ao cofres públicos municipais ?_x000D_
 d) Quantos veículos foram aprendidos em 2018 em Itaú de Minas? Relacionar mês a mês.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/85/requerimento_no_25.19_-_gastos_com_a_cemig_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/85/requerimento_no_25.19_-_gastos_com_a_cemig_-_davi.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações ao Executivo Municipal  e a CEMIG:  _x000D_
 - no final da legislatura, qual o montante da dívida da Prefeitura Municipal de Itaú de Minas em 31 de dezembro de 2016? Foi inscrita em restos a pagar? Foram deixados recursos financeiros para pagamento desta dívida ?_x000D_
 - qual o montante da dívida da Prefeitura Municipal de Itaú de Minas em 31 de dezembro de 2017 e em 31 de dezembro de 2018? Foram inscritas em restos a pagar? _x000D_
 - Há parcelamentos de débitos junto à CEMIG? Qual o valor?  _x000D_
 - remeter relatório com a evolução da dívida da Administração Municipal junto à CEMIG.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1243/requerimento_no_28.19_-_informacoes_a_respeito__7wWHJGc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1243/requerimento_no_28.19_-_informacoes_a_respeito__7wWHJGc.pdf</t>
   </si>
   <si>
     <t>Senhores Vereadores._x000D_
 _x000D_
 O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal, informações a respeito dos Conselhos Municipais:_x000D_
 - Quais são os Conselhos Municipais que estão ativos atualmente?</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/88/requerimento_no_29.19_-_relatorio_detalhado_de_ve_zdkcXJv.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/88/requerimento_no_29.19_-_relatorio_detalhado_de_ve_zdkcXJv.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requere ao Plenário, as seguintes informações junto a Secretaria Municipal de Saúde quais sejam:_x000D_
 - relatório bem detalhado sobre as verbas específicas ou com destinação vinculada, bem como os valores recebidos destinadas para uso exclusivo da área da Saúde, tais como: verbas de custeio, Mãe de Minas, Aliança pela Vida, Verbas diversas para Mamografias, Saúde de Mulher, Verbas específicas para uso do PSF entre outras, durante o ano de 2018 e os meses de janeiro, fevereiro e março de 2019.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/89/requerimento_no_31.19_-_requer_urgencia_especial__rEhBwD8.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/89/requerimento_no_31.19_-_requer_urgencia_especial__rEhBwD8.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora abaixo assinada requer que sejam apreciados em regime de URGÊNCIA ESPECIAL, e que sejam dispensados os pareceres das comissões permanentes, do Projeto de Lei nº 05 - que Revoga a Lei Municipal nº 1027, de 13 de julho de 2018.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário, junto ao Executivo Municipal a seguinte informação:_x000D_
 Quais os numerários devolvidos pela Câmara Municipal, durante os anos de 2004 a 2014, indivual, mês a mês e com a numeração dos cheques de cada devolução.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/91/requerimento_no_33.19_-_requer_convocacao_da_gian_ymPIXay.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/91/requerimento_no_33.19_-_requer_convocacao_da_gian_ymPIXay.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis convocação, a pedido da Secretária, Sra. Giani Malaguti Canaval Melo, Chefe do Setor de Obras Públicas e Serviços Urbanos,  para falar sobre diversos assuntos na próxima sessão ordinária do legislativo.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>O vereador que esta subscreve requer ao Plenário da Câmara Municipal junto ao DETRAN que seja feita uma fiscalização no Pátio de Veículos de Itaú de Minas/MG pois há indícios das seguintes irregularidades dentre outras:_x000D_
 - Que o responsável/administrador do Pátio é tio de um Policial Militar que foi transferido no final do ano de 2018 para Itaú de Minas, e foi desde quando houve um expressivo número de veículos recolhidos ao referido Pátio; vedado pelo art. 37 do Decreto Estadual 47072/16;_x000D_
 - A parte externa coberta não corresponde à 30% da área total ocupada do pátio, conforme determina o art. 7 inciso V do referido Decreto;_x000D_
 - O horário de funcionamento do pátio também não cumpre o disposto no referido Decreto, sendo que o horário de funcionamento incorreto que está sendo utilizado é de segunda feira a Sexta feira, das 14:00 h às 17:30 horas, horário fixado em placa no portão; _x000D_
 -O pátio não dispõe de espaço concretado/asfaltado/cascalhado em brita que evite o contato  direto do veículo</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/93/requerimento_no_35.19_-_requer_informacoes_sobre__FC6c5Zl.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/93/requerimento_no_35.19_-_requer_informacoes_sobre__FC6c5Zl.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário, junto ao Executivo Municipal as seguintes informações sobre o 13º salário dos Servidores Públicos do de 2018._x000D_
 Qual a previsão de pagamento?_x000D_
 Os valores devidos terão correção monetária pelo tempo de atraso?</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário, junto ao Executivo Municipal e a Secretaria de Educação sobre a CEMEI Magdalena Rimoli Moragas, as seguintes informações:_x000D_
 O pátio e algumas salas estão com vazamento e goteiras, tem previsão de arrumar? se tiver qual o prazo?_x000D_
 Quando irão capinar em torno da Escola e a região do parquinho, pois o mato esta muito alto e coloca em risco as crianças, principalmente devidos os animais peçonhentos.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/95/requerimento_no_37.19_-_requer_informacoes_a_cest_VerGH9B.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/95/requerimento_no_37.19_-_requer_informacoes_a_cest_VerGH9B.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário, junto ao Executivo Municipal, a seguinte informação:_x000D_
 Qual o motivo da não entrega das cestas básicas aos Servidores Públicos?</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, requer à Mesa desta Casa providências junto ao Executivo Municipal as seguintes informações a respeito da Filarmônica Municipal:_x000D_
 Será negociado com os integrantes da Filarmônica os 03 meses atrasados do ano de 2018?_x000D_
 _x000D_
 Este ano o pagamento será feito de forma regular, sem atraso?</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:  _x000D_
 - cópia de todas as despesas referentes a Empresa POTENCIAL COMERCIAL E INDUSTRIAL ITAU LTDA – ME nos últimos 5 exercícios; advindas de licitação ou compras diretas;_x000D_
 - cópia integral de processos licitatórios se houverem referente a esta Empresa.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis  informações junto ao Executivo Municipal, para que 10% ( dez por cento) das vagas de estacionamento das vias públicas sejam destinados a idosos.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis  informações junto ao Executivo Municipal:_x000D_
 Qual o  planejamento da prefeitura em relação ao prolongamento da Avenida da Liberdade sentido Votorantim?</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/102/requerimento_no_42.19_-_requer_sobre_o_barracao__FOZgw8x.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/102/requerimento_no_42.19_-_requer_sobre_o_barracao__FOZgw8x.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis  informações junto ao Executivo Municipal:_x000D_
 Sobre o Barracão do Conjunto Habitacional 2, quais as providências que a prefeitura vai tomar em relação à estrutura de engenharia do local?</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/103/requerimento_no_43.19_-_requer_informacoes_sobre_rMVjWex.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/103/requerimento_no_43.19_-_requer_informacoes_sobre_rMVjWex.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis  informações junto ao Executivo Municipal:_x000D_
 Qual a forma que a prefeitura pretende utilizar para fiscalizar e fazer as devidas adequações em relação aos carros de propaganda volante em circulação quando perto de escolas, hospitais, postos de saúde, pronto socorro e igrejas?</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/104/requerimento_no_44.19_-_requer_relacao_do_valor__Vf5gXYK.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/104/requerimento_no_44.19_-_requer_relacao_do_valor__Vf5gXYK.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis  informações junto ao Executivo Municipal:_x000D_
 _x000D_
 - Relação do valor mensal pago aos aposentados, pensionistas, bem como as complementações pagas àqueles que fazem jus ao benefício;_x000D_
 - Valor das despesas patronais pagas com os servidores, comissionados identificados por função e escalonados por salarios Inativos e complementos de salários, exemplo: médicos, enfermeiras, diretora escolar e etc.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis  informações junto ao Executivo Municipal:_x000D_
 No Bairro Santa Terezinha serão feitas as pavimentações, recapeamentos e reformas, gostaria de saber se existe um planejamento para solucionar o escoamento da água da chuva?</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis  informações junto ao Executivo Municipal para que concentre esforços técnicos e legais junto à COPASA e CEMIG, para que seja vedado o corte de fornecimento de água e energia elétrica na sexta-feira, pois estas empresas são concessionárias de serviços públicos que mantém contratos com o Município de Itaú de Minas.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/107/requerimento_no_47.19_-_relacao_dos_agentes_poli_k7qzzTv.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/107/requerimento_no_47.19_-_relacao_dos_agentes_poli_k7qzzTv.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer do Executivo Municipal as seguintes informações:_x000D_
 - relação dos agentes políticos no período de 2013 à 2019 (Prefeito, Vice-Prefeito e Secretários Municipais) que receberam o benefício de 50% no Plano de Saúde que a Administração paga para servidores Municipais previsto na Lei Municipal n.°369/00, que Criou o Auxílio Saúde aos Servidores Públicos da Prefeitura Municipal e servidores das autarquias e do Poder Legislativo de Itaú de Minas e dá outras providências, posteriormente alterada pela Lei Ordinária 422/01.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer do Executivo Municipal as seguintes informações:_x000D_
 Por quais motivos o Executivo Municipal ainda não destinou a camionete L-200 Triton para a área de Vigilância em Saúde, que foi fruto do trabalho do Deputado Renato Andrade entregue a Administração no final de Janeiro e até o momento ainda não foi entregue ao Serviço de vigilância em Saúde de nosso Município.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/108/requerimento_no_49.19_-_onde_encontra_os_onibus__V7jt5o6.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/108/requerimento_no_49.19_-_onde_encontra_os_onibus__V7jt5o6.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer do Executivo Municipal as seguintes informações:_x000D_
 Na época em que o Dr. Francisco era Prefeito, tinha uns ônibus de cor azul e que tinha serventia para a Prefeitura. _x000D_
 Qual o destino destes ônibus?_x000D_
 Se for desmanchado, quem autorizou? _x000D_
 Onde encontra o chassis, lataria, motor e o caibro.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/111/requerimento_no_50.19_-_requer_informacoes_-_matheus.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/111/requerimento_no_50.19_-_requer_informacoes_-_matheus.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer do Executivo Municipal as seguintes informações:_x000D_
 1-	Com referência ao Decreto do Executivo Municipal nº 1316, de 26/10/2018, que dispõe sobre as medidas a serem implementadas no âmbito da administração pública municipal, destinadas ao ajuste fiscal de contenção de gastos, ao restabelecimento do equilíbrio econômico e financeiro do Município, estabelecendo diretrizes e restrições voltadas à redução e otimização das despesas e ampliação das receitas públicas, requer: _x000D_
 _x000D_
 *Apresentação das medidas adotadas visando a redução gradativa de despesas com pessoal previstas para inicio de novembro/18, conforme determina o inciso I, do artigo 6º._x000D_
 _x000D_
 *Cópia dos contratos por prazo determinado para substituição de servidor afastado se houver, com as devidas justificativas circunstanciadas uma vez que estão proibidos, conforme o disposto no inciso II do artigo 6º._x000D_
 _x000D_
 *Cópia das autorizações expressas do Prefeito Municipal para contratação excepcional de horas  extras,</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/109/requerimento_no_51.19_-_requer_urgencia_especial_z6KFloP.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/109/requerimento_no_51.19_-_requer_urgencia_especial_z6KFloP.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora abaixo assinada requer que sejam apreciados em regime de URGÊNCIA ESPECIAL, e que seja dispensado o parecer das comissões permanentes, do Projeto de Resolução nº 05/19 - Autoriza a Câmara Municipal antecipar, ao Executivo Municipal, a devolução de recursos financeiros em disponibilidade no Legislativo._x000D_
 A solicitação visa dar agilidade a tramitação destes Projetos da qual será necessária</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:  _x000D_
 - há débitos com a CEMIG referente aos órgãos da educação (escolas, creches, secretaria, etc...)?_x000D_
 - se sim, quais os valores devidos por cada órgão?_x000D_
 - por quais motivos estes valores não foram quitados com os recursos próprios da educação?_x000D_
 - quem é o gestor responsável pelo pagamento das despesas de energia elétrica da área de educação? O prefeito ou a Secretária Municipal?</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/113/requerimento_no_53.19_-_requer_informacao_a_resp_eckKK3P.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/113/requerimento_no_53.19_-_requer_informacao_a_resp_eckKK3P.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, requerem ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal a respeito da Empresa ADONAI - Consultora e Assessora que foi contratada para elaboração de propostas de convênios e prestação de contas:_x000D_
 - Quanto ao contrato de prestação de serviços técnicos profissionais celebrado entre a Prefeitura Municipal de Itaú de Minas e a empresa Adonai Consultoria e Assessoria, vem requerer:_x000D_
 1- Quantos cadastros de propostas e planos de trabalho foram realizados pela empresa através do SIGCON E SICONV nos exercícios de 2017, 2018 e 2019;_x000D_
 2- Qual o valor de convênios efetivamente recebidos neste período;_x000D_
 3- Quantas prestações de contas parciais e finais de recursos recebidos dos governos Estadual e Federal a empresa realizou;_x000D_
 4- Apresentar cópia do relatório de ações mensal apresentado juntamente com a emissão da nota fiscal exigido no item 1.6 do contrato de prestação de serviço no período de 2017 a 2019;_x000D_
 5- Apresentar cópia de at</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/114/requerimento_no_54.19_-_requer_copia_do_convenio_uBjDaUf.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/114/requerimento_no_54.19_-_requer_copia_do_convenio_uBjDaUf.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal :_x000D_
  - cópia do convênio 71000.039325/1018-68 - Programa Criança Feliz;_x000D_
 - quais os motivos da devolução dos recursos no valor de 25 mil reais e atualizações conforme descrito no empenho 2181?_x000D_
 - valor das rentabilidades e atualizações</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer do Executivo Municipal a seguinte informação:_x000D_
 - onde se encontra a Placa original de inauguração do parque de eventos que teve a denominação alterada nesta gestão?</t>
   </si>
   <si>
     <t>Srs. Vereadores._x000D_
 _x000D_
 A Vereadora que esta subscreve requer do Executivo Municipal informações a respeito do Convênio que trata da doação de veículo de transporte tipo VAN à entidade APAE de Itaú de Minas.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/485/requerimento_no_57.19_-_requer_urgencia_simples.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/485/requerimento_no_57.19_-_requer_urgencia_simples.pdf</t>
   </si>
   <si>
     <t>Srs. Vereadores_x000D_
 A Mesa Diretora abaixo assinada requer que seja apreciado em regime de URGÊNCIA SIMPLES OS SEGUINTES PROJETOS:_x000D_
 - PROJETO DE RESOLUÇÃO Nº 06 Modifica a Resolução nº 57, de 26/12/90 – Plano de Carreiras da Câmara Municipal de Itaú de Minas/MG dá outras providências;_x000D_
 - PROJETO DE RESOLUÇÃO Nº 07 Modifica a Resolução nº 56, de 26/12/90, que Dispõe sobre a estrutura administrativa da Câmara Municipal de Itaú de Minas e dá outras providências, alterada pela Resolução n.184/00 de 29 de dezembro de 2000 e Resolução n.250, de 30 de janeiro de 2018;_x000D_
 - PROJETO DE LEI N. 16 Fixa vencimentos de cargo do Poder Legislativo de Itaú de Minas/MG.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações ao Executivo Municipal junto à Delegacia de Polícia Civil:_x000D_
 - quais os serviços oferecidos no prédio cedido à Delegacia de Polícia?_x000D_
 - quem são os responsáveis por cada serviço prestado no referido prédio?_x000D_
 - quais os horários de cada serviço para atendimento a população?</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações ao Executivo Municipal sobre a utilização de veículos públicos oficiais:_x000D_
 - quando em uso é permitido que servidor municipal utilize e guarde o referido veículo em sua residência ?_x000D_
 - é permitido ao motorista em uso de veículo público dar carona a servidores em horário de almoço ou fim de expediente? E a terceiros?</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>MATHEUS VILELA SILVA, DENIS DONIZETTI MAGALHÃES, JULIANA MATTAR, OBERDAN FARIA, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
     <t>A Mesa Diretora e os vereadores abaixo assinados requerem que sejam transferidas as datas das sessões ordinárias no mês de agosto nas seguintes datas:_x000D_
 - alteração da sessão do dia 06 para o dia 07 de agosto (adia de terça para quarta-feira);_x000D_
 - alteração da sessão do dia 20 antecipando para o dia 16 de agosto (de terça antecipa para sexta-feira);_x000D_
 - alteração sessão do dia 27 para o dia 30 de agosto às 19h (adia de terça para sexta-feira);</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/488/requerimento_no_61.19_-_requer_informacoes_a_res_Ob5OuKY.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/488/requerimento_no_61.19_-_requer_informacoes_a_res_Ob5OuKY.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações ao Executivo Municipal sobre Alvarás:_x000D_
 - quais os requisitos e documentação exigidos para a concessão de Alvarás de funcionamentos de clínicas médicas e veterinárias, bem como de farmácias;_x000D_
 - remeter cópias de todos os alvarás cedidos e em vigências das empresas acima citadas.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/489/requerimento_no_62.19_-_requer_informacoes_a_res_dENGs10.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/489/requerimento_no_62.19_-_requer_informacoes_a_res_dENGs10.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações ao Executivo Municipal sobre estágio probatório:_x000D_
 I - relação dos servidores em estágio probatório recebidos pela Administração em janeiro de 2017 – início o mandato;_x000D_
 II - cópias das avaliações de desempenho destes servidores já avaliados pela atual Administração;_x000D_
 III - há servidor(s) relacionado(s) no item I e que ainda não foi avaliado(s)? Por qual motivo(s)?</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/552/requerimento_no_63.19_-_requer_informacoes_reite_FTayll9.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/552/requerimento_no_63.19_-_requer_informacoes_reite_FTayll9.pdf</t>
   </si>
   <si>
     <t>Senhores Vereadores._x000D_
 O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal, reiterando o requerimento de nº 052/2019 as seguintes informações:_x000D_
 1- Na resposta do requerimento citado foi apresentado apenas um relatório de empenhos liquidados referente ao período de Setembro de 2018 a Junho de 2019.   Analisando o relatório concluiu se que:_x000D_
 Os valores devidos pela Secretaria de Educação somam o valor de R$ 92.193,93._x000D_
 Os valores devidos pelo Pré Escolar somam o valor de R$ 7.100,77._x000D_
 Os valores devidos pela Creche somam o valor de R$ 15.197,85. _x000D_
 Totalizando assim um valor a pagar para a CEMIG de R$ 114.492,55._x000D_
 2- Por quais motivos não foram utilizados os recursos próprios da educação para quitação destes débitos, uma vez que as faturas da educação e saúde são separadas dos demais setores da Prefeitura e são despesas afetas à educação._x000D_
 3- No início de 2019, constava no portal da transparência da Prefeitura Municipal, os seguintes valores em aberto</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/605/requerimento_no_64.19_-_terceirizar_viagens_rela_2ZMhOlf.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/605/requerimento_no_64.19_-_terceirizar_viagens_rela_2ZMhOlf.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal, as seguintes informações: _x000D_
 A Prefeitura Municipal resolveu terceirizar as viagens relacionadas a área da saúde, diante alguns fatos que ocorreram nessas semanas, venho saber:_x000D_
 •	O motivo da terceirização?_x000D_
 •	A empresa que está prestando serviço?_x000D_
 •	Houve economia para a Prefeitura?_x000D_
 •	Qual o custo x benefício quando as viagens eram feitas pela Prefeitura? Demonstrar em números os gastos e as economias._x000D_
 •	Qual o custo x benefício com as viagens feita pela terceirização? Demonstrar em números os gastos e as economias._x000D_
 •	Quantos motoristas de ambulâncias tem no quadro da prefeitura?_x000D_
 •	Após a terceirização, qual a função que os motoristas vão desempenhar na secretaria de saúde?_x000D_
 •	Quantos veículos a empresa terceirizada possui?_x000D_
 •	Quais as condições dos veículos?_x000D_
 •	Quantos veículos a prefeitura tem para esse serviço?_x000D_
 •	O que estão sendo feito com os veículos da Prefeitura que chegaram para esta fi</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>Senhores Vereadores._x000D_
 O Vereador que este subscreve indica ao Executivo Municipal as seguintes informações, em relação à prevenção de doenças emergentes da atualidade, sarampo._x000D_
 - Quais os dados em relação à prevenção de doenças emergentes da atualidade (sarampo ):_x000D_
 - Há campanha para vacinação da população alvo?_x000D_
 - Qual percentagem da população já recebeu a vacina para proteção, de acordo com o_x000D_
 calendário nacional de imunização, proposto pela Ministério da Saúde ( 2019 )?_x000D_
 - Há campanha para a população adulta?_x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 O requerimento visa conhecimento público e prevenir doenças potencialmente graves que voltaram a circular no país._x000D_
 Sala das Sessões, em 05 de agosto de 2019._x000D_
 OBERDAN FARIA_x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/619/requerimento_no_66.19_-_alteracao_da_sessao_do_d_OEkiP7R.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/619/requerimento_no_66.19_-_alteracao_da_sessao_do_d_OEkiP7R.pdf</t>
   </si>
   <si>
     <t>Srs. Vereadores_x000D_
 A Mesa Diretora abaixo assinada requer que seja transferida a data da sessão ordinária no mês de agosto na seguinte data:_x000D_
 - alteração da sessão do dia 20 antecipando para o dia 14 de agosto (de terça-feira antecipa para quarta-feira);_x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 O Vereador Denis estará em viagem de 19 a 30/08 o que fizemos a antecipação inicial, mas e o vereador Matheus estará de viagem no dia 15 de agosto._x000D_
 Desta forma de acordo com as novas regras do Regimento, a Câmara precisa aprovar por maioria absoluta esta alteração conforme já acordado informalmente._x000D_
 Sala das Sessões, em 12 de Agosto de 2019.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/759/requerimento_no_67.19_pdf.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/759/requerimento_no_67.19_pdf.pdf</t>
   </si>
   <si>
     <t>O vereador abaixo assinado requer de Vossa Senhoria, ouvido o plenário, tendo em vista o ofício nº 142/19, que trata do uso de veículo oficial da Câmara Municipal em supermercado de Passos.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>MATHEUS VILELA SILVA, DONIZETTI ANTONIO DE AMORIM</t>
   </si>
   <si>
     <t>Os vereadores abaixo assinada requerem que seja transferida a data da seguinte sessão ordinária:_x000D_
 - alteração da sessão do dia 03 de setembro antecipando para o dia 02 de setembro (de terça-feira antecipa para próxima segunda-feira);</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:_x000D_
  - Quanto a Lei Municipal nº 705, de 21/07/2008, que determinou que a Rede Pública Municipal de Saúde, tenha prazo estipulado para atendimento direcionado ao idoso, sendo 24 horas para atendimentos emergenciais e 07(sete) dias para consultas clínica e exames médicos:_x000D_
 - Estes prazos estão sendo cumpridos? Apresentar declaração da Secretária de Saúde neste sentido._x000D_
 - Foi devidamente regulamentada em cumprimento do disposto no artigo 5º da referida Lei? _x000D_
 - Em caso afirmativo encaminhar cópia do decreto._x000D_
 - Em caso negativo, expor os motivos.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/776/requerimento_no_70.18_-_requer_informacoes_agend_8KYG00n.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/776/requerimento_no_70.18_-_requer_informacoes_agend_8KYG00n.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:_x000D_
  - Quanto à Lei Municipal nº 776, de 02/06/2010, que dispõe sobre o agendamento telefônico de consultas médicas para pacientes idosos ou pessoas com deficiência, previamente cadastrados nas unidades de saúde do Município de Itaú de Minas:_x000D_
 - Estes agendamentos estão sendo regularmente realizados? Apresentar declaração da Secretária de Saúde neste sentido._x000D_
 - Quantos destes agendamentos são realizados por mês? Favor apresentar a relação destes._x000D_
 - Encontram se afixados em local visível nas unidades de saúde informativo sobre estes agendamentos, conforme o disposto no artigo 4º da referida Lei?</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:_x000D_
 - Quanto à Lei Municipal nº 1008, de 28/12/2017, que dispõe sobre a obrigatoriedade de publicar no portal da transparência em tempo real, os saldos de estoques de medicamentos e insumos de todos os almoxarifados mantidos pela Secretaria Municipal de Saúde, inclusive dos saldos disponíveis nas unidades do Programa Saúde da Família (PSF) para atenção à saúde no Município de Itaú de Minas:_x000D_
 - Não foram localizadas no portal da transparência estas informações._x000D_
 - Onde e de que forma estão sendo publicadas?_x000D_
 -Em caso de não estarem sendo publicado, qual o motivo?_x000D_
 - Foram disponibilizados materiais gráficos para afixação nas unidades do Programa Saúde da Família (PSF) e policlínica informando da obrigatoriedade desta publicação, conforme determina o parágrafo 5º do artigo 1º?_x000D_
 - Houve necessidade de regulamentação desta Lei, conforme o disposto no artigo 2º da referida Lei?</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:_x000D_
@@ -2530,76 +2530,76 @@
     <t>779</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:_x000D_
 - Quanto à Lei Municipal nº 917 de 14/11/2014, que dispõe sobre a criação do Conselho Municipal de Direitos do Idoso e do Fundo Municipal de Direitos do Idoso:_x000D_
 - Este Conselho foi efetivamente criado?_x000D_
 - Quem são atualmente seus membros? Favor apresentar cópia da portaria._x000D_
 - Se encontra ativo? Pois não consta da listagem encaminhada ao Legislativo como resposta ao requerimento nº 28/19._x000D_
 -Foi efetivamente criado o Fundo Municipal de Direitos do Idoso, bem como uma conta bancária específica em instituição financeira oficial sob a denominação “Fundo Municipal de Direitos do Idoso”? Pois não consta no orçamento e nem nos demonstrativos de contas bancárias do Executivo Municipal._x000D_
 - Foi elaborado pelo Conselho Municipal de direitos do Idoso, o regimento interno nos termos do art. 20 da referida Lei?</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:_x000D_
 - Quanto à Lei Municipal nº 955 de 28/03/2016, que dispõe sobre a publicação da listagem de pacientes que aguardam consultas de especialidades, procedimentos de diagnóstico e cirurgia na rede pública municipal de saúde, garantido o direito de sigilo dos pacientes através de senha:_x000D_
 - Não foi localizado em nenhum sitio na internet e nem em murais afixados nas unidades de saúde, informações sobre quantidade e ordem de espera das consultas de especialidades, procedimentos de diagnóstico e cirurgias, como também as publicações mensais de forma atualizada o número de atendimentos realizados e o número de senhas distribuídas na rede pública de saúde de Itaú de Minas._x000D_
 - Onde estão sendo publicadas as informações?_x000D_
 - Se não estiverem sendo publicado, apresentar as devidas justificativas para o não atendimento da Lei.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/781/requerimento_no_75.19_-_requer_informacoes__a_re_YDo9LLy.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/781/requerimento_no_75.19_-_requer_informacoes__a_re_YDo9LLy.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:_x000D_
 - Quanto à Lei Municipal nº 857 de 26/11/2012, que dispõe sobre a criação do programa “cesta básica do livro” visando garantir um acervo mínimo de livros às famílias de estudantes do ensino fundamental da rede municipal:_x000D_
 - O programa foi devidamente instituído?_x000D_
 - Está em funcionamento?_x000D_
 - Foi devidamente regulamentada conforme o disposto no art. 4º da referida Lei?_x000D_
 - Em caso afirmativo encaminhar cópia do decreto._x000D_
 - Em caso negativo, expor os motivos.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:_x000D_
 - Quanto à Lei Municipal nº 690 de 09/05/2008, que torna obrigatória por parte das empresas exploradoras de serviços funerários, a cessão de cadeiras de rodas para utilização por deficientes físicos, idosos e pessoas com dificuldades de locomoção, quando da realização de velórios e sepultamentos:_x000D_
 - As empresas exploradoras de serviços funerários tem conhecimento desta obrigatoriedade? Foram devidamente notificadas?_x000D_
 - As empresas estão disponibilizando as cadeiras?_x000D_
 - O Município tem fiscalizado o cumprimento desta obrigatoriedade?</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/783/requerimento_no_77.19_-_requer_informacoes__a_re_FrfC0jN.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/783/requerimento_no_77.19_-_requer_informacoes__a_re_FrfC0jN.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:_x000D_
 - Quanto à Lei Municipal nº 617 de 16/08/2006, alterada pela de nº 1012, de 28/12/2017 que dispõe sobre a proibição de queimadas no Município de Itaú de Minas:_x000D_
 - O órgão ambiental do Município tem emitido licença em caso de controle e eliminação de pragas e doenças como forma de tratamento fitossanitário, o uso de fogo?_x000D_
 - O órgão ambiental do Município tem divulgado critérios e normas de queimada controlada nos casos de tratamento fitossanitário, o uso de fogo?_x000D_
 - O órgão ambiental do Município tem promovido campanhas de esclarecimentos de combate a incêndios?_x000D_
 - O Município tem desenvolvido práticas alternativas às queimadas visando à produção sustentável?_x000D_
 - Qual o setor da Prefeitura responsável pela fiscalização e aplicação de multa quanto à desobediência desta Lei?_x000D_
 - Quantas multas já foram aplicadas neste mandato com referência a esta Lei?_x000D_
 - Foi devidamente reg</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:_x000D_
 - Quanto à Lei Municipal nº 889 de 09/09/2013, que dispõe sobre a política de incentivo econômico e social do Município de Itaú de Minas e cria programa e o conselho de desenvolvimento econômico e social:_x000D_
 - Como tem funcionado o programa de Desenvolvimento Econômico e Social (PRODESES)?_x000D_
 - Quem é o responsável pela administração do PRODESES?_x000D_
 - Quantas empresas foram beneficiadas com incentivos econômicos e estímulos fiscais decorrente da criação de empregos e renda neste mandato?_x000D_
 - Quantas reuniões foram realizadas pelo Conselho de Desenvolvimento Econômico e Social (CODES) neste mandato para discutir e sugerir iniciativas de políticas de desenvolvimento econômico e social do Município? Apresentar ata das reuniões._x000D_
 - Quem compõe atualmente este conselho?_x000D_
 - Foi elaborado e aprovado pelo Conselho de Desenvolvimento Econômico e Social o regime interno nos termos do in</t>
   </si>
@@ -2607,1251 +2607,1251 @@
     <t>785</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:_x000D_
 -Requer informações junto ao Executivo Municipal, quanto à Lei nº 941 de 01/07/2015 que regulamenta o exercício das atividades dos profissionais em transporte de passageiros “moto taxista”, serviço comunitário de rua ”Motoboy” e transporte de mercadorias “moto-frete”:_x000D_
 - Qual é o órgão competente da Prefeitura Municipal para realizar o cadastramento dos moto taxistas motoboy e moto frete?_x000D_
 - Tem sido fornecido certificado de registro cadastral com validade de um ano, facultada a renovação por igual período, conforme determina o § 1º do artigo 4º?_x000D_
 - Qual o número de cadastros existentes atualmente no órgão?_x000D_
 - Qual é o órgão competente da Prefeitura Municipal responsável para exercer a fiscalização e fixar instruções normativas e complementares?_x000D_
 - A fiscalização tem sido efetiva? Os responsáveis pela fiscalização tem pleno conhecimento da Lei e estão aptos a exercer e</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:_x000D_
 - Quanto às Leis Municipais nº s 771 de 22/04/2010, alterada pela de nº 1002 de 23/11/2017, e 980, de 23/02/2017 que dispõe sobre a concessão de bolsas de estudo e ou/ ajuda de custo a estudantes de nível médio e superior e a criação do programa municipal de auxilio transporte para estudantes universitários de Itaú de Minas:_x000D_
 - Quantos e quais são os convênios atualmente em vigor que visam a concessão de bolsas de estudos a alunos regularmente matriculados em cursos de nível médio e graduação? Favor apresentar cópia dos convênios._x000D_
 - Quantos alunos matriculados em instituições não conveniadas com o Município que recebem atualmente bolsa parcial em valores e critérios definidos pela Secretaria de Desenvolvimento Social? Favor apresentar a relação dos alunos._x000D_
 - Quem são atualmente os membros da Comissão de análise, acompanhamento e fiscalização do cumprimento das regr</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/787/requerimento_no_81.19_-_requer_informacoes__a_re_2XiT9yw.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/787/requerimento_no_81.19_-_requer_informacoes__a_re_2XiT9yw.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:_x000D_
 O Artigo 12 da Lei nº 727/09 é taxativo em relação à autorização para corte de árvore:_x000D_
 Foram cortadas nos últimos meses algumas árvores do Município de Itaú de Minas, como exemplo: _x000D_
 Rua Padre Ernesto, altura do número 221; _x000D_
 Rua João Kirchner, altura do número 758; _x000D_
 Rua Rio de Janeiro, altura do número 19 e; _x000D_
 Rua Cristiano Machado, número 68. _x000D_
 É sabido que a autorização para o corte é dada pela Secretaria Municipal de Serviços Urbanos e Meio Ambientes, segundo a Lei acima citada. _x000D_
 Solicito estas autorizações.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/788/requerimento_no_82.19_-_requer_informacoes__do_p_7DDElPa.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/788/requerimento_no_82.19_-_requer_informacoes__do_p_7DDElPa.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:_x000D_
 - Das extrações de árvores do gênero fícus, feitas em algumas praças, boa parte das raízes ainda continuam nos locais, dificultando o trafego de pessoas. Qual o planejamento da Prefeitura para finalizar o serviço iniciado?_x000D_
 - Dessas árvores que foram cortadas, em alguma das praças do Município, como e quando será feita reposição por outras árvores adequadas ao local, já que a Lei 727/09 que exige um projeto específico para situação narrada.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/791/requerimento_no_83.19_-_ok__pagamento_e_multas_e_88bFfpd.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/791/requerimento_no_83.19_-_ok__pagamento_e_multas_e_88bFfpd.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:  _x000D_
 - Quais as justificativas e motivos que geraram o pagamento de multas e juros em atraso de contribuições previdências no montante aproximado de R$500.000,00 (quinhentos mil reais) conforme números de empenhos abaixo relacionados:_x000D_
 Ano de 2018 - Empenhos nº: 1024 a 1035, 3646, 3647, 7168, 7504, 7654, 8453, 9684._x000D_
 Ano de 2019 - Empenhos nº 716, 591, 1026, 1257, 1680, 2149, 2700, 2701, 2974, 3309, 3770, 3775.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/792/requerimento_no_84.19_-_requer_informcoes_a_repe_JcIgoIz.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/792/requerimento_no_84.19_-_requer_informcoes_a_repe_JcIgoIz.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:  _x000D_
 - Cópia do convênio celebrado entre a Prefeitura Municipal e a Polícia Militar de Itaú de Minas, que está em vigência.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/799/requerimento_no_85.19_-_construcao_da_quadra_sao_9uZVKrZ.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/799/requerimento_no_85.19_-_construcao_da_quadra_sao_9uZVKrZ.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal: _x000D_
 - Quando serão iniciadas as obras de construção da quadra de esporte do São Lucas?_x000D_
 - Qual o valor orçado para obra? De onde vêm os recursos?_x000D_
 - Qual a previsão do término e qual o prazo para conclusão?</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/800/requerimento_no_86.19_-_reforma_da_quadra_3_mari_NOVptxz.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/800/requerimento_no_86.19_-_reforma_da_quadra_3_mari_NOVptxz.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal: _x000D_
 - Qual o valor orçado para reforma da Quadra 3 Marias?_x000D_
 - Quando serão iniciadas as obras, de onde vêm os recursos?_x000D_
 - Qual o prazo para conclusão da reforma?</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/801/requerimento_no_87.19_-_adonai_-_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/801/requerimento_no_87.19_-_adonai_-_donizetti.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal: _x000D_
 - em relação à Empresa Adonai, quais foram os convênios intermediados por esta empresa desde 2017?_x000D_
 - Quais os convênios que o Município já efetivamente recebeu recursos advindos dos serviços da Adonai? Descrever finalidade e valor;_x000D_
 - Quais os convênios advindos da Adonai que foram aprovados mas que ainda o Município não recebeu recursos? Descrever finalidade e valor;_x000D_
 - quais os convênios pretendidos pela Adonai para nosso Município que aguardam aprovação ? Descrever finalidade e valor;_x000D_
 - Quais convênios iniciados na gestão passada e que foram efetivamente concretizados através dos serviços da Adonai? Descrever finalidade e valor;</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/802/requerimento_no_88.19_-_secretaria_municipal_de__9Ha8rgL.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/802/requerimento_no_88.19_-_secretaria_municipal_de__9Ha8rgL.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal: _x000D_
 quais foram os equipamentos/mobiliários adquiridos pela Secretaria Municipal de Saúde no exercício de 2019?_x000D_
 - de onde vieram os recursos para as referidas aquisições? Descrever por valor;_x000D_
 - qual a destinação dada a cada item adquirido?</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/803/requerimento_no_89.19_-area_verde_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/803/requerimento_no_89.19_-area_verde_-_davi.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal: _x000D_
 - relação de todos os imóveis destinados para áreas verdes de nosso Município, contendo a localização ou mapeamento de cada uma, bem como a dimensão de cada área.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/808/requerimento_no_90.19_-_contas_de_energia_antiga_lUIwhvE.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/808/requerimento_no_90.19_-_contas_de_energia_antiga_lUIwhvE.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal: _x000D_
 - Existem contas de energia ou parcelamentos feito pelas gestões passadas?_x000D_
 Caso seja afirmativo, favor enviar xerox das contas da contas, parcelamentos, valores e quem autorizou os parcelamentos?</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/809/requerimento_no_91.19_-_verba_assistencia_social_pWrmykA.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/809/requerimento_no_91.19_-_verba_assistencia_social_pWrmykA.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal: _x000D_
 Constantemente tenho ouvido falar no plenário da Câmara a respeito que o Cras diminuiu sua verba  da assistência social. _x000D_
 Pergunto:_x000D_
 A verba da assistência tem diminuído dos anos anteriores aos atuais?_x000D_
 Algum projeto que o Cras oferece a nossa comunidade  foi extinto?_x000D_
 Quais e porque foram?_x000D_
 Esses cortes que houveram na secretaria e no Cras foram de verbas municipais, estaduais ou federais?_x000D_
 Cópia que comprovam tais valores disponíveis nas getoes anteriores e suas fontes._x000D_
 E cópia dos valores atuais e fontes, como também documentos que comprovam o que a acarretou os cortes.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/810/requerimento_no_92.19_-_terrenos_do_municipio_-__YEw2n9o.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/810/requerimento_no_92.19_-_terrenos_do_municipio_-__YEw2n9o.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal: _x000D_
 - Quantos terrenos a municipalidade possui  na zona urbana?_x000D_
 - Quais são suas destinações?_x000D_
 - Quais estão ociosos?</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/811/requerimento_no_93.19_-_relacao_de_imoveis_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/811/requerimento_no_93.19_-_relacao_de_imoveis_-_davi.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal: _x000D_
 - Relação dos imóveis abrangidos por imunidades tributárias._x000D_
 - Se existem hipóteses de isenção tributária  no Município, se existirem, discrimine-os.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/812/requerimento_no_94.19_-_copia_de_documentos_de_p_aYRH6XW.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/812/requerimento_no_94.19_-_copia_de_documentos_de_p_aYRH6XW.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis informações junto ao Executivo Municipal:_x000D_
 - Cópia de toda documentação  que comprove pagamentos efetuados nos últimos 10 dias do ano de 2016._x000D_
 Notas fiscais, empenhos e documentos  que  comprove os pedidos com datas e se foram serviços acompanhados de documentos inclusive  com a data dos impostos pagos pela ISSQN da empresa? _x000D_
 Neste caso último, teve alguma informação ao MP sobre tais pagamentos se sim mandar copia.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/813/requerimento_no_95.19_ok__-_programa_ou_projetos_icvNLYS.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/813/requerimento_no_95.19_ok__-_programa_ou_projetos_icvNLYS.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal: _x000D_
 - Quais os programas e/ou projetos cadastrados para fins do ICMS esportivo?_x000D_
 - Relatório detalhado dos repasses de recursos do ICMS esportivo, dos anos 2014, 2015, 2016, 2017 e 2018.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/814/requerimento_no_96.19_-_copia_contrato_cemetra_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/814/requerimento_no_96.19_-_copia_contrato_cemetra_-_davi.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal, cópia do contrato da CEMETRA (Centro Medicina Especializado no Trabalho), celebrado pela atual administração.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/815/requerimento_no_97.19_-_complemetacao_dos_servid_UX3ZXBG.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/815/requerimento_no_97.19_-_complemetacao_dos_servid_UX3ZXBG.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal, sobre a complementação dos Servidores Municipais aposentados por regime geral de previdências – INSS:_x000D_
 a)	Relação de todos os servidores Público que recebem complementação de aposentadoria pelo Município, com respectivos valores pagos; _x000D_
 b)	Qual a base de cálculo utilizada para concessão das referidas complementações (forma do cálculo); _x000D_
 c)	Cópia de todos os requerimentos com pedidos de complementação de aposentadoria (deferidas ou indeferidas) acompanhadas de seus respectivos pareceres jurídicos; _x000D_
 d)	Qual o impacto financeiro das presentes e futuras complementações do Município de Itaú de Minas até o ano de 2025.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/816/requerimento_no_98.19_-_inss_-_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/816/requerimento_no_98.19_-_inss_-_donizetti.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal, com relação as contribuições patronais da Prefeitura para INSS:_x000D_
 - Nos últimos 10 anos a Prefeitura deixou de pagar o INSS, houve acúmulo de dívida neste período? Citar os períodos de não pagamento_x000D_
 - quais os parcelamentos/renegociações feitos pelo Município junto ao INSS nestes últimos 10 anos? Relacionar quem autorizou e quem assinou estes parcelamentos por parte da Administração, os valores parcelados, valores e número das parcelas;_x000D_
 - qual o valor da dívida do Município com o INSS em 31 de dezembro de2017, início da atual gestão?_x000D_
 - Existe algum parcelamento nesta data? Se existir solicito cópia do parcelamento</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/817/requerimento_no_99.19_-_lista_de_espera_cirurgia_dVgtHKh.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/817/requerimento_no_99.19_-_lista_de_espera_cirurgia_dVgtHKh.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal: _x000D_
 - na Secretaria Municipal de Saúde há lista de espera de pessoas que necessitam de cirurgias/procedimentos?_x000D_
 - há previsão para atendimentos e cumprimento desta lista se houver?_x000D_
 - quantas pessoas serão beneficiadas, qual e a fonte dos recursos e contrapartidas?_x000D_
 - quais os tipos de cirurgias/procedimentos que vão ser atendidos? Ainda há tempo de inscrição para quem desejar pleitear cirurgias ou procedimentos?</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/818/requerimento_no_100.19_-_convenios_que_a_prefeit_1OgZ43r.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/818/requerimento_no_100.19_-_convenios_que_a_prefeit_1OgZ43r.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal: _x000D_
 - Quais são os convênios que a prefeitura Municipal possui atualmente? Informar valores e remeter cópias.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/819/requerimento_no_101.19_-_informacoes_advindo_do__NzFpSB8.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/819/requerimento_no_101.19_-_informacoes_advindo_do__NzFpSB8.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal: _x000D_
 - Quais os pedidos  de informações advindo do Ministério Público  enviados à Municipalidade tratando de irregularidades administrativas?_x000D_
 A municipalidade pediu nos últimos 3 anos alguma medida ao MP acerca de irregularidades acometidas nos serviços ou na Administração pública municipal?</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/820/requerimento_no_102.19_-_copia_do_edital_de_leil_8fIa8ts.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/820/requerimento_no_102.19_-_copia_do_edital_de_leil_8fIa8ts.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal: _x000D_
 - Cópia do Edital de leilão dos equipamentos  que foram leiloados no dia 19/09/19;_x000D_
 - Valores iniciais e valores finais arrematados;_x000D_
 - Nome dos ganhadores;_x000D_
 - Empresa pregoeira.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/821/requerimento_no_103.19_-_houve_denuncia_protocol_ubnasTf.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/821/requerimento_no_103.19_-_houve_denuncia_protocol_ubnasTf.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal: _x000D_
 - Houve algum tipo de denúncia/processo protocolado na Justiça pela Prefeitura contra vereadores de Itaú de Minas?_x000D_
 - É do conhecimento do Executivo se houve algum tipo de denúncia/processo protocolado na Justiça  feito por vereadores contra a Prefeitura Municipal?</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/822/requerimento_no_104.19_-_convoca_secretaria_de_s_058woa3.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/822/requerimento_no_104.19_-_convoca_secretaria_de_s_058woa3.pdf</t>
   </si>
   <si>
     <t>Senhores Vereadores._x000D_
 O vereador que esta subscreve, requer ao Plenário desta Casa de Leis a convocação da Sra. Alessandra Maria da Fonseca, Secretária Municipal de Saúde para falar sobre os seguintes assuntos na próxima sessão ordinária do legislativo:_x000D_
 - Serviços de transporte, tercerização, hemodiálise e demais assuntos relativos a gestão de saúde no Município.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/829/requerimento_muda_sessao_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/829/requerimento_muda_sessao_1.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, requerem ao Plenário desta Casa de Leis nos termos regimentais que devido o feriado do dia 01/10, a sessão ordinária da próxima semana seja realizada no dia 03/10 ás 18 hs em comum consenso com todos os vereadores._x000D_
 _x000D_
 _x000D_
 _x000D_
 Sala das Sessões, em 24 de Setembro de 2019._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 MATHEUS VILELA SILVA – Presidente_x000D_
 _x000D_
 _x000D_
 _x000D_
 OBERDAN FARIA – VICE-PRESISENTE_x000D_
 _x000D_
 _x000D_
 _x000D_
 JULIANA MATTAR - SECRETÁRIA</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/830/requerimento__n.106_zete_combustiveis_preco.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/830/requerimento__n.106_zete_combustiveis_preco.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações :_x000D_
 - quais os valores de combustíveis atualmente pagos pelo Executivo a empresa vencedora da Licitação para fornecimento de combustíveis ?_x000D_
 - por ocasião da licitação para aquisição de combustíveis realizada pela Prefeitura, quantas empresas participaram do processo?_x000D_
 - Tendo em vista que novo posto de abastecimento foi reaberto em nossa cidade o que está proporcionando maior competitividade no preço de combustíveis, seria possível a Prefeitura usar dispositivos para reduzir através de renegociação os valores atualmente praticados com o licitante vencedor?_x000D_
 JUSTIFICATIVA_x000D_
 O pedido visa termos conhecimento de que a nova empresa de combustível reaberta em nossa cidade tem oferecido um preço bem melhor do que o praticado pela empresa que venceu a licitação. Desta forma, se houver meios legais, pedimos que o Executivo renegocie com ela novo contrato para reduzir custos com combustíveis._x000D_
 _x000D_
 Sala das Comissões em, 25 de setembro de 2019</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/831/requerimento_no_107__zetti_feira_da_estacao_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/831/requerimento_no_107__zetti_feira_da_estacao_1.pdf</t>
   </si>
   <si>
     <t>Senhores Vereadores._x000D_
 _x000D_
 O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal: _x000D_
 - a Administração Municipal tem planejamento acerca da implantação da “Feira da Estação”, que é um dos programas que a Presidência da Câmara em 2018 trabalhou junto ao Executivo?_x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 Como foi amplamente divulgado em 2018 que a Câmara e o Poder Executivo estavam comprometidos em unir esforços no sentido de criar a Feira da Estação em nossa cidade, muitas pessoas e artesãos nos tem cobrado este programa e assim posto, solicito informações para repassar aqueles que nos tem questionado sobre o assunto._x000D_
 _x000D_
 Sala das Sessões, em 24 de Setembro de 2019._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 DONIZETTI ANTONIO DE AMORIM _x000D_
 Vereador</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/832/requerimento_108_coleta_lixo_matheus_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/832/requerimento_108_coleta_lixo_matheus_1.pdf</t>
   </si>
   <si>
     <t>Senhores Vereadores._x000D_
 _x000D_
 _x000D_
 O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao executivo Municipal as seguintes informações:_x000D_
 - como é a escala dos serviços de coleta de lixo bairro a bairro em nosso Município atualmente? Relatar horários da coleta em cada bairro._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Sala das Sessões, em 25 de Setembro de 2019._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 MATHEUS VILELA SILVA – Presidente</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/833/requerimento_109_itr_davi_matheus_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/833/requerimento_109_itr_davi_matheus_1.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações ao Executivo Municipal:_x000D_
 - qual a receita arrecada à título de  Imposto sobre a Propriedade Territorial Rural – ITR  do nosso Município em 2018 e 2019 ?_x000D_
 - O Município fez a opção em fiscalizar sua área rural e com isto arrecadar 100% do ITR conforme opção determinada no inciso II  Art. 158 da Constituição Federal?</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/834/requerimento_110__zete_cohab_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/834/requerimento_110__zete_cohab_1.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações :_x000D_
 - como estão as negociações com a COHAB para a construção de 123 casas populares em nossa cidade?_x000D_
 - quais os problemas que ocasionaram a paralisação do processo junto a COHAB e quais as medidas estão sendo tomadas pela Administração para resolver as pendências que houverem?_x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 O pedido visa termos conhecimento do assunto pois a população nos tem cobrado ações este sentido tendo em vista que já fazem aproximadamente 3 anos que este processo vem se arrastando hora na COHAB hora na Prefeitura._x000D_
 _x000D_
 Sala das Comissões em, 02 de Outubro de 2019._x000D_
 _x000D_
 DONIZETTI ANTONIO AMORIM - VEREADOR</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/835/requerimento_111__davi_moto_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/835/requerimento_111__davi_moto_1.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações ao Executivo Municipal:_x000D_
 - a motocicleta da Prefeitura estacionada no pátio pertence ao qual setor da Administração?_x000D_
 - quais os tipos de serviços e quem utiliza esta motocicleta?_x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 O pedido visa esclarecer esta situação pois algumas pessoas nos tem feito questionamento acerca da utilização desta moto posto que sempre a vêem estacionada, sem uso no pátio e muitas vezes exposta a intempéries do tempo.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/836/requerimento_112_denis_instrumentos_filarmonica_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/836/requerimento_112_denis_instrumentos_filarmonica_1.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações ao Executivo Municipal:_x000D_
 - lista atualizada de instrumentos e equipamentos utilizados pela Filarmônica, Orquestra de Violeiros, Fanfarra Municipal e Coral Fascinação;_x000D_
 - relação de novos instrumentos e equipamentos necessários que podem ser adquiridos para melhorar ainda mais as atividades e apresentações destes grupos._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 O pedido visa conhecermos a realidade e as necessidades destes grupos culturais para buscamos recursos junto aos órgãos públicos estaduais e federais.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/837/requerimento_113_denis_sec_agricultura.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/837/requerimento_113_denis_sec_agricultura.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações ao Executivo Municipal:_x000D_
 - foi feita ou está sendo realizada a divulgação para os produtores rurais acerca do programa de aração da Secretaria Municipal de Agricultura? Onde e como está a sendo feita as orientações e inscrições?_x000D_
  - como está sendo o atendimento e o cumprimento do cronograma feito para atender as comunidades rurais de nosso município quanto a aração?_x000D_
 _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 O pedido visa termos conhecimento e acompanhamento das ações da Secretaria de Agricultura no tocante a aração pois muitos produtores nos tem pedido informações neste sentido e para que seja feita uma ampla divulgação deste programa junto as comunidades rurais de nossa cidade.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/851/requerimento_114_muda_sessao_5.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/851/requerimento_114_muda_sessao_5.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis nos termos regimentais as seguintes transferências de sessões da Câmara:_x000D_
 - adiantamento da sessão ordinária prevista para 18 de novembro para o dia 13 de Novembro;_x000D_
 - adiamento da sessão prevista para o dia 26 de novembro para o dia 29 de novembro._x000D_
 _x000D_
 JUSTIFITIVA._x000D_
 _x000D_
 Estarei em viagem no período de 18 à 26 de Novembro e não gostaria de perder as sessões ordinárias desta Casa que são muito importantes para mim.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/852/requerimento_115__zete_divida_m2_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/852/requerimento_115__zete_divida_m2_1.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações junto ao Executivo:_x000D_
 - qual o valor da Prefeitura Municipal com o Posto M2 que fornece combustíveis para a Administração Municipal na data de 03.10.19?_x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 O pedido visa termos conhecimento do assunto para fiscalização.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/853/requerimento_116_davi_gastos_com_transf._sede_se_cb0XcUu.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/853/requerimento_116_davi_gastos_com_transf._sede_se_cb0XcUu.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações ao Executivo Municipal:_x000D_
 - relação detalhada dos gastos referentes a transferência da sede da Secretaria Municipal de Educação para a prédio da Escola M. Eng. Jorge Oliva._x000D_
 _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 O pedido visa termos conhecimento do assunto para fiscalização.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/854/requerimento_117_-_pagto_acoes_servidores_na_justica_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/854/requerimento_117_-_pagto_acoes_servidores_na_justica_1.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações junto ao Executivo Municipal:_x000D_
 - relação contendo os valores pagos e nomes dos servidores que receberam desde janeiro de 2017, pagamentos de precatórios, RPVs e outras ações demandadas na Justiça;_x000D_
 -  respectivas datas que tais ações foram protocoladas em Juízo;_x000D_
 - relação das ações de servidores e ex-servidor ainda  em trâmite na Justiça._x000D_
 JUSTIFICATIVA_x000D_
 O pedido visa termos conhecimento do assunto para fiscalização.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/855/requerimento_118_-_zete_cemetra_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/855/requerimento_118_-_zete_cemetra_1.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações junto ao Executivo Municipal:_x000D_
 - qual o valor mensal atualmente pago pela Administração à Empresa CEMETRA;_x000D_
 - quais os valores inicial do contrato com esta empresa e se houveram aditamentos enviar cópias desde a primeira contratação._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 O pedido visa termos conhecimento do assunto para fiscalização.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/856/requerimento_119_juliana_ambulantes_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/856/requerimento_119_juliana_ambulantes_1.pdf</t>
   </si>
   <si>
     <t>A vereadora que este subscreve, requer as seguintes informações junto ao Executivo Municipal:_x000D_
 - se há no momento alguma ação ou movimentação do Executivo para regularizar o trabalho ambulante no Município;_x000D_
 - se há dados para a Administração mensurar quantas pessoas exercem essa atividade atualmente e o que poderia ser feito para priorizar os trabalhadores ambulantes de Itaú de Minas_x000D_
 JUSTIFICATIVA_x000D_
 O pedido visa termos conhecimento do assunto para fiscalização.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/868/requerimento_120_davi_-_mg344.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/868/requerimento_120_davi_-_mg344.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações ao Executivo Municipal:_x000D_
 -  O Prefeito Municipal tem realizados reuniões com os deputados regionais, principalmente seu aliado Cássio Soares, para discutir a situação da MG 344 no aspecto de faixas adicionais?_x000D_
 - O Prefeito Municipal tem se reunido com os demais prefeitos que estão com municípios abrangidos pela rodovia 344?  _x000D_
 - No caso de haver já essas reuniões o prefeito fez o convite à Câmara Municipal para o debate? Se ainda não houve reuniões, favor, dar início a elas vez que compete precipuamente ao Poder Executivo iniciar essas tratativas e de forma subsidiaria à Câmara Municipal._x000D_
 _x000D_
 Justificativa_x000D_
 - A incidência de acidentes é frequente e a lentidão por razão de veículos pesados é alarmante, devido ser pista única. _x000D_
 - Um dos pontos dramáticos e perigosos fica inclusive em frente a saída da Usina de Reciclagem para a referida rodovia, o que coloca a vida de pessoas em risco diário.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/870/requerimento_121_donizetti__-_requer_urgencia_es_Uq7r3ey.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/870/requerimento_121_donizetti__-_requer_urgencia_es_Uq7r3ey.pdf</t>
   </si>
   <si>
     <t>Na condição do líder do prefeito, o vereador abaixo assinado requer a concessão do regime de urgência especial ao Projeto de Lei n. 23/19 que Modifica a Lei Municipal n. 486 de, 03.09.03, que “Dispõe sobre a criação e utilização do Centro Comercial e Industrial de Itaú de Minas – CECOI” e que sejam dispensados os respectivos pareceres das comissões permanentes._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 	O pedido visa dar agilidade a tramitação deste projeto sem o que perderá a oportunidade e eficácia.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/869/requerimento_122_denis_13_salario.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/869/requerimento_122_denis_13_salario.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações ao Executivo Municipal:_x000D_
 - qual a previsão do pagamento do 13º salário dos servidores pelo Executivo em 2020?_x000D_
 - quais as providências que estão sendo tomadas pela Administração para garantir o pagamento deste benefício?_x000D_
 - Será necessária ajuda financeira dos recursos da Câmara para efetuar este pagamento?_x000D_
 _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 O pedido visa termos conhecimento deste assunto para sabermos informar corretamente a quem nos procura, pois os servidores municipais necessitam saber como e quando receberão o décimo terceiro para poderem se planejar em relação aos seus compromissos financeiros.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>OBERDAN FARIA, JULIANA MATTAR, MATHEUS VILELA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/863/requerimento_no_123_urgencia_emenda_orcamento_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/863/requerimento_no_123_urgencia_emenda_orcamento_1.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinado requerem a concessão do regime de urgência especial às Emendas 01 e 02 ao Projeto de Lei nº 19/19 – Estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2020”._x000D_
 _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 	O pedido visa dar agilidade a tramitação destas matérias sem o que perderão a oportunidade e eficácia.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/892/requerimento_no_124_-_urgencia_orcamento.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/892/requerimento_no_124_-_urgencia_orcamento.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, em conformidade com os Arts. 205 e 207 do RI requerem o seguinte:_x000D_
 _x000D_
 A) concessão do regime de urgência especial as proposições de Emendas 01 e 02 ao Projeto de Lei n. 21 que Modifica a Lei n. 1010 – que Dispõe sobre o Plano Plurianual para o período de 2018/2020 e dá outras providências; bem como o referido projeto;_x000D_
 _x000D_
 B) concessão do regime de urgência simples às matérias:_x000D_
  - Proposição de Emenda n.02 ao Projeto de Lei nº 19 – Estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2020” bem como o referido projeto;_x000D_
 - Projeto de Lei nº 20 - Modifica a Lei nº 1026,  que Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária do exercício de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>DAVI OLIVEIRA DE SOUSA, GILMAR DOS SANTOS CHAVES, JULIANA MATTAR, MATHEUS VILELA SILVA, OBERDAN FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/883/requerimento_no_125.19_-__veiculos_abandonados_-_l48Qog8.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/883/requerimento_no_125.19_-__veiculos_abandonados_-_l48Qog8.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações ao Executivo Municipal:_x000D_
 - quais as ações que a Administração do Município realiza em relação aos veículos abandonados ou sucateados que se encontram pelas ruas de nosso Município?_x000D_
 - A Vigilância Sanitária ou Serviço de Epidemiologia age com relação aos perigos que estes veículos ocasionam quando acumulam água parada, sujeira ou insetos?</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/884/requerimento_no_126.19_-_receita_corrente_liquid_VECKNvE.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/884/requerimento_no_126.19_-_receita_corrente_liquid_VECKNvE.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações ao Executivo Municipal:_x000D_
 Quais os totais das receitas correntes liquidas dos Exercícios de  2013 a 2018 e também o total parcial dos 10 meses de 2019?</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/885/requerimento_no_127_-_cecoi_-_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/885/requerimento_no_127_-_cecoi_-_donizetti.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações ao Executivo Municipal com relação ao Cecoi:_x000D_
 - Quais os pedidos, orientações, notificações, recomendações, ações, TAC e processos movidos pela Justiça com relação ao Cecoi nos últimos 15 anos? _x000D_
 - Como funcionava a relação da prefeitura com as associações do Cecoi? Há um Estatuto do Cecoi regulamentando processos de eleição? _x000D_
 Quais foram os eleitos, datas e períodos?_x000D_
 Quais são as empresas que possuem documentos de cessão/doação no Cecoi?_x000D_
 Qual a quantidade de imóveis cedidos e disponíveis no Cecoi?_x000D_
 A prefeitura já recebeu alguma verba para ser usada no Cecoi? Em caso afirmativo, onde foi usada?_x000D_
 Por que a Prefeitura não faz coleta seletiva dentro do Cecoi?</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/886/requerimento_no_128.19_-__pre_sal._-_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/886/requerimento_no_128.19_-__pre_sal._-_donizetti.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações ao Executivo Municipal:_x000D_
 - A prefeitura irá receber verba da União advinda das vendas do pré-sal? Quais os valores e data previstos? Quais as possibilidades de investimento que a Administração terá para realizar com estes recursos?</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/887/requerimento_no_129_cemig.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/887/requerimento_no_129_cemig.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações ao Executivo Municipal:_x000D_
 - A prefeitura está pagando as contas da Cemig normalmente? Como está a negociação do débitos?</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/888/requerimento_no_130.19_-_tendas_-_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/888/requerimento_no_130.19_-_tendas_-_donizetti.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações ao Executivo Municipal:_x000D_
 - Qual o montante de gastos com locação de tendas no período de 2013 até os dias de hoje? Relacionar ano a ano.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/889/requerimento_no_131.19_-_creche_-_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/889/requerimento_no_131.19_-_creche_-_donizetti.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações ao Executivo Municipal:_x000D_
 - Quais as verbas que já foram usadas na Creche do bairro São Lucas? Quais são os valores, as fontes e formas de designações?_x000D_
 - Porque a construção está paralisada? Houve algum prejuízo aos cofres públicos? Tem alguma ação na Justiça sobre a referida creche?</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>DONIZETTI ANTONIO DE AMORIM, ANTONIO DOS REIS NUNES</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/891/requerimento_no_132.19_-_requer_urgencia_especial_cecoi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/891/requerimento_no_132.19_-_requer_urgencia_especial_cecoi.pdf</t>
   </si>
   <si>
     <t>Na condição do líder e de vice-líder do prefeito, os vereadores abaixo assinado requer a concessão do regime de urgência especial ao Projeto de Lei n. 25/19 que Modifica a Lei Municipal n. 486 de, 03.09.03, que “Dispõe sobre a criação e utilização do Centro Comercial e Industrial de Itaú de Minas – CECOI” e que sejam dispensados os respectivos pareceres das comissões permanentes.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/879/requerimento_no_133.19_-_copia_da_pasta_de_docum_DO73K8g.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/879/requerimento_no_133.19_-_copia_da_pasta_de_docum_DO73K8g.pdf</t>
   </si>
   <si>
     <t>Senhores Vereadores._x000D_
 O vereador que esta subscreve, requer ao Plenário desta Casa de Leis, cópia da pasta de documentos pagos com recursos do FUNDEB nos exercícios de 2017, 2018 e 2019, a qual é encaminhada para análise do Conselho FUNDEB.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/890/requerimento_no_134.18_-_requer_urgencia_especia_ogkZEvs.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/890/requerimento_no_134.18_-_requer_urgencia_especia_ogkZEvs.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora abaixo assinada requer que seja apreciado em regime de URGÊNCIA SIMPELS, e que seja dispensado o parecer das comissões permanentes, do Projeto de Resolução nº 12/19 – Autoriza a Câmara Municipal antecipar, ao Executivo Municipal, a devolução de recursos financeiros em disponibilidade no Legislativo.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/898/requerimento_135_convoca_secretaria_daniele_medice.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/898/requerimento_135_convoca_secretaria_daniele_medice.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis a convocação da Sra. Danielle Médici, Secretária Municipal de Educação para falar sobre os seguintes assuntos na sessão ordinária do legislativo prevista para o dia 12.12.19:_x000D_
 - Serviços de transporte, tercerização e demais assuntos relativos a gestão da educação no Município._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 O pedido visar obtermos informações e darmos esclarecimentos a população que muito nos tem cobrado com relação aos assuntos supra citados.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/899/requerimento_136_convenio_praca_bae.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/899/requerimento_136_convenio_praca_bae.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis a as seguintes informações junto ao Executivo:_x000D_
 - porque a Prefeitura Municipal perdeu o convênio para reforma da Praça do Baé no ano de 2106? Quais os documentos que faltaram para a celebração do convênio  e quem era o responsável pela apresentação de tais documentos?_x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 O pedido visar obtermos informações e darmos esclarecimentos a população que muito nos tem cobrado com relação ao assunto supra citado.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/900/requerimento_no_137.19_-_adesao_ao_programa_naci_H2fRMLC.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/900/requerimento_no_137.19_-_adesao_ao_programa_naci_H2fRMLC.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis a as seguintes informações junto ao Executivo:_x000D_
 - o Município dez a adesão ao Programa Nacional de Escolas Cívico-Militares ?_x000D_
 - em caso afirmativo remeter cópia do pedido de adesão.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/901/requerimento_no_138.19_-_copia_do_termo_de_ajust_uDsgYF9.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/901/requerimento_no_138.19_-_copia_do_termo_de_ajust_uDsgYF9.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis a as seguintes informações junto ao Executivo:_x000D_
 - Cópia do Termo de ajustamento de gestão celebrado entre o Tribunal de contas do Estado de Minas Gerais  e o Município de Itaú de Minas, em outubro de 2019.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/911/requerimento_no_139_-_requer_urgencia_especial_a_9kXzHME.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/911/requerimento_no_139_-_requer_urgencia_especial_a_9kXzHME.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora abaixo assinada requer que seja apreciado em regime de URGÊNCIA SIMPLES, e que seja dispensado o parecer das comissões permanentes, dos seguintes Projetos: _x000D_
 Projeto de Lei nº 26/19 - Altera a Lei nº 1038/2019 - que estima a receita e fixa a despesa do Município de Itaú de Minas/MG para o exercício financeiro de 2019 - e dá outras providências._x000D_
 _x000D_
 Projeto de Lei nº 28/19 - Autoriza o Poder Executivo a Abrir Crédito Adicional Especial na Lei nº 1038/2019 - que estima a receita e fixa a despesa do Município de Itaú de Minas/MG para o exercício financeiro de 2019, e dá outras providências. _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 _x000D_
 A solicitação visa dar agilidade a tramitação do Projeto da qual será necessária uma pronta apreciação, sem o que perderão a oportunidade e eficácia.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>DAVI OLIVEIRA DE SOUSA, OBERDAN FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/914/requerimento_no_140.19_-_copia_carta_compromisso_rDf0mJr.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/914/requerimento_no_140.19_-_copia_carta_compromisso_rDf0mJr.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis  junto ao Executivo Municipal, cópia da carta de compromisso com a AAGAIM – Associação dos Agentes Ambientais de Itaú de Minas, com a intenção de retomar as operações na UTC - Usina de Triagem e Compostagem, assinada recentemente pelo Executivo.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/915/requerimento_no_141.19_-_cemetra_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/915/requerimento_no_141.19_-_cemetra_-_davi.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis a as seguintes informações junto ao Executivo:_x000D_
 - quais os critérios e parâmetros foram utilizados pela Secretaria de Administração para quantificar o número de exames quando da prorrogação do Contrato com a CEMETRA?_x000D_
 - relacionar a quantidade de exames efetivamente realizados de 2017 até outubro de 2019 através desta Empresa.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/923/requerimento_no_142.18_-_requer_urgencia_especia_oQJuonx.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/923/requerimento_no_142.18_-_requer_urgencia_especia_oQJuonx.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora abaixo assinada requer que sejam apreciados em regime de URGÊNCIA ESPECIAL, e que sejam dispensados os pareceres das comissões permanentes, das seguintes matérias:</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/938/requerimento_no_143.19_-_minerador_-_matheus_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/938/requerimento_no_143.19_-_minerador_-_matheus_1.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis informações junto ao Executivo, tendo em vista a precariedade que se encontra diversas ruas do nosso Município, solicita as seguintes informações:_x000D_
 -A administração tem um planejamento para recuperação das vias urbanas em curto espaço de tempo?_x000D_
 -Os recursos provenientes do Pré Sal priorizam os investimentos. Tem possibilidade de serem utilizados para esta finalidade?_x000D_
 -Os recursos do minerador também priorizam este tipo de serviço. Estão sendo utilizados nesta finalidade? Pois conforme consta no portal da transparência estes recursos tiveram um aumento de 22% em comparação com o período de 2018._x000D_
 - Se não nesta, em que finalidade estão sendo utilizados o recurso do minerador._x000D_
 JUSTIFICATIVA_x000D_
 O pedido visar obtermos informações e darmos esclarecimentos com relação ao assunto supra citado.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/939/requerimento_no_144.19_-_carroca_lar_sao_vinete__WdxM5UZ.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/939/requerimento_no_144.19_-_carroca_lar_sao_vinete__WdxM5UZ.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis informações junto ao Executivo, as seguintes informações:_x000D_
 Quanto ao ponto de carroça localizado próximo ao Lar São Vicente de Paulo, será retirado ou restaurado?_x000D_
 JUSTIFICATIVA_x000D_
 Solicito providência,  pois corre risco de cair sobre pessoas que transitam pelo local.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/942/requerimento_no_145.19_-_atividades_economicas_-_nAI3xoZ.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/942/requerimento_no_145.19_-_atividades_economicas_-_nAI3xoZ.pdf</t>
   </si>
   <si>
     <t>Os vereadores abaixo-assinado requerem do Executivo Municipal as seguintes informações: _x000D_
 - Quais as atividades econômicas podem ser exercidas nos bairros predominante residências em nosso Município?_x000D_
 - Quais os bairros considerados pela Prefeitura como residenciais em nosso Município?</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/944/requerimento_no_146.19_-_projeto_subsidio_-_donizett.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/944/requerimento_no_146.19_-_projeto_subsidio_-_donizett.pdf</t>
   </si>
   <si>
     <t>Senhores Vereadores._x000D_
 O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto à Mesa Diretora:_x000D_
 - por quais motivos a Proposta de Emenda à lei Orgânica que trata dos subsídios dos agentes políticos para a próxima legislatura ainda não foi colocada em deliberação do Plenário, visto que a Comissão já remeteu a matéria para a Presidência?_x000D_
 - quando a Presidência irá pautar esta matéria para discussão e votação?</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/946/requerimento_no_147.19_-_relacao_de_veiculos_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/946/requerimento_no_147.19_-_relacao_de_veiculos_-_davi.pdf</t>
   </si>
   <si>
     <t>Senhores Vereadores._x000D_
 _x000D_
 _x000D_
 O vereador que esta subscreve, requer ao Plenário desta Casa de Leis a as seguintes informações junto ao Executivo:_x000D_
 - relação dos veículos recebidos e adquiridos pela Prefeitura Municipal; bem como cópia dos Convênios firmados para estes fins em 2018 e 2019, finalidade e setor de destinação de cada veículo.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/948/requerimento_no_148.19_-_contas_da_educacao_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/948/requerimento_no_148.19_-_contas_da_educacao_-_davi.pdf</t>
   </si>
   <si>
     <t>Senhores Vereadores._x000D_
 _x000D_
 O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto à Mesa Diretora:_x000D_
 - Razão de bancos das contas da Educação e FUNDEB referente ao exercício de 2019._x000D_
 _x000D_
 - Demonstrativo de aplicação dos recursos da educação (25%), contendo o valor da receita arrecadada, despesa realizada e percentual aplicado em um mesmo documento, referente ao exercício de 2019. Este demonstrativo já foi solicitado através do requerimento de nº 050/2019. Ocorre que como resposta foi encaminhado balancete de receita e despesa da educação não sendo possível obter as informações desejadas.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/949/requerimento_no_149.19_-_matheus.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/949/requerimento_no_149.19_-_matheus.pdf</t>
   </si>
   <si>
     <t>Senhores Vereadores._x000D_
 _x000D_
 O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto à Mesa Diretora:_x000D_
 - Cópia do processo completo inclusive de todas as propostas comerciais do pregão presencial nº 041/2018 – Registro de preços nº 022/2018, tendo como objeto a contratação de eventual pessoa jurídica para fretamento de veículos, com motoristas habilitados e veículos devidamente licenciados._x000D_
 _x000D_
 - Cópia do controle de viagens realizadas fora do Município para transporte de pacientes contendo a data da viagem, número de pacientes transportados e a localidade (Ribeirão, Barretos, etc) referente ao exercício de 2019._x000D_
 _x000D_
 - Quando a Secretária de Saúde esteve nesta Casa, ficou de responder posteriormente o questionamento sobre viagens com quilometragem acima da média e até o momento não o fez. _x000D_
 Solicito o envio destas informações.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/951/requerimento_no_150.19_-_requer_urgencia_especia_tEc4FmP.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/951/requerimento_no_150.19_-_requer_urgencia_especia_tEc4FmP.pdf</t>
   </si>
   <si>
     <t>Srs. Vereadores_x000D_
 _x000D_
 _x000D_
 A Mesa Diretora abaixo assinada requer que seja apreciado em regime de URGÊNCIA SIMPLES O Projeto de Lei nº 31/19 -  Autoriza o Executivo Municipal a doar Lotes no Distrito Industrial “Hertz Aparecido Knauf” e dá outras providências.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/954/requerimento_no_151.19_-_urgencia_especial_os_pr_XbR33tC.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/954/requerimento_no_151.19_-_urgencia_especial_os_pr_XbR33tC.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, em conformidade com os Arts. 205 e 207 do RI requerem o seguinte a concessão do regime de urgência especial às seguintes matérias: _x000D_
 a) Proposições de Emendas 01 e 02 ao Projeto de Lei n. 21 que Modifica a Lei n. 1010 – que Dispõe sobre o Plano Plurianual para o período de 2018/2020 e dá outras providências; bem como o referido projeto;_x000D_
 _x000D_
 b) Proposição de Emenda n.02 ao Projeto de Lei nº 19 – Estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2020” bem como o referido projeto;_x000D_
 _x000D_
 c) Projeto de Lei nº 20 - Modifica a Lei nº 1026,  que Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária do exercício de 2019, e dá outras providências;</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/965/requerimento_no_152.19_-_requer_urgencia_especia_teDZZqQ.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/965/requerimento_no_152.19_-_requer_urgencia_especia_teDZZqQ.pdf</t>
   </si>
   <si>
     <t>Srs. Vereadores_x000D_
 _x000D_
 _x000D_
 A Mesa Diretora abaixo assinada requer que sejam apreciados em regime de URGÊNCIA ESPECIAL, e que sejam dispensados os pareceres das comissões permanentes, do Projeto de Lei nº 32/19 – Altera a Lei nº 1038/19 – Que estima a receita e fixa a despesa do Município de Itaú de Minas/MG para o exercício financeiro de 2019 – e dá outras providências. _x000D_
 Sala das Sessões, em 10 de dezembro de 2019._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Matheus Vilela Silva_x000D_
 Vereador_x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Juliana Mattar_x000D_
 Vereadora_x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Oberdan Faria_x000D_
 Vereador</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/966/requerimento_no_153.19_-_requer_informacoes_sobr_nRt90eg.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/966/requerimento_no_153.19_-_requer_informacoes_sobr_nRt90eg.pdf</t>
   </si>
   <si>
     <t>Srs. Vereadores. _x000D_
 _x000D_
 O vereador que esta subscreve, requer ao Plenário desta Casa de Leis  informações junto ao Executivo Municipal:_x000D_
 Qual a forma que a prefeitura pretende utilizar para fiscalizar e fazer as devidas adequações em relação aos carros de propaganda volante em circulação quando perto de escolas, hospitais, postos de saúde, pronto socorro e igrejas?</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/967/requerimento_no_154.19_-_programa_do_computador__KdqgHqc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/967/requerimento_no_154.19_-_programa_do_computador__KdqgHqc.pdf</t>
   </si>
   <si>
     <t>Srs. Vereadores. _x000D_
 _x000D_
 O vereador que esta subscreve, requer ao Plenário desta Casa de Leis informações junto ao Executivo Municipal, sobre Programas e/ou dados apagados – Quais Programas e dados são esses, não encontrados nos computadores da Educação conforme divulgado pela Secretária de Educação em Sessão Plenária do dia 03 de dezembro de 2019.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>A Mesa Diretora abaixo assinada requer que sejam apreciados em regime de URGÊNCIA ESPECIAL, e que sejam dispensados os pareceres das comissões permanentes, do Projeto de Resolução nº 16/19 – Autoriza a Câmara Municipal antecipar, ao Executivo Municipal, a devolução de recursos financeiros em disponibilidade no Legislativo.</t>
   </si>
   <si>
     <t>PCLJR</t>
   </si>
   <si>
     <t>PARECER CLJR</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei 08/19 – Modifica a Lei Municipal nº 614, de 14 de julho de 2006, que institui o Programa de Adoção de Praças Públicas e de Esportes, de áreas de lazer e áreas verdes PAPPE e dá outras providências.</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS E ORÇAMENTO_x000D_
 PARECER EM REDAÇAO FINAL_x000D_
 _x000D_
 MATÉRIAS: Projeto De Lei nº 07/19 - Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária do exercício de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL ao Projeto de Resolução 10/18 - Revisão Regimento Interno</t>
   </si>
   <si>
     <t>MATÉRIA – Projetos de Resolução n. 06 e 07/19 e projeto de Lei n. 16/19 – Tratam da criação de cargo efetivo de Analista Contábil Financeiro no Legislativo Municipal e fixa vencimentos.</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/27/parecer_da_cljrf_aos_projetos_de_leis_no_09_e_13._smRsDAa.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/27/parecer_da_cljrf_aos_projetos_de_leis_no_09_e_13._smRsDAa.pdf</t>
   </si>
   <si>
     <t>MATÉRIAS – Projeto de Lei nº 09/19 – Declara Utilidade Pública Municipal o Moto Clube “Anjos de Pedra” de Itaú de Minas/MG. _x000D_
 Projeto de Lei nº 13/19 – Declara Utilidade Pública Municipal o Conselho Comunitário de Segurança Pública de Itaú de Minas – CONSEP._x000D_
 RELATORA: JULIANA MATTAR._x000D_
 Os referidos Projetos não sofreram emendas em seus textos originais e nada houve que retocá-los para adequá-los ao bom vernáculo._x000D_
 Sou pela aprovação. _x000D_
 É o meu parecer. Salvo melhor juízo. _x000D_
 Sala das Sessões, em 05 de julho de 2019._x000D_
 JULIANA MATTAR - RELATORA_x000D_
 Pelas Conclusões._x000D_
 DAVI OLIVEIRA DE SOUSA– PRESIDENTE_x000D_
 OBERDAN FARIA - MEMBRO</t>
   </si>
   <si>
     <t>Projetos de Resolução n. 06 e 07/19 e Projeto de Lei n. 16/19 – Tratam da criação de cargo efetivo de Analista Contábil Financeiro no Legislativo Municipal e fixa vencimentos._x000D_
 RELATOR – Oberdan Faria</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/58/parecer_cljrf_proposicao_de_emenda_a_lom_no_01.19_bdMutiq.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/58/parecer_cljrf_proposicao_de_emenda_a_lom_no_01.19_bdMutiq.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL._x000D_
 _x000D_
 PARECER_x000D_
 MATÉRIAS - Proposição de Emenda a LOM Nº 01.19_x000D_
 RELATOR – Oberdan Faria_x000D_
 _x000D_
 Analisando a presente Proposição de Emenda a LOM, percebe-se que ela não viola os princípios elencados no artigo 37 da Constituição Federal e nem restringe as hipóteses elencadas na Súmula Vinculante 13; pelo contrário ela amplia as hipóteses dessa súmula, impedindo que parentes de Vereador sejam nomeados em cargos comissionados, o que fortalece os princípios da moralidade, impessoalidade e eficiência. _x000D_
 Na revisão da Lei Orgânica em 2018, já estabelecendo em seu art. 23 vedações a prática de nepotismo para Prefeito, Vice-Prefeito e Secretários Municipais e desta vez estão sendo incluindo os Vereadores. _x000D_
 _x000D_
 Sou pela aprovação. _x000D_
 É o meu parecer._x000D_
 Salvo Melhor Juízo_x000D_
 Sala das Sessões, em 25 de março de 2019._x000D_
 _x000D_
 _x000D_
 OBERDAN FARIA – RELATOR_x000D_
 _x000D_
 PELAS CONCLUSÕES._x000D_
 _x000D_
 DAVI OLIVEIRA DE SOUZA - PRESIDENTE_x000D_
 _x000D_
 JULIANA MATTAR – VICE-PRESIDENTE</t>
   </si>
   <si>
     <t>COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 _x000D_
 _x000D_
 MATÉRIA – Proposta de Emenda a LOM nº 02/19 – Modifica dispositivo que menciona na Lei Orgânica que trata de convocação de Secretários Municipais ou ocupantes de cargos da mesma natureza pela Câmara Municipal. _x000D_
 RELATOR – OBERDAN FARIA_x000D_
 A presente Proposta de Emenda à Lei Orgânica tem o objetivo de ampliar os agentes que a Câmara Municipal possa convocar para prestar esclarecimento à esta Casa de Leis afim de que possa ser executado a função legislativa de fiscalização. _x000D_
 As entidades elencadas que recebem recursos públicos tem o dever de prestar contas de como tem utilizado esses valores e suas pretensões, de modo que os Vereadores possam acompanhar a utilização desses recursos, por isso a necessidade da possibilidade de convocar representantes ou presidentes de empresas ou entidades que recebem recursos públicos. _x000D_
 Importante que a Câmara possa convocar também Chefes de Setor que tem compromisso de prestar esclarecimentos sobre os serviç</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/492/parecer_cljrf_projeto_de_lei_no_15.19_-_crianca__iKPZUqL.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/492/parecer_cljrf_projeto_de_lei_no_15.19_-_crianca__iKPZUqL.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL._x000D_
 _x000D_
 PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 15/19 – Disciplina as Diretrizes fundamentais para a aplicabilidade dos direitos da Criança e do Adolescente no âmbito do Município de Itaú de Minas/MG._x000D_
 RELATOR – Davi Oliveira de Sousa_x000D_
 O referido projeto de lei tem como objetivo adequar a legislação que dispõe sobre as políticas de atendimento a criança e adolescente de Itaú de Minas às inovações ocorridas pela mudança das legislações pertinentes e da realidade atual._x000D_
 _x000D_
 Sou pela aprovação._x000D_
 É o meu parecer._x000D_
 Salvo Melhor Juízo_x000D_
 Sala das Sessões, em 08 de julho de 2019._x000D_
 _x000D_
 DAVI OLIVEIRA DE SOUZA - RELATOR/PRESIDENTE_x000D_
 _x000D_
 PELAS CONCLUSÕES._x000D_
 _x000D_
 JULIANA MATTAR – VICE-PRESIDENTE_x000D_
 _x000D_
 OBERDAN FARIA – MEMBRO</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>Parecer em conjunto_x000D_
 COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS, AGRONEGÓCIO, INDÚSTRIA E COMÉRCIO_x000D_
 MATÉRIAS – Projeto de Lei Complementar n. 03/19 – Institui a revisão do Plano Diretor – Revoga a Lei Complementar n. 31/2010 e dá outras providências._x000D_
 RELATOR – Juliana Mattar.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/612/parecer_cljrf_projeto_de_lei_no_15.19_-_crianca__bl1j7gY.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/612/parecer_cljrf_projeto_de_lei_no_15.19_-_crianca__bl1j7gY.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL._x000D_
 _x000D_
 PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 15/19 – Disciplina as Diretrizes fundamentais para a aplicabilidade dos direitos da Criança e do Adolescente no âmbito do Município de Itaú de Minas/MG._x000D_
 RELATOR – Davi Oliveira de Sousa</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/614/parecer_cljr_a_proposta_de_emenda_a_lom_no_01.19_1HyqvRZ.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/614/parecer_cljr_a_proposta_de_emenda_a_lom_no_01.19_1HyqvRZ.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO. _x000D_
 Parecer_x000D_
 Assunto – Proposta de Emenda a LOM nº 01/19 – Modifica dispositivo que menciona na Lei Orgânica Municipal que trata de nepotismo cruzado nos Poderes Públicos Municipais. _x000D_
 Relator – Oberdan Faria</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO. _x000D_
 Parecer_x000D_
 Assunto – Proposta de Emenda a LOM nº 02/19 – Modifica dispositivo que menciona na Lei Orgânica Municipal que trata de convocação de Secretários Municipais ocupantes de cargos da mesma natureza pela Câmara Municipal.  _x000D_
 Relator – Oberdan Faria</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 MATÉRIA – PROPOSTA DE EMENDA A LOM Nº 01/19 - MODIFICA DISPOSITIVO QUE MENCIONA NA LEI ORGÂNICA MUNICIPAL QUE TRATA DE NEPOTISMO CRUZADO NOS PODERES PÚBLICOS MUNICIPAIS. E PROPOSIÇÃO DE EMENDA A LOM Nº 02/19 MODIFICA DISPOSITIVO QUE MENCIONA NA LEI ORGÂNICA MUNICIPAL QUE TRATA DE CONVOCAÇÃO DE SECRETÁRIOS MUNICIPAIS OU OCUPANTES DE CARGOS DA_x000D_
 MESMA NATUREZA PELA CÂMARA MUNICIPAL._x000D_
 RELATOR – Oberdan Faria._x000D_
 As matérias em análise sofreram emendas que seguem incorporadas em seus textos originais e nada houve o que retocá-las para adequá-las ao bom vernáculo._x000D_
@@ -3867,951 +3867,951 @@
     <t>623</t>
   </si>
   <si>
     <t>Parecer em conjunto_x000D_
 COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA_x000D_
 _x000D_
 MATÉRIA – Projeto de Lei nº 15/19 – Disciplina as diretrizes fundamentais para a aplicabilidade dos direitos da criança e do adolescente no âmbito do Município de Itaú de Minas/MG._x000D_
 RELATOR – Gilmar Santos.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>Parecer em conjunto_x000D_
 COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA_x000D_
 _x000D_
 MATÉRIA – Projeto de Lei nº 15/19 – Disciplina as diretrizes fundamentais para a aplicabilidade dos direitos da criança e do adolescente no âmbito do Município de Itaú de Minas/MG._x000D_
 RELATOR – Gilmar santos.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/626/parecer_em_redacao_final_proj._resolucao_n._08__6XK4tBY.docx</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/626/parecer_em_redacao_final_proj._resolucao_n._08__6XK4tBY.docx</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 MATÉRIA – Projeto de Resolução nº 08/19 – Altera a Resolução n.198 que Dispõe sobre o sistema de Controle Interno da Câmara Municipal de Itaú de Minas e dá outras providências_x000D_
 RELATOR – Oberdan Faria.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, COSAIC - COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS, AGRONEGÓCIO, IND., COM., MEIO AMBIENTE, TRABALHO E EMPREGO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/774/parecer_cljef_e_cospaic_ao_projeto_de_lei_no_14._Nbi1WQY.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/774/parecer_cljef_e_cospaic_ao_projeto_de_lei_no_14._Nbi1WQY.pdf</t>
   </si>
   <si>
     <t>Parecer em conjunto_x000D_
 COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS, AGRONEGÓCIO, INDÚSTRIA E COMÉRCIO_x000D_
 PARECER_x000D_
 MATÉRIA – PROJETO LEI Nº 14/19  “Autoriza o Executivo Municipal a doar a FLÀVIO DE OLIVEIRA FILHO – ME lotes no distrito industrial Hertz Aparecido Knauf e dá outras providências.” _x000D_
 RELATOR – Davi Oliveira Souza.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/790/comissao_de_legislacao_justica_e_redacao_final_a_BeRZ9aj.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/790/comissao_de_legislacao_justica_e_redacao_final_a_BeRZ9aj.pdf</t>
   </si>
   <si>
     <t>MATÉRIA – Projeto de Lei nº 17/19 – Proibe o fornecimento de canudos confeccionados em material plástico no Município de Itaú de Minas e dá outras providências. _x000D_
 RELATORA – Juliana Mattar.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>MATÉRIAS: Projeto de Lei nº 15/19 – Disciplina as diretrizes fundamentais para a aplicabilidade dos Direitos da Criança e do Adolescente no âmbito do Município de Itaú de Minas.  _x000D_
 _x000D_
 RELATORA: Davi Oliveira de Sousa.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/795/parecer_em_redacao_final_projeto_de_lei_no_14.19_lvxfb3p.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/795/parecer_em_redacao_final_projeto_de_lei_no_14.19_lvxfb3p.pdf</t>
   </si>
   <si>
     <t>MATÉRIAS: Projeto de Lei nº 14/19 – Autoriza o Executivo Municipal a doar a Flávio de Oliveira Filho – ME, lotes No Distrito Industrial “Hertz Aparecido Kanuf” e dá outras providências.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/826/parecer_cljrf_proposta_de_emenda_a_lei_organica__NIeopNQ.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/826/parecer_cljrf_proposta_de_emenda_a_lei_organica__NIeopNQ.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Proposta de Emenda a Lei Orgânica nº 05/19 – Modifica dispositivo que menciona na Lei Orgânica Municipal que trata da utilização de bens móveis e operações da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/827/parecer_da_cljrf_a_proposta_de_emenda_a_lom_no_0_yjYWKfS.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/827/parecer_da_cljrf_a_proposta_de_emenda_a_lom_no_0_yjYWKfS.pdf</t>
   </si>
   <si>
     <t>PARECER – _x000D_
 MATÉRIA – PROPOSTA DE EMENDA A LEI ORGÂNICA Nº 06/19 - MODIFICA DISPOSITIVO QUE MENCIONA NA LEI ORGÂNICA MUNICIPAL QUE TRATA DO PRAZO DE RESPOSTAS DO PODER EXECUTIVO AO LEGISLATIVO.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/828/parecer_da_cljrf_a_proposta_de_emenda_a_lom_no_0_tg10LlW.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/828/parecer_da_cljrf_a_proposta_de_emenda_a_lom_no_0_tg10LlW.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – PROPOSTA DE EMENDA A LEI ORGÂNICA Nº 07/19 - MODIFICA DISPOSITIVO QUE MENCIONA NA LEI ORGÂNICA MUNICIPAL QUE TRATA DA ELEIÇÃO DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, CESACELT - COMISSÃO DE EDUCAÇÃO, SAÚDE, ASSISTÊNCIA, CULTURA, ESPORTE, LAZER E TURISMO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/845/emenda_n._03_plano_diretor_e_parecer_em_conjunto_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/845/emenda_n._03_plano_diretor_e_parecer_em_conjunto_1.pdf</t>
   </si>
   <si>
     <t>MATÉRIA – Mensagem do Executivo transformada em Proposição de Emenda n. 03/19 ao_x000D_
 Projeto de Lei Complementar n. 03/19 – Institui a revisão do Plano Diretor – Revoga a Lei Complementar n. 31/2010 e dá outras providências._x000D_
 RELATORA – Juliana Mattar</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/846/parecer_em_conjunto_projeto_lc_n._02_horario_fun_bP6aXOJ.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/846/parecer_em_conjunto_projeto_lc_n._02_horario_fun_bP6aXOJ.pdf</t>
   </si>
   <si>
     <t>MATÉRIA – Projeto de Lei Complementar n.05/19 que Altera dispositivo na Lei Complementar nº 02/1993 que Instituiu o Código de Posturas do Município de Itaú de Minas, de 20 de Abril de 1993 e dá outras providências._x000D_
 RELATOR – Gilmar dos Santos Chaves</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/857/comissao_de_legislacao_redacao_final_emendas_lei_wTFKYJk.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/857/comissao_de_legislacao_redacao_final_emendas_lei_wTFKYJk.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 MATÉRIAS – PROPOSTA DE EMENDA A LEI ORGÂNICA MUNICIPAL Nº 05/19 – MODIFICA DISPOSITIVO QUE MENCIONA NA LEI ORGÂNICA MUNICIPAL QUE TRATA DA UTILIZAÇÃO DE BENS MÓVEIS E OPERAÇÕES DA PREFEITURA MUNICIPAL; PROPOSTA DE EMENDA A LEI ORGÂNICA MUNICIPAL Nº 06/19 – MODIFICA DISPOSITIVO QUE MENCIONA NA LEI ORGÂNICA MUNICIPAL QUE TRATA DA QUE TRATA DO PRAZO DE RESPOSTAS DO PODER EXECUTIVO AO LEGISLATIVO E PROPOSTA DE EMENDA A LEI ORGÂNICA MUNICIPAL Nº 07/19 – MODIFICA DISPOSITIVO QUE MENCIONA NA LEI ORGÂNICA MUNICIPAL QUE TRATA DA ELEIÇÃO DA MESA DIRETORA E PROJETO DE LEI COMPLEMENTAR Nº 05 QUE ALTERA DISPOSITIVO NA LEI COMPLEMENTAR Nº 02/1993, QUE INSTITUIU O CÓDIGO DE POSTURAS DO MUNICÍPIO DE ITAÚ DE MINAS;(TRATA DO HORÁRIO DE FUNCIONAMENTO DAS CLÍNICAS MÉDICAS HUMANAS E VETERINÁRIAS_x000D_
 RELATOR – Oberdan Faria.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/875/parecer_redacao_final_plano_diretor.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/875/parecer_redacao_final_plano_diretor.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 MATÉRIAS – Projeto de Lei Complementar n. 03/19 que Institui a revisão do Plano Diretor de Itaú de Minas, revoga a Lei Complementar n. 31/10 e dá outras providências._x000D_
 RELATOR – Oberdan Faria._x000D_
 _x000D_
 A matéria em análise sofreu 03 emendas que seguem incorporada em seu texto original e nada houve o que retocá-la para adequá-la ao bom vernáculo._x000D_
 Sou pela aprovação. É o meu parecer. Salvo melhor juízo.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/906/parecer_em_redacao_ao_projeto_de_lei_no_25.19_cecoi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/906/parecer_em_redacao_ao_projeto_de_lei_no_25.19_cecoi.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇAO FINAL_x000D_
 _x000D_
 MATÉRIAS:  PROJETO DE LEI Nº 25/19 - Revoga dispositivos que menciona na Lei Municipal nº 486, de 03 de setembro de 2003, que dispõe sobre a criação e utilização do Centro Comercial e Industrial de Itaú de Minas – CECOI. _x000D_
 _x000D_
 RELATORA: JULIANA MATTAR.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS O ORÇAMENTO, CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/910/parecer_em_conjunto_proj._resolucao_12_devolucao_0tucDvb.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/910/parecer_em_conjunto_proj._resolucao_12_devolucao_0tucDvb.pdf</t>
   </si>
   <si>
     <t>PARECER EM CONJUNTO_x000D_
 COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO E_x000D_
 COMISSÃO DE FINANÇAS E ORÇAMENTO_x000D_
 _x000D_
 _x000D_
 MATÉRIA – Projeto de Resolução n. 12/19 que Trata da antecipação de devolução de recursos do Legislativo para a Prefeitura Municipal._x000D_
 RELATORA – Juliana Mattar</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/918/parecer_cljrf_recurso_interposto_pelo_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/918/parecer_cljrf_recurso_interposto_pelo_donizetti.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO _x000D_
 _x000D_
 _x000D_
 MATÉRIA – Recurso Interposto pelo Vereador Donizetti Antonio Amorim._x000D_
 RELATOR – Davi Oliveira de Sousa</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/924/parecer_cljrf_projeto_de_resolucao_no_09.19_codi_MwePDbB.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/924/parecer_cljrf_projeto_de_resolucao_no_09.19_codi_MwePDbB.pdf</t>
   </si>
   <si>
     <t>MATÉRIA – PROJETO DE RESOLUÇÃO 09/19 – Institui o Código de Ética e Decoro Parlamentar da Câmara Municipal de Itaú de Minas_x000D_
 RELATOR – Davi Oliveira de Sousa</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/925/comissao_de_legislacao__ao_projeto_de_lei_no_27.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/925/comissao_de_legislacao__ao_projeto_de_lei_no_27.pdf</t>
   </si>
   <si>
     <t>MATÉRIA – Projeto de Lei n. 27/19 que ALTERA DISPOSITIVOS QUE MENCIONA NA LEI N.º 47/1991 - ESTATUTO DO SERVIDOR PÚBLICO DO MUNICÍPIO DE ITAÚ DE MINAS - E SUAS ALTERAÇÕES POSTERIORES, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 RELATORA – Juliana Mattar</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/926/comissao_de_legislacao_ao_projeto_de_lei_no_22_a_wsMlfRR.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/926/comissao_de_legislacao_ao_projeto_de_lei_no_22_a_wsMlfRR.pdf</t>
   </si>
   <si>
     <t>MATÉRIA – Projeto de Lei n. 22/19 que Altera a Lei Municipal n. 727, de 27 de Maio de 2009 que Autoriza o Executivo implantar o Plano de arborização urbana do Município de Itaú e Minas/MG e dá outras providências; _x000D_
 RELATOR – Oberdan Faria</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/927/parecer_projeto_de_lei_no_24.19_crianca_e_adolescente.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/927/parecer_projeto_de_lei_no_24.19_crianca_e_adolescente.pdf</t>
   </si>
   <si>
     <t>PARECER–_x000D_
 MATÉRIA – PROJETO DE LEI Nº 24/19 – MODIFICA A LEI MUNICIPAL Nº 1052, QUE DISCIPLINA AS DIRETRIZES FUNDAMENTAIS PARA A APLICABILIDADE DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE NO ÂMBITO DO MUNICÍPIO DE ITAÚ DE MINAS. _x000D_
 RELATOR– Davi Oliveira de Sousa</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/936/comissao_de_legislacao_projetos_resolucao_10__11_ZBbuVBD.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/936/comissao_de_legislacao_projetos_resolucao_10__11_ZBbuVBD.pdf</t>
   </si>
   <si>
     <t>MATÉRIA – Projetos de Resolução n. 10, 11 e 13/19 que Alteram a Resolução n. 261/19 – Regimento Interno da CMIM e dá outras providências._x000D_
 RELATOR – DAVI OLIVEIRA DE SOUSA</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/940/parecer_redacao_final_projetos_18_e_27_e_24_reso_8X8VfzO.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/940/parecer_redacao_final_projetos_18_e_27_e_24_reso_8X8VfzO.pdf</t>
   </si>
   <si>
     <t>MATÉRIAS – Projetos de Leis n. 18 e 27/19 que Tratam da Alteração do Estatuto do Servidor Municipal; Projeto de lei nº 24/19 – Modifica a lei municipal nº 1052, que disciplina as diretrizes fundamentais para a aplicabilidade dos direitos da criança e do adolescente no âmbito do município de Itaú de Minas; Projetos de Resolução n. 10, 11 e 13 que Altera a Resolução n. 262 – Regimento Interno da Câmara Municipal de Itaú de Minas/MG._x000D_
 RELATOR – Oberdan Faria.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/952/comissao_de_legislacao_ao_projeto_de_lei_no_29.1_QklkvKn.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/952/comissao_de_legislacao_ao_projeto_de_lei_no_29.1_QklkvKn.pdf</t>
   </si>
   <si>
     <t>MATÉRIA – Projeto de Lei nº 29/19 – Estabelece a obrigatoriedade de instalação de dispositivos de segurança onde se encontram os caixas eletrônicos e cofres de estabelecimentos, conforme especifica e dá outras providências.  _x000D_
 RELATOR – Juliana Mattar</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/953/comissao_de_legislacao_justica_e_redacao_final_a_9nhQxHH.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/953/comissao_de_legislacao_justica_e_redacao_final_a_9nhQxHH.pdf</t>
   </si>
   <si>
     <t>MATÉRIA – Projeto de Lei n. 29/19 – Estabelece a obrigatoriedade de instalação de dispositivos de segurança onde se encontram os caixas eletrônicos e cofres de estabelecimentos_x000D_
 RELATOR – Oberdan Faria</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/970/parecer_cljrf_projeto_de_lei_no_30.19_-ratifica__zUMqXpP.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/970/parecer_cljrf_projeto_de_lei_no_30.19_-ratifica__zUMqXpP.pdf</t>
   </si>
   <si>
     <t>MATÉRIAS - Projeto de Lei nº 30/19 – Ratifica o protocolo de intenções firmado entre os Municípios da Microrregião do Médio Rio Grande, com a finalidade de constituir o consórcio público denominado “Consórcio AMEG” e dá outras providências. _x000D_
 RELATOR – Juliana Mattar</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/971/comissao_de_legislacao_justica_e_redacao_final_a_gYEgKVa.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/971/comissao_de_legislacao_justica_e_redacao_final_a_gYEgKVa.pdf</t>
   </si>
   <si>
     <t>MATÉRIA – Projeto de Resolução nº 16/19 – que Autoriza a Câmara Municipal antecipar, ao Executivo Municipal, a devolução de recursos financeiros em disponibilidade no Legislativo. _x000D_
 Projeto de Lei nº 30/19 - Ratifica o protocolo de intenções firmado entre os Municípios da Microrregião do Médio Rio Grande, com a finalidade de constituir o consórcio público denominado “consórcio AMEG” e dá outras providências._x000D_
 _x000D_
 RELATOR – Juliana Mattar</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Proposição de Emenda</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO  Nº 06 - Modifica a Resolução nº 57, de 26/12/90 – Plano de Carreiras da Câmara Municipal de Itaú de Minas/MG dá outras providências.</t>
   </si>
   <si>
     <t>10119</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/96/proposicao_de_emenda_no_01_a_proposta_de_emenda_n_crzhjfg.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/96/proposicao_de_emenda_no_01_a_proposta_de_emenda_n_crzhjfg.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivo que menciona na Lei Orgânica Municipal que trata de nepotismo cruzado nos Poderes Públicos Municipais.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>10919</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/934/emenda_01_proj._resolucao_n._09_codigo_etica_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/934/emenda_01_proj._resolucao_n._09_codigo_etica_1.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA Nº 01 AO PROJETO DE RESOLUÇÃO 09/19 –_x000D_
 Institui o Código de Ética e Decoro Parlamentar da_x000D_
 Câmara Municipal de Itaú de Minas.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>11519</t>
   </si>
   <si>
     <t>Projeto de Lei nº 15/19 – Disciplina as diretrizes fundamentais para a aplicabilidade dos direitos da criança e do adolescente no âmbito do Município de Itaú de Minas/MG.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>11919</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/864/proposicao_de_emenda_n_1_orcamento_matheus_davi__yfZCSY2.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/864/proposicao_de_emenda_n_1_orcamento_matheus_davi__yfZCSY2.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N.19/10 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS/MG PARA O EXERCÍCIO FINANCEIRO DE 2020, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>12119</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/897/proposicao_de_emenda_01_pl_21-19.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/897/proposicao_de_emenda_01_pl_21-19.pdf</t>
   </si>
   <si>
     <t>Proposição de Emenda n. 01/19_x000D_
 _x000D_
 Projeto de Lei n. 21 que Modifica a Lei n. 1010 – que Dispõe sobre o Plano Plurianual para o período de 2018/2020 e dá outras providências._x000D_
 _x000D_
 Art. 1º - Fica modificada a Tabela XII - Programas, Metas e Ações (Planejamento Orçamentário) – PROGRAMA GOVERNAMENTAL: 0101 CAMARA MUNICIPAL - que passa a ter a redação anexa._x000D_
 Art. 2º - Fica autorizada a adequação e compatibilização destas ações onde couber no PPA 2018/2021._x000D_
 _x000D_
 Câmara Municipal de Itaú de Minas/MG em 14 de Outubro de 2019._x000D_
 _x000D_
 _x000D_
 Vereadores: MATHEUS VILELA SILVA_x000D_
 _x000D_
 _x000D_
 OBERDAN FARIA_x000D_
 _x000D_
 _x000D_
 JULIANA MATTAR_x000D_
 _x000D_
 _x000D_
 DAVI OLIVEIRA DE SOUSA_x000D_
 _x000D_
 _x000D_
 GILMAR DOS SANTOS CHAVES</t>
   </si>
   <si>
     <t>20219</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/97/proposicao_de_emenda_n._02_a_lom_da_2__convocacao_bG4QHwB.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/97/proposicao_de_emenda_n._02_a_lom_da_2__convocacao_bG4QHwB.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA N. 02_x000D_
 Proposta de Emenda a LOM n. 02/19</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>21919</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/866/proposicao_de_emenda_02_pl_19-_usina_solar_escola_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/866/proposicao_de_emenda_02_pl_19-_usina_solar_escola_1.pdf</t>
   </si>
   <si>
     <t>Proposição de Emenda Impositiva n.  02/19 _x000D_
 Projeto de Lei n. 19/19 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS/MG PARA O EXERCÍCIO FINANCEIRO DE 2020, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>22119</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/895/proposicao_de_emenda_no_02_ao_projeto_de_lei_no_21.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/895/proposicao_de_emenda_no_02_ao_projeto_de_lei_no_21.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n. 21 que Modifica a Lei n. 1010 – que Dispõe sobre o Plano Plurianual para o período de 2018/2020 e dá outras providências._x000D_
 _x000D_
 _x000D_
 Art. 1º - Em atendimento a Mensagem Modificativa n.19 do Executivo Municipal, ficam alterados os anexos constantes do Projeto de Lei n. 21 que Modifica a Lei n. 1010 – que Dispõe sobre o Plano Plurianual para o período de 2018/2020 e dá outras providências, conforme seguem em anexo._x000D_
 _x000D_
 Câmara Municipal de Itaú de Minas/MG em 16 de Outubro de 2019._x000D_
 _x000D_
 _x000D_
 _x000D_
 OBERDAN FARIA - Presidente_x000D_
 _x000D_
 _x000D_
 JULIANA MATTAR - Membro_x000D_
 _x000D_
 _x000D_
 DAVI OLIVEIRA DE SOUSA - Relator</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>PCFO</t>
   </si>
   <si>
     <t>PARECER CFO</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS O ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/867/parecer_emenda_1_e_2_pl19_comissao_de_financas_e_gsnnyMo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/867/parecer_emenda_1_e_2_pl19_comissao_de_financas_e_gsnnyMo.pdf</t>
   </si>
   <si>
     <t>MATÉRIAS – Emendas 01 e 02, e respectivo Projeto de Lei nº 19/19 – Estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2020; _x000D_
 Projeto de Lei nº 20 - Modifica a Lei nº 1026, de 13 de julho de 2018, que Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária do exercício de 2019, e dá outras providências e Projeto de Lei n. 21 que Modifica a Lei n. 1010 – que Dispõe sobre o Plano Plurianual para o período de 2018/2020 e dá outras providências._x000D_
 RELATOR – Davi Oliveira Souza.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/896/parecer_cfo_02_projeto_de_lei_no_21.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/896/parecer_cfo_02_projeto_de_lei_no_21.pdf</t>
   </si>
   <si>
     <t>MATÉRIA – Mensagem do Executivo transformada em Proposição de Emenda n. 02/19 ao Projeto de Lei n. 21 que Modifica a Lei n. 1010 – que Dispõe sobre o Plano Plurianual para o período de 2018/2020 e dá outras providências._x000D_
 RELATOR – Davi Oliveira de Souza</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>PESA</t>
   </si>
   <si>
     <t>PARECER CESA</t>
   </si>
   <si>
     <t>CESACELT - COMISSÃO DE EDUCAÇÃO, SAÚDE, ASSISTÊNCIA, CULTURA, ESPORTE, LAZER E TURISMO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/491/parecer_cesa_projeto_de_lei_no_15.19_-_crianca_e_lAeNtNk.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/491/parecer_cesa_projeto_de_lei_no_15.19_-_crianca_e_lAeNtNk.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA_x000D_
 _x000D_
 PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 15/19 – Disciplina as Diretrizes fundamentais para a aplicabilidade dos direitos da Criança e do Adolescente no âmbito do Município de Itaú de Minas/MG._x000D_
 RELATOR – Gilmar dos Santos Chaves _x000D_
 O projeto traz em seu bojo, de uma forma mais minuciosa, toda a estrutura do9s Conselhos Municipal e Tutelar, desde competências, direitos e obrigações, abordando também a regulamentação do fundo como mecanismo de captação de recursos para as ações e programas a serem desenvolvidos no âmbito das políticas públicas da criança e do adolescente. _x000D_
 _x000D_
 Sou pela aprovação._x000D_
 É o meu parecer._x000D_
 Salvo Melhor Juízo_x000D_
 Sala das Sessões, em 08 de julho de 2019._x000D_
 _x000D_
 GILMAR DOS SANTOS CHAVES – RELATOR/VICE- PRESIDENTE_x000D_
 _x000D_
 PELAS CONCLUSÕES._x000D_
 _x000D_
 JULIANA MATTAR – PRESIDENTE_x000D_
 _x000D_
 ROBERTO GONÇALVES VIEIRA - MEMBRO</t>
   </si>
   <si>
     <t>LOM</t>
   </si>
   <si>
     <t>Proposta de Emenda a LOM</t>
   </si>
   <si>
     <t>DAVI OLIVEIRA DE SOUSA, GILMAR DOS SANTOS CHAVES, OBERDAN FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/56/proposta_de_emenda_a_lei_organica_no_01_-_nepotismo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/56/proposta_de_emenda_a_lei_organica_no_01_-_nepotismo.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivo que menciona na Lei Orgânica Municipal que trata de nepotismo cruzado nos Poderes Públicos Municipais._x000D_
 _x000D_
 _x000D_
 _x000D_
             A Câmara Municipal aprova:_x000D_
 _x000D_
 Art. 1º.  Ficam alterados os incisos I e II do Artigo 23 da Lei Orgânica do Município de Itaú de Minas/MG com a seguinte redação:_x000D_
 _x000D_
 “Art. 23 -...................................._x000D_
 I -	a nomeação ou designação para cargo em comissão ou de função gratificada, no âmbito da administração direta e indireta dos Poderes Executivo e Legislativo do Município, por cônjuge, companheiro ou companheira, ou parente em linha reta, colateral ou por afinidade, até o terceiro grau inclusive, do Prefeito Municipal, do Vice-Prefeito, dos Vereadores ou dos Secretários Municipais;_x000D_
 II -	a nomeação ou designação para cargo em comissão ou de função gratificada, no âmbito da administração direta e indireta dos Poderes Executivo e Legislativo do Município, por cônjuge, companheiro ou companheira, ou parente em linha reta, colateral ou por afinidade,</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/57/proposicao_de_emenda_no_02.19_-_convocacao_de_secretarios.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/57/proposicao_de_emenda_no_02.19_-_convocacao_de_secretarios.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA A LOM Nº 02/19_x000D_
 _x000D_
 _x000D_
 MODIFICA DISPOSITIVO QUE MENCIONA NA LEI ORGÂNICA MUNICIPAL QUE TRATA DE CONVOCAÇÃO DE SECRETÁRIOS MUNICIPAIS OU OCUPANTES DE CARGOS DA MESMA NATUREZA PELA CÂMARA MUNICIPAL._x000D_
 _x000D_
 _x000D_
                    A Câmara Municipal aprova:_x000D_
 _x000D_
 Art. 1º.  Fica alterado o inciso XVII Artigo 29 da Lei Orgânica do Município de Itaú de Minas/MG com a seguinte redação:_x000D_
 “Art. 29 -...................................._x000D_
 XVII- convocar os Secretários Municipais, ocupantes de cargos da mesma natureza, chefes de setor, presidente de instituições públicas, Liderança do sindicato dos Servidores Público e representante ou presidente de empresas ou entidades que recebam recursos públicos do município para prestar informações sobre matéria de sua competência; _x000D_
 ....................................”                                               _x000D_
 Art 2º.Esta Lei entra em vigor na data de sua publicação_x000D_
 _x000D_
 Câmara Municipal de Itaú de Minas, em 28 de Fevereiro de 2019._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Davi Oliveira de Sousa</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/760/proposicao_de_emenda_a_lei_organica_no_03_-_ok_o_Xt4Y4pv.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/760/proposicao_de_emenda_a_lei_organica_no_03_-_ok_o_Xt4Y4pv.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA A LOM Nº  03/19_x000D_
 Modifica dispositivo que menciona na Lei Orgânica Municipal que trata do Número de Vereadores no Poder Legislativo de Itaú de Minas.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA A LEI ORGÂNICA Nº 04 /19_x000D_
 Acrescenta e suprime dispositivos que menciona na Lei Orgânica Municipal onde trata da dos subsídios dos Vereadores no âmbito do Município de Itaú de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>ANTONIO DOS REIS NUNES, DAVI OLIVEIRA DE SOUSA, DONIZETTI ANTONIO DE AMORIM, MATHEUS VILELA SILVA, OBERDAN FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/762/proposicao_de_emenda_no_05.19_-_utilizacao_de_be_P7Djcm1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/762/proposicao_de_emenda_no_05.19_-_utilizacao_de_be_P7Djcm1.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA A LEI ORGÂNICA Nº 05/19_x000D_
 MODIFICA DISPOSITIVO QUE MENCIONA NA LEI ORGÂNICA MUNICIPAL QUE TRATA DA UTILIZAÇÃO DE BENS MÓVEIS E OPERAÇÕES DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>DAVI OLIVEIRA DE SOUSA, MATHEUS VILELA SILVA, OBERDAN FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/763/proposta_de_emenda_no_06.19_-_resposta_do_poder__Al0NmSi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/763/proposta_de_emenda_no_06.19_-_resposta_do_poder__Al0NmSi.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA A LEI ORGÂNICA Nº 06/19_x000D_
 MODIFICA DISPOSITIVO QUE MENCIONA NA LEI ORGÂNICA MUNICIPAL QUE TRATA DO PRAZO DE RESPOSTAS DO PODER EXECUTIVO AO LEGISLATIVO.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/764/proposta_de_emenda_a_lom_no_07.19_-_eleicao_da_mesa.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/764/proposta_de_emenda_a_lom_no_07.19_-_eleicao_da_mesa.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA A LEI ORGÂNICA Nº 07/19_x000D_
  MODIFICA DISPOSITIVO QUE MENCIONA NA LEI ORGÂNICA MUNICIPAL QUE TRATA DA ELEIÇÃO DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/861/proposta_de_emenda_a_lom__n._08_residencia_secre_8CLjRnw.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/861/proposta_de_emenda_a_lom__n._08_residencia_secre_8CLjRnw.pdf</t>
   </si>
   <si>
     <t>Suprime dispositivo que menciona na Lei Orgânica Municipal retirando a obrigação de Secretários Municipais em residir no Município.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/881/proposta_de_emenda_a_lei_organica_no_09.19_conselhos_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/881/proposta_de_emenda_a_lei_organica_no_09.19_conselhos_1.pdf</t>
   </si>
   <si>
     <t>MODIFICA DISPOSITIVO QUE MENCIONA NA LEI ORGÂNICA MUNICIPAL QUE TRATA DA DIVULGAÇÃO DAS REUNIÕES DOS CONSELHOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>ANTEPROJETO DE LEI</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/127/anteprojeto_no_01.19_-_gratuidade_onibuis_univer_XOND3rT.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/127/anteprojeto_no_01.19_-_gratuidade_onibuis_univer_XOND3rT.pdf</t>
   </si>
   <si>
     <t>ANTEPROJETO DE LEI Nº 01/2019_x000D_
 _x000D_
 _x000D_
 _x000D_
 Regulamenta o parágrafo único do art. 5º, da Lei 12.816, de 05 de junho de 2013, que autoriza o Poder Executivo a conceder transporte escolar a estudantes do Ensino Superior. _x000D_
 _x000D_
 A Câmara Municipal de Itaú de Minas, Estado de Minas Gerais, por seus representantes aprova:_x000D_
 _x000D_
 Art. 1º	O Poder Executivo deverá conceder o transporte escolar gratuito a estudantes residentes no Município de Itaú de Minas, que encontram-se devidamente matriculados em Instituição de Ensino de Nível Superior, Técnico, profissionalizante e secundarista desde que obedecidas às exigências desta lei._x000D_
 _x000D_
 § 1º 	 O transporte escolar fornecido pelo Município de Itaú de Minas, conforme tratado na presente lei, refere-se somente ao transporte fornecido por veículos de propriedade ou terceirizado pelo Município ou na sua impossibilidade por meio de ajuda financeira;_x000D_
 _x000D_
 § 2º 	 As rotas do transporte escolar para atender a rede municipal de ensino, serão definidas pela Secretaria Municipal de Educaç</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/128/anteprojeto_no_02.19_-_anuncios_publicitarios_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/128/anteprojeto_no_02.19_-_anuncios_publicitarios_-_davi.pdf</t>
   </si>
   <si>
     <t>Anteprojeto de Lei n. 02/19_x000D_
 _x000D_
 _x000D_
 Dispõe sobre anúncios publicitários em  áreas públicas direcionadas a prática de esportes em geral, no município de Itaú de Minas/MG e dá outras providências._x000D_
 _x000D_
 A Câmara Municipal de Itaú de Minas, Estado de Minas Gerais, por seus representantes aprova:_x000D_
 Art. 1º - Será permitida a alocação de espaços públicos para a colocação de anúncios publicitários em quadras, estádios, parques e nas demais áreas públicas direcionadas a prática de esportes em geral no Município de Itaú de Minas/MG._x000D_
 Parágrafo único – Fica proibida a colocação de anúncios publicitários de produtos fumígeros, bebidas alcoólicas e medicamentos nos locais relacionados no caput deste artigo._x000D_
 Art. 2º - Os recursos advindos dos anúncios publicitários serão destinados em sua totalidade a Secretaria Municipal de Educação e Esportes para melhorias dos equipamentos das áreas públicas descritas no art. 1º. visando o crescimento, conservação e desenvolvimento das práticas esportivas no Município._x000D_
 Art.3</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/129/anteprojeto_no_03.19_-_moral_legal_-_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/129/anteprojeto_no_03.19_-_moral_legal_-_donizetti.pdf</t>
   </si>
   <si>
     <t>Anteprojeto de Lei Nº 3/2019_x000D_
 "Institui o Programa Municipal "MORAR LEGAL", que dispõe de Assistência Técnica Pública e Gratuita para elaboração de projetos e acompanhamento da construção de habitação de interesse social para famílias de baixa renda, regulamentando a Lei Federal nº 11.888 de 24 de dezembro de 2008, e dá outras providências"_x000D_
 _x000D_
 A Câmara Municipal de Itaú de Minas/MG aprova a seguinte lei:_x000D_
 _x000D_
 Art. 1º. Fica assegurado o direito das famílias de baixa renda à assistência técnica pública e gratuita para elaboração de projetos e acompanhamento da construção de habitação de interesse social, observando as normas técnicas da ABNT,incluindo a política de acessibilidade como parte integrante do direito social à moradia, previsto pelo art. 6º da constituição Federal e, consoante o especificado pelo art. 4º, inciso V, alínea "r", da Lei nº 10.257, de 10 de julho de 2001, que regulamenta os Arts. 182 e 183, da Constituição Federal, estabelece diretrizes</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>ALC</t>
   </si>
   <si>
     <t>Anteprojeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/860/anteprojeto_sim_-_zetti_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/860/anteprojeto_sim_-_zetti_1.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL DE PRODUTOS DE ORIGEM ANIMAL NO ÂMBITO DO MUNICÍPIO DE ITAÚ DE MINAS/MG E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>PFIN</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/613/parecer_cesa_projeto_de_lei_no_15.19_-_crianca_e_NYSK1iS.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/613/parecer_cesa_projeto_de_lei_no_15.19_-_crianca_e_NYSK1iS.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 15/19 – Disciplina as Diretrizes fundamentais para a aplicabilidade dos direitos da Criança e do Adolescente no âmbito do Município de Itaú de Minas/MG._x000D_
 RELATOR – Gilmar dos Santos Chaves</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>PEPLC</t>
   </si>
   <si>
     <t>Proposição de Emenda Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/616/parecer_cljrf_e_cospaic_projeto_de_lei_complemen_VWPB98u.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/616/parecer_cljrf_e_cospaic_projeto_de_lei_complemen_VWPB98u.pdf</t>
   </si>
   <si>
     <t>PARECER EM CONJUNTO_x000D_
 COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS, AGRONEGÓCIO, INDÚSTRIA E COMÉRCIO_x000D_
 Proposição de Emenda n. 01/19_x000D_
 Projeto de Lei Complementar n. 03/19 – Institui a revisão do Plano Diretor – Revoga a Lei Complementar n. 31/2010 e dá outras providências.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>10319</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/824/proposicao_de_emenda_n1__ao_proj._lc_n._03_plano_MA0PQaQ.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/824/proposicao_de_emenda_n1__ao_proj._lc_n._03_plano_MA0PQaQ.pdf</t>
   </si>
   <si>
     <t>Proposição de Emenda n. 01/19_x000D_
 Projeto de Lei Complementar n. 03/19 – Institui a revisão do Plano Diretor – Revoga a Lei Complementar n. 31/2010 e dá outras providências.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>20319</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/625/proposicao_de_emenda_n02_ao_proj._lei_complement_XXwezZK.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/625/proposicao_de_emenda_n02_ao_proj._lei_complement_XXwezZK.pdf</t>
   </si>
   <si>
     <t>Proposição de Emenda n. 02/19_x000D_
 Projeto de Lei Complementar n. 03/19 – Institui a revisão do Plano Diretor – Revoga a Lei Complementar n. 31/2010 e dá outras providências.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>30319</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/825/proposicao_de_emenda_n3__ao_proj._lc_n._03_plano_yYK3B6D.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/825/proposicao_de_emenda_n3__ao_proj._lc_n._03_plano_yYK3B6D.pdf</t>
   </si>
   <si>
     <t>Proposta Modificativa nº03/2019 ao Projeto de Lei Complementar nº03/2019, de 17/02/2019</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>POL</t>
   </si>
   <si>
     <t>PROPOSTA ORÇAMENTÁRIA DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/627/proposta_orcamento.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/627/proposta_orcamento.pdf</t>
   </si>
   <si>
     <t>Mensagem_x000D_
 Em atendimento as determinações legais e com base no Art. 29-A  da Constituição Federal a Mesa Diretora por seus membros abaixo assinados, vem apresentar aos nobres pares a proposta orçamentária da Câmara Municipal para o Exercício de 2020. _x000D_
 Sala das Sessões, em 09 de Agosto de 2019._x000D_
 _x000D_
 MATHEUS VILELA SILVA – PRESIDENTE_x000D_
 _x000D_
 _x000D_
 OBERDAN FARIA – VICE-PRESIDENTE_x000D_
 _x000D_
 _x000D_
 JULIANA MATTAR - SECRETÁRIA</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>ELO</t>
   </si>
   <si>
     <t>EMENDA A LEI ORGÂNICA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/628/emenda_a_lei_organica_no_20_nepotismo_cruzado.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/628/emenda_a_lei_organica_no_20_nepotismo_cruzado.pdf</t>
   </si>
   <si>
     <t>EMENDA A LEI ORGÂNICA Nº 20/19_x000D_
 De 20 de Agosto de 2019._x000D_
 Modifica dispositivo que menciona na Lei Orgânica Municipal que trata de nepotismo cruzado nos Poderes Públicos Municipais.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/629/emenda_a_lei_organica_no_21_-_convocacao_de_secretarios.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/629/emenda_a_lei_organica_no_21_-_convocacao_de_secretarios.pdf</t>
   </si>
   <si>
     <t>EMENDA A LEI ORGÂNICA Nº 21_x000D_
  De 15 de agosto de 2019._x000D_
 MODIFICA DISPOSITIVO QUE MENCIONA NA LEI ORGÂNICA MUNICIPAL QUE TRATA DE CONVOCAÇÃO DE SECRETÁRIOS MUNICIPAIS OU OCUPANTES DE CARGOS DA MESMA NATUREZA PELA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>ANEX</t>
   </si>
   <si>
     <t>ANEXO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/797/anexo_ii_e_iii_anexo_de_metas_fiscais__ao_projet_D370Av9.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/797/anexo_ii_e_iii_anexo_de_metas_fiscais__ao_projet_D370Av9.pdf</t>
   </si>
   <si>
     <t>ANEXO II - LEI DE DIRETRIZES ORÇAMENTÁRIAS 2020_x000D_
 DEMONSTRATIVO DAS METAS FISCAIS DA ADMINISTRAÇÃO MUNICIPAL_x000D_
 CONSOLIDADO DO MUNICÍPIO_x000D_
 DEMONSTRATIVO I – METAS ANUAIS (RESULTADO PRIMÁRIO)</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>Art. 1º - Fica modificado o inciso II, do art. 8º da Lei Municipal nº 1052, de 23 de setembro de 2019, que passa a vigorar com a seguinte redação:_x000D_
 “..._x000D_
 II - 4 (quatro) membros representantes da sociedade civil organizada, indicados pelas entidades que desenvolvam atividades relacionadas ao atendimento ou a defesa da criança e do adolescente.”</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>MENSAGEM</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/823/mensagem_ao_projeto_de_lei_complementar_no_03.19.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/823/mensagem_ao_projeto_de_lei_complementar_no_03.19.pdf</t>
   </si>
   <si>
     <t>MENSAGEM Nº 16/2019_x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 				Itaú de Minas, em 23 de setembro de 2019._x000D_
 			_x000D_
 _x000D_
 	Senhor Presidente,_x000D_
 _x000D_
 _x000D_
 	Servimo-nos da presente para encaminhar a apreciação desta Egrégia Casa, Proposta Modificativa ao Projeto de Lei Complementar nº 03/2019, de 17/02/2019, de minha autoria, que versa sobre o seguinte:_x000D_
 _x000D_
 _x000D_
 	- INSTITUI A REVISÃO DO PLANO DIRETOR DE ITAÚ DE MINAS, REVOGA A LEI COMPLEMENTAR Nº 31/2010, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>111919</t>
   </si>
   <si>
     <t>SUBEM</t>
   </si>
   <si>
     <t>SUB EMENDA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/865/submenda_proposicao_de_emenda_1_ao_pl_19_orcamen_DriXBpC.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/865/submenda_proposicao_de_emenda_1_ao_pl_19_orcamen_DriXBpC.pdf</t>
   </si>
   <si>
     <t>Sub-Emenda n. 01/19 à Proposição de Emenda n. 01/19_x000D_
 PROJETO DE LEI N.19/10 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS/MG PARA O EXERCÍCIO FINANCEIRO DE 2020, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>DSTAQ</t>
   </si>
   <si>
     <t>DESTAQUE</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/932/pedido_de_voto_em_destaque.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/932/pedido_de_voto_em_destaque.pdf</t>
   </si>
   <si>
     <t>Pedido de voto em Destaque do Art. 1º do Projeto de Lei n. 24/2019_x000D_
 Apresentado pelo vereador Davi Oliveira Sousa_x000D_
 Art. 1º - Fica modificado o inciso II, do art. 8º da Lei Municipal nº 1052, de 23 de setembro de 2019, que passa a vigorar com a seguinte redação:_x000D_
 “..._x000D_
 II - 4 (quatro) membros representantes da sociedade civil organizada, indicados pelas entidades que desenvolvam atividades relacionadas ao atendimento ou a defesa da criança e do adolescente.”</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>11119</t>
   </si>
   <si>
     <t>SUBST</t>
   </si>
   <si>
     <t>SUBSTITUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/935/projeto_substitutivo_projeto_resolucao_11_comiss_bTyXeoq.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/935/projeto_substitutivo_projeto_resolucao_11_comiss_bTyXeoq.pdf</t>
   </si>
   <si>
     <t>Projeto Substitutivo n. 01/19_x000D_
 Projeto de Resolução nº 11/ 19 - Altera a Resolução Nº 262/19 – Regimento Interno da Câmara Municipal de Itaú de Minas e dá outras providências</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>PRESIDENTE MESA</t>
   </si>
   <si>
     <t>1ª INSCRIÇÃO - OBERDAN FARIA</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>2ª INSCRIÇÃO - DONIZETTI ANTONIO DE AMORIM</t>
   </si>
   <si>
     <t>959</t>
@@ -5194,67 +5194,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/116/projeto_de_lei_no_01.19_-_reajuste_dos_servidore_r7HLkBw.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/117/projeto_de_lei_no_02.19_-_concessao_de_transport_54FOiU7.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/119/projeto_de_lei_no_05.19_e_mensagem__e_projeto_de_V76Drz8.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/13/projeto_de_lei_no_07.19_diretrizes_para_elaboraca_sVfBoF1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/121/projeto_de_lei_no_11.19_-_abrir_credito__-_executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/773/projeto_de_lei_no_14.19_-_distrito_industrial.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/493/projeto_de_lei_no_15.19_-_projeto_da_crianca_e_d_mV098sv.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/604/projeto_de_lei_no_17.19_-_proibe_fornecimento_de_oDQIzRh.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/769/projeto_de_lei_ord_18-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/770/projeto_de_lei_19.19_-_loa.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/771/projeto_de_lei_no_20.19._adequacao_ldo_2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/772/projeto_de_lei_no_21.19_-__adequacao_ppa_orcamento_2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/839/projeto_de_lei_ord_22-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/858/msg_17_proj_lo_n.23.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/859/msg_18_proj_lo_n._24.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/907/projeto_de_lei_no_26.10_-_ok_altera_lei_estima_a_receita.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/908/projeto_de_lei_no_27.10_-_altera_estatuto.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/909/projeto_de_lei_no_28.19_-_abrir_credito.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/943/projeto_de_lei_no_30.19_-_ratifica_o_protocolo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/950/projeto_de_lei__31_doacao_distrito_ajustado_1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/956/projeto_de_lei_no_32.19_-_altera_alei_no_1038.19.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/133/projeto_de_resolucao_no_01.19_-_revisao_geral_do_r4HaqhZ.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/134/mensagem__e_projeto_de_lei_no_02.19_ok_escola_do_qCysbVh.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/135/projeto_de_resolucao_no_03.19_-_ok_parlamento_jo_GD0awuA.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/136/projeto_de_resolucao_no_04_amplo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/2/projeto_de_resolucao_no_06.19_-_ok_plano_de_carrei_KAcsBft.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/10/projeto_de_resolucao_no_07_-_estrutura_da_camara__EERYBaI.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/82/projeto_de_resolucao_n.08-_controle_interno_novo_2.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/804/projeto_de_resolucao_no_09.19_-_institui_o_codig_8HPNqWv.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/805/projeto_de_resolucao_no__10_ok_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/838/projeto_resolucao_11_regimento_interno_comissao__Q89dSVS.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/878/projeto_de_resolucao_no_12_-_devolucao_de_recurs_Xa8T9oQ.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/882/projeto_de_resolucao_no_13.19.-trata_adiamento_d_gyX3d0N.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/917/projeto_de_resolucao_no_14.19_-_denega_recurso_p_HKFByIU.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/955/projeto_de_resolucao_no_16_-_devolucao_de_recurs_kvmy3l3.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/617/projeto_de_lei_complementar_no_03.19_-_revisao_d_AaVdPIE.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/765/projeto_de_lei_complementar_no_05.19_-_postos_de_wUhqvhE.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/921/projeto_de_lei_complementar_no_06.19_-_abandono__0AZzVx6.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/124/projeto_de_lei_no_02.19_-_concessao_de_transport_v9ujJNc.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/16/indicacao_no_01.19_-_rampa_de_acesso_para_cadeira_b910XgF.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/23/indicacao_no_06.19_-_construcao_de_creche_paralis_uiREl4n.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/24/indicacao_no_07.19_-_operacao_tapa_buracos_-_math_rPaMMdh.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/25/indicacao_no_08.19_-_operacao_tapa_buracos_-_math_hoGNLza.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/26/indicacao_no_10.19_-_limpeza_no_terreno_-__matheus_e_davi.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/29/indicacao_no_11.19_-_redutor_de_velocidade_-__mat_Qa9kd6l.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/30/indicacao_no_12.19_-_rede_de_esgoto_e_tapa_buraco_tE1YGwe.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/34/indicacao_no_16.19_-__ok_parquinho_abandonado__-__TComhWA.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/37/indicacao_no_19.19_-__limpeza_no_local__-__matheus_e_davi.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/38/indicacao_no_19.19_-__limpeza_no_local__-__matheus_e_davi.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/39/indicacao_no_21.19_-__limpeza_de_terreno_-__mathe_1ChKhj2.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/40/indicacao_no_22.19_-__limpeza_na_praca_do_triangu_CZehjnD.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/42/indicacao_no_24.19_-__retirada_de_lixo_na_rua_dr__OgeR9uf.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/43/indicacao_no_25.19_-__retirada_de_lixo_no_campo_d_MfiFliR.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/44/indicacao_no_26.19_-__manutencao_na_zona_rural_do_Wp19nhI.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/45/indicacao_no_27.19_-_limpeza_no_terreno_da_prefei_pIgA6MC.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/46/indicacao_no_28.19_-_instalar_iluminacao_de_energ_awLWMWL.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/48/indicacao_no_30.19_-_retirar_a_protecao_de_lata_a_gTxXHNg.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/50/indicacao_no_32.19_-_tomar_providencias_cabiveis__R9aaECD.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/60/indicacao_no_33.19_-_limpeza_de_terrenos_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/62/indicacao_no_35.19_-_tintas_nos_postes_estao_apag_GdEHTTE.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/51/indicacao_no_36.19_-_divulgar_os_sintomas_de_ataq_0LTQSJo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/12/indicacao_no_38.19_-_implementar_academia_ao_ar_l_Yke4UYF.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1/indicacao_no_39.19_-_limpeza_no_terreno_publico___nRuC74v.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/53/indicacao_no_40.19_-_adquirir_britador_para_prefe_JVPeesZ.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/54/indicacao_no_41.19_-_necessita_de_garis_e_recapea_rIkfggr.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/606/indicacao_no_42.19_-_gratificacao_ou_bonificacao_xlYqMrP.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/607/indicacao_no_43.19_-_limpeza_no_corrego_-_davi.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/608/indicacao_no_44.19_-_retirada_de_entulho_na_via_-_davi.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/766/indicacao_no_46.19_-_placa_de_outdoor_-_davi.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/789/indicacao_no_48.19_-_desmoronamento_e_mau_cheiro_HbXyUce.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/798/indicacao_no_49.19_-_para_replantr_arvores_-_denis.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/806/indicacao_no_50.19_-_limpeza_no_corrego_-_matheu_8yH0vY3.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/807/indicacao_no_51.19_-_construcoes_de_rotatorias_-_davi.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/841/indicacao_no__53_zetti_reparos_portal_policia_1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/842/indicacao_no_54_zeti_poda_arvores_estacionamento_1.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/843/indicacao_no_55_patrimonio_cultural__musica_denis_1.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/844/indicacao_no_56_limpesa_rodoviaria_denis_1.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/847/indicacao_no__57_juliana_operacao_tapa_buraco_1.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/848/indicacao_no__58_juliana_bueiro_correcao_cedeu_1.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/849/indicacao_no__59_mathueus_cameras_1.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/850/indicacao_no__60_zetti_mata_burrosc_1.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/871/indicacao_no__61_davi_noticias.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/872/indicacao_62_gilmar_agua_chuva_cruzamento.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/873/indicacao__63_roberto_cameras.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/874/indicacao_64_donizetti_parque_odelio__brito.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/876/indicacao_65_denis_festa_congo_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/893/indicacao_no__66__-_horat_comunitaria_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/928/indicacao_no_67.19_-_votorantin_emprestar_maquin_KNnnRUx.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/929/indicacao_no_68.19_-_tapa_buracos_e_retirada_de__xr5WYa2.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/902/indicacao_no_69.19_-_retirada_de_folhas_de_coque_VS5vKdO.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/903/indicacao_no_70.19_-_limpeza_no_cecoi_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/912/indicacao_no_71.19_-limpezeza_e_iluminacao_na_pr_1U4bzFP.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/913/indicacao_no_72.19_-bancos_quebrados_na_praca_-__HbEeRzg.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/916/indicacao_no_73.19__tampa_de_bueira_solta_-_davi.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/930/indicacao_no_74.19__coleta_seletiva_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/931/indicacao_no_75.19__limpeza_na_praca_santa_terez_ssNg3TM.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/919/indicacao_no_76.19__limpeza_e_placa_-_davi.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/937/indicacao_no_77.19_telhado_na_estacao_cultura_-__x3nul0R.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/947/indicacao_no_78.19_-_usina_de_reciclagem_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/968/indicacao_no_79.19_-_limpeza_no_terreno_-_davi.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/138/mocao_no_02.19_-_congratulacoes_pelos_22_anos_it_j6vahdW.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/139/mocao_no_03.19_-_mocao_de_aplausos_futsal_campea_-_davi.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/140/mocao_no_04.19_-_mocao_de_aplausos_ao_estudante__finAc3v.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/609/mocao_no_09.19_-_mocao_de_aplausos_capoeira_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/862/mocao_13_henrique_pj_davi_e_matheus_1.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/904/mocao_no_14.19_-_mocao_de_aplausos_ao_circo_do_c_kFGg01u.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/905/mocao_no_15.19_-_mocao_de_aplausos_aos_usuarios__t0lSBpJ.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/64/requerimento_no_02.18_-_requer_informacoes_sobre__QTdUKXQ.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/65/requerimento_no_03.18_-_requer_informacoes___da_f_4pOBdUu.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/66/requerimento_no_04.18_-_requer_urgencia_especial__ThJdkhN.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/67/requerimento_no_05.18_-_quando_o_fundeb_paga_por__bVRZCwA.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/68/requerimento_no_06.18_-_requer_o_total_de_dividas_SgJscor.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/69/requerimento_no_07.18_-_requer_todas_as_notificac_OVOZZ0Q.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/70/requerimento_no_08.18_-_requer_urgencia_especial__CFZyva0.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/76/requerimento_no_14.19_-_retirada_de_bancos_da_est_6DGe0si.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/77/requerimento_no_15.19_-_carga_e_descaga_dde_merca_1nrgaBW.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/78/requerimento_no_16.19_-_relacao_do_cargo_em_comis_DRNeaS3.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/80/requerimento_no_19.19_-_relacao_do_cargo_em_comis_2MwIcs6.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/83/requerimento_no_21.19_-_relatorio_contendo_os_vei_HomIf69.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1244/requerimento_no_22.19_-_ingresso_do_cabo_rhende_74OGrcD.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/84/requerimento_no_23.19_-_requer_informacoes_a_resp_f24Dl4J.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/86/requerimento_no_24.19_-_requer_informacoes_junto__DbklMod.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/85/requerimento_no_25.19_-_gastos_com_a_cemig_-_davi.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1243/requerimento_no_28.19_-_informacoes_a_respeito__7wWHJGc.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/88/requerimento_no_29.19_-_relatorio_detalhado_de_ve_zdkcXJv.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/89/requerimento_no_31.19_-_requer_urgencia_especial__rEhBwD8.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/91/requerimento_no_33.19_-_requer_convocacao_da_gian_ymPIXay.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/93/requerimento_no_35.19_-_requer_informacoes_sobre__FC6c5Zl.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/95/requerimento_no_37.19_-_requer_informacoes_a_cest_VerGH9B.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/102/requerimento_no_42.19_-_requer_sobre_o_barracao__FOZgw8x.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/103/requerimento_no_43.19_-_requer_informacoes_sobre_rMVjWex.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/104/requerimento_no_44.19_-_requer_relacao_do_valor__Vf5gXYK.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/107/requerimento_no_47.19_-_relacao_dos_agentes_poli_k7qzzTv.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/108/requerimento_no_49.19_-_onde_encontra_os_onibus__V7jt5o6.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/111/requerimento_no_50.19_-_requer_informacoes_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/109/requerimento_no_51.19_-_requer_urgencia_especial_z6KFloP.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/113/requerimento_no_53.19_-_requer_informacao_a_resp_eckKK3P.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/114/requerimento_no_54.19_-_requer_copia_do_convenio_uBjDaUf.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/485/requerimento_no_57.19_-_requer_urgencia_simples.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/488/requerimento_no_61.19_-_requer_informacoes_a_res_Ob5OuKY.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/489/requerimento_no_62.19_-_requer_informacoes_a_res_dENGs10.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/552/requerimento_no_63.19_-_requer_informacoes_reite_FTayll9.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/605/requerimento_no_64.19_-_terceirizar_viagens_rela_2ZMhOlf.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/619/requerimento_no_66.19_-_alteracao_da_sessao_do_d_OEkiP7R.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/759/requerimento_no_67.19_pdf.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/776/requerimento_no_70.18_-_requer_informacoes_agend_8KYG00n.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/781/requerimento_no_75.19_-_requer_informacoes__a_re_YDo9LLy.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/783/requerimento_no_77.19_-_requer_informacoes__a_re_FrfC0jN.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/787/requerimento_no_81.19_-_requer_informacoes__a_re_2XiT9yw.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/788/requerimento_no_82.19_-_requer_informacoes__do_p_7DDElPa.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/791/requerimento_no_83.19_-_ok__pagamento_e_multas_e_88bFfpd.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/792/requerimento_no_84.19_-_requer_informcoes_a_repe_JcIgoIz.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/799/requerimento_no_85.19_-_construcao_da_quadra_sao_9uZVKrZ.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/800/requerimento_no_86.19_-_reforma_da_quadra_3_mari_NOVptxz.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/801/requerimento_no_87.19_-_adonai_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/802/requerimento_no_88.19_-_secretaria_municipal_de__9Ha8rgL.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/803/requerimento_no_89.19_-area_verde_-_davi.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/808/requerimento_no_90.19_-_contas_de_energia_antiga_lUIwhvE.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/809/requerimento_no_91.19_-_verba_assistencia_social_pWrmykA.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/810/requerimento_no_92.19_-_terrenos_do_municipio_-__YEw2n9o.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/811/requerimento_no_93.19_-_relacao_de_imoveis_-_davi.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/812/requerimento_no_94.19_-_copia_de_documentos_de_p_aYRH6XW.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/813/requerimento_no_95.19_ok__-_programa_ou_projetos_icvNLYS.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/814/requerimento_no_96.19_-_copia_contrato_cemetra_-_davi.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/815/requerimento_no_97.19_-_complemetacao_dos_servid_UX3ZXBG.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/816/requerimento_no_98.19_-_inss_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/817/requerimento_no_99.19_-_lista_de_espera_cirurgia_dVgtHKh.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/818/requerimento_no_100.19_-_convenios_que_a_prefeit_1OgZ43r.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/819/requerimento_no_101.19_-_informacoes_advindo_do__NzFpSB8.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/820/requerimento_no_102.19_-_copia_do_edital_de_leil_8fIa8ts.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/821/requerimento_no_103.19_-_houve_denuncia_protocol_ubnasTf.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/822/requerimento_no_104.19_-_convoca_secretaria_de_s_058woa3.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/829/requerimento_muda_sessao_1.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/830/requerimento__n.106_zete_combustiveis_preco.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/831/requerimento_no_107__zetti_feira_da_estacao_1.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/832/requerimento_108_coleta_lixo_matheus_1.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/833/requerimento_109_itr_davi_matheus_1.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/834/requerimento_110__zete_cohab_1.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/835/requerimento_111__davi_moto_1.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/836/requerimento_112_denis_instrumentos_filarmonica_1.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/837/requerimento_113_denis_sec_agricultura.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/851/requerimento_114_muda_sessao_5.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/852/requerimento_115__zete_divida_m2_1.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/853/requerimento_116_davi_gastos_com_transf._sede_se_cb0XcUu.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/854/requerimento_117_-_pagto_acoes_servidores_na_justica_1.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/855/requerimento_118_-_zete_cemetra_1.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/856/requerimento_119_juliana_ambulantes_1.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/868/requerimento_120_davi_-_mg344.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/870/requerimento_121_donizetti__-_requer_urgencia_es_Uq7r3ey.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/869/requerimento_122_denis_13_salario.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/863/requerimento_no_123_urgencia_emenda_orcamento_1.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/892/requerimento_no_124_-_urgencia_orcamento.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/883/requerimento_no_125.19_-__veiculos_abandonados_-_l48Qog8.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/884/requerimento_no_126.19_-_receita_corrente_liquid_VECKNvE.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/885/requerimento_no_127_-_cecoi_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/886/requerimento_no_128.19_-__pre_sal._-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/887/requerimento_no_129_cemig.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/888/requerimento_no_130.19_-_tendas_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/889/requerimento_no_131.19_-_creche_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/891/requerimento_no_132.19_-_requer_urgencia_especial_cecoi.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/879/requerimento_no_133.19_-_copia_da_pasta_de_docum_DO73K8g.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/890/requerimento_no_134.18_-_requer_urgencia_especia_ogkZEvs.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/898/requerimento_135_convoca_secretaria_daniele_medice.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/899/requerimento_136_convenio_praca_bae.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/900/requerimento_no_137.19_-_adesao_ao_programa_naci_H2fRMLC.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/901/requerimento_no_138.19_-_copia_do_termo_de_ajust_uDsgYF9.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/911/requerimento_no_139_-_requer_urgencia_especial_a_9kXzHME.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/914/requerimento_no_140.19_-_copia_carta_compromisso_rDf0mJr.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/915/requerimento_no_141.19_-_cemetra_-_davi.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/923/requerimento_no_142.18_-_requer_urgencia_especia_oQJuonx.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/938/requerimento_no_143.19_-_minerador_-_matheus_1.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/939/requerimento_no_144.19_-_carroca_lar_sao_vinete__WdxM5UZ.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/942/requerimento_no_145.19_-_atividades_economicas_-_nAI3xoZ.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/944/requerimento_no_146.19_-_projeto_subsidio_-_donizett.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/946/requerimento_no_147.19_-_relacao_de_veiculos_-_davi.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/948/requerimento_no_148.19_-_contas_da_educacao_-_davi.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/949/requerimento_no_149.19_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/951/requerimento_no_150.19_-_requer_urgencia_especia_tEc4FmP.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/954/requerimento_no_151.19_-_urgencia_especial_os_pr_XbR33tC.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/965/requerimento_no_152.19_-_requer_urgencia_especia_teDZZqQ.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/966/requerimento_no_153.19_-_requer_informacoes_sobr_nRt90eg.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/967/requerimento_no_154.19_-_programa_do_computador__KdqgHqc.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/27/parecer_da_cljrf_aos_projetos_de_leis_no_09_e_13._smRsDAa.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/58/parecer_cljrf_proposicao_de_emenda_a_lom_no_01.19_bdMutiq.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/492/parecer_cljrf_projeto_de_lei_no_15.19_-_crianca__iKPZUqL.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/612/parecer_cljrf_projeto_de_lei_no_15.19_-_crianca__bl1j7gY.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/614/parecer_cljr_a_proposta_de_emenda_a_lom_no_01.19_1HyqvRZ.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/626/parecer_em_redacao_final_proj._resolucao_n._08__6XK4tBY.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/774/parecer_cljef_e_cospaic_ao_projeto_de_lei_no_14._Nbi1WQY.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/790/comissao_de_legislacao_justica_e_redacao_final_a_BeRZ9aj.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/795/parecer_em_redacao_final_projeto_de_lei_no_14.19_lvxfb3p.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/826/parecer_cljrf_proposta_de_emenda_a_lei_organica__NIeopNQ.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/827/parecer_da_cljrf_a_proposta_de_emenda_a_lom_no_0_yjYWKfS.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/828/parecer_da_cljrf_a_proposta_de_emenda_a_lom_no_0_tg10LlW.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/845/emenda_n._03_plano_diretor_e_parecer_em_conjunto_1.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/846/parecer_em_conjunto_projeto_lc_n._02_horario_fun_bP6aXOJ.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/857/comissao_de_legislacao_redacao_final_emendas_lei_wTFKYJk.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/875/parecer_redacao_final_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/906/parecer_em_redacao_ao_projeto_de_lei_no_25.19_cecoi.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/910/parecer_em_conjunto_proj._resolucao_12_devolucao_0tucDvb.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/918/parecer_cljrf_recurso_interposto_pelo_donizetti.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/924/parecer_cljrf_projeto_de_resolucao_no_09.19_codi_MwePDbB.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/925/comissao_de_legislacao__ao_projeto_de_lei_no_27.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/926/comissao_de_legislacao_ao_projeto_de_lei_no_22_a_wsMlfRR.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/927/parecer_projeto_de_lei_no_24.19_crianca_e_adolescente.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/936/comissao_de_legislacao_projetos_resolucao_10__11_ZBbuVBD.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/940/parecer_redacao_final_projetos_18_e_27_e_24_reso_8X8VfzO.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/952/comissao_de_legislacao_ao_projeto_de_lei_no_29.1_QklkvKn.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/953/comissao_de_legislacao_justica_e_redacao_final_a_9nhQxHH.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/970/parecer_cljrf_projeto_de_lei_no_30.19_-ratifica__zUMqXpP.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/971/comissao_de_legislacao_justica_e_redacao_final_a_gYEgKVa.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/96/proposicao_de_emenda_no_01_a_proposta_de_emenda_n_crzhjfg.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/934/emenda_01_proj._resolucao_n._09_codigo_etica_1.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/864/proposicao_de_emenda_n_1_orcamento_matheus_davi__yfZCSY2.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/897/proposicao_de_emenda_01_pl_21-19.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/97/proposicao_de_emenda_n._02_a_lom_da_2__convocacao_bG4QHwB.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/866/proposicao_de_emenda_02_pl_19-_usina_solar_escola_1.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/895/proposicao_de_emenda_no_02_ao_projeto_de_lei_no_21.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/867/parecer_emenda_1_e_2_pl19_comissao_de_financas_e_gsnnyMo.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/896/parecer_cfo_02_projeto_de_lei_no_21.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/491/parecer_cesa_projeto_de_lei_no_15.19_-_crianca_e_lAeNtNk.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/56/proposta_de_emenda_a_lei_organica_no_01_-_nepotismo.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/57/proposicao_de_emenda_no_02.19_-_convocacao_de_secretarios.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/760/proposicao_de_emenda_a_lei_organica_no_03_-_ok_o_Xt4Y4pv.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/762/proposicao_de_emenda_no_05.19_-_utilizacao_de_be_P7Djcm1.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/763/proposta_de_emenda_no_06.19_-_resposta_do_poder__Al0NmSi.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/764/proposta_de_emenda_a_lom_no_07.19_-_eleicao_da_mesa.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/861/proposta_de_emenda_a_lom__n._08_residencia_secre_8CLjRnw.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/881/proposta_de_emenda_a_lei_organica_no_09.19_conselhos_1.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/127/anteprojeto_no_01.19_-_gratuidade_onibuis_univer_XOND3rT.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/128/anteprojeto_no_02.19_-_anuncios_publicitarios_-_davi.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/129/anteprojeto_no_03.19_-_moral_legal_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/860/anteprojeto_sim_-_zetti_1.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/613/parecer_cesa_projeto_de_lei_no_15.19_-_crianca_e_NYSK1iS.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/616/parecer_cljrf_e_cospaic_projeto_de_lei_complemen_VWPB98u.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/824/proposicao_de_emenda_n1__ao_proj._lc_n._03_plano_MA0PQaQ.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/625/proposicao_de_emenda_n02_ao_proj._lei_complement_XXwezZK.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/825/proposicao_de_emenda_n3__ao_proj._lc_n._03_plano_yYK3B6D.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/627/proposta_orcamento.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/628/emenda_a_lei_organica_no_20_nepotismo_cruzado.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/629/emenda_a_lei_organica_no_21_-_convocacao_de_secretarios.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/797/anexo_ii_e_iii_anexo_de_metas_fiscais__ao_projet_D370Av9.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/823/mensagem_ao_projeto_de_lei_complementar_no_03.19.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/865/submenda_proposicao_de_emenda_1_ao_pl_19_orcamen_DriXBpC.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/932/pedido_de_voto_em_destaque.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/935/projeto_substitutivo_projeto_resolucao_11_comiss_bTyXeoq.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/116/projeto_de_lei_no_01.19_-_reajuste_dos_servidore_r7HLkBw.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/117/projeto_de_lei_no_02.19_-_concessao_de_transport_54FOiU7.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/119/projeto_de_lei_no_05.19_e_mensagem__e_projeto_de_V76Drz8.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/13/projeto_de_lei_no_07.19_diretrizes_para_elaboraca_sVfBoF1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/121/projeto_de_lei_no_11.19_-_abrir_credito__-_executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/773/projeto_de_lei_no_14.19_-_distrito_industrial.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/493/projeto_de_lei_no_15.19_-_projeto_da_crianca_e_d_mV098sv.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/604/projeto_de_lei_no_17.19_-_proibe_fornecimento_de_oDQIzRh.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/769/projeto_de_lei_ord_18-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/770/projeto_de_lei_19.19_-_loa.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/771/projeto_de_lei_no_20.19._adequacao_ldo_2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/772/projeto_de_lei_no_21.19_-__adequacao_ppa_orcamento_2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/839/projeto_de_lei_ord_22-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/858/msg_17_proj_lo_n.23.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/859/msg_18_proj_lo_n._24.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/907/projeto_de_lei_no_26.10_-_ok_altera_lei_estima_a_receita.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/908/projeto_de_lei_no_27.10_-_altera_estatuto.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/909/projeto_de_lei_no_28.19_-_abrir_credito.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/943/projeto_de_lei_no_30.19_-_ratifica_o_protocolo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/950/projeto_de_lei__31_doacao_distrito_ajustado_1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/956/projeto_de_lei_no_32.19_-_altera_alei_no_1038.19.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/133/projeto_de_resolucao_no_01.19_-_revisao_geral_do_r4HaqhZ.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/134/mensagem__e_projeto_de_lei_no_02.19_ok_escola_do_qCysbVh.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/135/projeto_de_resolucao_no_03.19_-_ok_parlamento_jo_GD0awuA.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/136/projeto_de_resolucao_no_04_amplo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/2/projeto_de_resolucao_no_06.19_-_ok_plano_de_carrei_KAcsBft.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/10/projeto_de_resolucao_no_07_-_estrutura_da_camara__EERYBaI.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/82/projeto_de_resolucao_n.08-_controle_interno_novo_2.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/804/projeto_de_resolucao_no_09.19_-_institui_o_codig_8HPNqWv.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/805/projeto_de_resolucao_no__10_ok_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/838/projeto_resolucao_11_regimento_interno_comissao__Q89dSVS.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/878/projeto_de_resolucao_no_12_-_devolucao_de_recurs_Xa8T9oQ.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/882/projeto_de_resolucao_no_13.19.-trata_adiamento_d_gyX3d0N.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/917/projeto_de_resolucao_no_14.19_-_denega_recurso_p_HKFByIU.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/955/projeto_de_resolucao_no_16_-_devolucao_de_recurs_kvmy3l3.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/617/projeto_de_lei_complementar_no_03.19_-_revisao_d_AaVdPIE.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/765/projeto_de_lei_complementar_no_05.19_-_postos_de_wUhqvhE.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/921/projeto_de_lei_complementar_no_06.19_-_abandono__0AZzVx6.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/124/projeto_de_lei_no_02.19_-_concessao_de_transport_v9ujJNc.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/16/indicacao_no_01.19_-_rampa_de_acesso_para_cadeira_b910XgF.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/23/indicacao_no_06.19_-_construcao_de_creche_paralis_uiREl4n.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/24/indicacao_no_07.19_-_operacao_tapa_buracos_-_math_rPaMMdh.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/25/indicacao_no_08.19_-_operacao_tapa_buracos_-_math_hoGNLza.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/26/indicacao_no_10.19_-_limpeza_no_terreno_-__matheus_e_davi.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/29/indicacao_no_11.19_-_redutor_de_velocidade_-__mat_Qa9kd6l.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/30/indicacao_no_12.19_-_rede_de_esgoto_e_tapa_buraco_tE1YGwe.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/34/indicacao_no_16.19_-__ok_parquinho_abandonado__-__TComhWA.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/37/indicacao_no_19.19_-__limpeza_no_local__-__matheus_e_davi.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/38/indicacao_no_19.19_-__limpeza_no_local__-__matheus_e_davi.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/39/indicacao_no_21.19_-__limpeza_de_terreno_-__mathe_1ChKhj2.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/40/indicacao_no_22.19_-__limpeza_na_praca_do_triangu_CZehjnD.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/42/indicacao_no_24.19_-__retirada_de_lixo_na_rua_dr__OgeR9uf.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/43/indicacao_no_25.19_-__retirada_de_lixo_no_campo_d_MfiFliR.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/44/indicacao_no_26.19_-__manutencao_na_zona_rural_do_Wp19nhI.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/45/indicacao_no_27.19_-_limpeza_no_terreno_da_prefei_pIgA6MC.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/46/indicacao_no_28.19_-_instalar_iluminacao_de_energ_awLWMWL.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/48/indicacao_no_30.19_-_retirar_a_protecao_de_lata_a_gTxXHNg.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/50/indicacao_no_32.19_-_tomar_providencias_cabiveis__R9aaECD.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/60/indicacao_no_33.19_-_limpeza_de_terrenos_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/62/indicacao_no_35.19_-_tintas_nos_postes_estao_apag_GdEHTTE.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/51/indicacao_no_36.19_-_divulgar_os_sintomas_de_ataq_0LTQSJo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/12/indicacao_no_38.19_-_implementar_academia_ao_ar_l_Yke4UYF.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1/indicacao_no_39.19_-_limpeza_no_terreno_publico___nRuC74v.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/53/indicacao_no_40.19_-_adquirir_britador_para_prefe_JVPeesZ.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/54/indicacao_no_41.19_-_necessita_de_garis_e_recapea_rIkfggr.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/606/indicacao_no_42.19_-_gratificacao_ou_bonificacao_xlYqMrP.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/607/indicacao_no_43.19_-_limpeza_no_corrego_-_davi.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/608/indicacao_no_44.19_-_retirada_de_entulho_na_via_-_davi.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/766/indicacao_no_46.19_-_placa_de_outdoor_-_davi.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/789/indicacao_no_48.19_-_desmoronamento_e_mau_cheiro_HbXyUce.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/798/indicacao_no_49.19_-_para_replantr_arvores_-_denis.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/806/indicacao_no_50.19_-_limpeza_no_corrego_-_matheu_8yH0vY3.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/807/indicacao_no_51.19_-_construcoes_de_rotatorias_-_davi.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/841/indicacao_no__53_zetti_reparos_portal_policia_1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/842/indicacao_no_54_zeti_poda_arvores_estacionamento_1.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/843/indicacao_no_55_patrimonio_cultural__musica_denis_1.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/844/indicacao_no_56_limpesa_rodoviaria_denis_1.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/847/indicacao_no__57_juliana_operacao_tapa_buraco_1.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/848/indicacao_no__58_juliana_bueiro_correcao_cedeu_1.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/849/indicacao_no__59_mathueus_cameras_1.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/850/indicacao_no__60_zetti_mata_burrosc_1.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/871/indicacao_no__61_davi_noticias.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/872/indicacao_62_gilmar_agua_chuva_cruzamento.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/873/indicacao__63_roberto_cameras.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/874/indicacao_64_donizetti_parque_odelio__brito.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/876/indicacao_65_denis_festa_congo_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/893/indicacao_no__66__-_horat_comunitaria_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/928/indicacao_no_67.19_-_votorantin_emprestar_maquin_KNnnRUx.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/929/indicacao_no_68.19_-_tapa_buracos_e_retirada_de__xr5WYa2.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/902/indicacao_no_69.19_-_retirada_de_folhas_de_coque_VS5vKdO.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/903/indicacao_no_70.19_-_limpeza_no_cecoi_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/912/indicacao_no_71.19_-limpezeza_e_iluminacao_na_pr_1U4bzFP.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/913/indicacao_no_72.19_-bancos_quebrados_na_praca_-__HbEeRzg.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/916/indicacao_no_73.19__tampa_de_bueira_solta_-_davi.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/930/indicacao_no_74.19__coleta_seletiva_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/931/indicacao_no_75.19__limpeza_na_praca_santa_terez_ssNg3TM.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/919/indicacao_no_76.19__limpeza_e_placa_-_davi.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/937/indicacao_no_77.19_telhado_na_estacao_cultura_-__x3nul0R.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/947/indicacao_no_78.19_-_usina_de_reciclagem_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/968/indicacao_no_79.19_-_limpeza_no_terreno_-_davi.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/138/mocao_no_02.19_-_congratulacoes_pelos_22_anos_it_j6vahdW.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/139/mocao_no_03.19_-_mocao_de_aplausos_futsal_campea_-_davi.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/140/mocao_no_04.19_-_mocao_de_aplausos_ao_estudante__finAc3v.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/609/mocao_no_09.19_-_mocao_de_aplausos_capoeira_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/862/mocao_13_henrique_pj_davi_e_matheus_1.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/904/mocao_no_14.19_-_mocao_de_aplausos_ao_circo_do_c_kFGg01u.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/905/mocao_no_15.19_-_mocao_de_aplausos_aos_usuarios__t0lSBpJ.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/64/requerimento_no_02.18_-_requer_informacoes_sobre__QTdUKXQ.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/65/requerimento_no_03.18_-_requer_informacoes___da_f_4pOBdUu.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/66/requerimento_no_04.18_-_requer_urgencia_especial__ThJdkhN.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/67/requerimento_no_05.18_-_quando_o_fundeb_paga_por__bVRZCwA.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/68/requerimento_no_06.18_-_requer_o_total_de_dividas_SgJscor.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/69/requerimento_no_07.18_-_requer_todas_as_notificac_OVOZZ0Q.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/70/requerimento_no_08.18_-_requer_urgencia_especial__CFZyva0.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/76/requerimento_no_14.19_-_retirada_de_bancos_da_est_6DGe0si.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/77/requerimento_no_15.19_-_carga_e_descaga_dde_merca_1nrgaBW.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/78/requerimento_no_16.19_-_relacao_do_cargo_em_comis_DRNeaS3.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/80/requerimento_no_19.19_-_relacao_do_cargo_em_comis_2MwIcs6.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/83/requerimento_no_21.19_-_relatorio_contendo_os_vei_HomIf69.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1244/requerimento_no_22.19_-_ingresso_do_cabo_rhende_74OGrcD.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/84/requerimento_no_23.19_-_requer_informacoes_a_resp_f24Dl4J.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/86/requerimento_no_24.19_-_requer_informacoes_junto__DbklMod.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/85/requerimento_no_25.19_-_gastos_com_a_cemig_-_davi.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1243/requerimento_no_28.19_-_informacoes_a_respeito__7wWHJGc.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/88/requerimento_no_29.19_-_relatorio_detalhado_de_ve_zdkcXJv.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/89/requerimento_no_31.19_-_requer_urgencia_especial__rEhBwD8.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/91/requerimento_no_33.19_-_requer_convocacao_da_gian_ymPIXay.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/93/requerimento_no_35.19_-_requer_informacoes_sobre__FC6c5Zl.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/95/requerimento_no_37.19_-_requer_informacoes_a_cest_VerGH9B.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/102/requerimento_no_42.19_-_requer_sobre_o_barracao__FOZgw8x.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/103/requerimento_no_43.19_-_requer_informacoes_sobre_rMVjWex.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/104/requerimento_no_44.19_-_requer_relacao_do_valor__Vf5gXYK.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/107/requerimento_no_47.19_-_relacao_dos_agentes_poli_k7qzzTv.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/108/requerimento_no_49.19_-_onde_encontra_os_onibus__V7jt5o6.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/111/requerimento_no_50.19_-_requer_informacoes_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/109/requerimento_no_51.19_-_requer_urgencia_especial_z6KFloP.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/113/requerimento_no_53.19_-_requer_informacao_a_resp_eckKK3P.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/114/requerimento_no_54.19_-_requer_copia_do_convenio_uBjDaUf.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/485/requerimento_no_57.19_-_requer_urgencia_simples.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/488/requerimento_no_61.19_-_requer_informacoes_a_res_Ob5OuKY.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/489/requerimento_no_62.19_-_requer_informacoes_a_res_dENGs10.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/552/requerimento_no_63.19_-_requer_informacoes_reite_FTayll9.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/605/requerimento_no_64.19_-_terceirizar_viagens_rela_2ZMhOlf.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/619/requerimento_no_66.19_-_alteracao_da_sessao_do_d_OEkiP7R.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/759/requerimento_no_67.19_pdf.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/776/requerimento_no_70.18_-_requer_informacoes_agend_8KYG00n.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/781/requerimento_no_75.19_-_requer_informacoes__a_re_YDo9LLy.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/783/requerimento_no_77.19_-_requer_informacoes__a_re_FrfC0jN.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/787/requerimento_no_81.19_-_requer_informacoes__a_re_2XiT9yw.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/788/requerimento_no_82.19_-_requer_informacoes__do_p_7DDElPa.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/791/requerimento_no_83.19_-_ok__pagamento_e_multas_e_88bFfpd.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/792/requerimento_no_84.19_-_requer_informcoes_a_repe_JcIgoIz.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/799/requerimento_no_85.19_-_construcao_da_quadra_sao_9uZVKrZ.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/800/requerimento_no_86.19_-_reforma_da_quadra_3_mari_NOVptxz.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/801/requerimento_no_87.19_-_adonai_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/802/requerimento_no_88.19_-_secretaria_municipal_de__9Ha8rgL.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/803/requerimento_no_89.19_-area_verde_-_davi.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/808/requerimento_no_90.19_-_contas_de_energia_antiga_lUIwhvE.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/809/requerimento_no_91.19_-_verba_assistencia_social_pWrmykA.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/810/requerimento_no_92.19_-_terrenos_do_municipio_-__YEw2n9o.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/811/requerimento_no_93.19_-_relacao_de_imoveis_-_davi.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/812/requerimento_no_94.19_-_copia_de_documentos_de_p_aYRH6XW.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/813/requerimento_no_95.19_ok__-_programa_ou_projetos_icvNLYS.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/814/requerimento_no_96.19_-_copia_contrato_cemetra_-_davi.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/815/requerimento_no_97.19_-_complemetacao_dos_servid_UX3ZXBG.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/816/requerimento_no_98.19_-_inss_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/817/requerimento_no_99.19_-_lista_de_espera_cirurgia_dVgtHKh.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/818/requerimento_no_100.19_-_convenios_que_a_prefeit_1OgZ43r.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/819/requerimento_no_101.19_-_informacoes_advindo_do__NzFpSB8.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/820/requerimento_no_102.19_-_copia_do_edital_de_leil_8fIa8ts.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/821/requerimento_no_103.19_-_houve_denuncia_protocol_ubnasTf.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/822/requerimento_no_104.19_-_convoca_secretaria_de_s_058woa3.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/829/requerimento_muda_sessao_1.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/830/requerimento__n.106_zete_combustiveis_preco.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/831/requerimento_no_107__zetti_feira_da_estacao_1.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/832/requerimento_108_coleta_lixo_matheus_1.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/833/requerimento_109_itr_davi_matheus_1.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/834/requerimento_110__zete_cohab_1.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/835/requerimento_111__davi_moto_1.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/836/requerimento_112_denis_instrumentos_filarmonica_1.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/837/requerimento_113_denis_sec_agricultura.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/851/requerimento_114_muda_sessao_5.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/852/requerimento_115__zete_divida_m2_1.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/853/requerimento_116_davi_gastos_com_transf._sede_se_cb0XcUu.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/854/requerimento_117_-_pagto_acoes_servidores_na_justica_1.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/855/requerimento_118_-_zete_cemetra_1.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/856/requerimento_119_juliana_ambulantes_1.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/868/requerimento_120_davi_-_mg344.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/870/requerimento_121_donizetti__-_requer_urgencia_es_Uq7r3ey.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/869/requerimento_122_denis_13_salario.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/863/requerimento_no_123_urgencia_emenda_orcamento_1.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/892/requerimento_no_124_-_urgencia_orcamento.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/883/requerimento_no_125.19_-__veiculos_abandonados_-_l48Qog8.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/884/requerimento_no_126.19_-_receita_corrente_liquid_VECKNvE.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/885/requerimento_no_127_-_cecoi_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/886/requerimento_no_128.19_-__pre_sal._-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/887/requerimento_no_129_cemig.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/888/requerimento_no_130.19_-_tendas_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/889/requerimento_no_131.19_-_creche_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/891/requerimento_no_132.19_-_requer_urgencia_especial_cecoi.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/879/requerimento_no_133.19_-_copia_da_pasta_de_docum_DO73K8g.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/890/requerimento_no_134.18_-_requer_urgencia_especia_ogkZEvs.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/898/requerimento_135_convoca_secretaria_daniele_medice.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/899/requerimento_136_convenio_praca_bae.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/900/requerimento_no_137.19_-_adesao_ao_programa_naci_H2fRMLC.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/901/requerimento_no_138.19_-_copia_do_termo_de_ajust_uDsgYF9.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/911/requerimento_no_139_-_requer_urgencia_especial_a_9kXzHME.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/914/requerimento_no_140.19_-_copia_carta_compromisso_rDf0mJr.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/915/requerimento_no_141.19_-_cemetra_-_davi.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/923/requerimento_no_142.18_-_requer_urgencia_especia_oQJuonx.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/938/requerimento_no_143.19_-_minerador_-_matheus_1.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/939/requerimento_no_144.19_-_carroca_lar_sao_vinete__WdxM5UZ.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/942/requerimento_no_145.19_-_atividades_economicas_-_nAI3xoZ.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/944/requerimento_no_146.19_-_projeto_subsidio_-_donizett.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/946/requerimento_no_147.19_-_relacao_de_veiculos_-_davi.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/948/requerimento_no_148.19_-_contas_da_educacao_-_davi.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/949/requerimento_no_149.19_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/951/requerimento_no_150.19_-_requer_urgencia_especia_tEc4FmP.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/954/requerimento_no_151.19_-_urgencia_especial_os_pr_XbR33tC.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/965/requerimento_no_152.19_-_requer_urgencia_especia_teDZZqQ.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/966/requerimento_no_153.19_-_requer_informacoes_sobr_nRt90eg.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/967/requerimento_no_154.19_-_programa_do_computador__KdqgHqc.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/27/parecer_da_cljrf_aos_projetos_de_leis_no_09_e_13._smRsDAa.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/58/parecer_cljrf_proposicao_de_emenda_a_lom_no_01.19_bdMutiq.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/492/parecer_cljrf_projeto_de_lei_no_15.19_-_crianca__iKPZUqL.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/612/parecer_cljrf_projeto_de_lei_no_15.19_-_crianca__bl1j7gY.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/614/parecer_cljr_a_proposta_de_emenda_a_lom_no_01.19_1HyqvRZ.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/626/parecer_em_redacao_final_proj._resolucao_n._08__6XK4tBY.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/774/parecer_cljef_e_cospaic_ao_projeto_de_lei_no_14._Nbi1WQY.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/790/comissao_de_legislacao_justica_e_redacao_final_a_BeRZ9aj.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/795/parecer_em_redacao_final_projeto_de_lei_no_14.19_lvxfb3p.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/826/parecer_cljrf_proposta_de_emenda_a_lei_organica__NIeopNQ.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/827/parecer_da_cljrf_a_proposta_de_emenda_a_lom_no_0_yjYWKfS.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/828/parecer_da_cljrf_a_proposta_de_emenda_a_lom_no_0_tg10LlW.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/845/emenda_n._03_plano_diretor_e_parecer_em_conjunto_1.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/846/parecer_em_conjunto_projeto_lc_n._02_horario_fun_bP6aXOJ.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/857/comissao_de_legislacao_redacao_final_emendas_lei_wTFKYJk.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/875/parecer_redacao_final_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/906/parecer_em_redacao_ao_projeto_de_lei_no_25.19_cecoi.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/910/parecer_em_conjunto_proj._resolucao_12_devolucao_0tucDvb.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/918/parecer_cljrf_recurso_interposto_pelo_donizetti.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/924/parecer_cljrf_projeto_de_resolucao_no_09.19_codi_MwePDbB.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/925/comissao_de_legislacao__ao_projeto_de_lei_no_27.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/926/comissao_de_legislacao_ao_projeto_de_lei_no_22_a_wsMlfRR.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/927/parecer_projeto_de_lei_no_24.19_crianca_e_adolescente.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/936/comissao_de_legislacao_projetos_resolucao_10__11_ZBbuVBD.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/940/parecer_redacao_final_projetos_18_e_27_e_24_reso_8X8VfzO.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/952/comissao_de_legislacao_ao_projeto_de_lei_no_29.1_QklkvKn.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/953/comissao_de_legislacao_justica_e_redacao_final_a_9nhQxHH.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/970/parecer_cljrf_projeto_de_lei_no_30.19_-ratifica__zUMqXpP.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/971/comissao_de_legislacao_justica_e_redacao_final_a_gYEgKVa.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/96/proposicao_de_emenda_no_01_a_proposta_de_emenda_n_crzhjfg.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/934/emenda_01_proj._resolucao_n._09_codigo_etica_1.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/864/proposicao_de_emenda_n_1_orcamento_matheus_davi__yfZCSY2.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/897/proposicao_de_emenda_01_pl_21-19.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/97/proposicao_de_emenda_n._02_a_lom_da_2__convocacao_bG4QHwB.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/866/proposicao_de_emenda_02_pl_19-_usina_solar_escola_1.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/895/proposicao_de_emenda_no_02_ao_projeto_de_lei_no_21.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/867/parecer_emenda_1_e_2_pl19_comissao_de_financas_e_gsnnyMo.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/896/parecer_cfo_02_projeto_de_lei_no_21.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/491/parecer_cesa_projeto_de_lei_no_15.19_-_crianca_e_lAeNtNk.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/56/proposta_de_emenda_a_lei_organica_no_01_-_nepotismo.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/57/proposicao_de_emenda_no_02.19_-_convocacao_de_secretarios.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/760/proposicao_de_emenda_a_lei_organica_no_03_-_ok_o_Xt4Y4pv.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/762/proposicao_de_emenda_no_05.19_-_utilizacao_de_be_P7Djcm1.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/763/proposta_de_emenda_no_06.19_-_resposta_do_poder__Al0NmSi.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/764/proposta_de_emenda_a_lom_no_07.19_-_eleicao_da_mesa.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/861/proposta_de_emenda_a_lom__n._08_residencia_secre_8CLjRnw.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/881/proposta_de_emenda_a_lei_organica_no_09.19_conselhos_1.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/127/anteprojeto_no_01.19_-_gratuidade_onibuis_univer_XOND3rT.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/128/anteprojeto_no_02.19_-_anuncios_publicitarios_-_davi.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/129/anteprojeto_no_03.19_-_moral_legal_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/860/anteprojeto_sim_-_zetti_1.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/613/parecer_cesa_projeto_de_lei_no_15.19_-_crianca_e_NYSK1iS.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/616/parecer_cljrf_e_cospaic_projeto_de_lei_complemen_VWPB98u.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/824/proposicao_de_emenda_n1__ao_proj._lc_n._03_plano_MA0PQaQ.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/625/proposicao_de_emenda_n02_ao_proj._lei_complement_XXwezZK.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/825/proposicao_de_emenda_n3__ao_proj._lc_n._03_plano_yYK3B6D.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/627/proposta_orcamento.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/628/emenda_a_lei_organica_no_20_nepotismo_cruzado.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/629/emenda_a_lei_organica_no_21_-_convocacao_de_secretarios.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/797/anexo_ii_e_iii_anexo_de_metas_fiscais__ao_projet_D370Av9.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/823/mensagem_ao_projeto_de_lei_complementar_no_03.19.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/865/submenda_proposicao_de_emenda_1_ao_pl_19_orcamen_DriXBpC.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/932/pedido_de_voto_em_destaque.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/935/projeto_substitutivo_projeto_resolucao_11_comiss_bTyXeoq.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H379"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="47.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="155.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="138.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="137.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>