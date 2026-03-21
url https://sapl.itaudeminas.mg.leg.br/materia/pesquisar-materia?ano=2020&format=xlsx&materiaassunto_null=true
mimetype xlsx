--- v0 (2026-02-02)
+++ v1 (2026-03-21)
@@ -54,1138 +54,1138 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/973/projeto_de_resolucao_no_01_numero_membros_comiss_ZIMF6zF.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/973/projeto_de_resolucao_no_01_numero_membros_comiss_ZIMF6zF.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A PROCEDER À PERMUTA DE IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/974/mensagem_no_02.2020_ao_projeto_de_lei_no_02.2020.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/974/mensagem_no_02.2020_ao_projeto_de_lei_no_02.2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>MATHEUS VILELA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/978/projeto_de_lei_no_03.20_-_fibromialgia.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/978/projeto_de_lei_no_03.20_-_fibromialgia.pdf</t>
   </si>
   <si>
     <t>Estabelece diretrizes gerais para o atendimento prestado pelo Sistema Municipal de Saúde às pessoas acometidas por Síndrome de Fibromialgia ou Fadiga Crônica.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1009/projeto_de_lei_no_04.20_-_pre-sal.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1009/projeto_de_lei_no_04.20_-_pre-sal.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1063/2020 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2020 - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1010/projeto_de_lei_no_05.20_-_credito_especial_-_hospital.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1010/projeto_de_lei_no_05.20_-_credito_especial_-_hospital.pdf</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1011/projeto_de_lei_no_06.20_-_concessao_de_subvencoes.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1011/projeto_de_lei_no_06.20_-_concessao_de_subvencoes.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS E CONTRIBUIÇÕES NO EXERCÍCIO DE 2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1012/projeto_de_lei_no_07.20_-_cota_parte.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1012/projeto_de_lei_no_07.20_-_cota_parte.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1063/2020 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINASPARA O EXERCÍCIO FINANCEIRO DE 2020 - E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1013/projeto_de_lei_no_08.20_-aquisicao_de_material__OZxypx3.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1013/projeto_de_lei_no_08.20_-aquisicao_de_material__OZxypx3.pdf</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1024/projeto_credito_especial_-_cfem.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1024/projeto_credito_especial_-_cfem.pdf</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1025/projeto_de_lei_no_10.20_-_credito_especial_-_cefem.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1025/projeto_de_lei_no_10.20_-_credito_especial_-_cefem.pdf</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1026/projeto_de_lei_no_11.20_-_permuta.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1026/projeto_de_lei_no_11.20_-_permuta.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A PROCEDER À PERMUTA DE IMÓVEL DE PROPRIEDADE DO MUNICÍPIO, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1041/projeto_de_lei_no_12.20_-_transporte_escolar.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1041/projeto_de_lei_no_12.20_-_transporte_escolar.pdf</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>DAVI OLIVEIRA DE SOUSA, MATHEUS VILELA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1049/projeto_de_lei_no_13.20_-_consciencia_negra_-.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1049/projeto_de_lei_no_13.20_-_consciencia_negra_-.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 13/2020_x000D_
 _x000D_
 _x000D_
 Institui a Semana Municipal da Consciência Negra e de ação antirracista no Município de Itaú de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Ronilton Gomes Cintra</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1087/projeto_de_lei_14_-_ldo_2021_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1087/projeto_de_lei_14_-_ldo_2021_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO EXERCÍCIO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1066/projeto_de_lei_no_15.20_-_suspensao_pagamento_d_eMmxGJ2.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1066/projeto_de_lei_no_15.20_-_suspensao_pagamento_d_eMmxGJ2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a suspensão do pagamento de aluguel das empresas que possuem contrato de locação com o Município de Itaú de Minas/MG.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1084/projeto_16_credito_especial_-_recursos_tjmg_san_j0G6xJB.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1084/projeto_16_credito_especial_-_recursos_tjmg_san_j0G6xJB.pdf</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1085/projeto_17_credito_especial_-_emater_-_despesa__jWCfM04.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1085/projeto_17_credito_especial_-_emater_-_despesa__jWCfM04.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1063/2020 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINASPARA O EXERCÍCIO FINANCEIRO DE 2020 - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA LEI Nº 1063/2020 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2020 - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1063/2020 - DO MUNICÍPIO DEM ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2020 - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CODIFICAÇÃO DOS CARGOS DE AGENTES COMUNITÁRIOS DE SAÚDE E DE AGENTE DE COMBATE A ENDEMIAS CINBSTANTES DA LEI Nº 986/2016, E ALTERAÇÃO POSTERIOR.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>OBERDAN FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1209/projeto_22_e_mensagem_proibe_eventos_covid_oberdan_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1209/projeto_22_e_mensagem_proibe_eventos_covid_oberdan_1.pdf</t>
   </si>
   <si>
     <t>PROIBE A REALIZAÇÃO DE EVENTOS COMO AÇÃO DE ENFRENTAMENTO À PANDEMIA DO COVID 19 EM ITAÚ DE MINAS/MG.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1208/projeto_de_lei_no_23.20_-_uti_movel_-_executivo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1208/projeto_de_lei_no_23.20_-_uti_movel_-_executivo.pdf</t>
   </si>
   <si>
     <t>PPROJETO DE LEI Nº 23, DE 25 DE JUNHO DE 2020._x000D_
 _x000D_
 AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1063/2020 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2020 - E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 _x000D_
 	A Câmara Municipal de Itaú de Minas (MG), por seus representantes, aprova a seguinte lei:_x000D_
 _x000D_
 	Art. 1º - Fica o Poder Executivo autorizado a abrir crédito adicional especial na Lei Orçamentária Anual - Lei nº 1063, de 02 de janeiro de 2020 -, na importância de R$ 198.000,00 (cento e noventa e oito mil reais), destinado à aquisição de Ambulância - UTI Móvel para a manutenção das ações e serviços públicos de saúde, nas seguintes dotações orçamentárias:_x000D_
 _x000D_
 Órgão:	02 - Executivo Municipal	_x000D_
 Unidade:	02.10 - Secretaria de Saúde	_x000D_
 Classificação programática:	10.302.1008.1.008.1113 - Aquisição de UTI Móvel Terrestre	_x000D_
 Natureza da despesa:	4.4.90.52 - Equipamento e Material Permanente 	_x000D_
 Destinação de Recursos	2.092 - Alienação de Bens	R$ 110.000,00</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1207/projeto_de_lei_no_24.20_-_majoracao_-_executivo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1207/projeto_de_lei_no_24.20_-_majoracao_-_executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MAJORAÇÃO DO LIMITE DE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES AO ORÇAMENTO DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2020.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1235/projeto_n._25_credito_especial_-_raio-x.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1235/projeto_n._25_credito_especial_-_raio-x.pdf</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1236/projeto_n._26_credito_especial_-_saude_e_assistencia.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1236/projeto_n._26_credito_especial_-_saude_e_assistencia.pdf</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1245/projeto_de_lei_no_27.20_-_abertura_credito_raio_qck2JQi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1245/projeto_de_lei_no_27.20_-_abertura_credito_raio_qck2JQi.pdf</t>
   </si>
   <si>
     <t>- AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1063/2020 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2020 - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1250/projeto_de_lei_no_28.20_-_loa.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1250/projeto_de_lei_no_28.20_-_loa.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2021.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1251/projeto_de_lei_no_29.20_-_modifica_-_executivo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1251/projeto_de_lei_no_29.20_-_modifica_-_executivo.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei nº 1086, de 15 de julho de 2020, que dispõe sobre as diretrizes para a elaboração da Lei Orçamentária do exercício de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1252/projeto_de_lei_no_30.20_-_modifica_-_executivo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1252/projeto_de_lei_no_30.20_-_modifica_-_executivo.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei nº 1010, de 28 de dezembro de 2017, que dispõe sobre o Plano Plurianual para o período 2018/2021, e dá outras providências.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1269/projeto_de_lei_no_31.20_-_pagamento.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1269/projeto_de_lei_no_31.20_-_pagamento.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 31, DE 28 DE SETEMBRO DE 2020._x000D_
 _x000D_
 AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1063/2020 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2020 - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1270/projeto_de_lei_no_32.20_-_veiculo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1270/projeto_de_lei_no_32.20_-_veiculo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 32, DE 28 DE SETEMBRO DE 2020._x000D_
 _x000D_
 _x000D_
 AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1063/2020 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2020 - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1283/projeto_de_lei_no_33.20_-_executivo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1283/projeto_de_lei_no_33.20_-_executivo.pdf</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1292/projeto_de_lei_no_34.20_-_credito_suplementar_fias_ok_ok.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1292/projeto_de_lei_no_34.20_-_credito_suplementar_fias_ok_ok.pdf</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1293/projeto_de_lei_no_35.20_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1293/projeto_de_lei_no_35.20_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1294/projeto_de_lei_no_36.20_-_abeertura_de_credito.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1294/projeto_de_lei_no_36.20_-_abeertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1305/projeto_de_lei_no_37.20_-_majoracao_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1305/projeto_de_lei_no_37.20_-_majoracao_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1311/projeto_de_lei_no_38.20_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1311/projeto_de_lei_no_38.20_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS E CONTRIBUIÇÕES NO EXERCÍCIO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1312/projeto_de_lei_no_39.20_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1312/projeto_de_lei_no_39.20_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1314/projeto_de_lei_no_40.20_-_majoracao_ok.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1314/projeto_de_lei_no_40.20_-_majoracao_ok.pdf</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1315/projeto_de_lei_no_41.20_-_autoriza_abertura_credito.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1315/projeto_de_lei_no_41.20_-_autoriza_abertura_credito.pdf</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Suplementar na Lei nº 1063 que Estima a receita e fixa despesa do município para o Exercício Financeiro de 2020 e dá outras providências (destina recursos pro Lar São Vicente de Paulo);</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>OBERDAN FARIA, DAVI OLIVEIRA DE SOUSA, MATHEUS VILELA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/972/projeto_de_resolucao_no_01_numero_membros_comiss_4mg8pG0.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/972/projeto_de_resolucao_no_01_numero_membros_comiss_4mg8pG0.pdf</t>
   </si>
   <si>
     <t>Altera o Regimento Interno da Câmara Municipal de Itaú de Minas, dispondo formação de Comissão Especial.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/975/projeto_de_resolucao_no_02_reajuste_de_448_para__BSg8KWq.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/975/projeto_de_resolucao_no_02_reajuste_de_448_para__BSg8KWq.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL DOS VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>DAVI OLIVEIRA DE SOUSA, GILMAR DOS SANTOS CHAVES, JULIANA MATTAR, MATHEUS VILELA SILVA, OBERDAN FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1050/projeto_de_resolucao_no_03.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1050/projeto_de_resolucao_no_03.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 03/20_x000D_
 Altera a Resolução Nº 262/19 – Regimento Interno da Câmara Municipal de Itaú de Minas e dá outras providências</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1057/projeto_de_resolucao_n_04_sessao_remota_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1057/projeto_de_resolucao_n_04_sessao_remota_1.pdf</t>
   </si>
   <si>
     <t>Institui ritos de procedimentos para a realização de sessões ordinárias e extraordinárias, na modalidade remota, no âmbito da Câmara Municipal de Itaú de Minas/MG como solução a ser utilizada durante a emergência de saúde pública relacionada à pandemia do COVID-19 e assemelhados.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>DENIS DONIZETTI MAGALHÃES, DONIZETTI ANTONIO DE AMORIM, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1088/projeto_resolucao_5_mensagem_requerimento_antep_6gsHEzV.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1088/projeto_resolucao_5_mensagem_requerimento_antep_6gsHEzV.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO N. 262, DE 03 DE JULHO DE 2019 - REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ITAÚ DE MINAS, DISPONDO SOBRE MODALIDADE DE REQUERIMENTO.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1780/projeto_de_resolucao_06.20.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1780/projeto_de_resolucao_06.20.pdf</t>
   </si>
   <si>
     <t>ALTERA O REGIMENTO INTERNO DA CAMARA MUNICIPAL DE ITAÚ DE MINAS, DISPONDO SOBRE O FUNCIONAMENTO DAS COMISSÕES PERMANENTES.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1781/projeto_resolucao_07.20.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1781/projeto_resolucao_07.20.pdf</t>
   </si>
   <si>
     <t>ALTERA REGIMENTO INTERNO DA CAMARA MUNICIPAL DE ITAU DE MINAS, DISPONDO SOBRE EMENDAS IMPOSITIVAS.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1281/projeto_de_resolucao_no_09.20_-_muda_prazos_contas_versao_roberto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1281/projeto_de_resolucao_no_09.20_-_muda_prazos_contas_versao_roberto.pdf</t>
   </si>
   <si>
     <t>ALTERA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ITAÚ DE MINAS, DISPONDO SOBRE O JULGAMENTO DAS CONTAS DO PREFEITO.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1298/projeto_de_resolucao_no_10.20_-_devolucao_de_repasse_fias.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1298/projeto_de_resolucao_no_10.20_-_devolucao_de_repasse_fias.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal antecipar, ao Executivo Municipal, a devolução de recursos financeiros em disponibilidade no Legislativo.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
     <t>DAVI OLIVEIRA DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1008/projeto_de_lei_complementar_no__01_-ok__iptu_entidades.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1008/projeto_de_lei_complementar_no__01_-ok__iptu_entidades.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos na Lei Complementar nº 10/1997 que Instituiu o Código Tributário do Município de Itaú de Minas, de 29 de dezembro de 1997.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>DONIZETTI ANTONIO DE AMORIM</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1123/projeto_de_lei_complementar_no_02.20_-_plano_di_viiCwys.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1123/projeto_de_lei_complementar_no_02.20_-_plano_di_viiCwys.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo que menciona na Lei Complementar nº 56/2019 – que Institui a revisão do Plano Diretor de Itaú de Minas/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1253/projeto_de_lei_complementar_no_03.20_-_chacreamento.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1253/projeto_de_lei_complementar_no_03.20_-_chacreamento.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DO SOLO PARA FINS DE CHACREAMENTO NO MUNICÍPIO DE ITAÚ DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>Modifica a Lei Complementar nº 10/1997, que institui o Código Tributário do Município de Itaú de Minas, e dá outras providências.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1297/projeto_lc_05-2020_recente_roberto_fogos.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1297/projeto_lc_05-2020_recente_roberto_fogos.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo na Lei Complementar nº02/1993 que Instituiu o Código de Posturas_x000D_
 do Município de Itaú de Minas, de 20 de Abril de 1993, alterada pela Lei Complementar n. 42,_x000D_
 de 12 de Março de 2015 e dá outras providências.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/994/indicacao_no_01.20_-_creche_-_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/994/indicacao_no_01.20_-_creche_-_donizetti.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, indica as seguintes providências em relação a Creche Sônia Salete Cintra:_x000D_
 - regularização e fechamento dos acessos à creche que se encontra com portões abertos permitindo a entrada indiscriminada de pessoas, drogados e vândalos no local;_x000D_
 - tamponamento da caixa d´água que está aberta e coloca em risca a vida de pessoas que podem se aventurar em entrar ou cair nela e está com vazamento que precisa ser reparado;_x000D_
 - reparos nas portas de banheiros que foram quebradas e reposição dos chuveiros que foram roubados;</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/995/indicacao_no_02.20_-_manutencao_nas_estradas_rur_y1jzcw1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/995/indicacao_no_02.20_-_manutencao_nas_estradas_rur_y1jzcw1.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, indica as seguintes providências em relação Estrada do Lota imediações da Fazenda São João:_x000D_
 - manutenção e os reparos necessários na referida estrada para que os produtores rurais possam fazer o escoamento da produção de soja e milho.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>MATHEUS VILELA SILVA, DAVI OLIVEIRA DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/996/indicacao_no_04.20_-_providencias_agua_da_chuva__YrzmWv8.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/996/indicacao_no_04.20_-_providencias_agua_da_chuva__YrzmWv8.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para que seja estudada uma forma de resolver os problemas causados pelas enxurradas, na Rua Sebastião Correia Bento – Bairro Bela Vista, onde ás águas de chuvas estão entrando nas residências dos moradores deste bairro.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/997/indicacao_no_05.20_-_limpeza_no_terreno_notifica_07OHlIU.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/997/indicacao_no_05.20_-_limpeza_no_terreno_notifica_07OHlIU.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal para que se faça limpeza no terreno localizado no cruzamento Basílio Alves e Alcides Rodrigues de Souza.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1003/indicacao_no_06.20_-_providencias_estrada_de_ac_Z0VHH4l.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1003/indicacao_no_06.20_-_providencias_estrada_de_ac_Z0VHH4l.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, indica as seguintes providências em relação Estrada de acesso à Comunidade rural dos Tebas:_x000D_
 - desviar o escoamento da água das chuvas, nivelar, cascalhar se possível dando a devida manutenção e fazendo os reparos necessários na referida estrada para atender tanto os moradores locais, os  produtores rurais e motoristas que fazem o transporte de alunos utilizando-se da estrada do Tebas.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1004/indicacao_no_07.20_-_bacia_de_contencao_e_limpe_NPtOtGJ.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1004/indicacao_no_07.20_-_bacia_de_contencao_e_limpe_NPtOtGJ.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para estude a probabilidade de colocar uma bacia de contenção de água da chuva, entre a Creche e o novo Conjunto Habitacional São Lucas III, no Bairro São Lucas._x000D_
 Solicito também a carpina na frente da Creche, onde está com mato alto.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1005/indicacao_no_08.20_-_limpeza_no_terreno_-_mathe_EpilMtL.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1005/indicacao_no_08.20_-_limpeza_no_terreno_-_mathe_EpilMtL.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem indicam a Mesa desta Casa, providências junto ao Executivo Municipal para que faça limpeza no terreno da Prefeitura, na Rua José Lins, ao lado do nº 390.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1006/indicacao_no_09.20_-_tapa_buracos_-_matheus_e_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1006/indicacao_no_09.20_-_tapa_buracos_-_matheus_e_davi.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, indicam ao Executivo Municipal para que seja realizada uma operação tapa-buracos na Rua Braziel Ferreira Amorim, perto da Escola Municipal Magdalena Rimoli Moragas.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1007/indicacao_no_10.20_-_limpeza_no_terreno_-_mathe_4GnYGM7.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1007/indicacao_no_10.20_-_limpeza_no_terreno_-_mathe_4GnYGM7.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, requerem ao Plenário desta Casa de Leis junto ao Executivo Municipal para que se faça limpeza no terreno localizado na Rua José Delfino dos Santos.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1014/indicacao_no_11.20_-_limpeza_e_carpina_-_donize_NyIJC94.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1014/indicacao_no_11.20_-_limpeza_e_carpina_-_donize_NyIJC94.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal para fazer limpeza e carpina na Rua Eni nº 360, Perto da creche Municipal.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1015/indicacao_no_12.20_-_retirar_entulho_-_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1015/indicacao_no_12.20_-_retirar_entulho_-_donizetti.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal para retirar entulho que se encontra na Rua dos Gerânios, nº 559 – está na rua mais de 30 dias.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1016/indicacao_no_13.20_-_vidro_na_retroescavadeira__tNr8N7w.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1016/indicacao_no_13.20_-_vidro_na_retroescavadeira__tNr8N7w.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal para que seja colocado vidro na retroescavadeira JCB  da Prefeitura Municipal, conforme segue em anexo.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1017/indicacao_no_14.20_-_limpeza_de_terreno_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1017/indicacao_no_14.20_-_limpeza_de_terreno_-_davi.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal para que se faça limpeza no terreno localizado na Rua do Corredor, em frente ao nº 450 (terreno de esquina).</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1018/indicacao_no_15.20_-_informacoes_da_usina_de_re_FomYDZE.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1018/indicacao_no_15.20_-_informacoes_da_usina_de_re_FomYDZE.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, indica as seguintes providências em relação Usina de Reciclagem:_x000D_
 - ampliação da largura da cinta para que todos utilizem o mesmo lado da esteira de lixo;_x000D_
 - melhorar os assentos dos bancos;_x000D_
 - instalar ventiladores em uma das laterais da esteira para afastar dos trabalhadores  o mau cheiro exalado do lixo.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1019/indicacao_no_16.20_-_limpeza_no_terreno_-_mathn_5LKmbtl.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1019/indicacao_no_16.20_-_limpeza_no_terreno_-_mathn_5LKmbtl.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, indicam ao Executivo Municipal as seguintes providências: _x000D_
  - que a Prefeitura faça a carpina e limpeza geral no terreno de sua propriedade localizado na Avenida Engenheiro Manuel Batista imediações do Parque de Eventos e do Estádio Jorge Oliva._x000D_
 - que sejam instalados muros/cercas no entorno do referido imóvel para coibir o acúmulo de lixo que tem sido lançado naquele terreno.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1020/indicacao_no_17.20_-_combate_a_praga_dos_caramu_brCJhjv.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1020/indicacao_no_17.20_-_combate_a_praga_dos_caramu_brCJhjv.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal as seguintes providências: _x000D_
  - Rua Ary Bastos Siqueira nº 469, verificar situação de caramujos. Há reclamações de números excessivos de infestação de caramujos. Solicito imediata verificação “in loco” para caso comprovado o fato narrado, iniciar o combate à praga.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1021/indicacao_no_18.20_-_troca_gradativa_do_sistema_QqW4CkI.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1021/indicacao_no_18.20_-_troca_gradativa_do_sistema_QqW4CkI.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, indica as seguintes providências em relação a iluminação pública:_x000D_
 - que seja feita a troca gradativa do sistema de iluminação pública substituindo-se as atuais lâmpadas por lâmpadas de LED (light emitting diode ou diodo emissor de luz) na iluminação de prédios públicos municipais, bem como de vias e espaços públicos sob a Administração Municipal.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1031/indicacao_no_19.20_-_epi_gari_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1031/indicacao_no_19.20_-_epi_gari_-_davi.pdf</t>
   </si>
   <si>
     <t>Indicação Nº  19/20_x000D_
 _x000D_
 O vereador que este subscreve, indica do Executivo Municipal as seguintes providências:_x000D_
 - Fazer as adequações necessárias requeridas pelas Leis Trabalhistas, para todos os garis, principalmente aos da coleta de lixo, em relação à EPI – Equipamentos de Proteção Individual.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1032/indicacao_no_20.20_-_forro_da_escola_solto_-_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1032/indicacao_no_20.20_-_forro_da_escola_solto_-_donizetti.pdf</t>
   </si>
   <si>
     <t>Indicação Nº 20/20_x000D_
 _x000D_
 O vereador que este subscreve, indica ao Executivo Municipal as seguintes providências em relação à Escola Municipal Dr. Cristiano Machado. _x000D_
 - O forro da sala da Secretaria está solto, podendo cair a qualquer momento na referida Escola.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1033/indicacao_no_21.20_-_solicita_terra_-_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1033/indicacao_no_21.20_-_solicita_terra_-_donizetti.pdf</t>
   </si>
   <si>
     <t>Indicação Nº 21/20_x000D_
 _x000D_
 O vereador que este subscreve, indica ao Executivo Municipal um caminhão de terra, que faz alguns meses que solicito e até o presente momento não fui atendido.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1046/indicacao_no_22.20_-_cercar_espaco_publico_-_da_AcLi040.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1046/indicacao_no_22.20_-_cercar_espaco_publico_-_da_AcLi040.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, indica ao Executivo Municipal para proceda a limpeza, retirada de entulhos e para que faça cerca em área pertencente à municipalidade, localizada no aeroporto e atrás do Parque de Eventos.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>O vereador que este subscreve, indica as seguintes providências ao Comitê Municipal de Prevenção e Enfrentamento aa Pandemia do Covid 19 :_x000D_
 - que seja feito um monitoramento e acompanhamento das pessoas que estão vindo de outras localidades para trabalharem na Votorantim em nossa cidade, visando saber onde estas pessoas estão acomodadas, seus deslocamentos e o que estão fazendo aqui em Itaú de Minas. _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 O pedido tem por objetivo dar condições do Comitê acompanhar estas pessoas que estão vindo pra nossa cidade pra trabalhar e precisam ser monitoradas para termos noção das condições de saúde na prevenção do Novo Coronavirus._x000D_
 _x000D_
 Sala das Comissões em 06 de Abril de 2020._x000D_
 _x000D_
 _x000D_
 DONIZETTI ANTONIO AMORIM – VEREADOR</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>Senhores Vereadores, _x000D_
 O vereador que este subscreve, indica as seguintes providências:_x000D_
 - Que seja pago à todos os servidores municipais das áreas de saúde o percentual máximo de 40% de insalubridade especialmente no período que estamos tendo as ações de combate e enfrentamento ao Covid 19 em nossa cidade._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 Assim como tem ocorrido em muitos hospitais de todo o país, os profissionais de saúde estão trabalhando duro para ajudar à tratar e a conter a pandemia de Coronavírus. _x000D_
 Estes servidores estão na linha de frente das ações de combate ao Covid 19 e merecem ser melhor remunerados especialmente neste momento de crise. São estímulos como este que podemos oferecer a classe como uma pequena retribuição frente ao inestimável serviço que estes profissionais tem feito no enfrentamento à esta Pandemia em nossa cidade. _x000D_
 São guerreiros que estão dando sustentação no combate à doença e merecem todo nosso apoio e respeito._x000D_
 Sala das Comissões em 08 de Abril de 2020._x000D_
 _x000D_
 Os Vereadores</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>DENIS DONIZETTI MAGALHÃES</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1083/indicacao_no_25.20_-_denis_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1083/indicacao_no_25.20_-_denis_1.pdf</t>
   </si>
   <si>
     <t>Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 			_x000D_
 	O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal no sentido de que:_x000D_
 - seja feita a desinfecção completa de ruas e calçadas com o Hipoclorito de Sódio em caminhão pipa em todas as ruas de nosso Município;_x000D_
 - seja feita também a desinfecção com bomba manual nos locais de maiores movimentações de pessoas tais como rodoviária, praças, velório, postos de saúde e hospital, bancos, Cecoi, supermercados e comércio em geral._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 Este pedido visa ajudar nas ações de combate ao Novo Coronavirus em nossa cidade e trata-se de ações simples e eficientes pois o hipoclorito de sódio apresenta incontestável ação microbicida sobre agentes causadores de doenças e especialmente a Covid 19._x000D_
 _x000D_
 Sala das Sessões, em 15 de Abril de 2020._x000D_
 _x000D_
 DENIS DONIZETTI MAGALHÃES_x000D_
 Vereador</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1074/indicacao_26.20_-__insalubridade_epis_velorio_-_denis_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1074/indicacao_26.20_-__insalubridade_epis_velorio_-_denis_1.pdf</t>
   </si>
   <si>
     <t>Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 			_x000D_
 	O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal no sentido de que:_x000D_
 - seja pago o teto máximo de 40% (quarenta por cento) de insalubridade/periculosidade para todos os servidores lotados no Cemitério Municipal;_x000D_
 - sejam complementados os EPIs destes servidores destinando-lhes máscaras de proteção, luvas, macacões, protetores faciais, botas impermeáveis e disponibilização de álcool gel necessários a preservação e integridade da saúde destes servidores._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 Os funcionários que trabalham no Cemitério Municipal precisam estar totalmente amparados tanto financeiramente como bem equipados com proteção necessária para que possam trabalhar com tranquilidade e segurança._x000D_
 _x000D_
 Sala das Sessões, em 15 de Abril de 2020._x000D_
 _x000D_
 DENIS DONIZETTI MAGALHÃES_x000D_
 Vereador</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1075/indicacao_no_27.20_-_insalubridade_para_pessoas_uYff19v.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1075/indicacao_no_27.20_-_insalubridade_para_pessoas_uYff19v.pdf</t>
   </si>
   <si>
     <t>Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 			_x000D_
 	O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal no sentido de que:_x000D_
 - , seja pago o teto máximo de 40% (quarenta por cento) de insalubridade/periculosidade para todos os servidores de outros setores da Administração Municipal que vierem a prestar serviços nos prédios públicos ligadas à Saúde  pelo tempo que permanecerem no local ;_x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 A iniciativa visa oferecer um benefício maior aos servidores no período em que estiverem prestando serviços nas áreas da saúde, pois estes funcionários também ficam expostos a doença._x000D_
 _x000D_
 Sala das Sessões, em 15 de Abril de 2020._x000D_
 _x000D_
 DENIS DONIZETTI MAGALHÃES_x000D_
 Vereador</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1076/indicacao_no_28_-_insalubridade_para_os_servido_HmrAElJ.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1076/indicacao_no_28_-_insalubridade_para_os_servido_HmrAElJ.pdf</t>
   </si>
   <si>
     <t>Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 			_x000D_
 	O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal no sentido de que:_x000D_
 - seja pago o teto máximo de 40% (quarenta por cento) de insalubridade/periculosidade para todos os servidores que forem prestar serviços de reforma, capina ou manutenção no Cemitério Municipal pelo tempo que lá realizarem estas atividades._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 Os funcionários que são deslocados para realizarem atividades no Cemitério também ficam expostos à doença e precisam ser remunerados adequadamente por esta exposição mesmo que temporária._x000D_
 _x000D_
 Sala das Sessões, em 15 de Abril de 2020._x000D_
 _x000D_
 _x000D_
 DENIS DONIZETTI MAGALHÃES_x000D_
 Vereador</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1077/indicacao_no_29.20_-_mascara_de_protecao_-_denis_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1077/indicacao_no_29.20_-_mascara_de_protecao_-_denis_1.pdf</t>
   </si>
   <si>
     <t>Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 			_x000D_
 	O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal no sentido de que:_x000D_
 - sejam adquiridas e doadas pela Prefeitura Municipal máscaras de proteção (tecido ou TNT) às famílias em situação de vulnerabilidade assistidas pelo CRAS/Bolsa Família, bem como às pessoas idosas, os portadores de doenças crônicas e as gestantes assistidos pelo Programa da Saúde da Família de cada região de nossa cidade.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1078/indicacao_no_30.20_-_liberada_feira_livre_-_donizetti_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1078/indicacao_no_30.20_-_liberada_feira_livre_-_donizetti_1.pdf</t>
   </si>
   <si>
     <t>Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 			_x000D_
 _x000D_
 	O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal no sentido de que:_x000D_
 - seja liberada a realização da feira livre (em local aberto) em nossa cidade desde que observados os critérios de distanciamento para evitar aglomeração de pessoas neste período de combate a Covid 19._x000D_
 _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 O pedido visa atender aos feirantes que precisam trabalhar para manter suas famílias e vender seus produtos que muitas vezes são perecíveis não sendo possível aguardar para venda futura._x000D_
 _x000D_
 Sala das Sessões, em 16 de Abril de 2020._x000D_
 _x000D_
 _x000D_
 DONIZETTI ANTONIO AMORIM_x000D_
 Vereador</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1079/indicacao_no_31.20_-_auxilio_financeiro_-_donizetti_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1079/indicacao_no_31.20_-_auxilio_financeiro_-_donizetti_1.pdf</t>
   </si>
   <si>
     <t>Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 			_x000D_
 _x000D_
 	O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal no sentido de que:_x000D_
 - seja criado e distribuído um cartão-auxílio financeiro, no valor de R$ 300, para os trabalhadores autônomos de nossa cidade._x000D_
 _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 O pedido visa beneficiar artesãos, ambulantes, trabalhadores da economia solidária e catadores de material reciclável, entre outros trabalhadores que estão enfrentando muitas dificuldades devido os efeitos da Pandemia da Covid 19._x000D_
 A intenção é diminuir os impactos econômico e social gerados pela pandemia de Coronavírus em nosso município._x000D_
 _x000D_
 Sala das Sessões, em 16 de Abril de 2020._x000D_
 _x000D_
 _x000D_
 DONIZETTI ANTONIO AMORIM_x000D_
 Vereador</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1080/indicacao_no_32.20_-_passar_patrol_-_donizetti_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1080/indicacao_no_32.20_-_passar_patrol_-_donizetti_1.pdf</t>
   </si>
   <si>
     <t>Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 			_x000D_
 _x000D_
 	O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal no sentido de que:_x000D_
 - Passar a patrol na estrada que passa em frente ao senhor Joaquim Henrique. Perto do Paulão Breta. Até na subida que sai no eucalipto da Votorantim._x000D_
 ._x000D_
 _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 O pedido visa atender os moradores destas imediações. Tem várias entradas de acesso nesta estrada que precisa ser patrolada. Inclusive tem mata burros que precisar ser desassoriado e muitos estão quebrados_x000D_
 _x000D_
 Sala das Sessões, em 22 de Abril de 2020._x000D_
 _x000D_
 _x000D_
 DONIZETTI ANTONIO AMORIM_x000D_
 Vereador</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1081/indicacao_no_33.20_-prevencao_do_coronavirus_-__eLQw3u2.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1081/indicacao_no_33.20_-prevencao_do_coronavirus_-__eLQw3u2.pdf</t>
   </si>
   <si>
     <t>Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 			_x000D_
 	O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Comitê Municipal de Combate e Prevenção do Covid 19 para que requeira ao Executivo Municipal no sentido de que:_x000D_
 -  seja decretada a obrigatoriedade do uso de máscaras de proteção em todo o Município de Itaú de Minas como forma de inibição e prevenção à proliferação do novo coronavírus._x000D_
  A obrigatoriedade deverá ser para quaisquer pessoas que transitarem por ruas, espaços públicos ou de uso coletivo como ruas, praças, ambientes comerciais, indústrias, táxi, etc...</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1089/indicacao_no_34.20_-_cesta_basica_-_donizetti_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1089/indicacao_no_34.20_-_cesta_basica_-_donizetti_1.pdf</t>
   </si>
   <si>
     <t>Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 			_x000D_
 	O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que tome providências necessária em relação a cesta básica para as famílias carentes e até mesmo as famílias que estão passando necessidade, devido ao covid 19, que estão desempregadas. _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 Neste momento de crive devido ao coronavírus, temos muitas famílias que estão passando por necessidade, devido ao desemprego, por este motivo solicito que o Executivo Municipal tome as providências para não deixar estas famílias passarem fome. _x000D_
 Sala das Sessões, em 30 de Abril de 2020._x000D_
 _x000D_
 DONIZETTI ANTONIO DE AMORIM_x000D_
  Vereador</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>DENIS DONIZETTI MAGALHÃES, DONIZETTI ANTONIO DE AMORIM</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1090/indicacao_no_35.20_-_kit_alimentacao_-_donizett_2DoPz7B.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1090/indicacao_no_35.20_-_kit_alimentacao_-_donizett_2DoPz7B.pdf</t>
   </si>
   <si>
     <t>Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 			_x000D_
 	Os Vereadores que esta subscreve, indicam à Mesa desta Casa providências junto ao Executivo Municipal para que façam entregas do kit alimentação com o dinheiro da merenda escolar e doe para a família dos alunos carentes. _x000D_
  _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 Devido a crise que estamos enfrentando em relação ao covid 19, solicitamos que os alunos carentes possam receber o kit alimentação, pois para muitos alunos a merenda escolar é a principal ou até a única refeição do dia_x000D_
 _x000D_
 Sala das Sessões, em 30 de Abril de 2020._x000D_
 _x000D_
 DONIZETTI ANTONIO DE AMORIM_x000D_
  Vereador_x000D_
 _x000D_
 DENIS DONIZETTI AMAGALHÃES_x000D_
 Vereador</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que tome as seguintes providências no portão da Quadra 3 Marias que se encontra quebrado:_x000D_
 - Soldar a dobradiça do portão de entrada;_x000D_
 - Aumentar o portão para deixar da altura do muro; ( mais ou menos 30 cm)_x000D_
@@ -1222,3040 +1222,3040 @@
   </si>
   <si>
     <t>Os Vereadores que esta subscreve, indicam à Mesa desta Casa providências junto ao Executivo Municipal as seguintes informações:_x000D_
 As luzes externas da Estação Cultura estão uma boa parte queimadas. _x000D_
 _x000D_
 _x000D_
 Justificativa_x000D_
 _x000D_
 _x000D_
 Os moradores que transitam por este local estão tendo dificuldade, devido a escuridão, deixando os moradores deste local inseguros. _x000D_
 Solicito que tome providência necessária com certa urgência, antes que aconteça algum tipo de acidente. _x000D_
 _x000D_
 _x000D_
 	Sala das Sessões, em 08 de maio de 2020._x000D_
 _x000D_
 DAVI OLIVEIRA DE OLIVEIRA – VERADOR_x000D_
 _x000D_
 _x000D_
 _x000D_
 MATHEUS VILELA SILVA – VEREADOR</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1102/indicacao_no_40.20_-_bueiro_-_matheus__e_davi_.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1102/indicacao_no_40.20_-_bueiro_-_matheus__e_davi_.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 40/20_x000D_
 _x000D_
 	Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 	Os Vereadores que esta subscreve, indicam à Mesa desta Casa providências junto ao Executivo Municipal, para que seja feito reparo no bueiro no cruzamento da Rua Juventino Dias com a Rua José Paulo Morais.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1103/indicacao_no_41.20_-_limpeza_do_corrego_na_aven_NKJH8C0.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1103/indicacao_no_41.20_-_limpeza_do_corrego_na_aven_NKJH8C0.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 41/20_x000D_
 _x000D_
 	Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 	Os Vereadores que esta subscreve, indicam à Mesa desta Casa providências junto ao Executivo Municipal, que faça a limpeza no Córrego na Avenida Liberdade.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1104/indicacao_no_42.20_-_medidas_no_trevo_-_denis.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1104/indicacao_no_42.20_-_medidas_no_trevo_-_denis.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 42/20_x000D_
 _x000D_
 	Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 _x000D_
 	Os Vereadores que esta subscreve, indicam à Mesa desta Casa providências junto ao Executivo Municipal para que sejam instaladas as barreiras sanitárias aos acessos da cidade com fiscais para controle de entrada de veículos e pessoas e que seja feita também a aferição de temperatura e higienização de veículos que entram na cidade.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1105/indicacao_no_43.20_-_limpeza__no_terrenoe_notif_maUbqVK.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1105/indicacao_no_43.20_-_limpeza__no_terrenoe_notif_maUbqVK.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 43/20_x000D_
 _x000D_
 	Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 			_x000D_
 	O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Setor de Engenharia e Obras da Prefeitura Municipal no sentido de que:_x000D_
 -  seja feita a limpeza dos terrenos localizados na rua Benedito José da Silva conforme foto em anexo, ou notificar os proprietários destes terrenos para procederem a limpeza com a maior brevidade possível.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1106/indicacao_no_44.20_-_pavimentacao_-_matheus.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1106/indicacao_no_44.20_-_pavimentacao_-_matheus.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº  44/20_x000D_
 _x000D_
 	Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 			_x000D_
 	O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Setor de Engenharia e Obras da Prefeitura Municipal no sentido de que:_x000D_
 -  sejam feitos reparos na pavimentação da Rua Warses Ronan Martins imediações do n. 31 pois no local há um buraco conforme foto em anexo.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>MATHEUS VILELA SILVA, GILMAR DOS SANTOS CHAVES</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1107/indicacao_no_45.20_-_reparos_no_muro_-_matheus_e_gilmar.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1107/indicacao_no_45.20_-_reparos_no_muro_-_matheus_e_gilmar.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº  45/20_x000D_
 _x000D_
 	Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 			_x000D_
 	Os Vereadores que esta subscrevem, indicam à Mesa desta Casa providências junto ao Setor de Engenharia e Obras da Prefeitura Municipal no sentido de que:_x000D_
 -  sejam feitos reparos no muro na propriedade do Sr. Vantuir imediações da quadra de esportes do São Lucas tendo em vista que após o início das obras estruturais de construção desta quadra, apareceram rachaduras no muro desta residência o que tem causado muita preocupação com proprietário e sua família.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1113/indicacao_46_zete_compra_comercio_local_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1113/indicacao_46_zete_compra_comercio_local_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa para que o Executivo tome as seguintes providências:_x000D_
 - especialmente nesta crise financeira advinda com a Pandemia da Covid 19, que a Administração Municipal possa dar preferência ao comércio local, comprando de nossos comerciantes, como é o caso da aquisição de máscaras de proteção se os preços estiverem compatíveis com demais fornecedores externos._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	O pedido visa incentivar os nossos pequenos comerciantes que enfrentam crise em suas empresas com as restrições de suas empresas e precisam receber todo o apoio dos Poderes Públicos._x000D_
 _x000D_
 Sala das Sessões, em 15 de maio de 2020._x000D_
 _x000D_
 _x000D_
 DONIZETTI ANTONIO AMORIM – Vereador</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1119/indicacao_no_47.20_-_ceda_espaco_razoavel_para_fias_-_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1119/indicacao_no_47.20_-_ceda_espaco_razoavel_para_fias_-_1.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, indicam à Mesa desta Casa para que o Executivo tome as seguintes providências:_x000D_
 - que a Prefeitura Municipal ceda um espaço razoável em sua página oficial na internet para que a Fundação Itaú de Assistência Social publique alí sua contabilidade, receitas, despesas e toda a sua movimentação financeira._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	A Fundação recebe recursos públicos via transferências federal, estadual e municipal e desta última recebe subvenção financeira e pagamento de serviços. _x000D_
 Mas a transparência destas ações fica aquém do esperado pelos agentes políticos e da nossa população. Acompanhar essas ações é  essencial pra todos._x000D_
 _x000D_
 Sala das Sessões, em 19 de maio de 2020._x000D_
 _x000D_
 Vereadores</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1120/indicacao_no_48.20_-poda_das_arvores_-_davi_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1120/indicacao_no_48.20_-poda_das_arvores_-_davi_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa para que o Executivo tome as seguintes providências:_x000D_
 - que a Prefeitura Municipal faça a poda das árvores que se localizam dentro da Escola Municipal Dr. Cristiano Machado encostadas nos prédio de apartamentos na esquina._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	Estas árvores cresceram tanto que passam a tapar e invadir as áreas de serviços e afins ali localizados. E mais, as aves atraídas por estas árvores, quando assustadas com movimentos, adentram os apartamentos causando transtornos enormes aos moradores._x000D_
 Sala das Sessões, em 21 de maio de 2020._x000D_
 _x000D_
 DAVI OLIVEIRA DE SOUSA_x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1121/indicacao_no_49.20_-video_institucional_-_donizetti_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1121/indicacao_no_49.20_-video_institucional_-_donizetti_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa para que o Executivo tome as seguintes providências:_x000D_
 - que a Prefeitura Municipal faça um vídeo institucional exaltando as qualidades de Itaú de Minas, e monte uma comissão procurar e apresentar este vídeo junto às empresas que possam se interessar em receber incentivos para se instalarem em nossa cidade em troca da geração de empregos._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	Temos vistos que muitas empresas que dependem de aluguel tem fechado suas portas em cidades como Franca e Juruáia por exemplo, e talvez esta seja uma boa hora da Prefeitura procurar estes empresários e oferecer benefícios como imóveis e incentivos fiscais atraindo estas empresas para Itaú de Minas gerando empregos. _x000D_
 A formação de uma comissão para esta finalidade mostraria através do vídeo institucional os atrativos da nossa cidade para que assim os empresários conheçam Itaú e sintam-se motivados a vir aqui se instalarem._x000D_
 Sala das Sessões, em 21 de maio de 2020._x000D_
 _x000D_
 DONIZETTI ANTONIO</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1122/indicacao_no_50.20_-_empresas_da_regiao_-_donizetti_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1122/indicacao_no_50.20_-_empresas_da_regiao_-_donizetti_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa para que o Executivo tome as seguintes providências:_x000D_
 - que a Prefeitura Municipal ofereça às empresas da nossa região como Da Granja/Seara, Santa Casa, Jungley e outras empresas para oferecer a elas mão de obra de Itaú em troca do fornecimento de transporte de pessoas de nossa cidade que forem contratadas por estas elas._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	A intenção é oferecer incentivo as empresas localizadas na região para darem prioridade para trabalhadores de Itaú de Minas e em contra partida a Prefeitura garantiria o transporte dos contratados._x000D_
 Nossa cidade está carente de emprego e a Municipalidade precisa agir efetivamente para buscar mais opções de empregabilidade na região._x000D_
 Sala das Sessões, em 21 de maio de 2020._x000D_
 _x000D_
 DONIZETTI ANTONIO AMORIM_x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1149/indicacao_no_51.20_-_limpeza_e_carpina_-_denis__zBPQVMf.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1149/indicacao_no_51.20_-_limpeza_e_carpina_-_denis__zBPQVMf.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa para que o Executivo tome as seguintes providências:_x000D_
 - Para que seja feita a limpeza geral, como: Carpina, varrição e lavagem com o caminhão pipa, nos seguintes locais: Distrito Industrial, CECOI e Jardim dos Ypês. _x000D_
 - Feito esses serviços emergenciais, solicito que se faça a aguação periódica desses locais, pelo menos 3 ( três) vezes por semana. _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	Nos referidos locais a incidência de poeira nesta época do ano, se torna um problema para os usuários. _x000D_
 Por este motivo, solicito que tome as devidas providências com certa urgência. _x000D_
 Sala das Sessões, em 04 de junho de 2020.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1150/indicacao_no_52.20_-_usina_de_reciclagem_-_deni_2xHuk7v.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1150/indicacao_no_52.20_-_usina_de_reciclagem_-_deni_2xHuk7v.pdf</t>
   </si>
   <si>
     <t>Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 	O Vereador que esta subscreve, indica à Mesa desta Casa para que o Executivo tome as seguintes providências na Usina de Reciclagem:_x000D_
 - Reforma completa na Cinta Transportadora;_x000D_
 - Reforma completa na MOEGA de alimentação da Cinta Transportadora;_x000D_
 - Conserto de vazamento no banheiro;_x000D_
 - Que se faça o transporte das pessoas que lá trabalham;_x000D_
 - Doação de uniformes e EPIs;_x000D_
 - Instalação de kit de primeiros socorros;</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1151/indicacao_no_53.20_-_transporte_para_os_funcion_lJ4zHae.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1151/indicacao_no_53.20_-_transporte_para_os_funcion_lJ4zHae.pdf</t>
   </si>
   <si>
     <t>Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 	O Vereador que esta subscreve, indica à Mesa desta Casa para que o Executivo tome as seguintes providências:_x000D_
 - Para que dê continuidade no transporte para os munícipes que prestam serviços na Santa Casa de Misericórdia e outras áreas de saúde, na cidade de Passos. _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	_x000D_
 Tal medida, foi tomada pela Administração Municipal no início da pandemia e pedimos que se perdure até o fim da pandemia e que tudo volta a sua normalidade._x000D_
 Sala das Sessões, em 04 de junho de 2020.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1152/indicacao_no_54.20_-_tintas_na_cacamba_-_davi_e_matheus.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1152/indicacao_no_54.20_-_tintas_na_cacamba_-_davi_e_matheus.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa para que o Executivo tome as seguintes providências:_x000D_
 - Faz-se urgente e necessário a pintura com tinta refletora de todas as caçambas da Prefeitura Municipal de Itaú de Minas.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1154/indicacao_no_55.20_-_tapa_buraco_-_matheus_e_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1154/indicacao_no_55.20_-_tapa_buraco_-_matheus_e_davi.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, de acordo com o Processo Licitatório n.07/2020, homologada dia 01/06/2020, que tem por objeto a execução de serviços de tapa buracos, indicam à Mesa desta Casa providências junto ao Executivo para faça reparos e manutenção nas seguintes localidades:_x000D_
 Bairro Acácias _x000D_
 •	Cruzamento rua Marieta Vieira Amorim com rua Antonio Pedro de Brito_x000D_
 •	Rua Minas Gerais_x000D_
 •	Rua Francisco P. Oliveira_x000D_
 •	Rua João Carlos. Santos com rua Vita C. Alves._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	Segue fotos dos referidos locais demostrando a situação crítica destas vias públicas._x000D_
 _x000D_
 Sala das Sessões, em 05 de Junho de 2020.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1153/indicacao_no_56.20_-_tapa_buraco_-_matheus_e_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1153/indicacao_no_56.20_-_tapa_buraco_-_matheus_e_davi.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, de acordo com o Processo Licitatório n.07/2020, homologada dia 01/06/2020, que tem por objeto a execução de serviços de tapa buracos, indicam à Mesa desta Casa providências junto ao Executivo para faça reparos e manutenção nas seguintes localidades:_x000D_
 Bairro Universitário_x000D_
 •	Rua Irene, em frente ao n. 245_x000D_
 •	Cruzamento rua Edna com rua Alaor Ventura._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	Segue fotos dos referidos locais demostrando a situação crítica destas vias públicas._x000D_
 _x000D_
 Sala das Sessões, em 05 de Junho de 2020.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1155/indicacao_no_57.20_-_tapa_buraco_-_matheus_e_davi_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1155/indicacao_no_57.20_-_tapa_buraco_-_matheus_e_davi_1.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, de acordo com o Processo Licitatório n.07/2020, homologada dia 01/06/2020, que tem por objeto a execução de serviços de tapa buracos, indicam à Mesa desta Casa providências junto ao Executivo para faça reparos e manutenção nas seguintes localidades:_x000D_
 Bairro São Lucas_x000D_
 •	Rua José Sobrinho_x000D_
 •	Rua Tiradentes._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	Segue fotos dos referidos locais demostrando a situação crítica destas vias públicas._x000D_
 _x000D_
 Sala das Sessões, em 05 de Junho de 2020.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1156/indicacao_no_58.20_-_tapa_buracos_-_matheus_e_davi_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1156/indicacao_no_58.20_-_tapa_buracos_-_matheus_e_davi_1.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, de acordo com o Processo Licitatório n.07/2020, homologada dia 01/06/2020, que tem por objeto a execução de serviços de tapa buracos, indicam à Mesa desta Casa providências junto ao Executivo para faça reparos e manutenção nas seguintes localidades:_x000D_
 Conjunto Habitacional Bela Vista - Cohab 2_x000D_
 •	Rua Primavera, próximo ao n. 48_x000D_
 •	Rua Begônias - rua que dá acesso a Usina de Reciclagem_x000D_
 •	Cruzamento da rua Samambaia com rua Orquídeas_x000D_
 •	Rotatória da Avenida Cohab 2 com rua Afonso Lance._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	Segue fotos dos referidos locais demostrando a situação crítica destas vias públicas._x000D_
 _x000D_
 Sala das Sessões, em 05 de Junho de 2020.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1157/indicacao_no_59.20_-_tapa_buracos_-_matheus_e_davi_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1157/indicacao_no_59.20_-_tapa_buracos_-_matheus_e_davi_1.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, de acordo com o Processo Licitatório n.07/2020, homologada dia 01/06/2020, que tem por objeto a execução de serviços de tapa buracos, indicam à Mesa desta Casa providências junto ao Executivo para faça reparos e manutenção nas seguintes localidades:_x000D_
 Jardim Bela Vista_x000D_
 •	Cruzamento Antônio Calixto Kallas com rua Vereador Afonso Lance_x000D_
 •	Cruzamento Avenida Braziel Ferreira Amorim com Avenida Liberdade._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	Segue fotos dos referidos locais demostrando a situação crítica destas vias públicas._x000D_
 _x000D_
 Sala das Sessões, em 05 de Junho de 2020.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1158/indicacao_no_60.20_-_tapa_buracos_-_matheus_e_davi_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1158/indicacao_no_60.20_-_tapa_buracos_-_matheus_e_davi_1.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, de acordo com o Processo Licitatório n.07/2020, homologada dia 01/06/2020, que tem por objeto a execução de serviços de tapa buracos, indicam à Mesa desta Casa providências junto ao Executivo para faça reparos e manutenção na seguinte localidade:_x000D_
 Bairro Icaraí_x000D_
 •	Rua João Carlos Simas_x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	Segue fotos do referido local demostrando a situação crítica desta via pública._x000D_
 _x000D_
 Sala das Sessões, em 05 de Junho de 2020.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1159/indicacao_no_61.20_-_sistema_de_iluminacao_nas__MKq041O.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1159/indicacao_no_61.20_-_sistema_de_iluminacao_nas__MKq041O.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, indicam à Mesa desta Casa providências junto ao Executivo para seja dada manutenção no sistema de iluminação nas Academias ao Ar Livre do Bairro Cohab 2 e da Avenida Liberdade._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	Segue fotos do referido local demostrando que os sistemas de iluminação destes locais não estão funcionando deixando os locais inseguros e de difícil utilização._x000D_
 _x000D_
 Sala das Sessões, em 05 de Junho de 2020.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1213/indicacao_no_64.20_-_limpeza_-_donizetti_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1213/indicacao_no_64.20_-_limpeza_-_donizetti_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve indica à Mesa desta Casa providências junto ao Executivo Municipal para que seja feita a limpeza e a manutenção de uma área verde de propriedade da municipalidade, localizada no cruzamento das Rua Piauí e José Martins Lins, ao lado da Escola Monsenhor Ernesto Cavicchioli, na divisa entre os Bairros Bela Vista e Jardim Pinheiros._x000D_
 _x000D_
 É necessário que se construa a calçada em torno de toda a área supracitada e, caso não seja possível, que seja feito o calçamento, então, ao menos no trecho localizado na Rua José Martins Lins, vez que, principalmente quando chove, as casas são invadidas pela enxurrada, por lama, por terra e por pedras.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1214/indicacao_no_65.20_-_assitencia_social_-_donizetti_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1214/indicacao_no_65.20_-_assitencia_social_-_donizetti_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que a Secretaria de Assistentes Sociais seja prioridade na Administração Pública, enquanto durar a pandemia. _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	Tem muitas pessoas que estão em dificuldade financeira, principalmente neste período de pandemia, por este motivo, solicito que as Assistentes Sociais possam ajudar estas famílias necessitadas.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1215/indicacao_no_66.20_-_iluminacao_rodoviaria_-_matheus_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1215/indicacao_no_66.20_-_iluminacao_rodoviaria_-_matheus_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que seja feita reparos no sistema de iluminação no terminal rodoviário com certa urgência. _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 	Solicito que tome das providências necessárias, pois as pessoas ficam inseguras de transitar neste local. _x000D_
 _x000D_
 Sala das Sessões, em 05 de Junho de 2020._x000D_
 _x000D_
 MATHEUS VILELA SILVA _x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que seja instalado o sistema de iluminação publica, na parte nova do Cemitério Municipal. _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 	Solicito que tome das providências necessárias, pois quando se faz sepultamento a noite, na parte nova do cemitério não tem iluminação, causando transtornos aos servidores públicos e indignação as famílias. _x000D_
 _x000D_
 Sala das Sessões, em 25 de Junho de 2020._x000D_
 _x000D_
 DENIS DONIZETTI MAGALHÃES_x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1217/indicacao_no_68.20_-_rampa_cemiterio_-_denis_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1217/indicacao_no_68.20_-_rampa_cemiterio_-_denis_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que seja feito uma rampa de acesso do Velório para o interior do Cemitério Municipal. _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 	Solicito que tome das providências necessárias, pois hoje existe somente a escada, dificultando a transição de pessoas que necessitam da rampa._x000D_
 Por este motivo solicito que tome as providências com certa urgência. _x000D_
 _x000D_
 Sala das Sessões, em 25 de Junho de 2020._x000D_
 _x000D_
 DENIS DONIZETTI MAGALHÃES_x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1218/indicacao_no_69.20_-pintura_muto_estadio_belarm_ANuWRMd.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1218/indicacao_no_69.20_-pintura_muto_estadio_belarm_ANuWRMd.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que seja feita a restauração da pintura artística histórica, no muro do Estádio João Belarmino. _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 	Solicito que tome das providências necessárias, pois com a ação do tempo a pintura está se deteriorando, por esse motivo, solicito a restauração dessa pintura artística e um modo de preservação para sua maior durabilidade.  _x000D_
 _x000D_
 Sala das Sessões, em 25 de Junho de 2020._x000D_
 _x000D_
 DENIS DONIZETTI MAGALHÃES_x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1219/indicacao_no_70.20_-vale_mistura_-_denis_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1219/indicacao_no_70.20_-vale_mistura_-_denis_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que seja doado junto com as cestas básicas, um vale mistura, para as famílias carentes do Município. _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 	Solicito que tome das providências necessárias com a máxima urgência, pois as famílias carentes, assistidas pela Assistência Social do Município, hoje recebem somente as cestas básicas, por este motivo, solicito que a Administração Municipal, estipule certa quantia para doar junto com a referida cesta básica, pois todos merecem uma alimentação adequada que contenha além dos itens básicos, frutas, legumes, verduras e carnes. _x000D_
 _x000D_
 Sala das Sessões, em 25 de Junho de 2020._x000D_
 _x000D_
 DENIS DONIZETTI MAGALHÃES_x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1222/indicacao_no_71.20_-_area_de_caminhada_da_votor_5HGjyyC.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1222/indicacao_no_71.20_-_area_de_caminhada_da_votor_5HGjyyC.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, no sentido de que a Votorantin Cimentos possa doar área da pista do Campo de Aviação para a municipalidade para transformar em pista de corrida e caminhadas.   _x000D_
 _x000D_
 Justificativa_x000D_
 _x000D_
 O local citado é para população usar como prática de caminhada e corrida. Sendo assim gostaria de solicitar a doação dessa área para prática de atividade esportiva para nossa população. _x000D_
  _x000D_
 Sala das Sessões, em 01 de Julho de 2020.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1223/indicacao_no_72.20_-_aguada_regularmente_com_ca_rN6CJo8.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1223/indicacao_no_72.20_-_aguada_regularmente_com_ca_rN6CJo8.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Setor de Serviços Urbanos da Prefeitura Municipal no sentido de que:_x000D_
 -  seja aguada regularmente com caminhão pipa a rua das Begônias, nas proximidades da entrada da Usina de Reciclagem no bairro COHAB 2._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	Os moradores destas imediações nos tem pedido esta providência junto a Prefeitura pois o tempo está muito seco e há muito acúmulo de poeira causando transtornos e doenças respiratórias nas pessoas que residem nesta localidade._x000D_
 _x000D_
 Sala das Sessões, em 03 de Julho de 2020._x000D_
 _x000D_
 Vereadores _x000D_
 MATHEUS VILELA SILVA_x000D_
 _x000D_
 OBERDAN FARIA_x000D_
 _x000D_
 JULIANA MATTAR_x000D_
 _x000D_
 GILMAR DOS SANTOS CHAVES_x000D_
 _x000D_
 DAVI OLIVEIRA DE SOUSA</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1224/indicacao_no_73.20_-_rua_afundada_-_matheus_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1224/indicacao_no_73.20_-_rua_afundada_-_matheus_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto a Secretaria Municipal de Obras da Prefeitura Municipal no sentido de que:_x000D_
 -  sejam feitos os reparos necessários na rua sem saída localizada atrás da Casa dos Aposentados conforme fotos em anexo._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	O proprietário do imóvel relata que a rua afundou o que o impossibilita de guardar seu veículo dentro de sua garagem._x000D_
 _x000D_
 Sala das Sessões, em 03 de Julho de 2020.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1225/indicacao_no_74.20_-_limpeza_terrenos_-_matheus_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1225/indicacao_no_74.20_-_limpeza_terrenos_-_matheus_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Setor de Serviços Urbanos da Prefeitura Municipal no sentido de que:_x000D_
 -  seja feita a limpeza dos terrenos localizados na rua Rua Ana Carvalho dos Santos e Rua Alice de Jesus Silva - Bairro Acácias, ou que sejam notificados os proprietários destes terrenos para procederem a limpeza com a maior brevidade possível._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	Os moradores destas imediações nos tem pedido providências junto a Prefeitura para que estes terrenos sejam limpos ou pela Administração Municipal ou pelos proprietários destes lotes que estão muito sujos e que tem colocado em risco a segurança de toda a vizinhança posto que moradores tem relatado a presença de animais perigosos dentro das residências como a cobra que se vê na imagem das fotos em anexo._x000D_
 Sala das Sessões,</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1226/indicacao_no_75.20_-_teste_rapido_covid_19_-_denis_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1226/indicacao_no_75.20_-_teste_rapido_covid_19_-_denis_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa as seguintes providências junto ao Executivo:_x000D_
 - a instalação de um posto de controle e testagem no terminal rodoviário de nossa cidade para realizar teste rápido de Covid 19 em pessoas que chegam de localidades que estão em áreas vermelhas e com alta incidência desta doença vindas de outros Estados, bem como a realização de entrevista com quem chega destas localidades para acompanhamento enquanto permanecer em Itaú;_x000D_
 - que este posto de controle também faça a medição de temperatura e avaliação das pessoas que transitam nos ônibus intermunicipais._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	 A iniciativa visa realizar uma triagem e acompanhamento das pessoas que estão vindo para nossa cidade e que podem estar contaminados pelo Coronavírus disseminando ainda mais esta doença em nossa cidade que ainda está controlando bem a situação._x000D_
 _x000D_
 Sala das Sessões, em 03 de Julho de 2020.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1227/indicacao_no_76.20_-_engenheiro_-_donizetti_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1227/indicacao_no_76.20_-_engenheiro_-_donizetti_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Setor de Serviços Urbanos da Prefeitura Municipal no sentido de que:_x000D_
 -  que a Prefeitura faça a contratação de empresas ou profissional para serviços de engenharia com vista a regularizar a situação dos imóveis dos moradores dos Bairros Jardim Campestre e Morada do Sol._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	_x000D_
 Os proprietários destes imóveis lutam há muito tempo para obterem suas escrituras e até o momento nada foi feito e acredito que a Municipalidade poderia disponibilizar um engenheiro pra regularizar esta situação._x000D_
 _x000D_
 Sala das Sessões, em 03 de julho de 2020.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1229/indicacao_no_77.20_-_site_-_davi_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1229/indicacao_no_77.20_-_site_-_davi_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal:_x000D_
 -  No site da Prefeitura não tem sido encontrados documentos que tem por essência caráter público, tais portarias, convênios e etc., solicito que seja alimentado o site referido com a regularidade pedida pela Lei da transparências. _x000D_
 JUSTIFICATIVA_x000D_
 	_x000D_
 Tal pedido visa fiscalização e acompanhamento do assunto. _x000D_
 _x000D_
 Sala das Sessões, em 03 de julho de 2020.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1237/indicacao_no_78.20_-_rua_tiradentes_-_matheus.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1237/indicacao_no_78.20_-_rua_tiradentes_-_matheus.pdf</t>
   </si>
   <si>
     <t>Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 			_x000D_
 	O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, para que tome as providências necessárias com urgência, na Rua Tiradentes, no Bairro São Lucas, no sentido fazer a pavimentação.  _x000D_
 _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 _x000D_
 _x000D_
 Solicito que tome as providências necessária com urgência, pois a rua esta em situação precária, desde o ano de 2017, conforme foto em anexo. _x000D_
 _x000D_
 Sala das Sessões, em 08 de julho de 2020._x000D_
 _x000D_
 _x000D_
 MATHEUS VILELA SILVA_x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1238/indicacao_no79____zete_ferias_premios.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1238/indicacao_no79____zete_ferias_premios.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que sejam pagas todas as férias prêmios dos servidores que tem direito de acordo com o Estatuto dos servidores do Município._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 O pedido visa interceder junto à Administração Municipal para que os servidores que já fazem jus ao pagamento de férias prêmios recebam este benefício previsto do Estatuto dos servidores._x000D_
 _x000D_
 Sala das Sessões, em 10 de Julho de 2020._x000D_
 _x000D_
 DONIZETTI ANTONIO DE AMORIM_x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1255/indicacao_no_87.20_-_reparos_na_estacao_cultura_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1255/indicacao_no_87.20_-_reparos_na_estacao_cultura_-_davi.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto a Prefeitura Municipal no sentido de que:_x000D_
 -  que a Prefeitura faça os reparos nas portas e janelas da estação Cultura que se encontram danificadas e quebradas bem propícias à permitir a invasão ao prédio para vandalismo e roubos dos equipamentos e instrumentos que ali estão guardados. Necessário também colocar vigia no local para dar mais segurança à este nosso valioso patrimônio público._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	_x000D_
 Conforme fotos em anexos, podemos constatar a situação precária das janelas da Estação Cultura que precisam ser reparas antes que o local sofra invasões e roubos de bens públicos._x000D_
 _x000D_
 Sala das Sessões, em 08 de setembro de 2020.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1256/indicacao_no_88.20_-_bancos_de_ferro_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1256/indicacao_no_88.20_-_bancos_de_ferro_-_davi.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto a Prefeitura Municipal no sentido de que:_x000D_
 -  que a Prefeitura faça a recolocação dos bancos de ferro que ficavam nas calçadas frontal e traseira da Estação Cultura, atendendo aos moradores destas imediações que desejam ter estes bancos reinstalados para utilização da comunidade._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	_x000D_
 Os bancos foram retirados há tempos e até o momento não foram afixados novamente. Já pedimos esta providência anteriormente e nada foi feito até o momento. Os moradores nos tem cobrado esta providência e uma vez mais pedimos que o Executivo tome as devidas providências quanto a solicitação._x000D_
 _x000D_
 Sala das Sessões, em 08 de setembro de 2020.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1257/indicacao_no_89.20_-_construcao_de_rampas_no_laboratorio_-_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1257/indicacao_no_89.20_-_construcao_de_rampas_no_laboratorio_-_donizetti.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, indica providências junto ao Executivo Municipal, para que seja construída uma rampa de acesso para deficiente físico no Laboratório Municipal. _x000D_
 _x000D_
 _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 _x000D_
 Tal pedido visa para que as pessoas portadoras de deficiência física possam ter acesso facilitado devido as suas necessidades._x000D_
 _x000D_
 Sala das Sessões, em 08 de setembro de 2020.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1258/indicacao_no_90.20_-_conserto_de_tv_e_rede_wifi_-_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1258/indicacao_no_90.20_-_conserto_de_tv_e_rede_wifi_-_donizetti.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, indica a Mesa desta Casa providências junto ao Executivo Municipal, as seguintes informações referente ao Pronto Socorro Municipal:_x000D_
 - para consertar a televisão;_x000D_
 - para colocar uma rede de WI-FI _x000D_
 _x000D_
 _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 _x000D_
 A televisão proporciona distração das pessoas que aguardam atendimento;_x000D_
 Quanto ao Wi-Fi é necessário para que as pessoas possam ter acesso, principalmente quando o telefone não estiver funcionando. _x000D_
 _x000D_
 _x000D_
 Sala das Sessões, em 08 de setembro de 2020.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1259/indicacao_no_91.20_-_drone_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1259/indicacao_no_91.20_-_drone_-_davi.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, indica a Mesa desta Casa providências junto ao Executivo Municipal, para que estude a viabilização e aquisição de Drones.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1274/indicacao_no_92.20_-_asfalto_cano_estourou_-_matheus.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1274/indicacao_no_92.20_-_asfalto_cano_estourou_-_matheus.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, indica a Mesa desta Casa providências junto ao Executivo Municipal, para que tome providências necessárias na Rua Braziel Ferreira Amorim com a Rua Edna, pois estourou um cano da rede de água.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1262/indicacao_no_93.20_-_meio_fio_estourado_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1262/indicacao_no_93.20_-_meio_fio_estourado_-_davi.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, indica a Mesa desta Casa providências junto ao Executivo Municipal, para que sejam feitos reparos no meio fio do terreno localizado na rua Basílio Alves da Silva – frente ao Hospital Itaú, pois trata-se de um terreno baldio, sem edificação._x000D_
 _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 _x000D_
 O referido meio fio está estourado e tem causado transtornos diversos aos moradores e a quem por alí transita. Os moradores pedem esta providência em respeito e cumprimento da legislação local_x000D_
 _x000D_
 	Sala das Sessões, em 18 de setembro de 2020.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1263/indicacao_no_94.20_-_fiscalizar_comercio_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1263/indicacao_no_94.20_-_fiscalizar_comercio_-_davi.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, indica a Mesa desta Casa providências junto ao Executivo Municipal, para que seja criado um grupo especializado na fiscalização municipal para acompanhar o funcionamento e verificar se todo tipo de comércio local estão respeitando as normais estaduais e municipais voltadas para o enfrentamento da Covid 19 em nossa cidade._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 _x000D_
 Em tempo de emergência sanitária, o Poder Público Municipal deve, sobretudo, salvaguardar vidas. A fiscalização é a única forma de, pelo menos, tentar frear o avanço da Covid 19._x000D_
 _x000D_
 	Sala das Sessões, em 18 de setembro de 2020.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1264/indicacao_no_95.20_-_poda_de_arvores_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1264/indicacao_no_95.20_-_poda_de_arvores_-_davi.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, indica a Mesa desta Casa providências junto ao Executivo Municipal, para que seja verificada a possibilidade de realizar uma poda suave nas árvores situadas na calçada do Hospital Itaú localizada na rua Basílio Alves da Silva._x000D_
 _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 _x000D_
 Algumas destas árvores são impróprias para áreas urbanas, e soltam milhares de pequenas folhas que adentram aos ralos de escoamento de águas causando entupimento de tubulações nas residências._x000D_
 _x000D_
 	Sala das Sessões, em 18 de setembro de 2020.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1277/indicacao_no_96.20_-_insalubridade_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1277/indicacao_no_96.20_-_insalubridade_-_davi.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto a Prefeitura Municipal no sentido de que:_x000D_
 - Os profissionais da área da saúde têm recebido o adicional de insalubridade em seu grau médio, ou seja, 20%. Pede-se que o Prefeito Municipal faça uma reavaliação sobre esse percentual para melhor atender essa classe em respeito ao contexto mundial por que passamos.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>JULIANA MATTAR</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1278/indicacao_no_97.20_-_rondas_-_juliana.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1278/indicacao_no_97.20_-_rondas_-_juliana.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, solicita ao Executivo Municipal junto à Polícia Militar para que haja mais rondas ostensivas no conjunto Habitacional Bela Vista (Bairro Cohab 2), intensificando especialmente às imediações do Parque Infantil daquela localidade._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 A iniciativa visa resguardar a segurança de moradores do referido Bairro que precisam ser mais assistidos em questão de policiamento proporcionando mais tranquilidade às famílias que ali residem.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1279/indicacao_no_98.20_-_limpeza_-_juliana.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1279/indicacao_no_98.20_-_limpeza_-_juliana.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, solicita ao Executivo Municipal que faça uma limpeza geral, a poda de àrvores e também faça a manutenção da rede elétrica do Parque Infantil do Conjunto Habitacional Bela Vista (Bairro Cohab 2)_x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 O local encontra-se muito sujo com mato e lixo, causando o desconforto e muita insegurança aos moradores e transeuntes daquelas imediações.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1295/indicacao_no_99.20_-_limpeza_-_placas_liberdade_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1295/indicacao_no_99.20_-_limpeza_-_placas_liberdade_-_davi.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto a Prefeitura Municipal no sentido de que:_x000D_
 - a Prefeitura promova a instalação de placas de identificação no Bairro Liberdade pois, tendo em vista a falta de sinalização destas vias nos parece ser este o motivo pelo qual o Correio não consegue entregar correspondências no local._x000D_
 _x000D_
 Justificativa_x000D_
 Os moradores do referido Bairro estão reclamando há tempos que não há entrega de correspondências no local e consideram que o fato se deve a falta de placas de sinalização nas vias deste residencial. _x000D_
 Desta forma pedimos que a Administração tome as medidas necessárias para sanear este problema por qual passa as famílias do bairro Residencial Liberdade.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1303/indicacao_no_100.20_-_onda_amarela_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1303/indicacao_no_100.20_-_onda_amarela_-_davi.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto a Prefeitura Municipal no sentido de que:_x000D_
 - Vários setores da comunidade de Itaú pedem uma reanálise sobre o já executado regresso para onda amarela, em nosso município.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1308/indicacao_no_101.20_-_devolucao_das_sobras_-_denis.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1308/indicacao_no_101.20_-_devolucao_das_sobras_-_denis.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, indica ao Executivo Municipal o seguinte:_x000D_
 - que seja solicitada à Câmara Municipal a devolução antecipada de sobras de caixa para reverter como subvenção ao Lar São Vicente de Paula._x000D_
 _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 Neste ano de pandemia não será possível realizar os eventos como a Congadas para arrecadar fundos para esta entidade que tem enfrentado muitas dificuldades._x000D_
 Temos conhecimento de que a Câmara Municipal deverá devolver recursos para a Prefeitura e neste sentido solicito que parte desta devolução seja revertida para o Lar São Vicente de Paulo.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1309/indicacao_no_102.20_-_tres_maria_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1309/indicacao_no_102.20_-_tres_maria_-_davi.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal no sentido de que quadra de esportes Três Marias apresenta falhas em sua iluminação que tem prejudicado aqueles que fazem uso dela para atividades esportistas. Algumas lâmpadas queimadas impedem a prática do esporte no referido local. Desta forma pede-se que o Poder Público viabilize a manutenção do espaço para que seja usado conforme sua finalidade precípua. _x000D_
 Justificativa_x000D_
 O fomento da atividade esportiva é um dever do Estado, em razão disso, a manutenção desses espaços públicos de sua responsabilidade passa a ser situação de essencial cuidado.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>Esse protocolo foi criado apenas para testar a tramitação de matéria dentro da Casa Legislativa.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1206/comprovante_01_ind.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1206/comprovante_01_ind.pdf</t>
   </si>
   <si>
     <t>Esta proposição é apenas um teste de cadastro realizado REMOTAMENTE pelo AUTOR.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>MOÇ</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>MATHEUS VILELA SILVA, DAVI OLIVEIRA DE SOUSA, GILMAR DOS SANTOS CHAVES, JULIANA MATTAR, OBERDAN FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1030/mocao_no_01.2020_-_mocao_de_aplauso_a_equipe_de_DTFL93L.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1030/mocao_no_01.2020_-_mocao_de_aplauso_a_equipe_de_DTFL93L.pdf</t>
   </si>
   <si>
     <t>Moção Nº 01/2020_x000D_
 _x000D_
 _x000D_
 Srs. Vereadores_x000D_
 _x000D_
 _x000D_
 Nos termos regimentais, requeremos à Mesa, ouvido o Plenário, uma MOÇÃO DE APLAUSOS, a equipe de Handebol feminino sub 14, campeã da 1ª Copa Integração na cidade de  Alfenas.  _x000D_
 A equipe sagrou-se campeã da Copa Integração de Handebol 2020. _x000D_
 Parabéns a todas as atletas que de forma invicta venceram a competição e trouxeram mais uma conquista para nosso município._x000D_
 Parabenizamos as atletas: Tayná, Maria Vitória Costa, Maria Vitória Mota, Maria Eduarda, Alicia, Anne Elyse, Paula Poscidonio, Mirela, e Ana Luiza, e como destaque a atleta Maria Vitória Mota (goleira)._x000D_
 _x000D_
 Parabenizamos também a comissão técnica e agradeço o esforço, o comprometimento e o empenho que honrou e colocou a nossa cidade, no mais alto patamar do cenário esportivo. _x000D_
 _x000D_
 _x000D_
 Sala das Sessões, em 09 de março de 2020._x000D_
 _x000D_
 _x000D_
 MATHEUS VILELA SILVA_x000D_
 Secretário_x000D_
 _x000D_
 _x000D_
 DAVI OLIVEIRA DE SOUSA_x000D_
 Vereador_x000D_
 _x000D_
 _x000D_
 GILMAR DOS SANTOS CHAVES_x000D_
 Vereador_x000D_
 _x000D_
 JULIANA MATTAR_x000D_
 Vice-presidente_x000D_
 _x000D_
 _x000D_
 OBERDAN FARIA_x000D_
 Presidente</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1097/mocao_no_02.18_-_mocao_de_aplausos_aos_garis_-__yEnLhDc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1097/mocao_no_02.18_-_mocao_de_aplausos_aos_garis_-__yEnLhDc.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais, requeiro à Mesa, ouvido o Plenário, uma MOÇÃO DE APLAUSOS para homenagear toda a equipe de Garis</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1108/mocao_no_03.20_-_dia_da_enfermagem_-_denis.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1108/mocao_no_03.20_-_dia_da_enfermagem_-_denis.pdf</t>
   </si>
   <si>
     <t>Moção Nº 03.20_x000D_
 _x000D_
 _x000D_
 _x000D_
 Nos termos regimentais, requeiro à Mesa, ouvido o Plenário, uma MOÇÃO DE APLAUSOS à todos os enfermeiros e enfermeiras de Itaú de Minas.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1115/mocao_no_05.20_-_radio_boa_nova_pelos_24_anos_d_QWI56bq.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1115/mocao_no_05.20_-_radio_boa_nova_pelos_24_anos_d_QWI56bq.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer que, após a tramitação regimental, seja consignado Voto de Congratulações à Rádio Boa Nova de Itaú de Minas, pelo transcurso de seu 24º ano de existência, com a seguinte Moção:_x000D_
 MOÇÃO</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1124/mocao_no_06.20_mocao_de_aplausos_ao_victor_hugo_LUReZrj.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1124/mocao_no_06.20_mocao_de_aplausos_ao_victor_hugo_LUReZrj.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais, requeiro à Mesa, ouvido o Plenário, uma MOÇÃO DE APLAUSOS aos jovens EDUARDO AUGUSTO SILVA e VICTOR HUGO ALVES ALCIDES, que foram selecionados para participarem do “Programa Embaixadores Politize!”.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>JULIANA MATTAR, DAVI OLIVEIRA DE SOUSA, GILMAR DOS SANTOS CHAVES, MATHEUS VILELA SILVA, OBERDAN FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1265/mocao_no_07.20_-_professora_helena_-_diversos_vereadores.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1265/mocao_no_07.20_-_professora_helena_-_diversos_vereadores.pdf</t>
   </si>
   <si>
     <t>Moção Nº 07/20_x000D_
 _x000D_
 _x000D_
 _x000D_
 Sr. Presidente._x000D_
 _x000D_
 	Nos termos regimentais, requeremos à Mesa, ouvido o Plenário, uma MOÇÃO DE APLAUSOS à professora Helena Maria de Andrade Moraes, pelo êxito de atingir os 100 mil seguidores em sua página na rede social Facebook denominada “Cantos e encantos infantis, em cada canto um encanto.”</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1266/mocao_no_08.20_-_para_familia_clezinho.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1266/mocao_no_08.20_-_para_familia_clezinho.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais, requeiro à Mesa, ouvido o Plenário, uma MOÇÃO DE PESAR à família do nosso querido Dr, Clézio Antonio Alves – Clezinho, com os seguintes dizeres:</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1299/mocao_no_10.20_-_mocao_de_aplausos_aos_professores_-_denis.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1299/mocao_no_10.20_-_mocao_de_aplausos_aos_professores_-_denis.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais, requeiro à Mesa, ouvido o Plenário, uma MOÇÃO DE APLAUSO à todos os professores da rede estadual e municipal de ensino público e privado de nossa cidade pela resiliência e capacidade de superação diante da pandemia de Covid- 19.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1300/mocao_no_11.20_-_mocao_de_aplausos_a_dona_cecilia_-_denis.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1300/mocao_no_11.20_-_mocao_de_aplausos_a_dona_cecilia_-_denis.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais, requeiro à Mesa, ouvido o Plenário, uma MOÇÃO DE APLAUSOS, à Sra. Maria Cecília Andrade Rosa Nunes.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/979/requerimento_no_01.20_-_requer_relacao_dos_estud_5peTtbv.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/979/requerimento_no_01.20_-_requer_relacao_dos_estud_5peTtbv.pdf</t>
   </si>
   <si>
     <t>Senhores Vereadores._x000D_
 _x000D_
 O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal, relação dos Estudantes que foram beneficiados com ajuda de custo, nos anos 2017, 2018 e 2019.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/999/requerimento_no_02.20_-_requer_copia_da_autoriza_RWboz8u.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/999/requerimento_no_02.20_-_requer_copia_da_autoriza_RWboz8u.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal e ao CODEMA, cópia da autorização de cortes de árvores, nos anos de 2017 a 2019.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/980/requerimento_no_03.20_-_requer_copia_integral_da_B42I3PZ.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/980/requerimento_no_03.20_-_requer_copia_integral_da_B42I3PZ.pdf</t>
   </si>
   <si>
     <t>Senhores Vereadores._x000D_
 _x000D_
 _x000D_
 O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal as seguintes informações:_x000D_
 Relação de todas as quadras esportivas que passaram por reforma no exercício de 2019, apresentando todos os documentos comprobatórios das despesas por quadra reformada.  Devendo ser apresentada convênio, processo licitatório, contrato e notas fiscais se forem pagos nos meses em que a Prefeitura ainda não enviou a prestação de contas.  _x000D_
 Relação daquelas com previsão de reforma para 2020.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/976/requerimento_no_04.20_-_requer_urgencia_especial_CBaTEUz.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/976/requerimento_no_04.20_-_requer_urgencia_especial_CBaTEUz.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora abaixo assinada, requer que seja apreciado em regime de URGÊNCIA ESPECIAL, O PROJETO RESOLUÇÃO Nº 02 E DO PROJETO DE LEI Nº 02 - QUE TRATAM DA REVISÃO GERAL DOS VENCIMENTOS DOS SERVIDORES MUNICIPAIS</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/981/requerimento_no_05.20_-_requer_formacao_tecnica__uYnRfn3.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/981/requerimento_no_05.20_-_requer_formacao_tecnica__uYnRfn3.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal as seguintes informações:_x000D_
 - Formação técnica de todos os Secretários Municipais, Procurador Jurídico e Controlador, acompanhados das respectivas cópias do certificado.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/982/requerimento_no_06.20_-_requer_demonstrativos_me_sn5Ot7U.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/982/requerimento_no_06.20_-_requer_demonstrativos_me_sn5Ot7U.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal as seguintes informações:_x000D_
 - Solicita os demonstrativos mensais de numerário referente aos meses de Janeiro a Dezembro de 2019.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/983/requerimento_no_07.20_-_requer_responsaveis_pelo_tJNPauM.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/983/requerimento_no_07.20_-_requer_responsaveis_pelo_tJNPauM.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal as seguintes informações:_x000D_
 - Quem são os responsáveis pelo acompanhamento e levantamento de dados referente ao VAF do Município?</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/984/requerimento_no_08.20_-_requer_relatorios_de_aco_BGjSk5C.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/984/requerimento_no_08.20_-_requer_relatorios_de_aco_BGjSk5C.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal as seguintes informações:_x000D_
 - Solicita os relatórios de acompanhamento do VAF referente ao exercício de 2017, 2018 e 2019.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/985/requerimento_no_09.20_-_requer_acordo_firmado_co_JQwiVsr.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/985/requerimento_no_09.20_-_requer_acordo_firmado_co_JQwiVsr.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal as seguintes informações:_x000D_
 - Solicita as datas e valores que o Município irá receber mediante o acordo  firmado com o Governo do Estado de Minas Gerais, referente os repasses em atraso.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/986/requerimento_no_10.20_-_requer_servidor_para_ter_BP9IJxl.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/986/requerimento_no_10.20_-_requer_servidor_para_ter_BP9IJxl.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal as seguintes informações:_x000D_
 - Nossa cidade está passando por problemas sérios com alto índice de problemas relacionados ao consumo de crack, conforme publicado na Folha da Manhã, em 18 de janeiro de 2020. _x000D_
 A Confederação Nacional de Municípios – CNM divulgou nesta semana, um novo relatório, do qual, as cidades de Itaú de Minas e São Sebastião do Paraíso, tem alto índices de problemas relacionados ao consumo de crack. _x000D_
 Qual a estatística que vai ser usada neste caso?_x000D_
 Quais os dados apurados até hoje pelo site que comprova que Itaú de Minas esta nesta situação?</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/987/requerimento_no_11.20_-_requer__informacoes_dos__WqhKTdr.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/987/requerimento_no_11.20_-_requer__informacoes_dos__WqhKTdr.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal as seguintes informações:_x000D_
 Quais os benefícios/recursos destinados ao município recebidos de 2017 a 2020 enviados por Deputados, Federais e Estaduais através da Prefeitura para órgãos, entidade e Administração Municipal. _x000D_
 - Enviar individualmente cada recurso com fonte e destinação e qual o deputado que intermediou o recurso.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/992/requerimento_no_12.20_-_requer__informacoes_a_re_d0QrfRX.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/992/requerimento_no_12.20_-_requer__informacoes_a_re_d0QrfRX.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal as seguintes informações:_x000D_
 Em março de 2019 o Executivo Municipal em reposta ao requerimento nº 14/2019, informou que os bancos de ferro da estação seriam recolocados em 30 dias. Até o presente momento não se constatou o retorno desses bancos._x000D_
 De forma que se pede a manifestação do Executivo Municipal sobre o assunto.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/993/requerimento_no_13.20_-_requer__informacoes_a_re_mT4I4K5.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/993/requerimento_no_13.20_-_requer__informacoes_a_re_mT4I4K5.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal as seguintes informações:_x000D_
 Em março de 2019 foi assinado um TAG – Termo de ajustamento de gestão, entre o Tribunal de contas do Estado e o Município de Itaú de Minas. Dentre os vários itens que precisa ser cumpridos há um que diz sobre apurar as receitas tributáveis do cartório nos últimos cinco anos e promover a cobrança administrativa ou judicial do ISS devido. _x000D_
 Pergunta: desde quando o cartório paga ou deixa de pagar o ISS?</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/988/requerimento_no_14.20_-_creche_-_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/988/requerimento_no_14.20_-_creche_-_donizetti.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações com relação a Creche do Bairro São Lucas:_x000D_
 - valor destinado através do Convênio – previsto e o já repassado; informar as fontes e os comprovantes de depósitos;_x000D_
 - há contrapartida da Prefeitura? Se sim, enviar os comprovantes dos depósitos; há valores de contrapartida restante  e quais valores?_x000D_
 - enviar comprovantes de pagamentos feitos ao INSS e de outros impostos, inclusive comprovantes de pagamentos feitos pela empresa contratada para a realização da obra;_x000D_
 - qual valor que falta para finalizar a obra e como a Prefeitura pretende terminá-la? Pretende-se realizar processo licitatório para tal finalidade?_x000D_
 -    quais as penalidades que a Administração pode sofrer caso não finalize a obra tendo em vista se tratar de convênio federal?</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/989/requerimento_no_15.20_-_relacao_de_exames_mamogr_c0ueFbZ.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/989/requerimento_no_15.20_-_relacao_de_exames_mamogr_c0ueFbZ.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações com relação a saúde:_x000D_
 - relação da quantidade e valores gastos com exames de Mamografia, Endoscopia, Ultrassonografia e Raio X realizadas pela Prefeitura bem como as que foram pagas pela Administração Municipal nos exercícios de 2017 a 2020.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/990/requerimento_no_16.20_-_relacao_de_material_para_5oIF1kv.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/990/requerimento_no_16.20_-_relacao_de_material_para_5oIF1kv.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, requerem ao Plenário desta Casa de Lei junto ao Executivo Municipal as seguintes informações:_x000D_
 - Relação dos gastos com material esportivos destinados as escolas municipais, nos exercícios de 2017, 2018 e 2019;_x000D_
 - Discriminação de quantidade por escola;_x000D_
 - Cópias dos procedimentos de compra desses materiais – licitação ou dispensa;_x000D_
 - No caso, de dispensa de licitação, que sejam enviadas cópias dos três orçamentos.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/991/requerimento_no_17.20_-_sus_-_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/991/requerimento_no_17.20_-_sus_-_donizetti.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações com relação a saúde:_x000D_
 - relação da cotas liberadas pelo Estado e disponibilizadas para Itaú de Minas pelos Hospitais através do SUS Fácil Eletivo nos anos de 2019 2020;_x000D_
 - lista de espera para cirurgias do Município cadastradas no SUS Fácil eletivo em 2019 e 2020.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/998/requerimento_no_18.20_-_ok_pessoa_doente_nao_tev_6Q8FF6z.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/998/requerimento_no_18.20_-_ok_pessoa_doente_nao_tev_6Q8FF6z.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações com relação aos PSFs, no qual uma pessoa solicitou atendimento domiciliar e a médica do PSF 5 não atendeu a solicitação, pois a pessoa estava com a doença que se chama ELA, infelizmente ele não aguentou e faleceu, o mais triste que não recebeu a visita da médica do PSF 5, por este motivo solicito as seguintes informações, referentes aos meses de dezembro 2019 e janeiro 2020._x000D_
 - Qual a jornada de trabalho dos médicos dos PSFs; _x000D_
 - Folha do ponto de presença dos últimos dois meses da médica do PSF 5;_x000D_
 - Se foi por motivo de ausência que ela não fez a visita domiciliar, solicito a justificativa que comprove a ausência;_x000D_
 - O que os médicos fazem depois do almoço;_x000D_
 - Quantas visitas que os médicos dos PSFs fazem por dia? Qual o horário de visita domiciliar? Solicito comprovante destas visitas dos últimos dois meses do PSF 5.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>OBERDAN FARIA, DAVI OLIVEIRA DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1000/requerimento_no_19.20_-_endereco_dos_imoveis_pr_h0bp2zF.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1000/requerimento_no_19.20_-_endereco_dos_imoveis_pr_h0bp2zF.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal as seguintes informações: _x000D_
 - Endereço dos imóveis que era de propriedade do Instituto de Previdência dos Servidores do Município que recentemente foram transferidos para o nome do Município de Itaú de Minas._x000D_
 - Estes imóveis já haviam sido escriturados em nome do Município e só recentemente registrados?_x000D_
 - A própria lei de extinção do Instituto autorizou a transferência destes imóveis para o Município?_x000D_
 - O Sindicato dos Servidores tem conhecimento e participação na transferência destes imóveis?_x000D_
 - Como o Município pretende utilizar estes imóveis?</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1001/requerimento_no_20.20_-_averbacao_cancelada_-_o_kEoDAQ0.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1001/requerimento_no_20.20_-_averbacao_cancelada_-_o_kEoDAQ0.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal as seguintes informações: _x000D_
 - Foi efetuada recentemente uma averbação do cancelamento de doação da matrícula nº 10929. A que se refere tal doação?_x000D_
 - Foi registrada recentemente escritura pública de doação ao Município dos lotes caracterizados nas matrículas 9321 e 9320. Onde estão localizados estes Lotes? Quem efetuou esta doação?_x000D_
 - Foi recentemente efetuado o cancelamento de penhora das matrículas 7527, 7528, como também unificada as matrículas de nºs 7527, 7528, 10081,10928 e a desdobra da matrícula nº 15501. Onde estão localizados estes lotes?_x000D_
 - Foi efetuada ainda a retificação da área da gleba A – Córrego do Ferro matrícula 12830. A que se refere ?</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>OBERDAN FARIA, JULIANA MATTAR, MATHEUS VILELA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1002/requerimento_no_21.20_-_requer_urgencia_especia_qw0t2tw.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1002/requerimento_no_21.20_-_requer_urgencia_especia_qw0t2tw.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora abaixo assinada, requer que seja apreciado em regime de URGÊNCIA ESPECIAL, e que sejam dispensados os pareceres das comissões permanentes, no Projeto de Resolução nº 01/20 – Altera o Regimento Interno da Câmara Municipal de Itaú de Minas, dispondo formação de comissão especial.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1042/requerimento_no_22.20_-_gastos_com_a_festa_de_r_7hxEYbd.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1042/requerimento_no_22.20_-_gastos_com_a_festa_de_r_7hxEYbd.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 22/20_x000D_
 _x000D_
 Srs. Vereadores, _x000D_
 _x000D_
 O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal as seguintes informações: _x000D_
 - Quanto que a Prefeitura Municipal gastou com a festa de Santos Reis, nos últimos anos e no ano de 2020.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>A Mesa Diretora abaixo assinada, requer que seja apreciado em regime de URGÊNCIA _x000D_
 ESPECIAL o Projeto de Lei  n. 04 que Autoriza a abertura de crédito adicional especial na Lei n. _x000D_
 1063/2020 que Estima a receita a fixa despesa do Município de Itaú de Minas para o Exercício _x000D_
 Financeiro de 2020 e dá outras providências. _x000D_
  _x000D_
 Justificativa _x000D_
 A solicitação visa dar agilidade a tramitação deste projeto da qual será necessária uma _x000D_
 pronta apreciação para pagamento do INSS com os recursos do pré sal, permitindo assim que a _x000D_
 Administração destine recursos ordinários para o pagamento dos servidores municipais do mês de _x000D_
 fevereiro. _x000D_
  _x000D_
  _x000D_
 Sala das Sessões, em 17 de Fevereiro de 2020.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1043/requerimento_no_24.20_-_informacoes_do_parque_d_gRZyLI3.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1043/requerimento_no_24.20_-_informacoes_do_parque_d_gRZyLI3.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 24/20_x000D_
 _x000D_
 Srs. Vereadores, _x000D_
 O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal as seguintes informações: _x000D_
 - Relação dos gastos e comprovantes de todas despesas com serviço elétrico, no Parque de Eventos em fevereiro de 2020, por ocasião da Festa de Santos Reis._x000D_
 - o que houve com os materiais elétricos que já estavam instalados no Parque de Eventos?</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1022/requerimento_no_25.20_-_urgencia_especial_a_ped_YajaxF9.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1022/requerimento_no_25.20_-_urgencia_especial_a_ped_YajaxF9.pdf</t>
   </si>
   <si>
     <t>Atendendo a solicitação do Prefeito Municipal e na qualidade de Líder do Executivo nesta Casa de Leis, requeiro que seja apreciado em regime de URGÊNCIA ESPECIAL o Projeto de Lei n. 08 que Autoriza a abertura de crédito adicional especial na Lei n. 1063/2020 que Estima a receita a fixa despesa do Município de Itaú de Minas para o Exercício Financeiro de 2020 e dá outras providências.(destina verba estadual no valor de 150 mil reais para aquisição de 01 Van para a Saúde).</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1044/requerimento_no_26.20_-_plano_de_prevencao_coro_0kCh1R2.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1044/requerimento_no_26.20_-_plano_de_prevencao_coro_0kCh1R2.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 26/20_x000D_
 _x000D_
 Srs. Vereadores, _x000D_
 _x000D_
 O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal,  Secretaria de Saúde e a Secretaria de Educação, as seguintes informações: _x000D_
 - Qual o plano de prevenção e de enfrentamento do município contra o coronavírus?_x000D_
 - Qual a prevenção nos lugares aglomerados como o Setor da Educação, outros Setores da Administração e assim como, a comunidade em geral, no sentido de: campanhas explicativas, álcool em gel e outros, que são orientações médicas.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1045/requerimento_no_27.20_-_informacoes_do_setor_de_i02n1k0.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1045/requerimento_no_27.20_-_informacoes_do_setor_de_i02n1k0.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 27/20_x000D_
 _x000D_
 Srs. Vereadores, _x000D_
 _x000D_
 O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal, as seguintes informações: _x000D_
 - Número de alunos em 2020, por sala de aula e por escola;_x000D_
 Observação: Os números aqui referidos precisam ser os atualizados até o dia 20/03/2020, pois houve evasão de alunos por variados motivos, entre janeiro de 2020 e finais de fevereiro de 2020._x000D_
 - Número de alunos em 2019, por sala de aula e por escola;_x000D_
 - Número do corpo docente, nos anos 2015 a 2020, por escola, em atuação em sala de aula, professora eventual, de apoio e de educação física, considerando todas as alterações ocorridas nos períodos, quer suprimindo ou adicionando disciplinas.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1023/requerimento_no_28.20_-_urgencia_especial_a_pro_f3zvU0v.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1023/requerimento_no_28.20_-_urgencia_especial_a_pro_f3zvU0v.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora abaixo assinada, requer que seja apreciado em regime de URGÊNCIA ESPECIAL A Proposição de Emenda nº 01/20 ao Projeto de Lei nº 08 que Autoriza a abertura de crédito adicional especial na Lei n. 1063/2020 que Estima a receita a fixa despesa do Município de Itaú de Minas para o Exercício Financeiro de 2020 e dá outras providências.(destina verba estadual no valor de 150 mil reais para aquisição de 01 Van para a Saúde).</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1027/requerimento_no_29.20_-_urgencia_no_pronto_soco_DzfRXsj.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1027/requerimento_no_29.20_-_urgencia_no_pronto_soco_DzfRXsj.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 29/20_x000D_
 _x000D_
 Srs. Vereadores, _x000D_
 _x000D_
 O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal, as seguintes informações: _x000D_
 - Qual o procedimento seguido para atendimentos de urgência no Pronto Socorro?_x000D_
 - O que é definido como urgência?</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1028/requerimento_no_30.20_-_bolsa_familia_-_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1028/requerimento_no_30.20_-_bolsa_familia_-_donizetti.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 30/20_x000D_
 _x000D_
 Srs. Vereadores, _x000D_
 _x000D_
 O vereador que esta subscreve, requer ao Plenário desta Casa de Leis junto ao Executivo Municipal, as seguintes informações em relação ao benefício do Bolsa Família._x000D_
 - Nos últimos 05 (cinco) anos, quantas pessoas perderam e quantas pessoas começaram a ganhar o Bolsa Família?_x000D_
 - Quais os requisitos que foram adotados para o cancelamento do benefício do Bolsa Família? Teve exigência de alguém?_x000D_
 - Teve alguma pessoa que ganhou o benefício? _x000D_
 - Qual o procedimento para ganhar o benefício?</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1029/requerimento_no_31.20_-_tela_de_protecao_-_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1029/requerimento_no_31.20_-_tela_de_protecao_-_donizetti.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N. 31 /20_x000D_
 _x000D_
 O vereador que este subscreve, requer as seguintes informações com relação com relação a creche do São Lucas:_x000D_
 - há planejamento para afixação de uma tela de proteção no muro existente do lado leste da obra, para evitar chutes de bolas na casa do morador vizinho?_x000D_
 - será feito reparo no referido muro posto que ele está instável e precisa ser reforçado?</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1034/requerimento_no_32.20_-_interdicao_da_escola_-_matheus.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1034/requerimento_no_32.20_-_interdicao_da_escola_-_matheus.pdf</t>
   </si>
   <si>
     <t>Requerimento n. 32/20_x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Senhores Vereadores._x000D_
 _x000D_
 _x000D_
 A vereadora que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:  _x000D_
 - É verídica a informação de que a Vigilância Sanitária interditou uma sala da Escola Monsenhor Ernesto devido a incidência de pombinhos do local?_x000D_
 - Em caso afirmativo,  quais as providências que a Administração tem tomado em relação a esta situação?</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1035/requerimento_no_33.20_-_transporte_urbanos_-_matheus.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1035/requerimento_no_33.20_-_transporte_urbanos_-_matheus.pdf</t>
   </si>
   <si>
     <t>Requerimento n. 33/20_x000D_
 _x000D_
 _x000D_
 Senhores Vereadores._x000D_
 _x000D_
 A vereadora que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:  _x000D_
 - como será regularizado e como funcionará o transporte urbano de alunos da rede pública de ensino em 2020?</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1036/requerimento_no_34.20_-_inss_-_matheus.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1036/requerimento_no_34.20_-_inss_-_matheus.pdf</t>
   </si>
   <si>
     <t>Requerimento n. 34/20_x000D_
 _x000D_
 _x000D_
 Senhores Vereadores._x000D_
 _x000D_
 O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:  _x000D_
 - qual o montante dos valores pagos pela Prefeitura ao INSS referentes a juros e multas gerados nos exercício financeiros de 2017 à 2020?</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1037/requerimento_no_35.20_-_convenios_-_oberdan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1037/requerimento_no_35.20_-_convenios_-_oberdan.pdf</t>
   </si>
   <si>
     <t>Requerimento n. 35/20_x000D_
 _x000D_
 _x000D_
 Senhores Vereadores._x000D_
 _x000D_
 O vereador que esta subscreve, requer ao Plenário desta Casa de Leis as seguintes informações junto ao Executivo Municipal:  _x000D_
 - há convênios/parcerias em vigência com todas as Prefeituras de Municípios vizinhos de nosso Município –Passos, Cássia, Pratápolis, Fortaleza de Minas?_x000D_
 - não havendo todos os convênios acima descritos, informar os motivos pelos quais não foram firmados ou renovados, especialmente  para manutenção de estradas rurais,  utilização de máquinas e equipamentos.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1038/requerimento_no_36.20_-_empenho_-_matheus.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1038/requerimento_no_36.20_-_empenho_-_matheus.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N. 36 /20_x000D_
 _x000D_
 O vereador que este subscreve, requer as seguintes informações:_x000D_
 - esclarecimentos quanto à compra direta do Empenho 917/2020 que tem por fornecedor: Amigos do Ensino Escolar LTDA ME, do que se trata?_x000D_
 - cópia das cotações de preço e processo administrativo integral referente à esta compra direta</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1039/requerimento_no_37.20_-_prestacao_de_servicos_-_matheus.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1039/requerimento_no_37.20_-_prestacao_de_servicos_-_matheus.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N.  37/20_x000D_
 _x000D_
 _x000D_
 O vereador que este subscreve, requer as seguintes informações:_x000D_
 - esclarecimentos à respeito do Empenho 312/19 cujo histórico é “prestação de serviços médicos hospitalares, cirurgias com complemento de out/2018”;</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1040/requerimento_no_38.20_-_distrito_industrial_-_matheus.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1040/requerimento_no_38.20_-_distrito_industrial_-_matheus.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N. 38/20_x000D_
 _x000D_
 O vereador que este subscreve, requer as seguintes informações:_x000D_
 - relação de empresas beneficiadas com respectivos lotes que foram doados no Distrito Industrial pela Prefeitura no período de 02.02.17 à 31.12.2019.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1059/requerimento_no_39.20_-_regulamentacao_por_copi_G5FRTKG.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1059/requerimento_no_39.20_-_regulamentacao_por_copi_G5FRTKG.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer do Executivo Municipal, cópia da regulamentação para cobrança de fotocópias de movimentação, solicitadas por cidadão comum.  _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 O pedido visa termos conhecimento do assunto para acompanhamento e fiscalização._x000D_
 _x000D_
 Sala das Comissões em 11 de Março de 2020._x000D_
 _x000D_
 _x000D_
 DAVI OLIVEIRA DE SOUSA_x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>MATHEUS VILELA SILVA, DAVI OLIVEIRA DE SOUSA, JULIANA MATTAR</t>
   </si>
   <si>
     <t>Senhor Presidente._x000D_
 _x000D_
 A Comissão de Finanças e Orçamento, através de seus membros abaixo assinados, nos termos do inciso VI, §2º do Art.50 da Lei Orgânica do Município de Itaú de Minas requer:_x000D_
 - a convocação do Senhor Clézio Antonio Alves - Presidente Administrativo da Fundação Itaú de Assistência Social e do Senhor Zelzemir Alves de Oliveira – Presidente do Conselho Curador da FIAS, para prestarem depoimento à esta Comissão acerca dos recursos públicos financeiros recebidos em 2018, bem como sobre a atual situação financeira da entidade, e do planejamento para a aplicação das verbas de R$ 100.000,00 (cem mil reais) e de R$ 35.000,00 (trinta e cinco mil reais) à serem destinada a FIAS conforme projetos de Leis enviados pelo Executivo à esta Casa de Leis.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1047/requerimento_no_41.20_-_urgencia_especial_aos_p_fXaLRQJ.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1047/requerimento_no_41.20_-_urgencia_especial_aos_p_fXaLRQJ.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 41/20_x000D_
 _x000D_
 Srs. Vereadores, _x000D_
 A Mesa Diretora abaixo assinada, requer que sejam apreciados em regime de URGÊNCIA ESPECIAL os seguintes Projetos: _x000D_
 a)	Proposta Modificativa ao Projeto de Lei nº 10/20, que Autoriza a abertura de Crédito Adicional Especial na Lei nº 1063/2020 – Que estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2020 – e dá outras providências. (CEFEM);_x000D_
 b)	Projeto de Lei nº 12/20 que Autoriza a abertura de Crédito Adicional Especial na Lei nº 1063/2020 – Que estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2020 – e dá outras providências.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1060/requerimento_no_42.20_-_escritura_-_donizetti_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1060/requerimento_no_42.20_-_escritura_-_donizetti_1.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer do Executivo Municipal, informação a respeito das escrituras das casas denominada Morada do Sol, situada na Rua Margarida de Oliveira, no Bairro: Sagrada Família e também as casas construída na mesma época na Rua João Carlos Simas, no Bairro: Jardim Campestre e também em outras ruas deste bairro. _x000D_
 Qual o motivo pela demora em entregar estas escrituras aos moradores?_x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 O pedido visa fiscalização e acompanhamento do assunto._x000D_
 _x000D_
 Sala das Comissões em 16 de Março de 2020._x000D_
 _x000D_
 _x000D_
 DONIZETTI ANTONIO DE AMORIM_x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1053/requerimento_no_44_urgencia_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1053/requerimento_no_44_urgencia_1.pdf</t>
   </si>
   <si>
     <t>Na condição de líder do Executivo na Câmara Municipal, o vereador abaixo assinado requer a concessão do regime de urgência especial ao seguinte projeto:_x000D_
 - n. 05/20 que Autoriza o Chefe do Poder Executivo Municipal a proceder a permuta de imóvel de propriedade do Município, na forma que especifica;_x000D_
 _x000D_
 _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 	O pedido visa dar agilidade a tramitação deste projeto sem o que perderá a oportunidade e eficácia.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1052/requerimento_revisado_no_45_-_urgencia_especial_TyQI4LC.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1052/requerimento_revisado_no_45_-_urgencia_especial_TyQI4LC.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora abaixo assinada, requer que sejam apreciados em regime de URGÊNCIA ESPECIAL os seguintes Projetos: _x000D_
 - PROJETO DE LEI Nº 05/20 que AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1063/2020 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2020 - E DÁ OUTRAS PROVIDÊNCIAS e _x000D_
 - PROJETO DE LEI Nº 06/20 que AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS E CONTRIBUIÇÕES NO EXERCÍCIO DE 2020 E DÁ OUTRAS PROVIDÊNCIAS. (visam destinação de recursos para a Fundação Itaú de Assistência  Social entre outras entidades)_x000D_
 Justificativa_x000D_
 A solicitação visa dar agilidade a tramitação destes projetos da qual será necessária uma pronta apreciação.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1061/requerimento_matheus_alcool_gel_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1061/requerimento_matheus_alcool_gel_1.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer ao Executivo Municipal as seguintes informações junto à Secretaria Municipal de Educação:_x000D_
 Durante a Pandemia do Covid 19 a Secretaria  de Educação comprou e tem comprado álcool em gel 70% para atender as escolas e demais setores escolares?_x000D_
 Relacionar empresas fornecedoras?_x000D_
 Qual a quantidade adquirida até o envio da resposta deste requerimento?_x000D_
 Qual os valores pagos?_x000D_
 Informar número(s) do (s) empenho(s) e nota(s) fiscal(s) ?_x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 O pedido visa darmos fiscalização e acompanhamento do assunto._x000D_
 _x000D_
 Sala das Comissões em 08 de Abril de 2020._x000D_
 _x000D_
 _x000D_
 MATHEUS VILELA SILVA_x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1058/requerimento_urgencia_proj_resolucao_no__47.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1058/requerimento_urgencia_proj_resolucao_no__47.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora da Câmara Municipal por seus membros abaixo assinado requer a concessão do regime de urgência especial ao seguinte projeto:_x000D_
 - Projeto de Resolução n. 04 que Institui ritos de procedimentos para a realização de sessões ordinárias e extraordinárias, na modalidade remota, no âmbito da Câmara Municipal de Itaú de Minas/MG como solução a ser utilizada durante a emergência de saúde pública relacionada à pandemia do COVID-19 e assemelhados.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>DAVI OLIVEIRA DE SOUSA, MATHEUS VILELA SILVA, OBERDAN FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1069/requerimento_no_48.20_-_concurso_-_matheus_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1069/requerimento_no_48.20_-_concurso_-_matheus_1.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações:_x000D_
 - data de vigência do Concurso Público n. 001/15, bem como a relação de todos os convocados para posse deste Concurso nos exercício de 2019 e 2020 contendo: nome, cargo, vencimento, endereço e quantidade de vagas oferecidas para cada cargo.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - Processo completo sobre o Empenho n.767 (cotações, contrato, empenhos complementares se houverem, notas fiscais) referentes a empresa Lucas Américo Borges;</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1071/requerimento_no_50.20_-_fundo_saude_covid_19_-__2iTlUgR.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1071/requerimento_no_50.20_-_fundo_saude_covid_19_-__2iTlUgR.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações do Executivo Municipal a respeito da Lei Complementar 172, que permitiu que estados e municípios tenham mais flexibilidade no uso de recursos destinados à saúde:</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1072/requerimento_no_51.20_-_contrato_copasa_-_matheus_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1072/requerimento_no_51.20_-_contrato_copasa_-_matheus_1.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações do Executivo Municipal em relação à COPASA:_x000D_
 - Quando se encerra o Contrato entre a concessionária e o Município de Itaú de Minas?_x000D_
 - Qual o valor atualizado da dívida do Município com a COPASA?_x000D_
 - A Prefeitura tem negociado a renovação do Contrato com a empresa? _x000D_
 - Se sim, quais os termos que estão sendo negociados?_x000D_
 - Há restos à pagar ?</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1073/requerimento_no_52.20_-_moradores_de_rua_-_denis_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1073/requerimento_no_52.20_-_moradores_de_rua_-_denis_1.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - tendo em vista a excelente iniciativa da Administração em acolher os moradores de rua na Escola Municipal Dr. Cristiano Machado neste momento de enfrentamento da Covid 19, ação esta que é digna de muitos elogios pela ação social relevante que está sendo feita junto à essas pessoas, venho solicitar informações de como será e o que será feito pela Prefeitura com estes moradores após a Pandemia for controlada.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1068/requerimento_no_55_-_urgencia_especial_proposta_5kDe9Uo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1068/requerimento_no_55_-_urgencia_especial_proposta_5kDe9Uo.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora abaixo assinada, requer que seja apreciado em regime de URGÊNCIA ESPECIAL a Proposição de emenda n. 01 à Proposta de Emenda à Lei Orgânica n. 04/19 (PEC 04) que “Acrescenta e suprime dispositivos que menciona na Lei Orgânica Municipal onde trata dos subsídios dos Vereadores no âmbito do Município de Itaú de Minas e dá outras providências”._x000D_
 Justificativa_x000D_
 A solicitação visa dar agilidade a tramitação deste projeto da qual será necessária uma pronta apreciação._x000D_
 Sala das Sessões, em 29 de Abril de 2020.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1086/requerimento_revisado_no_56_-_urgencia_especial_zHMaeKN.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1086/requerimento_revisado_no_56_-_urgencia_especial_zHMaeKN.pdf</t>
   </si>
   <si>
     <t>Srs. Vereadores, _x000D_
 A Mesa Diretora abaixo assinada, requer que sejam apreciados em regime de URGÊNCIA ESPECIAL os Projetos de Lei nº 16 e 17/20 que Autoriza a abertura de crédito adicional especial na Lei nº 1063/2020 – que estima a receita e fixa a despesa do município de Itaú de Minas para o exercício financeiro de 2020 – e dá outras providências. (Destina recursos para o Pronto Socorro, a Santa Casa e Emater) e que sejam dispensados os pareceres das comissões permanentes._x000D_
 Justificativa_x000D_
 A solicitação visa dar agilidade a tramitação destes projetos da qual será necessária uma pronta apreciação sem o que perderão a eficácia e oportunidade._x000D_
 Sala das Sessões, em 01 de Maio de 2020._x000D_
 _x000D_
 Oberdan Faria_x000D_
 Presidente_x000D_
 _x000D_
 _x000D_
 Juliana Mattar_x000D_
 Vice-Presidente_x000D_
 _x000D_
 _x000D_
 Matheus Vilela Silva_x000D_
 Secretário</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1095/requerimento_no_57.20_-_arvores_-_davi_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1095/requerimento_no_57.20_-_arvores_-_davi_1.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer do Executivo Municipal as seguintes informações:_x000D_
 Recentemente moradores das imediações da Praça do Triângulo protocolaram na Prefeitura um abaixo assinado pedindo o corte das árvores situadas na referida praça ( desde que houvesse a imediata reposição de árvores de outras espécies, próprias de áreas urbanas) e desde o momento – 06/05/2020 – não se obteve êxito no pedido dos assinantes.  _x000D_
 _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 Devido à altura que essas árvores estão elas coloca em risco de acidente toda a população de residente quando da ocorrência de ventanias e chuvas mais fortes. Não se quer que a omissão do Poder Público venha a ser responsável por eventual tragédia, por isso se insiste na extração dessas árvores. _x000D_
 _x000D_
 Sala das Comissões em 05 de maio de 2020._x000D_
 _x000D_
 _x000D_
 DAVI OLIVEIRA DE SOUSA_x000D_
 VEREADOR_x000D_
 _x000D_
 MATHEUS VILELA SILVA_x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1096/requerimento_no_58.20_-_requer_resposta_de_ofic_RQird9m.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1096/requerimento_no_58.20_-_requer_resposta_de_ofic_RQird9m.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer do Executivo Municipal as seguintes informações:_x000D_
 Em ofício de nº 14/2020, foi remetido ao Prefeito documentos que apontam cobranças indevidas de taxas no carnê de IPTU. _x000D_
 Diante do apresentado o que se decidiu?  _x000D_
 _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 A população que acompanha os trabalhos legislativos de Itaú tem feito cobranças de respostas da questão ora discutida._x000D_
 _x000D_
 Sala das Comissões em 06 de maio de 2020._x000D_
 _x000D_
 _x000D_
 DAVI OLIVEIRA DE SOUSA_x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1109/requerimento_no_60.20_-_obra_parada_-_davi_e_matheus.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1109/requerimento_no_60.20_-_obra_parada_-_davi_e_matheus.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº  60/20_x000D_
 _x000D_
 _x000D_
 	Srs. Vereadores. _x000D_
 _x000D_
 Os vereadores que este subscreve, requerem do Executivo Municipal as seguintes informações:_x000D_
 A respeito das obras que acontecem no bairro Santo Antonio, relacionadas a rede de esgoto, nas imediações do pontilhão da FEPASA.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1110/requerimento_no_61.20_-_obra_-_matheus.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1110/requerimento_no_61.20_-_obra_-_matheus.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N.  61/20_x000D_
 _x000D_
 _x000D_
 O vereador que este subscreve, requer as seguintes informações do Executivo Municipal conforme exposto:_x000D_
 - conforme já sabido, a Prefeitura iniciou obras de reparos e reformas nas quadras no Município, e conforme Memorial Descritivo para reforma da Quadra Adelaide Lobato – bairro Universitário - o ítem 4.1.5 refere-se as traves de gol instaladas e que constam na planilha orçamentária da seguinte forma:</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1111/requerimento__62_matheus_meio_fio_poliesportivo_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1111/requerimento__62_matheus_meio_fio_poliesportivo_1.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações do Executivo Municipal conforme exposto:_x000D_
 -  A Prefeitura está fazendo a pavimentação de ruas nas imediações do Poliesportivo e os meios-fios não estão sendo devidamente instalados em sua totalidade._x000D_
 - Desta forma requeiro informações dos motivos pelos quais não estão colocados novos meios-fios nesta obra pois os moradores vizinhos estão sendo atingidos com escoamento das águas das chuvas que causam erosão em seus imóveis conforme fotos anexas._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 O pedido visa termos conhecimento do assunto para acompanhamento e fiscalização._x000D_
 _x000D_
 Sala das Comissões em 13 de maio de 2020._x000D_
 _x000D_
 _x000D_
 MATHEUS VILELA SILVA _x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1112/requerimento__63_oberdan_divida_cemig_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1112/requerimento__63_oberdan_divida_cemig_1.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações do Executivo Municipal conforme exposto:_x000D_
 -  quais as ações que o Executivo está tomando e quais pretende tomar em relação a dívida do Município para com a CEMIG que já remonta em torno de R$ 3.200.000,00 (três milhões e duzentos mil reais)._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 O pedido visa termos conhecimento do assunto para acompanhamento e fiscalização pois não estamos vendo movimentação e vontade política pra ser resolver esta pendência que a cada mês aumenta mais e mais._x000D_
 _x000D_
 Sala das Comissões em 15 de maio de 2020._x000D_
 _x000D_
 _x000D_
 OBERDAN FARIA_x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1116/requerimento_no_64.20_-_area_verde_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1116/requerimento_no_64.20_-_area_verde_-_davi.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações junto ao Executivo Municipal:_x000D_
 - relação de todas as áreas verdes e localização de dada uma delas;_x000D_
 - listagem das áreas verdes ocupadas por particulares, se houver, bem como finalidade da ocupação (residencial/comercial);_x000D_
 - quais as ações que a Prefeitura pode implementar em relação à estas ocupações?</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1117/requerimento_no_65.20_-_todas_as_recomendacoes__VGGUllN.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1117/requerimento_no_65.20_-_todas_as_recomendacoes__VGGUllN.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações junto ao Executivo Municipal:_x000D_
 - cópias de todas as recomendações do Ministério Público Estadual recebidas pela Prefeitura Municipal de Itaú de Minas no período de 2013 à 2020._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 O pedido visa termos conhecimento do assunto para acompanhamento e fiscalização._x000D_
 _x000D_
 Sala das Comissões em 19 de maio de 2020. _x000D_
 _x000D_
 _x000D_
 _x000D_
 Davi Oliveira de Sousa – Vereador_x000D_
 _x000D_
 _x000D_
 Matheus Vilela Silva - Vereador</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1118/requerimento__66_-_davi_chacreamento_1_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1118/requerimento__66_-_davi_chacreamento_1_1.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações junto ao Executivo Municipal:_x000D_
 - Por qual razão o Executivo Municipal ainda não enviou ao Legislativo o Projeto de Lei que trata do Chacreamento conforme dispõe o Plano Diretor, já que ele é essencial para a regularização de imóveis?_x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 Há meses a Câmara Municipal aprovou o Plano Diretor consolidando a prerrogativa do Poder Executivo de enviar o Projeto de Lei dispondo sobre o Chacreamento e nada foi feito. _x000D_
 A cobrança desta lei por parte dos proprietários de imóveis é incessante. Faz-se urgente a aprovação desta Lei em nosso Município._x000D_
 _x000D_
 Sala das Comissões em 21 de maio de 2020. _x000D_
 _x000D_
 _x000D_
 _x000D_
 Davi Oliveira de Sousa – Vereador</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1160/requerimento_no_67.20_-_caminhao_pipa_-_denis_-_WPFEqlO.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1160/requerimento_no_67.20_-_caminhao_pipa_-_denis_-_WPFEqlO.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações junto ao Executivo Municipal:_x000D_
 - A respeito do caminhão pipa, qual a situação em que se encontra?_x000D_
 - Está em funcionamento ou manutenção? Qual motivo?_x000D_
 - Se tiver em manutenção, quando volta em funcionamento?_x000D_
 _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 O caminhão pipa tem funções importantíssimas para o município, visto que, estamos em época de seca e muita poeira, e o uso desse caminhão que faz o serviço de aguar os locais onde há grande concentração de poeira, servindo para amenizar os efeitos desta poeira para os usuários destes locais. _x000D_
 O referido caminhão serve também como item de segurança para toda população, pois serve para apagar incêndios de qualquer natureza, por este motivo tem que estar sempre em boas condições de funcionamento, para ser usado sempre que precisar. _x000D_
 _x000D_
 Sala das Comissões em 04 de junho de 2020.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1201/requerimento_n_68.20_-_ferias_acumuladas_3.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1201/requerimento_n_68.20_-_ferias_acumuladas_3.pdf</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, requerem as seguintes informações junto ao Executivo Municipal:_x000D_
 - relação dos servidores e agentes públicos que tem férias acumuladas até a data do envio da resposta;_x000D_
 - relação dos servidores e agentes públicos que tiveram  férias acumuladas e indenizadas de 01.01.17 até a data do envio da resposta, bem como o memorando de solicitação;_x000D_
 - relação de servidores que solicitaram a indenização de férias acumuladas e tiveram pedido negado pela Administração bem como a exposição dos motivos do indeferimento._x000D_
 _x000D_
 Também requeremos que a Administração Municipal faça de imediato o seu planejamento para conceder férias acumuladas aos servidores que tiverem direito evitando os gastos com indenizações pelos mesmos motivos expostos pela ex vereadora Evandra Cintra que já alertava para esta prática em 2016 de acordo com o Requerimento n. 05/16 que segue anexo.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1212/requerimento_no_69_-_urgencia_especial_aos_proj_s2E02ts.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1212/requerimento_no_69_-_urgencia_especial_aos_proj_s2E02ts.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora abaixo assinada, requer que sejam apreciados em regime de URGÊNCIA ESPECIAL os seguintes Projetos:_x000D_
 Projeto de Lei nº 23/20 – Autoriza a abertura de crédito adicional especial na Lei nº 1063/2020  - que estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2020 e dá outras providências. (destinado a aquisição de ambulância – UTI Móvel para manutenção das ações e serviços públicos de saúde)._x000D_
 Projeto de Lei nº 24/20 – Autoriza a majoração do limite de abertura de créditos adicionais suplementares ao orçamento do Município de Itaú de Minas para o exercício financeiro de 2020. (majorado em 5% (cinco por cento) o limite para a abertura pelo Poder Executivo de crédito adicional suplementar ao Orçamento do Município)_x000D_
 Justificativa_x000D_
 A solicitação visa dar agilidade a tramitação destes projetos da qual será necessária uma pronta apreciação sem o que perderão a eficácia e oportunidade._x000D_
 Sala das Sessões, em 26 de junho de 2020._x000D_
 Oberdan Faria</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>ANTONIO DOS REIS NUNES</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1233/requerimento_81_urgencia_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1233/requerimento_81_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo subscreve, na condição de líder do executivo e nos termos do Regimento Interno desta Casa, requer a concessão de regime de urgência especial ao Projeto de Lei nº 25/2020, que trata da abertura de crédito adicional especial no orçamento do Município, a fim de viabilizar a aquisição de um aparelho de raio-X digital._x000D_
 _x000D_
 	A proposição, por seus objetivos, exige pronta apreciação, sem o que perderá a oportunidade ou a eficácia_x000D_
 _x000D_
 	Ao ensejo, aproveito para cumprimentar o ilustre vereador Donizetti Antonio de Amorim pelo esforço empreendido na liberação dos recursos federais para essa importante aquisição, a qual muito beneficiará o povo de nossa cidade._x000D_
 	_x000D_
 	Atenciosamente,_x000D_
 _x000D_
 _x000D_
 _x000D_
 ANTONIO DOS REIS NUNES_x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>JULIANA MATTAR, MATHEUS VILELA SILVA, OBERDAN FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1234/requerimento_no_82_urgencia_especial_2.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1234/requerimento_no_82_urgencia_especial_2.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora abaixo assinada, requer que sejam apreciados em regime de URGÊNCIA ESPECIAL os seguintes projetos:_x000D_
 - SUBSTITUTIVO N. 01 AO PROJETO DE LEI N. 22, QUE PROÍBE A REALIZAÇÃO DE EVENTOS COMO AÇÃO DE ENFRENTAMENTO A PANDEMIA DO COVID 19 EM ITAÚ DE MINAS;_x000D_
 - PROJETO DE RESOLUÇÃO N. 05 QUE ALTERA A RESOLUÇÃO N. 262, DE 03 DE JULHO DE 2019 - REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ITAÚ DE MINAS, DISPONDO SOBRE MODALIDADE DE REQUERIMENTO;_x000D_
 - PROJETO DE RESOLUÇÃO Nº 06 - ALTERA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ITAÚ DE MINAS, DISPONDO SOBRE O FUNCIONAMENTO DAS COMISSÕES PERMANENTES;_x000D_
 - PROJETO DE RESOLUÇÃO Nº 07 - ALTERA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ITAÚ DE MINAS, DISPONDO SOBRE AS EMENDAS IMPOSITIVAS;_x000D_
 _x000D_
 - PROJETO DE RESOLUÇÃO N. 08 – MESA DIRETORA - MODIFICA A RESOLUÇÃO N. 201, DE 29 DE MAIO DE 2002 QUE DISPÕE SOBRE A CONCESSÃO DE DIÁRIAS DO PODER LEGISLATIVO DE ITAÚ DE MINAS E DÁ OUTRAS PROVIDÊNCIAS;</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1239/requerimento_83_urgencia_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1239/requerimento_83_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo subscreve, na condição de líder do executivo e nos termos do Regimento Interno desta Casa, requer a concessão de regime de urgência especial ao Projeto de Lei nº 26/2020, que trata da abertura de crédito adicional especial no orçamento do Município, a fim de criar dotações orçamentárias para o enfrentamento da emergência em saúde pública decorrente pandemia da COVID-19 nas políticas municipais de Saúde e de Assistência Social, conforme definido na Lei Complementar nº 173/2020._x000D_
 _x000D_
 	A proposição, por seus objetivos, especialmente a aquisição de EPI’s, exames diagnósticos e também de alimentos para doação às famílias atingidas pelos efeitos da pandemia, exige pronta apreciação desta Casa, sem o que perderá a oportunidade ou a eficácia._x000D_
 	_x000D_
 	Atenciosamente,_x000D_
 _x000D_
 _x000D_
 _x000D_
 ANTONIO DOS REIS NUNES_x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1246/requerimento_no_84.20_-_lider_do_prefeito_solic_Ge1yjKf.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1246/requerimento_no_84.20_-_lider_do_prefeito_solic_Ge1yjKf.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo subscreve, na condição de líder do executivo e nos termos do Regimento Interno desta Casa, requer a concessão de regime de urgência especial ao Projeto de Lei nº 27/2020, que Autoriza a abertura de crédito adicional especial na Lei nº 1063/2020 – que estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2020 e dá outras providências. _x000D_
 _x000D_
 	A proposição, por seus objetivos, exige pronta apreciação, sem o que perderá a oportunidade ou a eficácia._x000D_
 	_x000D_
 	Atenciosamente,_x000D_
 _x000D_
 _x000D_
 _x000D_
 ANTONIO DOS REIS NUNES_x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1249/requerimento_no_85.20_-_sobre_a_lei_adir_blanc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1249/requerimento_no_85.20_-_sobre_a_lei_adir_blanc.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações junto ao Executivo Municipal, a respeito da Lei Aldir Blanc, que são:_x000D_
 - Quantos cadastros já foram feitos de artistas municipais itauenses?_x000D_
 - Quando serão disponibilizados os recursos? Tanto os de competência municipal como os de competência do Estado?_x000D_
 - Os prazos para cadastro foram divulgados? _x000D_
 - Os prazos para que os interessados procurem o Poder Público foram divulgados? Em quais locais e meios se deram a publicidade desses atos? Esses prazos vão até quando?_x000D_
 - Qual o montante disponibilizado para o município de Itaú de Minas para pessoas físicas e para pessoas jurídicas?_x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 Tal pedido visa fiscalização e acompanhamento do assunto. _x000D_
 _x000D_
 Sala das Comissões em 28 de agosto de 2020</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1271/requerimento_no_87.20_-_lider_do_prefeito_solicita_urgencia_-_nunes.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1271/requerimento_no_87.20_-_lider_do_prefeito_solicita_urgencia_-_nunes.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo subscreve, na condição de líder do executivo e nos termos do Regimento Interno desta Casa, requer a concessão de regime de urgência especial aos seguintes Projetos de Lei:_x000D_
  Projeto de Lei nº 31e 32/2020  - Autoriza a abertura de crédito adicional especial na Lei nº  1063/10 -  Que estima a receita e fixa a despesa do município de Itaú de Minas para o exercício financeiro de 2020 e dá outras providências.  _x000D_
 _x000D_
 	A proposição, por seus objetivos, exige pronta apreciação, sem o que perderá a oportunidade ou a eficácia._x000D_
 	_x000D_
 	Câmara Municipal em 30 de setembro de 2020._x000D_
 _x000D_
 	Atenciosamente,_x000D_
 _x000D_
 _x000D_
 _x000D_
 ANTONIO DOS REIS NUNES_x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1275/requerimento_no_88.20_-_aposentadoria_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1275/requerimento_no_88.20_-_aposentadoria_-_davi.pdf</t>
   </si>
   <si>
     <t>A vereadora que este subscreve, requer as seguintes informações junto ao Executivo Municipal: _x000D_
 O instituto da complementação de aposentadoria tem gerado as mais variadas dúvidas entre os servidores municipais, se terão ou se não terão, quando da aposentadoria, o complemento. É sabido que para se aposentar com o salário integral precisava cumprir certos requisitos (com a alteração do Regime Geral de novembro de 2019 pode ser que alguma mudança poderá impactar os cálculos) e uma vez cumpridos não se colocava em xeque o direito do servidor.  E também é fato de todos conhecido que o município não se preparou, não se preveniu para essa situação, tanto que não se criou um fundo previdenciário para cumprir a função de supridor da complementação.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1276/requerimento_no_89.20_-_complementacao_de_aposentadoria_-juliana.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1276/requerimento_no_89.20_-_complementacao_de_aposentadoria_-juliana.pdf</t>
   </si>
   <si>
     <t>A vereadora que este subscreve, requer as seguintes informações junto ao Executivo Municipal:_x000D_
 - quais são as ações que o Executivo está implementando com vistas a criar o Fundo para complementação de aposentadoria dos servidores municipais a que fazem jus ou o Regime de Previdência Complementar (RPC) da aposentadoria do servidor?</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1280/requerimento_no_90.20_-_urgencia_especial_projeto_de_resolucao_no_09.20.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1280/requerimento_no_90.20_-_urgencia_especial_projeto_de_resolucao_no_09.20.pdf</t>
   </si>
   <si>
     <t>Os vereadores que abaixo subscrevem, requerem a concessão de Regime de urgência especial ao Projeto de Resolução nº 09/20 que ALTERA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ITAÚ DE MINAS, DISPONDO SOBRE O JULGAMENTO DAS CONTAS DO PREFEITO. _x000D_
 	A proposição, por seus objetivos, exige pronta apreciação, sem o que perderá a oportunidade ou a eficácia.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1282/requerimento_no_91.20_-_lider_do_prefeito_solicita_urgencia_-_nunes.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1282/requerimento_no_91.20_-_lider_do_prefeito_solicita_urgencia_-_nunes.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo subscreve, na condição de líder do executivo e nos termos do Regimento Interno desta Casa, requer a concessão de regime de urgência especial ao Projeto de Lei nº 33/2020, que Autoriza a abertura de crédito adicional especial na Lei nº 1063/2020 – que estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2020 e dá outras providências. _x000D_
 _x000D_
 	A proposição, por seus objetivos, exige pronta apreciação, sem o que perderá a oportunidade ou a eficácia.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>Requer urgência especial aos Projetos de Leis nº 34, 35 e 36/20</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1296/requerimento_no_93.18_-_requer_urgencia_especial_ao_projeto_de_lei_complementar_projeto_resolucao.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1296/requerimento_no_93.18_-_requer_urgencia_especial_ao_projeto_de_lei_complementar_projeto_resolucao.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora abaixo assinada requer que sejam apreciados em regime de URGÊNCIA ESPECIAL, e que sejam dispensados os pareceres das comissões permanentes, nos seguintes Projetos: _x000D_
  Projeto de Lei Complementar nº 05/20 – Altera dispositivo na Lei Complementar nº 02/1993, que instituiu o Código de Posturas do Município de Itaú de Minas, de 20 de abril de 1993, alterada pela Lei Complementar nº 42, de 12 de março de 2015 e dá outras providências. _x000D_
 Projeto de Resolução nº 10/20 – Autoriza a Câmara Municipal antecipar ao Executivo Municipal a devolução de recursos financeiros em disponiblidade no Legislativo.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1302/requerimento_no_94.20_-_terrenos_-_roberto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1302/requerimento_no_94.20_-_terrenos_-_roberto.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações junto ao Executivo Municipal. _x000D_
 - Relação de todos os imóveis em nome da Prefeitura até a data atual.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1306/requerimento_no_95.20_-aplicacao_educacao_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1306/requerimento_no_95.20_-aplicacao_educacao_-_davi.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações junto ao Executivo Municipal tendo o seguinte exposto:</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1307/requerimento_no_96.20_-_relatorio_de_divida_-_oberdan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1307/requerimento_no_96.20_-_relatorio_de_divida_-_oberdan.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, requer as seguintes informações junto ao Executivo Municipal: _x000D_
 - Relatório contendo todas as dívidas do Município de Itaú de Minas (CEMIG, COPASA, Telefonia, fornecedores, despesas com folha de pagamento, décimo terceiro, INSS, cesta básica, férias, acertos e direitos trabalhistas advindos de sentenças judiciais, e outros que houverem até a data do envio da resposta à Câmara)._x000D_
 _x000D_
 Justificativa_x000D_
 A inicia visa conhecermos a realidade financeira e as dívidas da Administração que serão repassadas pelo atual prefeito ao futuro gestor.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1304/requerimento_no_97.20_-_lider_do_prefeito_solicita_urgencia_-_nunes.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1304/requerimento_no_97.20_-_lider_do_prefeito_solicita_urgencia_-_nunes.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo subscreve, na condição de líder do executivo e nos termos do Regimento Interno desta Casa, requer a concessão de regime de urgência especial ao Projeto de Lei nº 37/2020, que Autoriza a majoração do limite de abertura de créditos adicionais suplementares ao orçamento do Município de Itaú de Minas para o exercício financeiro de 2020. _x000D_
 _x000D_
 	A proposição, por seus objetivos, exige pronta apreciação, sem o que perderá a oportunidade ou a eficácia._x000D_
 Sala das Sessões, em 01 de dezembro de 2020.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1310/requerimento_no_105.20_-_lider_do_prefeito_solicita_urgencia_-_nunes.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1310/requerimento_no_105.20_-_lider_do_prefeito_solicita_urgencia_-_nunes.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo subscreve, na condição de líder do executivo e nos termos do Regimento Interno desta Casa, requer a concessão de regime de urgência especial aos Seguintes projetos:_x000D_
 Projeto de Lei nº 38/2020 - Autoriza a concessão de subvenções, auxílios e contribuições no exercício de 2021 e dá outras providências. (para a concessão de subvenções, auxílios e contribuições neste exercício).	_x000D_
 Projeto de Lei nº 39/20 - Autoriza a abertura de crédito adicional especial na lei nº 1063/2020 - Que Estima a Receita e Fixa a Despesa do Município de Itaú de Minas para o exercício financeiro de 2020 - e dá outras providências.  (custeio das despesas com inativos, pensionistas e outros benefícios previdenciários do extinto IPSIM)_x000D_
 _x000D_
 	As proposições, por seus objetivos, exigem pronta apreciação, sem o que perderá a oportunidade ou a eficácia.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1313/requerimento_no_106.20_-_lider_do_prefeito_solicita_urgencia_-_nunes.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1313/requerimento_no_106.20_-_lider_do_prefeito_solicita_urgencia_-_nunes.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo subscreve, na condição de líder do executivo e nos termos do Regimento Interno desta Casa, requer a concessão de regime de urgência especial aos Seguintes projetos:_x000D_
 a)	Projeto de Lei n. 40/20 que e Autoriza a Majoração do limite de abertura de créditos adicionais e suplementares no orçamento de 2020 (aumenta limite de suplementação em mais 5% totalizando 20%);_x000D_
 b)	Projeto de Lei n. 41/20 que Autoriza a abertura de Crédito Suplementar na Lei n. 1063 que Estima a receita e fixa despesa do Município para o Exercício Financeiro de 2020 – e dá outras providências; (abre crédito para pavimentação de vias urbanas );_x000D_
 _x000D_
 	As proposições, por seus objetivos, exigem pronta apreciação, sem o que perderá a oportunidade ou a eficácia.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Requer Urgência Especial ao Projeto de Lei nº 42/20 - que Autoriza a abertura de Crédito Suplementar na Lei nº 1063 que Estima a receita e fixa despesa do município para o Exercício Financeiro de 2020 e dá outras providências (destina recursos pro Lar São Vicente de Paulo)</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>PCLJR</t>
   </si>
   <si>
     <t>PARECER CLJR</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS O ORÇAMENTO, CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1064/parecer_da_cljr_projeto_de_lei_complementar_no__3h8mBLF.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1064/parecer_da_cljr_projeto_de_lei_complementar_no__3h8mBLF.pdf</t>
   </si>
   <si>
     <t>– Modifica dispositivos na Lei Complementar nº 10/1997 que Instituiu o Código Tributário do Município de Itaú de Minas, de 29 de dezembro de 1997</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1065/parecer_em_redacao_final_ao_projeto_de_lei_e_re_G0U8kQV.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1065/parecer_em_redacao_final_ao_projeto_de_lei_e_re_G0U8kQV.pdf</t>
   </si>
   <si>
     <t>MATÉRIA – Projeto de Resolução nº 15/19 – Altera o Regimento Interno da Câmara Municipal de Itaú de Minas dispondo sobre pedido de vistas._x000D_
 RELATOR – Davi Oliveira de Sousa_x000D_
 O Projeto de Resolução não sofreu emenda em seu texto original, mas nada houve o que retocá-lo para adequá-lo ao bom vernáculo._x000D_
 	Sou pela aprovação. É o meu parecer. Salvo melhor juízo.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1082/parecer_em_redacao_final_projeto_de_lei_complem_FoEPCpS.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1082/parecer_em_redacao_final_projeto_de_lei_complem_FoEPCpS.pdf</t>
   </si>
   <si>
     <t>MATÉRIA –  Projeto de Lei Complementar nº 01/20_x000D_
 ELATOR – Davi Oliveira de Sousa_x000D_
 O referido Projeto de Lei Complementar não sofreu emenda em seus textos original, nada houve o que retocá-lo para adequá-lo ao bom vernáculo._x000D_
 	Sou pela aprovação. É o meu parecer. Salvo melhor juízo._x000D_
 Sala das Sessões, em 30 de abril de 2020_x000D_
 _x000D_
 _x000D_
 DAVI OLIVEIRA DE SOUZA – RELATOR/PRESIDENTE_x000D_
 _x000D_
 PELAS CONCLUSÕES._x000D_
 _x000D_
 JULIANA MATTAR – VICE-PRESIDENTE_x000D_
 _x000D_
 MATHEUS VILELA SILVA – MEMBRO</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1114/parecer_po_03-20_comissao_de_legislacao_redacao_zzUeJop.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1114/parecer_po_03-20_comissao_de_legislacao_redacao_zzUeJop.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 MATÉRIAS – Projeto de Lei nº 03/20 - Estabelece diretrizes para o atendimento prestado pelo Sistema Municipal de Saúde as pessoas acometidas por síndrome de fibromialgia ou fadiga crônica; _x000D_
 RELATOR – Matheus Vilela Silva._x000D_
 _x000D_
 _x000D_
 A matéria em análise não sofreu emenda em seu texto original e nada houve o que retocá-la para adequá-la ao bom vernáculo._x000D_
 Sou pela aprovação. É o meu parecer. Salvo melhor juízo. _x000D_
 Sala das Sessões, em 18 de Maio de 2020._x000D_
 _x000D_
 MATHEUS VILELA - Relator_x000D_
 _x000D_
 Pelas Conclusões._x000D_
 _x000D_
 DAVI OLIVEIRA DE SOUSA – Presidente_x000D_
 _x000D_
 JULIANA MATTAR – Vice-Presidente</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1125/parecer_em_redacao_final_revisado_prop._emenda__dyW4oWY.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1125/parecer_em_redacao_final_revisado_prop._emenda__dyW4oWY.pdf</t>
   </si>
   <si>
     <t>MATÉRIA –  Proposta de Emenda a Lei Orgânica nº 09/19 – Modifica dispositivos que menciona na Lei Orgânica Municipal que trata da divulgação das reuniões dos Conselhos Municipais. _x000D_
 RELATOR – Davi Oliveira de Sousa_x000D_
 A referida Proposta de Emenda a Lei Orgânica não sofreu emenda em seu texto original, nada houve o que retocá-la para adequá-la ao bom vernáculo._x000D_
 	Sou pela aprovação. É o meu parecer. Salvo melhor juízo._x000D_
 Sala das Sessões, em 01 de junho de 2020_x000D_
 _x000D_
 _x000D_
 DAVI OLIVEIRA DE SOUSA – RELATOR/PRESIDENTE_x000D_
 _x000D_
 PELAS CONCLUSÕES._x000D_
 _x000D_
 JULIANA MATTAR – VICE-PRESIDENTE_x000D_
 _x000D_
 MATHEUS VILELA SILVA – MEMBRO</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1126/parecer_cljr_consciencia_negra_-_projeto_de_lei_xCsBAj4.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1126/parecer_cljr_consciencia_negra_-_projeto_de_lei_xCsBAj4.pdf</t>
   </si>
   <si>
     <t>MATÉRIAS – PROJETO DE LEI Nº 13/20 – Institui a Semana Municipal da Consciência Negra e de Ação Antirracista no Município de Itaú de Minas e dá outras providências. _x000D_
 RELATOR – Davi Oliveira de Sousa</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1128/parecer_cljr_lampada_led_-_projeto_de_lei_compl_wsBiou9.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1128/parecer_cljr_lampada_led_-_projeto_de_lei_compl_wsBiou9.pdf</t>
   </si>
   <si>
     <t>MATÉRIAS – PROJETO DE LEI COMPLEMENTAR Nº 02/20 – Altera dispositivo que menciona na Lei Complementar nº 56/2019 que institui a revisão do Plano Diretor de Itaú de Minas/MG e dá outras providências. _x000D_
 _x000D_
 RELATOR – Matheus Vilela Silva</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1202/parecer_da_cljr_projeto_de_lei_comp_no_02.20_e__awC0nvU.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1202/parecer_da_cljr_projeto_de_lei_comp_no_02.20_e__awC0nvU.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 13/20 – Institui a Semana Municipal da Consciência Negra e da Ação Antirracista no Município de Itaú de Minas e dá outras providências._x000D_
 _x000D_
 b)	Projeto de Lei Complementar nº 02/10 – Altera dispositivo que menciona na Lei Complementar nº 56/2019 que Institui a revisão do Plano Diretor de Itaú de Minas/MG e dá outras providências. (obriga novos loteamentos a instalar iluminação pública com sistema LED)._x000D_
 _x000D_
 RELATOR – Matheus Vilela Silva_x000D_
 _x000D_
 As matérias em análise não sofreram emenda em seus textos originais e nada houve o que retocá-las para adequá-las ao bom vernáculo._x000D_
 Sou pela aprovação. É o meu parecer. Salvo melhor juízo Nestes termos, sou pela aprovação da matéria. _x000D_
 É o meu parecer._x000D_
 Salvo Melhor Juízo. _x000D_
 Sala das Sessões, em 15 de junho de 2020._x000D_
 _x000D_
 Matheus Vilela Silva – Relator_x000D_
 _x000D_
 Pelas Conclusões._x000D_
 _x000D_
 Davi Oliveira de Sousa – Presidente_x000D_
 _x000D_
 Juliana Mattar – Vice-Presidente</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1211/parecer_da_cljr_projeto_de_lei_no_21.20_codigos_xaUWpbm.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1211/parecer_da_cljr_projeto_de_lei_no_21.20_codigos_xaUWpbm.pdf</t>
   </si>
   <si>
     <t>MATÉRIA – Projeto de Lei n. 21/20 que dispõe sobre a codificação dos cargos de agentes comunitários de saúde e de agente de combate a endemias constantes da Lei nº 986/2016, e alteração posterior._x000D_
 RELATORA – Juliana Mattar_x000D_
 _x000D_
 O referido Projeto de Lei refere se aos códigos dos cargos de servidores públicos municipais pois verificou-se que, quando da elaboração do Plano de Carreiras dos cargos de Agente Comunitário de Saúde e Agente de Combate a Endemias não se tratou da codificação dos mesmos. _x000D_
 Esta codificação a que estamos nos referindo está disposta tanto no Plano de Carreiras geral como também no Plano de Carreiras do Magistério. _x000D_
 Cumpre esclarecer finalmente que se trata de mera regularização para fins de adequação ao sistema utilizado para toda a categoria dos servidores públicos municipais, sem alteração material de qualquer natureza. _x000D_
 Sou pela aprovação. É o meu parecer._x000D_
 Salvo Melhor Juízo. _x000D_
 Sala das Sessões, em 19 de junho de 2020._x000D_
 _x000D_
 Juliana Mattar – Relatora/Vice-Presidente</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1220/parecer_cljr_ao_projeto_de_resolucao_no_05.20-__5jZx1lc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1220/parecer_cljr_ao_projeto_de_resolucao_no_05.20-__5jZx1lc.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Resolução nº 05/20 – Altera a Resolução nº 262, de 03 de julho de 2019 Regimento Interno da Câmara Municipal de Itaú de Minas, dispondo sobre madalidade de Requerimento._x000D_
 _x000D_
 RELATORA – Juliana Mattar._x000D_
 _x000D_
 A iniciativa visa criar dispositivo no Regimento Interno através da possibilidade do vereador obter uma manifestação por parte do Executivo  sobre anteprojeto de Lei de sua autoria através de Requerimento aprovado pela Câmara._x000D_
 Atualmente não há necessidade do Prefeito se posicionar sobre anteprojetos dos vereadores, mas havendo requerimento aprovado, o Executivo deverá dar informações sobre a viabilidade ou não da proposta a ele enviada como Anteprojeto._x000D_
 Nestes termos, sou pela aprovação da matéria. _x000D_
 É o meu parecer._x000D_
 Salvo Melhor Juízo. _x000D_
 Sala das Sessões, em 26 de junho de 2020._x000D_
 _x000D_
 _x000D_
 Juliana Mattar – Relatora/Vice-Presidente_x000D_
 _x000D_
 Pelas Conclusões._x000D_
 _x000D_
 Davi Oliveira de Sousa – Presidente_x000D_
 _x000D_
 Matheus Vilela Silva - Membro</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1221/parecer_cljr_brasil_sorridente_-_projeto_de_lei_SBGpxMu.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1221/parecer_cljr_brasil_sorridente_-_projeto_de_lei_SBGpxMu.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 20/20 – Autoriza a abertura de crédito adicional especial na Lei nº 1063/2020 – Que estima a receita e fica a despesa do Município de Itaú de Minas para o exercício financeiro de 2020 e dá outras providências.  _x000D_
 _x000D_
 RELATOR – Davi Oliveira de Sousa_x000D_
 _x000D_
 	O Projeto de Lei tem como finalidade abrir crédito adicional destinado ao custeio do Programa Brasil Sorridente com a fonte de recursos nº 1.059 – transferência de Recursos do Sistema Único de Saúde – SUS – Bloco Custeio das Ações e Serviços Públicos de Saúde. _x000D_
 	O Programa Brasil Sorridente tem possibilitado a confecção de prótese dentais totais ou parciais pelos dentistas dos PSF’s aos usuários da rede pública Municipal de Saúde. _x000D_
 _x000D_
 Nestes termos, sou pela aprovação da matéria. _x000D_
 É o meu parecer._x000D_
 Salvo Melhor Juízo. _x000D_
 Sala das Sessões, em 25 de junho de 2020._x000D_
 _x000D_
 Davi Oliveira de Sousa – Relator/ Presidente_x000D_
 _x000D_
 Pelas Conclusões._x000D_
 _x000D_
 Juliana Mattar – Vice-Presidente_x000D_
 _x000D_
 Matheus Vilela Silva - Membro</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1272/parecer_da_cljr_projeto_de_lei_complementar_no_03.20_-_juliana_relatora.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1272/parecer_da_cljr_projeto_de_lei_complementar_no_03.20_-_juliana_relatora.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 03/20 – Dispõe sobre o parcelamento do solo para fins de chacreamento no Município de Itaú de Minas e dá outras providências. _x000D_
 RELATORA – Juliana Mattar._x000D_
 _x000D_
 O referido Projeto de Lei não sofreu emenda em seu texto original e nada houve o que retocá-lo para adequá-lo ao bom vernáculo_x000D_
 É o meu parecer._x000D_
 Salvo Melhor Juízo. _x000D_
 Sala das Sessões, em 09 de outubro de 2020.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>10820</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Proposição de Emenda</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1056/proposicao_de_emenda_01__proj_08_van_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1056/proposicao_de_emenda_01__proj_08_van_1.pdf</t>
   </si>
   <si>
     <t>Proposição de Emenda n. 01_x000D_
 Projeto de Lei nº 08/20 – Autoriza a Abertura de Crédito Adicional Especial na Lei nº 1063/2020 – que estima a Receita e Fixa a Despesa do Município de Itaú de Minas para o exercício financeiro de 2020 – e dá outras providências.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>11420</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS O ORÇAMENTO</t>
   </si>
   <si>
     <t>- Ficam alterados os art. 7º, 9º, parágrafo único do Art. 39 e Art. 47 do Projeto de Lei nº 14 que: Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária de 2021 e dá outras providências, que passam a ter as seguintes redações:_x000D_
 “Art. 7º - A estimativa da receita e a fixação da despesa, constantes do projeto de lei orçamentária de 2021, serão elaboradas a valores correntes do exercício de 2020, projetados ao exercício a que se refere.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>11820</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1147/proposicao_de_emenda_no_01_ao_projeto_de_lei_no_rhPDO4l.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1147/proposicao_de_emenda_no_01_ao_projeto_de_lei_no_rhPDO4l.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 18/20 – Autoriza a Abertura de Crédito Adicional Especial na Lei nº 1063/2020 – que estima a Receita e Fixa a Despesa do Município de Itaú de Minas para o exercício financeiro de 2020 – e dá outras providências.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>12820</t>
   </si>
   <si>
     <t>DAVI OLIVEIRA DE SOUSA, GILMAR DOS SANTOS CHAVES, JULIANA MATTAR, MATHEUS VILELA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1284/proposicao_de_emenda_n1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1284/proposicao_de_emenda_n1.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA N. 01/20_x000D_
 _x000D_
 PROJETO DE LEI N.   28/20 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS/MG PARA O EXERCÍCIO FINANCEIRO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>22820</t>
   </si>
   <si>
     <t>ANTONIO DOS REIS NUNES, DENIS DONIZETTI MAGALHÃES, DONIZETTI ANTONIO DE AMORIM</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1285/proposicao_de_emenda_n2.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1285/proposicao_de_emenda_n2.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA N. 02/20_x000D_
 _x000D_
 PROJETO DE LEI N.   28/20 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS/MG PARA O EXERCÍCIO FINANCEIRO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>32820</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1286/proposicao_de_emenda_n3.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1286/proposicao_de_emenda_n3.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA N. 03/20_x000D_
 _x000D_
 PROJETO DE LEI N.   28/20 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS/MG PARA O EXERCÍCIO FINANCEIRO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>42820</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1287/proposicao_de_emenda_n4.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1287/proposicao_de_emenda_n4.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA N. 04/20_x000D_
 _x000D_
 PROJETO DE LEI N.   28/20 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS/MG PARA O EXERCÍCIO FINANCEIRO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>52820</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1288/proposicao_de_emenda_n5.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1288/proposicao_de_emenda_n5.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA N. 05/20_x000D_
 _x000D_
 PROJETO DE LEI N.   28/20 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS/MG PARA O EXERCÍCIO FINANCEIRO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>62820</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1289/proposicao_de_emenda_n6.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1289/proposicao_de_emenda_n6.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA N. 06/20_x000D_
 _x000D_
 PROJETO DE LEI N.   28/20 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS/MG PARA O EXERCÍCIO FINANCEIRO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>PCFO</t>
   </si>
   <si>
     <t>PARECER CFO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1054/comissao_de_financas_e_orcamento_parecer_proj.__AmDOlBJ.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1054/comissao_de_financas_e_orcamento_parecer_proj.__AmDOlBJ.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – PROJETO DE LEI N. 05 QUE AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1063/2020 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2020 - E DÁ OUTRAS PROVIDÊNCIAS E PROJETO DE LEI Nº 06/20 que AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS E CONTRIBUIÇÕES NO EXERCÍCIO DE 2020 E DÁ OUTRAS PROVIDÊNCIAS.	_x000D_
 RELATOR – Davi Oliveira Souza.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>MATÉRIA – Projetos de Leis: n. 18 e 19 que AUTORIZAM A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1063/2020 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2020 - E DÁ OUTRAS PROVIDÊNCIAS (tratam de recursos federais e da contra partida do Município para as obras da Creche do Bairro São Lucas);</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1204/parecer_cfo_ldo_pl_14.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1204/parecer_cfo_ldo_pl_14.pdf</t>
   </si>
   <si>
     <t>MATÉRIA – Projeto de Lei nº 14 que: Dispõe sobre as Diretrizes para a Elaboração da Lei_x000D_
 Orçamentária de 2021 e dá outras providências,_x000D_
 RELATOR – Davi Oliveira Souza.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1210/parecer_cfo_ldo_com_emenda_pl_14.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1210/parecer_cfo_ldo_com_emenda_pl_14.pdf</t>
   </si>
   <si>
     <t>MATÉRIA – Projeto de Lei nº 14 que: Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária de 2021 e dá outras providências,_x000D_
 RELATOR – Davi Oliveira Souza._x000D_
 _x000D_
 _x000D_
 O projeto de lei em análise está em consonância com a legislação que a assiste._x000D_
 No entanto, esta comissão apresenta uma emenda única que segue anexa modificando alguns artigos quais sejam – correção de datas e anos que vieram grafados erroneamente (2019/2020), inclusão de artigo que trata das emendas parlamentares aprovadas na LOA, adequação ao Estatuto quanto a realização de horas extras entre outras sugestões do Setor Contábil desta Casa de Leis no qual acatamos por concordamos com as referidas modificações sugeridas._x000D_
 _x000D_
 Sou pela aprovação. É o meu parecer. S.M.J. _x000D_
 _x000D_
 Sala das Comissões, em 16 de Junho de 2020._x000D_
 _x000D_
 _x000D_
 DAVI OLIVEIRA SOUZA – RELATOR_x000D_
 _x000D_
 _x000D_
 PELAS CONCLUSÕES._x000D_
 _x000D_
 _x000D_
 MATHEUS VILELA SILVA– PRESIDENTE_x000D_
 _x000D_
 _x000D_
 JULIANA MATTAR – MEMBRO</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1228/parecer_da_cfo_projeto_de_lei_no_23.20_-_julian_fN3TlzC.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1228/parecer_da_cfo_projeto_de_lei_no_23.20_-_julian_fN3TlzC.pdf</t>
   </si>
   <si>
     <t>MATÉRIA – PROJETO DE LEI Nº 23/20 - Autoriza a abertura de Crédito Adicional Especial na Lei nº 1063/2020 - Que Estima a Receita e fixa a despesa do Município de Itaú De Minas para o exercício financeiro de 2020 - e dá outras providências._x000D_
 _x000D_
 RELATOR – Juliana Mattar_x000D_
 	O Projeto de Lei tem como finalidade abrir crédito adicional especial destinado a incluir, na dotação orçamentária para aquisição de uma ambulância tipo UTI Móvel._x000D_
 	Com as receitas provenientes de leilão e bens inservíveis e de sobras de convênios do SUS e mais recursos próprios ordinários, a Administração Municipal conseguirá adquirir uma UTI MÓVEL para transporte sanitário de pacientes em estado delicado de saúde até os centros hospitalares de referência._x000D_
 	Ressaltando que dos recursos próprios foram utilizados as emenda impositivas que são as verbas sob responsabilidade do vereador, cuja destinação obedece em sua totalidade ao interesse público. _x000D_
 	Nestes termos sou pela aprovação _x000D_
 É o meu parecer. _x000D_
 Salvo Melhor Juízo.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS O ORÇAMENTO, CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, COSAIC - COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS, AGRONEGÓCIO, IND., COM., MEIO AMBIENTE, TRABALHO E EMPREGO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1273/parecer_cljr_cfo_cospaicte_-_projeto_de_lei_complementar_no_03.20_-_juliana_relatora.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1273/parecer_cljr_cfo_cospaicte_-_projeto_de_lei_complementar_no_03.20_-_juliana_relatora.pdf</t>
   </si>
   <si>
     <t>MATÉRIAS – PROJETO DE LEI COMPLEMENTAR Nº 03/20 – Dispõe sobre o parcelamento do solo para fins de chacreamento no Município de Itaú de Minas e dá outras providências. _x000D_
 RELATORA – Juliana Mattar._x000D_
 O presente projeto visa instituir e definir regras municipais no que diz respeito ao parcelamento de solo para fins de chacreamento, sob forma de condomínio aberto ou fechado._x000D_
 Há algum tempo o Município de Itaú de Minas vem empenhando esforços para regularização das áreas chacreadas já existentes e futuros, o que causou até o momento._x000D_
 A Lei irá trazer benefícios como a possibilidade de obtenção de posse da propriedade, a instalação de energia elétrica e água. _x000D_
 Assim como a responsabilidade do poder Público em ofertar serviços como coleta de lixo básicos e outros. _x000D_
 _x000D_
 Nestes termos, sou pela aprovação da matéria. _x000D_
 É o meu parecer._x000D_
 Salvo Melhor Juízo_x000D_
 Sala das Sessões, em 06 de outubro de 2020.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>POSAI</t>
   </si>
   <si>
     <t>PARECER COSAIC</t>
   </si>
   <si>
     <t>COSAIC - COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS, AGRONEGÓCIO, IND., COM., MEIO AMBIENTE, TRABALHO E EMPREGO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1127/parecer_cospaicte_-_projeto_de_lei_complementar_VmZqL6U.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1127/parecer_cospaicte_-_projeto_de_lei_complementar_VmZqL6U.pdf</t>
   </si>
   <si>
     <t>MATÉRIAS – PROJETO DE LEI COMPLEMENTAR Nº 02/20 – Altera dispositivo que menciona na Lei Complementar nº 56/2019 que institui a revisão do Plano Diretor de Itaú de Minas/MG e dá outras providências. _x000D_
 _x000D_
 RELATOR – Gilmar dos Santos Chaves</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>LOM</t>
   </si>
   <si>
     <t>Proposta de Emenda a LOM</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1254/proposta_de_emenda_a_lei_organica_2020.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1254/proposta_de_emenda_a_lei_organica_2020.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA A LEI ORGÂNICA Nº 01/20_x000D_
 _x000D_
 Altera dispositivos que menciona na Lei Orgânica Municipal que trata da prestação de contas mensais da Prefeitura de Itaú de Minas/MG e dá outras providências.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>DENIS DONIZETTI MAGALHÃES, DONIZETTI ANTONIO DE AMORIM, OBERDAN FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1267/proposta_de_emendas_lom_02.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1267/proposta_de_emendas_lom_02.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos que menciona na Lei Orgânica Municipal que trata das proibições, e dá outras providências.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1268/propostas_de_emendas_lom_03.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1268/propostas_de_emendas_lom_03.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos que menciona na Lei Orgânica Municipal que trata da Remuneração dos Agentes Políticos, e dá outras providências.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1301/proposicao_de_emenda_a_lei_organica_no_04.20_horario_da_posse.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1301/proposicao_de_emenda_a_lei_organica_no_04.20_horario_da_posse.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos que menciona na Lei Orgânica Municipal que trata do horário de posse dos eleitos e dá outras providências.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>ANTEPROJETO DE LEI</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1048/anteprojeto_no_01_-_led_-_rede_publica_-_donizetti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1048/anteprojeto_no_01_-_led_-_rede_publica_-_donizetti.pdf</t>
   </si>
   <si>
     <t>ANTEPROJETO DE LEI ORDINÁRIA Nº 01/2020_x000D_
 _x000D_
 _x000D_
 Dispõe sobre a obrigatoriedade da utilização de lâmpadas LED nos prédios, espaços e vias públicas em detrimento das lâmpadas atuais do sistema de iluminação pública.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>10419</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposição de Emenda a LOM</t>
   </si>
   <si>
     <t>Proposição de Emenda n. 01_x000D_
 PROPOSTA DE EMENDA À LEI ORGÂNICA Nº  04/20</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>POL</t>
   </si>
   <si>
     <t>PROPOSTA ORÇAMENTÁRIA DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1247/proposta_orcamento_2021.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1247/proposta_orcamento_2021.pdf</t>
   </si>
   <si>
     <t>Justificativa_x000D_
 A presente proposta orçamentária para o exercício de 2021 foi elaborada conforme a despesa realizada até o mês de Junho de 2020 projetadas até o final do exercício e devidamente atualizada, conforme o disposto no artigo 7º da Lei nº 1086, de 15 de Julho de 2020 (LDO)._x000D_
 Foi também realizado, observando a receita tributária e transferências do Município de Itaú de Minas arrecadadas até o mês de Junho de 2020 projetando - as até o final do exercício, a fim de se atender o disposto no artigo art. 29-A da Constituição Federal, o qual dispõe que: O total da despesa do Poder Legislativo Municipal incluído os subsídios dos Vereadores e excluídos os gastos com inativos, não poderá ultrapassar os seguintes percentuais, relativos ao somatório da receita tributária e das transferências previstas no § 5o do art. 153 e nos arts. 158 e 159, efetivamente realizados no exercício anterior._x000D_
 I – 7% (sete por cento) para Municípios com população de até 100.000(cem mil) habitantes.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>1052820</t>
   </si>
   <si>
     <t>SUBEM</t>
   </si>
   <si>
     <t>SUB EMENDA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1290/proposicao_de_subemenda_n1_em5_aopl28.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1290/proposicao_de_subemenda_n1_em5_aopl28.pdf</t>
   </si>
   <si>
     <t>Sub Emenda n. 01/20 _x000D_
 à PROPOSIÇÃO DE EMENDA N. 05/20 do Emenda do vereador Antonio dos Reis Nunes_x000D_
 _x000D_
 PROJETO DE LEI N.   28/20 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS/MG PARA O EXERCÍCIO FINANCEIRO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>PRMOD</t>
   </si>
   <si>
     <t>PROPOSTA MODIFICATIVA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1051/poposta_mod._projeto_credito_especial_-_cfem_-__evSHg8t.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1051/poposta_mod._projeto_credito_especial_-_cfem_-__evSHg8t.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -4559,67 +4559,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/973/projeto_de_resolucao_no_01_numero_membros_comiss_ZIMF6zF.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/974/mensagem_no_02.2020_ao_projeto_de_lei_no_02.2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/978/projeto_de_lei_no_03.20_-_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1009/projeto_de_lei_no_04.20_-_pre-sal.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1010/projeto_de_lei_no_05.20_-_credito_especial_-_hospital.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1011/projeto_de_lei_no_06.20_-_concessao_de_subvencoes.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1012/projeto_de_lei_no_07.20_-_cota_parte.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1013/projeto_de_lei_no_08.20_-aquisicao_de_material__OZxypx3.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1024/projeto_credito_especial_-_cfem.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1025/projeto_de_lei_no_10.20_-_credito_especial_-_cefem.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1026/projeto_de_lei_no_11.20_-_permuta.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1041/projeto_de_lei_no_12.20_-_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1049/projeto_de_lei_no_13.20_-_consciencia_negra_-.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1087/projeto_de_lei_14_-_ldo_2021_1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1066/projeto_de_lei_no_15.20_-_suspensao_pagamento_d_eMmxGJ2.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1084/projeto_16_credito_especial_-_recursos_tjmg_san_j0G6xJB.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1085/projeto_17_credito_especial_-_emater_-_despesa__jWCfM04.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1209/projeto_22_e_mensagem_proibe_eventos_covid_oberdan_1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1208/projeto_de_lei_no_23.20_-_uti_movel_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1207/projeto_de_lei_no_24.20_-_majoracao_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1235/projeto_n._25_credito_especial_-_raio-x.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1236/projeto_n._26_credito_especial_-_saude_e_assistencia.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1245/projeto_de_lei_no_27.20_-_abertura_credito_raio_qck2JQi.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1250/projeto_de_lei_no_28.20_-_loa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1251/projeto_de_lei_no_29.20_-_modifica_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1252/projeto_de_lei_no_30.20_-_modifica_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1269/projeto_de_lei_no_31.20_-_pagamento.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1270/projeto_de_lei_no_32.20_-_veiculo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1283/projeto_de_lei_no_33.20_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1292/projeto_de_lei_no_34.20_-_credito_suplementar_fias_ok_ok.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1293/projeto_de_lei_no_35.20_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1294/projeto_de_lei_no_36.20_-_abeertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1305/projeto_de_lei_no_37.20_-_majoracao_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1311/projeto_de_lei_no_38.20_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1312/projeto_de_lei_no_39.20_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1314/projeto_de_lei_no_40.20_-_majoracao_ok.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1315/projeto_de_lei_no_41.20_-_autoriza_abertura_credito.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/972/projeto_de_resolucao_no_01_numero_membros_comiss_4mg8pG0.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/975/projeto_de_resolucao_no_02_reajuste_de_448_para__BSg8KWq.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1050/projeto_de_resolucao_no_03.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1057/projeto_de_resolucao_n_04_sessao_remota_1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1088/projeto_resolucao_5_mensagem_requerimento_antep_6gsHEzV.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1780/projeto_de_resolucao_06.20.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1781/projeto_resolucao_07.20.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1281/projeto_de_resolucao_no_09.20_-_muda_prazos_contas_versao_roberto.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1298/projeto_de_resolucao_no_10.20_-_devolucao_de_repasse_fias.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1008/projeto_de_lei_complementar_no__01_-ok__iptu_entidades.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1123/projeto_de_lei_complementar_no_02.20_-_plano_di_viiCwys.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1253/projeto_de_lei_complementar_no_03.20_-_chacreamento.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1297/projeto_lc_05-2020_recente_roberto_fogos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/994/indicacao_no_01.20_-_creche_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/995/indicacao_no_02.20_-_manutencao_nas_estradas_rur_y1jzcw1.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/996/indicacao_no_04.20_-_providencias_agua_da_chuva__YrzmWv8.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/997/indicacao_no_05.20_-_limpeza_no_terreno_notifica_07OHlIU.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1003/indicacao_no_06.20_-_providencias_estrada_de_ac_Z0VHH4l.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1004/indicacao_no_07.20_-_bacia_de_contencao_e_limpe_NPtOtGJ.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1005/indicacao_no_08.20_-_limpeza_no_terreno_-_mathe_EpilMtL.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1006/indicacao_no_09.20_-_tapa_buracos_-_matheus_e_davi.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1007/indicacao_no_10.20_-_limpeza_no_terreno_-_mathe_4GnYGM7.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1014/indicacao_no_11.20_-_limpeza_e_carpina_-_donize_NyIJC94.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1015/indicacao_no_12.20_-_retirar_entulho_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1016/indicacao_no_13.20_-_vidro_na_retroescavadeira__tNr8N7w.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1017/indicacao_no_14.20_-_limpeza_de_terreno_-_davi.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1018/indicacao_no_15.20_-_informacoes_da_usina_de_re_FomYDZE.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1019/indicacao_no_16.20_-_limpeza_no_terreno_-_mathn_5LKmbtl.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1020/indicacao_no_17.20_-_combate_a_praga_dos_caramu_brCJhjv.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1021/indicacao_no_18.20_-_troca_gradativa_do_sistema_QqW4CkI.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1031/indicacao_no_19.20_-_epi_gari_-_davi.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1032/indicacao_no_20.20_-_forro_da_escola_solto_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1033/indicacao_no_21.20_-_solicita_terra_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1046/indicacao_no_22.20_-_cercar_espaco_publico_-_da_AcLi040.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1083/indicacao_no_25.20_-_denis_1.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1074/indicacao_26.20_-__insalubridade_epis_velorio_-_denis_1.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1075/indicacao_no_27.20_-_insalubridade_para_pessoas_uYff19v.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1076/indicacao_no_28_-_insalubridade_para_os_servido_HmrAElJ.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1077/indicacao_no_29.20_-_mascara_de_protecao_-_denis_1.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1078/indicacao_no_30.20_-_liberada_feira_livre_-_donizetti_1.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1079/indicacao_no_31.20_-_auxilio_financeiro_-_donizetti_1.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1080/indicacao_no_32.20_-_passar_patrol_-_donizetti_1.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1081/indicacao_no_33.20_-prevencao_do_coronavirus_-__eLQw3u2.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1089/indicacao_no_34.20_-_cesta_basica_-_donizetti_1.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1090/indicacao_no_35.20_-_kit_alimentacao_-_donizett_2DoPz7B.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1102/indicacao_no_40.20_-_bueiro_-_matheus__e_davi_.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1103/indicacao_no_41.20_-_limpeza_do_corrego_na_aven_NKJH8C0.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1104/indicacao_no_42.20_-_medidas_no_trevo_-_denis.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1105/indicacao_no_43.20_-_limpeza__no_terrenoe_notif_maUbqVK.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1106/indicacao_no_44.20_-_pavimentacao_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1107/indicacao_no_45.20_-_reparos_no_muro_-_matheus_e_gilmar.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1113/indicacao_46_zete_compra_comercio_local_1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1119/indicacao_no_47.20_-_ceda_espaco_razoavel_para_fias_-_1.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1120/indicacao_no_48.20_-poda_das_arvores_-_davi_1.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1121/indicacao_no_49.20_-video_institucional_-_donizetti_1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1122/indicacao_no_50.20_-_empresas_da_regiao_-_donizetti_1.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1149/indicacao_no_51.20_-_limpeza_e_carpina_-_denis__zBPQVMf.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1150/indicacao_no_52.20_-_usina_de_reciclagem_-_deni_2xHuk7v.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1151/indicacao_no_53.20_-_transporte_para_os_funcion_lJ4zHae.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1152/indicacao_no_54.20_-_tintas_na_cacamba_-_davi_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1154/indicacao_no_55.20_-_tapa_buraco_-_matheus_e_davi.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1153/indicacao_no_56.20_-_tapa_buraco_-_matheus_e_davi.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1155/indicacao_no_57.20_-_tapa_buraco_-_matheus_e_davi_1.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1156/indicacao_no_58.20_-_tapa_buracos_-_matheus_e_davi_1.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1157/indicacao_no_59.20_-_tapa_buracos_-_matheus_e_davi_1.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1158/indicacao_no_60.20_-_tapa_buracos_-_matheus_e_davi_1.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1159/indicacao_no_61.20_-_sistema_de_iluminacao_nas__MKq041O.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1213/indicacao_no_64.20_-_limpeza_-_donizetti_1.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1214/indicacao_no_65.20_-_assitencia_social_-_donizetti_1.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1215/indicacao_no_66.20_-_iluminacao_rodoviaria_-_matheus_1.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1217/indicacao_no_68.20_-_rampa_cemiterio_-_denis_1.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1218/indicacao_no_69.20_-pintura_muto_estadio_belarm_ANuWRMd.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1219/indicacao_no_70.20_-vale_mistura_-_denis_1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1222/indicacao_no_71.20_-_area_de_caminhada_da_votor_5HGjyyC.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1223/indicacao_no_72.20_-_aguada_regularmente_com_ca_rN6CJo8.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1224/indicacao_no_73.20_-_rua_afundada_-_matheus_1.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1225/indicacao_no_74.20_-_limpeza_terrenos_-_matheus_1.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1226/indicacao_no_75.20_-_teste_rapido_covid_19_-_denis_1.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1227/indicacao_no_76.20_-_engenheiro_-_donizetti_1.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1229/indicacao_no_77.20_-_site_-_davi_1.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1237/indicacao_no_78.20_-_rua_tiradentes_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1238/indicacao_no79____zete_ferias_premios.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1255/indicacao_no_87.20_-_reparos_na_estacao_cultura_-_davi.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1256/indicacao_no_88.20_-_bancos_de_ferro_-_davi.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1257/indicacao_no_89.20_-_construcao_de_rampas_no_laboratorio_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1258/indicacao_no_90.20_-_conserto_de_tv_e_rede_wifi_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1259/indicacao_no_91.20_-_drone_-_davi.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1274/indicacao_no_92.20_-_asfalto_cano_estourou_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1262/indicacao_no_93.20_-_meio_fio_estourado_-_davi.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1263/indicacao_no_94.20_-_fiscalizar_comercio_-_davi.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1264/indicacao_no_95.20_-_poda_de_arvores_-_davi.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1277/indicacao_no_96.20_-_insalubridade_-_davi.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1278/indicacao_no_97.20_-_rondas_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1279/indicacao_no_98.20_-_limpeza_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1295/indicacao_no_99.20_-_limpeza_-_placas_liberdade_-_davi.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1303/indicacao_no_100.20_-_onda_amarela_-_davi.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1308/indicacao_no_101.20_-_devolucao_das_sobras_-_denis.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1309/indicacao_no_102.20_-_tres_maria_-_davi.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1206/comprovante_01_ind.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1030/mocao_no_01.2020_-_mocao_de_aplauso_a_equipe_de_DTFL93L.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1097/mocao_no_02.18_-_mocao_de_aplausos_aos_garis_-__yEnLhDc.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1108/mocao_no_03.20_-_dia_da_enfermagem_-_denis.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1115/mocao_no_05.20_-_radio_boa_nova_pelos_24_anos_d_QWI56bq.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1124/mocao_no_06.20_mocao_de_aplausos_ao_victor_hugo_LUReZrj.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1265/mocao_no_07.20_-_professora_helena_-_diversos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1266/mocao_no_08.20_-_para_familia_clezinho.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1299/mocao_no_10.20_-_mocao_de_aplausos_aos_professores_-_denis.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1300/mocao_no_11.20_-_mocao_de_aplausos_a_dona_cecilia_-_denis.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/979/requerimento_no_01.20_-_requer_relacao_dos_estud_5peTtbv.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/999/requerimento_no_02.20_-_requer_copia_da_autoriza_RWboz8u.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/980/requerimento_no_03.20_-_requer_copia_integral_da_B42I3PZ.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/976/requerimento_no_04.20_-_requer_urgencia_especial_CBaTEUz.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/981/requerimento_no_05.20_-_requer_formacao_tecnica__uYnRfn3.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/982/requerimento_no_06.20_-_requer_demonstrativos_me_sn5Ot7U.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/983/requerimento_no_07.20_-_requer_responsaveis_pelo_tJNPauM.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/984/requerimento_no_08.20_-_requer_relatorios_de_aco_BGjSk5C.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/985/requerimento_no_09.20_-_requer_acordo_firmado_co_JQwiVsr.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/986/requerimento_no_10.20_-_requer_servidor_para_ter_BP9IJxl.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/987/requerimento_no_11.20_-_requer__informacoes_dos__WqhKTdr.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/992/requerimento_no_12.20_-_requer__informacoes_a_re_d0QrfRX.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/993/requerimento_no_13.20_-_requer__informacoes_a_re_mT4I4K5.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/988/requerimento_no_14.20_-_creche_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/989/requerimento_no_15.20_-_relacao_de_exames_mamogr_c0ueFbZ.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/990/requerimento_no_16.20_-_relacao_de_material_para_5oIF1kv.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/991/requerimento_no_17.20_-_sus_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/998/requerimento_no_18.20_-_ok_pessoa_doente_nao_tev_6Q8FF6z.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1000/requerimento_no_19.20_-_endereco_dos_imoveis_pr_h0bp2zF.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1001/requerimento_no_20.20_-_averbacao_cancelada_-_o_kEoDAQ0.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1002/requerimento_no_21.20_-_requer_urgencia_especia_qw0t2tw.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1042/requerimento_no_22.20_-_gastos_com_a_festa_de_r_7hxEYbd.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1043/requerimento_no_24.20_-_informacoes_do_parque_d_gRZyLI3.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1022/requerimento_no_25.20_-_urgencia_especial_a_ped_YajaxF9.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1044/requerimento_no_26.20_-_plano_de_prevencao_coro_0kCh1R2.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1045/requerimento_no_27.20_-_informacoes_do_setor_de_i02n1k0.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1023/requerimento_no_28.20_-_urgencia_especial_a_pro_f3zvU0v.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1027/requerimento_no_29.20_-_urgencia_no_pronto_soco_DzfRXsj.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1028/requerimento_no_30.20_-_bolsa_familia_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1029/requerimento_no_31.20_-_tela_de_protecao_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1034/requerimento_no_32.20_-_interdicao_da_escola_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1035/requerimento_no_33.20_-_transporte_urbanos_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1036/requerimento_no_34.20_-_inss_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1037/requerimento_no_35.20_-_convenios_-_oberdan.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1038/requerimento_no_36.20_-_empenho_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1039/requerimento_no_37.20_-_prestacao_de_servicos_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1040/requerimento_no_38.20_-_distrito_industrial_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1059/requerimento_no_39.20_-_regulamentacao_por_copi_G5FRTKG.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1047/requerimento_no_41.20_-_urgencia_especial_aos_p_fXaLRQJ.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1060/requerimento_no_42.20_-_escritura_-_donizetti_1.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1053/requerimento_no_44_urgencia_1.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1052/requerimento_revisado_no_45_-_urgencia_especial_TyQI4LC.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1061/requerimento_matheus_alcool_gel_1.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1058/requerimento_urgencia_proj_resolucao_no__47.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1069/requerimento_no_48.20_-_concurso_-_matheus_1.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1071/requerimento_no_50.20_-_fundo_saude_covid_19_-__2iTlUgR.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1072/requerimento_no_51.20_-_contrato_copasa_-_matheus_1.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1073/requerimento_no_52.20_-_moradores_de_rua_-_denis_1.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1068/requerimento_no_55_-_urgencia_especial_proposta_5kDe9Uo.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1086/requerimento_revisado_no_56_-_urgencia_especial_zHMaeKN.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1095/requerimento_no_57.20_-_arvores_-_davi_1.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1096/requerimento_no_58.20_-_requer_resposta_de_ofic_RQird9m.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1109/requerimento_no_60.20_-_obra_parada_-_davi_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1110/requerimento_no_61.20_-_obra_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1111/requerimento__62_matheus_meio_fio_poliesportivo_1.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1112/requerimento__63_oberdan_divida_cemig_1.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1116/requerimento_no_64.20_-_area_verde_-_davi.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1117/requerimento_no_65.20_-_todas_as_recomendacoes__VGGUllN.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1118/requerimento__66_-_davi_chacreamento_1_1.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1160/requerimento_no_67.20_-_caminhao_pipa_-_denis_-_WPFEqlO.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1201/requerimento_n_68.20_-_ferias_acumuladas_3.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1212/requerimento_no_69_-_urgencia_especial_aos_proj_s2E02ts.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1233/requerimento_81_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1234/requerimento_no_82_urgencia_especial_2.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1239/requerimento_83_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1246/requerimento_no_84.20_-_lider_do_prefeito_solic_Ge1yjKf.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1249/requerimento_no_85.20_-_sobre_a_lei_adir_blanc.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1271/requerimento_no_87.20_-_lider_do_prefeito_solicita_urgencia_-_nunes.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1275/requerimento_no_88.20_-_aposentadoria_-_davi.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1276/requerimento_no_89.20_-_complementacao_de_aposentadoria_-juliana.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1280/requerimento_no_90.20_-_urgencia_especial_projeto_de_resolucao_no_09.20.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1282/requerimento_no_91.20_-_lider_do_prefeito_solicita_urgencia_-_nunes.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1296/requerimento_no_93.18_-_requer_urgencia_especial_ao_projeto_de_lei_complementar_projeto_resolucao.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1302/requerimento_no_94.20_-_terrenos_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1306/requerimento_no_95.20_-aplicacao_educacao_-_davi.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1307/requerimento_no_96.20_-_relatorio_de_divida_-_oberdan.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1304/requerimento_no_97.20_-_lider_do_prefeito_solicita_urgencia_-_nunes.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1310/requerimento_no_105.20_-_lider_do_prefeito_solicita_urgencia_-_nunes.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1313/requerimento_no_106.20_-_lider_do_prefeito_solicita_urgencia_-_nunes.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1064/parecer_da_cljr_projeto_de_lei_complementar_no__3h8mBLF.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1065/parecer_em_redacao_final_ao_projeto_de_lei_e_re_G0U8kQV.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1082/parecer_em_redacao_final_projeto_de_lei_complem_FoEPCpS.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1114/parecer_po_03-20_comissao_de_legislacao_redacao_zzUeJop.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1125/parecer_em_redacao_final_revisado_prop._emenda__dyW4oWY.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1126/parecer_cljr_consciencia_negra_-_projeto_de_lei_xCsBAj4.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1128/parecer_cljr_lampada_led_-_projeto_de_lei_compl_wsBiou9.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1202/parecer_da_cljr_projeto_de_lei_comp_no_02.20_e__awC0nvU.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1211/parecer_da_cljr_projeto_de_lei_no_21.20_codigos_xaUWpbm.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1220/parecer_cljr_ao_projeto_de_resolucao_no_05.20-__5jZx1lc.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1221/parecer_cljr_brasil_sorridente_-_projeto_de_lei_SBGpxMu.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1272/parecer_da_cljr_projeto_de_lei_complementar_no_03.20_-_juliana_relatora.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1056/proposicao_de_emenda_01__proj_08_van_1.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1147/proposicao_de_emenda_no_01_ao_projeto_de_lei_no_rhPDO4l.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1284/proposicao_de_emenda_n1.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1285/proposicao_de_emenda_n2.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1286/proposicao_de_emenda_n3.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1287/proposicao_de_emenda_n4.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1288/proposicao_de_emenda_n5.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1289/proposicao_de_emenda_n6.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1054/comissao_de_financas_e_orcamento_parecer_proj.__AmDOlBJ.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1204/parecer_cfo_ldo_pl_14.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1210/parecer_cfo_ldo_com_emenda_pl_14.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1228/parecer_da_cfo_projeto_de_lei_no_23.20_-_julian_fN3TlzC.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1273/parecer_cljr_cfo_cospaicte_-_projeto_de_lei_complementar_no_03.20_-_juliana_relatora.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1127/parecer_cospaicte_-_projeto_de_lei_complementar_VmZqL6U.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1254/proposta_de_emenda_a_lei_organica_2020.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1267/proposta_de_emendas_lom_02.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1268/propostas_de_emendas_lom_03.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1301/proposicao_de_emenda_a_lei_organica_no_04.20_horario_da_posse.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1048/anteprojeto_no_01_-_led_-_rede_publica_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1247/proposta_orcamento_2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1290/proposicao_de_subemenda_n1_em5_aopl28.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1051/poposta_mod._projeto_credito_especial_-_cfem_-__evSHg8t.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/973/projeto_de_resolucao_no_01_numero_membros_comiss_ZIMF6zF.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/974/mensagem_no_02.2020_ao_projeto_de_lei_no_02.2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/978/projeto_de_lei_no_03.20_-_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1009/projeto_de_lei_no_04.20_-_pre-sal.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1010/projeto_de_lei_no_05.20_-_credito_especial_-_hospital.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1011/projeto_de_lei_no_06.20_-_concessao_de_subvencoes.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1012/projeto_de_lei_no_07.20_-_cota_parte.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1013/projeto_de_lei_no_08.20_-aquisicao_de_material__OZxypx3.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1024/projeto_credito_especial_-_cfem.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1025/projeto_de_lei_no_10.20_-_credito_especial_-_cefem.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1026/projeto_de_lei_no_11.20_-_permuta.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1041/projeto_de_lei_no_12.20_-_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1049/projeto_de_lei_no_13.20_-_consciencia_negra_-.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1087/projeto_de_lei_14_-_ldo_2021_1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1066/projeto_de_lei_no_15.20_-_suspensao_pagamento_d_eMmxGJ2.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1084/projeto_16_credito_especial_-_recursos_tjmg_san_j0G6xJB.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1085/projeto_17_credito_especial_-_emater_-_despesa__jWCfM04.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1209/projeto_22_e_mensagem_proibe_eventos_covid_oberdan_1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1208/projeto_de_lei_no_23.20_-_uti_movel_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1207/projeto_de_lei_no_24.20_-_majoracao_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1235/projeto_n._25_credito_especial_-_raio-x.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1236/projeto_n._26_credito_especial_-_saude_e_assistencia.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1245/projeto_de_lei_no_27.20_-_abertura_credito_raio_qck2JQi.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1250/projeto_de_lei_no_28.20_-_loa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1251/projeto_de_lei_no_29.20_-_modifica_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1252/projeto_de_lei_no_30.20_-_modifica_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1269/projeto_de_lei_no_31.20_-_pagamento.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1270/projeto_de_lei_no_32.20_-_veiculo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1283/projeto_de_lei_no_33.20_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1292/projeto_de_lei_no_34.20_-_credito_suplementar_fias_ok_ok.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1293/projeto_de_lei_no_35.20_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1294/projeto_de_lei_no_36.20_-_abeertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1305/projeto_de_lei_no_37.20_-_majoracao_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1311/projeto_de_lei_no_38.20_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1312/projeto_de_lei_no_39.20_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1314/projeto_de_lei_no_40.20_-_majoracao_ok.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1315/projeto_de_lei_no_41.20_-_autoriza_abertura_credito.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/972/projeto_de_resolucao_no_01_numero_membros_comiss_4mg8pG0.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/975/projeto_de_resolucao_no_02_reajuste_de_448_para__BSg8KWq.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1050/projeto_de_resolucao_no_03.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1057/projeto_de_resolucao_n_04_sessao_remota_1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1088/projeto_resolucao_5_mensagem_requerimento_antep_6gsHEzV.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1780/projeto_de_resolucao_06.20.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1781/projeto_resolucao_07.20.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1281/projeto_de_resolucao_no_09.20_-_muda_prazos_contas_versao_roberto.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1298/projeto_de_resolucao_no_10.20_-_devolucao_de_repasse_fias.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1008/projeto_de_lei_complementar_no__01_-ok__iptu_entidades.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1123/projeto_de_lei_complementar_no_02.20_-_plano_di_viiCwys.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1253/projeto_de_lei_complementar_no_03.20_-_chacreamento.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1297/projeto_lc_05-2020_recente_roberto_fogos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/994/indicacao_no_01.20_-_creche_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/995/indicacao_no_02.20_-_manutencao_nas_estradas_rur_y1jzcw1.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/996/indicacao_no_04.20_-_providencias_agua_da_chuva__YrzmWv8.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/997/indicacao_no_05.20_-_limpeza_no_terreno_notifica_07OHlIU.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1003/indicacao_no_06.20_-_providencias_estrada_de_ac_Z0VHH4l.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1004/indicacao_no_07.20_-_bacia_de_contencao_e_limpe_NPtOtGJ.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1005/indicacao_no_08.20_-_limpeza_no_terreno_-_mathe_EpilMtL.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1006/indicacao_no_09.20_-_tapa_buracos_-_matheus_e_davi.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1007/indicacao_no_10.20_-_limpeza_no_terreno_-_mathe_4GnYGM7.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1014/indicacao_no_11.20_-_limpeza_e_carpina_-_donize_NyIJC94.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1015/indicacao_no_12.20_-_retirar_entulho_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1016/indicacao_no_13.20_-_vidro_na_retroescavadeira__tNr8N7w.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1017/indicacao_no_14.20_-_limpeza_de_terreno_-_davi.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1018/indicacao_no_15.20_-_informacoes_da_usina_de_re_FomYDZE.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1019/indicacao_no_16.20_-_limpeza_no_terreno_-_mathn_5LKmbtl.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1020/indicacao_no_17.20_-_combate_a_praga_dos_caramu_brCJhjv.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1021/indicacao_no_18.20_-_troca_gradativa_do_sistema_QqW4CkI.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1031/indicacao_no_19.20_-_epi_gari_-_davi.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1032/indicacao_no_20.20_-_forro_da_escola_solto_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1033/indicacao_no_21.20_-_solicita_terra_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1046/indicacao_no_22.20_-_cercar_espaco_publico_-_da_AcLi040.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1083/indicacao_no_25.20_-_denis_1.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1074/indicacao_26.20_-__insalubridade_epis_velorio_-_denis_1.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1075/indicacao_no_27.20_-_insalubridade_para_pessoas_uYff19v.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1076/indicacao_no_28_-_insalubridade_para_os_servido_HmrAElJ.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1077/indicacao_no_29.20_-_mascara_de_protecao_-_denis_1.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1078/indicacao_no_30.20_-_liberada_feira_livre_-_donizetti_1.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1079/indicacao_no_31.20_-_auxilio_financeiro_-_donizetti_1.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1080/indicacao_no_32.20_-_passar_patrol_-_donizetti_1.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1081/indicacao_no_33.20_-prevencao_do_coronavirus_-__eLQw3u2.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1089/indicacao_no_34.20_-_cesta_basica_-_donizetti_1.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1090/indicacao_no_35.20_-_kit_alimentacao_-_donizett_2DoPz7B.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1102/indicacao_no_40.20_-_bueiro_-_matheus__e_davi_.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1103/indicacao_no_41.20_-_limpeza_do_corrego_na_aven_NKJH8C0.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1104/indicacao_no_42.20_-_medidas_no_trevo_-_denis.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1105/indicacao_no_43.20_-_limpeza__no_terrenoe_notif_maUbqVK.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1106/indicacao_no_44.20_-_pavimentacao_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1107/indicacao_no_45.20_-_reparos_no_muro_-_matheus_e_gilmar.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1113/indicacao_46_zete_compra_comercio_local_1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1119/indicacao_no_47.20_-_ceda_espaco_razoavel_para_fias_-_1.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1120/indicacao_no_48.20_-poda_das_arvores_-_davi_1.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1121/indicacao_no_49.20_-video_institucional_-_donizetti_1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1122/indicacao_no_50.20_-_empresas_da_regiao_-_donizetti_1.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1149/indicacao_no_51.20_-_limpeza_e_carpina_-_denis__zBPQVMf.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1150/indicacao_no_52.20_-_usina_de_reciclagem_-_deni_2xHuk7v.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1151/indicacao_no_53.20_-_transporte_para_os_funcion_lJ4zHae.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1152/indicacao_no_54.20_-_tintas_na_cacamba_-_davi_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1154/indicacao_no_55.20_-_tapa_buraco_-_matheus_e_davi.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1153/indicacao_no_56.20_-_tapa_buraco_-_matheus_e_davi.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1155/indicacao_no_57.20_-_tapa_buraco_-_matheus_e_davi_1.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1156/indicacao_no_58.20_-_tapa_buracos_-_matheus_e_davi_1.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1157/indicacao_no_59.20_-_tapa_buracos_-_matheus_e_davi_1.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1158/indicacao_no_60.20_-_tapa_buracos_-_matheus_e_davi_1.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1159/indicacao_no_61.20_-_sistema_de_iluminacao_nas__MKq041O.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1213/indicacao_no_64.20_-_limpeza_-_donizetti_1.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1214/indicacao_no_65.20_-_assitencia_social_-_donizetti_1.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1215/indicacao_no_66.20_-_iluminacao_rodoviaria_-_matheus_1.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1217/indicacao_no_68.20_-_rampa_cemiterio_-_denis_1.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1218/indicacao_no_69.20_-pintura_muto_estadio_belarm_ANuWRMd.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1219/indicacao_no_70.20_-vale_mistura_-_denis_1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1222/indicacao_no_71.20_-_area_de_caminhada_da_votor_5HGjyyC.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1223/indicacao_no_72.20_-_aguada_regularmente_com_ca_rN6CJo8.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1224/indicacao_no_73.20_-_rua_afundada_-_matheus_1.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1225/indicacao_no_74.20_-_limpeza_terrenos_-_matheus_1.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1226/indicacao_no_75.20_-_teste_rapido_covid_19_-_denis_1.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1227/indicacao_no_76.20_-_engenheiro_-_donizetti_1.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1229/indicacao_no_77.20_-_site_-_davi_1.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1237/indicacao_no_78.20_-_rua_tiradentes_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1238/indicacao_no79____zete_ferias_premios.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1255/indicacao_no_87.20_-_reparos_na_estacao_cultura_-_davi.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1256/indicacao_no_88.20_-_bancos_de_ferro_-_davi.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1257/indicacao_no_89.20_-_construcao_de_rampas_no_laboratorio_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1258/indicacao_no_90.20_-_conserto_de_tv_e_rede_wifi_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1259/indicacao_no_91.20_-_drone_-_davi.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1274/indicacao_no_92.20_-_asfalto_cano_estourou_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1262/indicacao_no_93.20_-_meio_fio_estourado_-_davi.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1263/indicacao_no_94.20_-_fiscalizar_comercio_-_davi.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1264/indicacao_no_95.20_-_poda_de_arvores_-_davi.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1277/indicacao_no_96.20_-_insalubridade_-_davi.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1278/indicacao_no_97.20_-_rondas_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1279/indicacao_no_98.20_-_limpeza_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1295/indicacao_no_99.20_-_limpeza_-_placas_liberdade_-_davi.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1303/indicacao_no_100.20_-_onda_amarela_-_davi.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1308/indicacao_no_101.20_-_devolucao_das_sobras_-_denis.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1309/indicacao_no_102.20_-_tres_maria_-_davi.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1206/comprovante_01_ind.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1030/mocao_no_01.2020_-_mocao_de_aplauso_a_equipe_de_DTFL93L.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1097/mocao_no_02.18_-_mocao_de_aplausos_aos_garis_-__yEnLhDc.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1108/mocao_no_03.20_-_dia_da_enfermagem_-_denis.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1115/mocao_no_05.20_-_radio_boa_nova_pelos_24_anos_d_QWI56bq.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1124/mocao_no_06.20_mocao_de_aplausos_ao_victor_hugo_LUReZrj.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1265/mocao_no_07.20_-_professora_helena_-_diversos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1266/mocao_no_08.20_-_para_familia_clezinho.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1299/mocao_no_10.20_-_mocao_de_aplausos_aos_professores_-_denis.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1300/mocao_no_11.20_-_mocao_de_aplausos_a_dona_cecilia_-_denis.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/979/requerimento_no_01.20_-_requer_relacao_dos_estud_5peTtbv.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/999/requerimento_no_02.20_-_requer_copia_da_autoriza_RWboz8u.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/980/requerimento_no_03.20_-_requer_copia_integral_da_B42I3PZ.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/976/requerimento_no_04.20_-_requer_urgencia_especial_CBaTEUz.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/981/requerimento_no_05.20_-_requer_formacao_tecnica__uYnRfn3.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/982/requerimento_no_06.20_-_requer_demonstrativos_me_sn5Ot7U.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/983/requerimento_no_07.20_-_requer_responsaveis_pelo_tJNPauM.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/984/requerimento_no_08.20_-_requer_relatorios_de_aco_BGjSk5C.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/985/requerimento_no_09.20_-_requer_acordo_firmado_co_JQwiVsr.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/986/requerimento_no_10.20_-_requer_servidor_para_ter_BP9IJxl.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/987/requerimento_no_11.20_-_requer__informacoes_dos__WqhKTdr.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/992/requerimento_no_12.20_-_requer__informacoes_a_re_d0QrfRX.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/993/requerimento_no_13.20_-_requer__informacoes_a_re_mT4I4K5.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/988/requerimento_no_14.20_-_creche_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/989/requerimento_no_15.20_-_relacao_de_exames_mamogr_c0ueFbZ.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/990/requerimento_no_16.20_-_relacao_de_material_para_5oIF1kv.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/991/requerimento_no_17.20_-_sus_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/998/requerimento_no_18.20_-_ok_pessoa_doente_nao_tev_6Q8FF6z.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1000/requerimento_no_19.20_-_endereco_dos_imoveis_pr_h0bp2zF.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1001/requerimento_no_20.20_-_averbacao_cancelada_-_o_kEoDAQ0.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1002/requerimento_no_21.20_-_requer_urgencia_especia_qw0t2tw.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1042/requerimento_no_22.20_-_gastos_com_a_festa_de_r_7hxEYbd.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1043/requerimento_no_24.20_-_informacoes_do_parque_d_gRZyLI3.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1022/requerimento_no_25.20_-_urgencia_especial_a_ped_YajaxF9.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1044/requerimento_no_26.20_-_plano_de_prevencao_coro_0kCh1R2.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1045/requerimento_no_27.20_-_informacoes_do_setor_de_i02n1k0.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1023/requerimento_no_28.20_-_urgencia_especial_a_pro_f3zvU0v.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1027/requerimento_no_29.20_-_urgencia_no_pronto_soco_DzfRXsj.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1028/requerimento_no_30.20_-_bolsa_familia_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1029/requerimento_no_31.20_-_tela_de_protecao_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1034/requerimento_no_32.20_-_interdicao_da_escola_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1035/requerimento_no_33.20_-_transporte_urbanos_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1036/requerimento_no_34.20_-_inss_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1037/requerimento_no_35.20_-_convenios_-_oberdan.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1038/requerimento_no_36.20_-_empenho_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1039/requerimento_no_37.20_-_prestacao_de_servicos_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1040/requerimento_no_38.20_-_distrito_industrial_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1059/requerimento_no_39.20_-_regulamentacao_por_copi_G5FRTKG.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1047/requerimento_no_41.20_-_urgencia_especial_aos_p_fXaLRQJ.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1060/requerimento_no_42.20_-_escritura_-_donizetti_1.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1053/requerimento_no_44_urgencia_1.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1052/requerimento_revisado_no_45_-_urgencia_especial_TyQI4LC.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1061/requerimento_matheus_alcool_gel_1.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1058/requerimento_urgencia_proj_resolucao_no__47.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1069/requerimento_no_48.20_-_concurso_-_matheus_1.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1071/requerimento_no_50.20_-_fundo_saude_covid_19_-__2iTlUgR.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1072/requerimento_no_51.20_-_contrato_copasa_-_matheus_1.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1073/requerimento_no_52.20_-_moradores_de_rua_-_denis_1.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1068/requerimento_no_55_-_urgencia_especial_proposta_5kDe9Uo.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1086/requerimento_revisado_no_56_-_urgencia_especial_zHMaeKN.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1095/requerimento_no_57.20_-_arvores_-_davi_1.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1096/requerimento_no_58.20_-_requer_resposta_de_ofic_RQird9m.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1109/requerimento_no_60.20_-_obra_parada_-_davi_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1110/requerimento_no_61.20_-_obra_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1111/requerimento__62_matheus_meio_fio_poliesportivo_1.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1112/requerimento__63_oberdan_divida_cemig_1.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1116/requerimento_no_64.20_-_area_verde_-_davi.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1117/requerimento_no_65.20_-_todas_as_recomendacoes__VGGUllN.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1118/requerimento__66_-_davi_chacreamento_1_1.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1160/requerimento_no_67.20_-_caminhao_pipa_-_denis_-_WPFEqlO.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1201/requerimento_n_68.20_-_ferias_acumuladas_3.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1212/requerimento_no_69_-_urgencia_especial_aos_proj_s2E02ts.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1233/requerimento_81_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1234/requerimento_no_82_urgencia_especial_2.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1239/requerimento_83_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1246/requerimento_no_84.20_-_lider_do_prefeito_solic_Ge1yjKf.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1249/requerimento_no_85.20_-_sobre_a_lei_adir_blanc.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1271/requerimento_no_87.20_-_lider_do_prefeito_solicita_urgencia_-_nunes.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1275/requerimento_no_88.20_-_aposentadoria_-_davi.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1276/requerimento_no_89.20_-_complementacao_de_aposentadoria_-juliana.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1280/requerimento_no_90.20_-_urgencia_especial_projeto_de_resolucao_no_09.20.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1282/requerimento_no_91.20_-_lider_do_prefeito_solicita_urgencia_-_nunes.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1296/requerimento_no_93.18_-_requer_urgencia_especial_ao_projeto_de_lei_complementar_projeto_resolucao.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1302/requerimento_no_94.20_-_terrenos_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1306/requerimento_no_95.20_-aplicacao_educacao_-_davi.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1307/requerimento_no_96.20_-_relatorio_de_divida_-_oberdan.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1304/requerimento_no_97.20_-_lider_do_prefeito_solicita_urgencia_-_nunes.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1310/requerimento_no_105.20_-_lider_do_prefeito_solicita_urgencia_-_nunes.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1313/requerimento_no_106.20_-_lider_do_prefeito_solicita_urgencia_-_nunes.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1064/parecer_da_cljr_projeto_de_lei_complementar_no__3h8mBLF.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1065/parecer_em_redacao_final_ao_projeto_de_lei_e_re_G0U8kQV.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1082/parecer_em_redacao_final_projeto_de_lei_complem_FoEPCpS.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1114/parecer_po_03-20_comissao_de_legislacao_redacao_zzUeJop.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1125/parecer_em_redacao_final_revisado_prop._emenda__dyW4oWY.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1126/parecer_cljr_consciencia_negra_-_projeto_de_lei_xCsBAj4.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1128/parecer_cljr_lampada_led_-_projeto_de_lei_compl_wsBiou9.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1202/parecer_da_cljr_projeto_de_lei_comp_no_02.20_e__awC0nvU.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1211/parecer_da_cljr_projeto_de_lei_no_21.20_codigos_xaUWpbm.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1220/parecer_cljr_ao_projeto_de_resolucao_no_05.20-__5jZx1lc.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1221/parecer_cljr_brasil_sorridente_-_projeto_de_lei_SBGpxMu.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1272/parecer_da_cljr_projeto_de_lei_complementar_no_03.20_-_juliana_relatora.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1056/proposicao_de_emenda_01__proj_08_van_1.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1147/proposicao_de_emenda_no_01_ao_projeto_de_lei_no_rhPDO4l.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1284/proposicao_de_emenda_n1.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1285/proposicao_de_emenda_n2.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1286/proposicao_de_emenda_n3.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1287/proposicao_de_emenda_n4.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1288/proposicao_de_emenda_n5.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1289/proposicao_de_emenda_n6.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1054/comissao_de_financas_e_orcamento_parecer_proj.__AmDOlBJ.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1204/parecer_cfo_ldo_pl_14.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1210/parecer_cfo_ldo_com_emenda_pl_14.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1228/parecer_da_cfo_projeto_de_lei_no_23.20_-_julian_fN3TlzC.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1273/parecer_cljr_cfo_cospaicte_-_projeto_de_lei_complementar_no_03.20_-_juliana_relatora.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1127/parecer_cospaicte_-_projeto_de_lei_complementar_VmZqL6U.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1254/proposta_de_emenda_a_lei_organica_2020.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1267/proposta_de_emendas_lom_02.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1268/propostas_de_emendas_lom_03.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1301/proposicao_de_emenda_a_lei_organica_no_04.20_horario_da_posse.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1048/anteprojeto_no_01_-_led_-_rede_publica_-_donizetti.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1247/proposta_orcamento_2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1290/proposicao_de_subemenda_n1_em5_aopl28.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2020/1051/poposta_mod._projeto_credito_especial_-_cfem_-__evSHg8t.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H281"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="196.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="175.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="174.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>