--- v0 (2026-02-03)
+++ v1 (2026-03-24)
@@ -54,4615 +54,4615 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1335/projeto_de_lei_01.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1335/projeto_de_lei_01.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial na Lei Nº 1096, que estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1343/projeto_de_lei_02.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1343/projeto_de_lei_02.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral dos vencimentos dos servidores e da outras providências.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1346/projeto_de_lei_03.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1346/projeto_de_lei_03.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial na Lei Nº 1096, que estima a Receita e fixa a Despesa do Município de Itaú de Minas para o Exercício Financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1347/projeto_de_lei_04.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1347/projeto_de_lei_04.pdf</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1348/projeto_de_lei_05.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1348/projeto_de_lei_05.pdf</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1393/projeto_de_lei_06.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1393/projeto_de_lei_06.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial na Lei Nº 1096/2020, que estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1392/projeto_de_lei_07.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1392/projeto_de_lei_07.pdf</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1395/projeto_de_lei_08.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1395/projeto_de_lei_08.pdf</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1396/projeto_de_lei_09.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1396/projeto_de_lei_09.pdf</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1401/projeto_de_lei_10.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1401/projeto_de_lei_10.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial na Lei Nº 1096/2020, que estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1402/projeto_de_lei_11.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1402/projeto_de_lei_11.pdf</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA, DAVI OLIVEIRA DE SOUSA, Fabiano Gomes de Lima, Geovan dos Santos, JULIANA MATTAR, MARIA ELENA DE OLIVEIRA FARIA, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1405/projeto_de_lei_12.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1405/projeto_de_lei_12.pdf</t>
   </si>
   <si>
     <t>Altera Denominação de Logradouro Público.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA, DAVI OLIVEIRA DE SOUSA, Fabiano Gomes de Lima, Geovan dos Santos, JULIANA MATTAR, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1409/projeto_de_lei_13.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1409/projeto_de_lei_13.pdf</t>
   </si>
   <si>
     <t>Altera denominação de logradouro público.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1418/projeto_de_lei_14.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1418/projeto_de_lei_14.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação - CACS FUNDEB - em conformidade com o artigo 2012-A da Constituição Federal, regulamentado na forma da Lei Federal Nº 14.113, de 25 de dezembro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1419/projeto_de_lei_n_15.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1419/projeto_de_lei_n_15.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o atendimento especial ao cidadão cadeirante nos estabelecimentos comerciais que menciona do Município de Itaú de Minas/MG.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Fabiano Gomes de Lima, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1421/projeto_de_lei_n_16.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1421/projeto_de_lei_n_16.pdf</t>
   </si>
   <si>
     <t>Estabelece as Igrejas, os templos religiosos de qualquer culto e as Comunidades Missionárias como atividade essencial no Município de Itaú de Minas/MG.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_17.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_17.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial na Lei Nº 1096/2020 - que estima a receita e fixa a despesa do município de Itaú de Minas para o Exercício Financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1424/projeto_de_lei_18.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1424/projeto_de_lei_18.pdf</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1437/projeto_lei_19.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1437/projeto_lei_19.pdf</t>
   </si>
   <si>
     <t>Institui os Processos Administrativo e Legislativo Eletrônicos no âmbito da Câmara Municipal de Itaú de Minas / MG e dá outras providências.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1454/projeto_de_lei_20.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1454/projeto_de_lei_20.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1096/2020 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1461/projeto_de_lei_21.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1461/projeto_de_lei_21.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMOÇÃO DE VEÍCULOS ABANDONADOS EM LOGRADOUROS PÚBLICOS DO MUNICÍPIO DE ITAÚ DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1462/projeto_de_lei_22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1462/projeto_de_lei_22.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO EXERCÍCIO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1463/projeto_de_lei_23.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1463/projeto_de_lei_23.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ESPECIAL NA LEI Nº 1096/2020 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1464/projeto_de_lei_24.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1464/projeto_de_lei_24.pdf</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1465/projeto_de_lei_25.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1465/projeto_de_lei_25.pdf</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA, DAVI OLIVEIRA DE SOUSA, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1469/projeto_de_lei_26.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1469/projeto_de_lei_26.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO NO MUNICÍPIO DE ITAÚ DE MINAS/MG, POLÍTICA PÚBLICA PARA GARANTIA, PROTEÇÃO E AMPLIAÇÃO DOS DIREITOS DAS PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1475/projeto_de_lei_27.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1475/projeto_de_lei_27.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA DE CUIDADOS PALIATIVOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1477/projeto_de_lei_28.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1477/projeto_de_lei_28.pdf</t>
   </si>
   <si>
     <t>ESTABELECE VALOR PARA OS DÉBITOS JUDICIAIS DA FAZENDO PÚBLICA DO MUNICÍPIO DE ITAÚ DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1480/projeto_de_lei_29.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1480/projeto_de_lei_29.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DE LOGRADOURO PÚBLICO QUE MENCIONA.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1489/projeto_de_lei_30.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1489/projeto_de_lei_30.pdf</t>
   </si>
   <si>
     <t>Autoriza a Abertura de Crédito Adicional Especial na Lei nº 1096/2020 - Que estima a receita e fixa a despesa do Município de Itaú de Minas para o Exercício Financeiro de 2021 - e dá outras providências.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1500/projeto_de_lei_31.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1500/projeto_de_lei_31.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA LEI N° 1096/2020 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2021 - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1518/projeto_de_lei_32.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1518/projeto_de_lei_32.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA LEI N° 1096/2020 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1519/projeto_de_lei_33.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1519/projeto_de_lei_33.pdf</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1538/projeto_de_lei_34.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1538/projeto_de_lei_34.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA LEI N° 1096/2020 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2021 - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1546/projeto_de_lei_35.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1546/projeto_de_lei_35.pdf</t>
   </si>
   <si>
     <t>Institui penalidade de multa por descumprimento de medidas de enfrentamento em razão de pandemia de Covid-19, epidemia ou pandemia, no Município de Itaú de Minas, nas situações que especifica.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>JULIANA MATTAR</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1545/projeto_de_lei_36.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1545/projeto_de_lei_36.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a capacitação em noções básicas de primeiros socorros de professores e funcionários de estabelecimentos de ensino públicos e privados de educação básica e de estabelecimentos de recreação infantil.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1548/projeto_de_lei_37.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1548/projeto_de_lei_37.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MAJORAÇÃO DO LIMITE DE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES AO ORÇAMENTO DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2021.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS NA LEI MUNICIPAL N.° 614/2006 - INSTITUI O PROGRAMA DE ADOÇÃO DE PRAÇAS PÚBLICAS E DE ESPORTES, DE ÁREAS DE LAZER E ÁREAS VERDES - PAPPE - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1564/projeto_de_lei_39.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1564/projeto_de_lei_39.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A DOAR A TREAT INDÚSTRIA E COMÉRCIO DE COUROS LTDA., LOTES NO DISTRITO INDUSTRIAL "HERTZ APARECIDO KNAUF" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1566/projeto_de_lei_40.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1566/projeto_de_lei_40.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Programa de Promoção da Saúde Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Fabiano Gomes de Lima, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1577/projeto_de_lei_n_41.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1577/projeto_de_lei_n_41.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n. 432, de 19 de Novembro de 2001 que Dispõe sobre a obrigatoriedade de reparos no calçamento ou asfalto das vias e logradouros públicos do município de Itaú e Minas.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1597/plo_42.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1597/plo_42.pdf</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1598/plo_43.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1598/plo_43.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA LEI N.° 1096/2020 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2021 - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1600/plo_44.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1600/plo_44.pdf</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1644/projeto_de_lei_45.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1644/projeto_de_lei_45.pdf</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1655/projeto_de_lei_46.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1655/projeto_de_lei_46.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n.° 1125, de 20 de maio de 2021 - Lei de Diretrizes Orçamentárias de 2022 - que "dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2022."</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1656/projeto_de_lei_47.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1656/projeto_de_lei_47.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS E CONTRIBUIÇÕES NO EXERCÍCIO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1657/projeto_de_lei_48.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1657/projeto_de_lei_48.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO 2022/2025.</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1658/projeto_de_lei_49.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1658/projeto_de_lei_49.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Itaú de Minas - MG para o exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1672/projeto_de_lei_50.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1672/projeto_de_lei_50.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA DE AÇÕES PREVENTIVAS À DEPRESSÃO E DEMAIS TRANSTORNOS MENTAIS ENTRE CRIANÇAS E ADOLESCENTES NA REDE_x000D_
 MUNICIPAL DE ENSINO MUNICIPAL DE ITAÚ DE MINAS.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Fabiano Gomes de Lima</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1685/proejto_de_lei_51.21.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1685/proejto_de_lei_51.21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a garantia aos estudantes do Município de Itaú de Minas ao direito ao aprendizado da língua portuguesa de acordo com as normas e orientações legais de ensino, na forma que menciona.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1686/projeto_de_lei_52.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1686/projeto_de_lei_52.pdf</t>
   </si>
   <si>
     <t>Obriga a disponibilização de sanitários, bebedouros e garante a acessibilidade e mobilidade para clientes em estabelecimentos cartoriais do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1688/projeto_de_lei_53.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1688/projeto_de_lei_53.pdf</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1689/projeto_de_lei_54.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1689/projeto_de_lei_54.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1100, DE 14 DE DEZEMBRO DE 2020 - QUE AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS E CONTRIBUIÇÕES PARA O EXERCÍCIO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1698/projeto_de_lei_55.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1698/projeto_de_lei_55.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.100 de 14 de dezembro de 2020, que autoriza a Concessão de Subvenções, Auxílios e Contribuições para o exercício de 2021 e dá outras providências”.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1702/projeto_de_lei_56.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1702/projeto_de_lei_56.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DEBITAR DO FUNDO DE PARTICIPAÇÃO DOS MUNICÍPIOS A PRESTAÇÃO MENSAL DE PARCELAMENTO FIRMADO JUNTO À CEMIG.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1735/projeto_de_lei_57.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1735/projeto_de_lei_57.pdf</t>
   </si>
   <si>
     <t>Fixa vencimentos de cargos que menciona do Poder Legislativo de Itaú de Minas/MG.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1742/projeto_58.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1742/projeto_58.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A PROCEDER À PERMUTA DE IMÓVEL DE PROPRIEDADE DO MUNICÍPIO, NA FORMA QUE ESPECÍFICA.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1743/projeto_59.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1743/projeto_59.pdf</t>
   </si>
   <si>
     <t>ALTERA UNIDADE ORÇAMENTÁRIA DE DOTAÇÃO ORÇAMENTÁRIA DE CRÉDITO ESPECIAL AUTORIZADO PELA LEI Nº 1111, DE 26 DE FEVEREIRO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1745/projeto_60.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1745/projeto_60.pdf</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1761/projeto_de_lei_n__61.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1761/projeto_de_lei_n__61.pdf</t>
   </si>
   <si>
     <t>FIXA VENCIMENTOS DE CARGOS QUE MENCIONA DO PODER LEGISLATIVO DE ITAÚ DE MINAS/MG.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1764/projeto_de_lei_62_-_assinado.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1764/projeto_de_lei_62_-_assinado.pdf</t>
   </si>
   <si>
     <t>INSTITUI GRATIFICAÇÃO DE FUNÇÃO A SERVIDORES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1765/projeto_de_lei_63_-_assinado.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1765/projeto_de_lei_63_-_assinado.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA LEI N.º 1096/2020 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2021 – E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1770/projeto_de_lei_64_assinado.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1770/projeto_de_lei_64_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a incorporação de vencimentos aos cargos de motorista I e II da Secretaria de Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>MESA DIRETORA, DAVI OLIVEIRA DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1326/projeto_de_resolucao_01.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1326/projeto_de_resolucao_01.pdf</t>
   </si>
   <si>
     <t>ALTERA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ITAÚ DE MINAS, DISPONDO SOBRE O JULGAMENTO DAS CONTAS DO PREFEITO.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1327/projeto_de_resolucao_02.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1327/projeto_de_resolucao_02.pdf</t>
   </si>
   <si>
     <t>ALTERA O HORÁRIO DAS SESSÕES ORDINÁRIAS DA CÂMARA MUNICIPAL DE ITAÚ DE MINA NO PERÍODO DA PANDEMIA DO COVID 19.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1349/projeto_de_resolucao_03.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1349/projeto_de_resolucao_03.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral dos vencimentos dos servidores da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1366/projeto_de_resolucao_04.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1366/projeto_de_resolucao_04.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo no Regimento Interno da Câmara Municipal de Itaú de Minas / MG, no que diz respeito aos prazos estabelecidos em norma regimental.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1369/projeto_de_resolucao_05.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1369/projeto_de_resolucao_05.pdf</t>
   </si>
   <si>
     <t>Altera o Regimento Interno da Câmara Municipal de Itaú de Minas retificando sobre realização de sessões.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>ROBERTO GONÇALVES VIEIRA, Fabiano Gomes de Lima, JULIANA MATTAR, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1411/projeto_de_resolucao_06.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1411/projeto_de_resolucao_06.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo no Regimento da Câmara Municipal de Itaú de Minas / MG, no que diz respeito aos prazos estabelecidos em norma regimental.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>DAVI OLIVEIRA DE SOUSA, CLAUDIA CALIXTO SIMÃO FONSECA, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1413/projeto_07.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1413/projeto_07.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos no Regimento Interno e no Código de Ética e Decoro da Câmara Municipal de Itaú de Minas / MG no que se refere à composição do Conselho de Ética e Decoro Parlamentar.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1468/projeto_resolucao_08.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1468/projeto_resolucao_08.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CÂMARA MUNICIPAL ANTECIPAR AO EXECUTIVO MUNICIPAL A DEVOLUÇÃO DE RECURSOS FINANCEIROS EM DISPONIBILIDADE NO LEGISLATIVO.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1520/projeto_de_resolucao_09.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1520/projeto_de_resolucao_09.pdf</t>
   </si>
   <si>
     <t>Cria a Biblioteca Pública no âmbito da Câmara Municipal de Itaú de Minas / MG e dá outras providências.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>Fabiano Gomes de Lima, Geovan dos Santos, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1567/projeto_resolucao_10.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1567/projeto_resolucao_10.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo que menciona no Regimento Interno da Câmara Municipal de Itaú de Minas, dispondo sobre o direito de resposta dos vereadores.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA, DAVI OLIVEIRA DE SOUSA, Geovan dos Santos, JULIANA MATTAR, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1628/projeto_resolucao_11.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1628/projeto_resolucao_11.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos que menciona no Regimento Interno da Câmara Municipal de Itaú de Minas, dispondo sobre o uso da Tribuna por cidadãos, convocação e comparecimento de autoridades que menciona.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1690/projeto_resolucao_12.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1690/projeto_resolucao_12.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Serviço de Assistência Jurídica - SAJ ao cidadão, no âmbito da Câmara Municipal de Itaú de Minas - MG e dá outras providências.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1694/projeto_de_resolucao_13.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1694/projeto_de_resolucao_13.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CÂMARA MUNICIPAL ANTECIPAR, AO EXECUTIVO MUNICIPAL, A DEVOLUÇÃO DE RECURSOS FINANCEIROS EM DISPONIBILIDADE NO LEGISLATIVO.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1713/projeto_de_resolucao_14.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1713/projeto_de_resolucao_14.pdf</t>
   </si>
   <si>
     <t>Institui o DOC - Diário Oficial da Câmara como órgão oficial de comunicação e de publicação legal da Câmara Municipal de Itaú de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>DAVI OLIVEIRA DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1724/projeto_de_resolucao_15.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1724/projeto_de_resolucao_15.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução Nº 262/19 – Regimento Interno da Câmara Municipal de Itaú de_x000D_
 Minas e dá outras providências - Trata de Comissões permanentes.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1733/projeto_de_resolucao_16.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1733/projeto_de_resolucao_16.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução nº 57, de 26/12/90 - Plano de Carreiras da Câmara  Municipal  de  Itaú  de  Minas/MG  e dá  outras  providências,  dispondo  sobre  a  criação e transformação de cargos e funções que menciona no  quadro geral de servidores do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1734/projeto_de_resolucao_17.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1734/projeto_de_resolucao_17.pdf</t>
   </si>
   <si>
     <t>Modifica a Resolução nº 56, de 26/12/90, que Dispõe sobre a estrutura administrativa da Câmara Municipal de Itaú de Minas e dá outras providências, alterada pela Resolução n.184/00 de 29 de dezembro de 2000 e Resolução n.250, de 30 de janeiro de 2018.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1758/projeto_de_resolucao_no_18.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1758/projeto_de_resolucao_no_18.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução nº 57, de 26/12/90 – Plano de Carreiras da Câmara Municipal de Itaú de Minas/MG dá outras providências, dispondo sobre a extinção e criação de cargos e funções que menciona no quadro geral de servidores do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1759/projeto_de_resolucao_n.__19.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1759/projeto_de_resolucao_n.__19.pdf</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
     <t>DAVI OLIVEIRA DE SOUSA, CLAUDIA CALIXTO SIMÃO FONSECA, Fabiano Gomes de Lima, Geovan dos Santos, JULIANA MATTAR, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1410/projeto_de_lei_complementar_01.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1410/projeto_de_lei_complementar_01.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo que menciona na Lei Complementar Nº 56, de 07 de novembro de 2019, que institui a revisão do Plano Diretor de Itaú de Minas.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>Executivo Municipal, JULIANA MATTAR</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1429/projeto_de_lei_complementar_02.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1429/projeto_de_lei_complementar_02.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar Nº 02, de 20 de abril de 1993 - Código de Posturas do Município de Itaú de Minas / MG, alterada pelas Leis Complementares Nº 30/2010, 46/2016 e 51/2017 e dá outras providências.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1503/projeto_de_lei_complementar_03.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1503/projeto_de_lei_complementar_03.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO QUE MENCIONA NA LEI COMPLEMENTAR N° 56, DE 07 DE NOVEMBRO DE 2019 - INSTITUI A REVISÃO DO PLANO DIRETOR DE_x000D_
 ITAÚ DE MINAS.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1576/projeto_de_lei_complementar_04.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1576/projeto_de_lei_complementar_04.pdf</t>
   </si>
   <si>
     <t>INSTITUI NORMAS GERAIS DE CONTROLE DA POLUIÇÃO SONORA, INCORPORADO-SE A “LEI DO SILÊNCIO URBANO” E O “REGULAMENTO DE PROPAGANDA SONORA” EXISTENTES NO MUNICÍPIO DE ITAÚ DE MINAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1691/projeto_de_lei_complementar_05.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1691/projeto_de_lei_complementar_05.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n. 64, de 31/08/2021 - Que Institui Normas Gerais de Controle da Poluição Sonora, incorporado-se a “Lei do Silêncio Urbano” e o “Regulamento de Propaganda Sonora” existentes no Município de Itaú de Minas, e dá outras providências.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS O ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1339/projeto_de_decreto_legislativo_01.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1339/projeto_de_decreto_legislativo_01.pdf</t>
   </si>
   <si>
     <t>Julgamento da Prestação de Contas do Prefeito do Exercício Financeiro de 2016.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1476/projeto_decreto_legislativo_02_-_contas_2017.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1476/projeto_decreto_legislativo_02_-_contas_2017.pdf</t>
   </si>
   <si>
     <t>Julgamento da Prestação de Contas do Prefeito do Exercício Financeiro de 2017.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1318/indicacao_01.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1318/indicacao_01.pdf</t>
   </si>
   <si>
     <t>Que seja criado e implantado um núcleo de Atendimento e Atenção para Alunos com Necessidades Especiais.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1319/indicacao_02.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1319/indicacao_02.pdf</t>
   </si>
   <si>
     <t>Que seja feita uma reforma geral nos banheiros do terminal rodoviário.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1320/indicacao_03.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1320/indicacao_03.pdf</t>
   </si>
   <si>
     <t>Que a Prefeitura de Itaú de Minas envie ao Instituto Butantan, à Fundação Oswaldo Cruz (Fiocruz), ou à alguma outra entidade apontada tecnicamente pela Secretaria Municipal de Saúde, um pedido para aquisição de vacinas para combate à Covid 19.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1321/indicacao_04.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1321/indicacao_04.pdf</t>
   </si>
   <si>
     <t>Que a Prefeitura de Itaú de Minas faça uma operação de recuperação das vias públicas em nossa cidade.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>DAVI OLIVEIRA DE SOUSA, JULIANA MATTAR</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1331/indicacao_05.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1331/indicacao_05.pdf</t>
   </si>
   <si>
     <t>Indica alterações e correções na Lei Complementar Nº 59/2020.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1332/indicacao_06.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1332/indicacao_06.pdf</t>
   </si>
   <si>
     <t>INDICA A CRIAÇÃO E O DESENVOLVIMENTO DO ALMOXARIFADO.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1333/indicacao_07.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1333/indicacao_07.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de placa de identificação na Rua Maria Aparecida Santana, no Birro Liberdade.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1340/indicacao_08.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1340/indicacao_08.pdf</t>
   </si>
   <si>
     <t>Indica a criação da "Sala de Contos" para atender a comunidade como forma de incentivo cultural e educacional.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>Geovan dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1341/indicacao_09.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1341/indicacao_09.pdf</t>
   </si>
   <si>
     <t>Indica a destinação de área para a criação de um viveiro para a produção de mudas.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1342/indicacao_10.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1342/indicacao_10.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um ponte de travessia de veículos e pedestres no cruzamento da avenida Liberdade com a Rua Joaquim de Oliveira.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1350/indicacao_11.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1350/indicacao_11.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para que faça a limpeza dos terrenos públicos, principalmente os terrenos de esquina.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1356/indicacao_12.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1356/indicacao_12.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para que faça a limpeza de terreno na área verde do lado da rua José Bernardes Sobrinho, Nº 144, no Bairro São Lucas.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1357/indicacao_13.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1357/indicacao_13.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para colocar um poste com iluminação no trevo da Rua Gasparino de Andrade, saída para a Rodovia MG-050.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>DAVI OLIVEIRA DE SOUSA, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1358/indicacao_14.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1358/indicacao_14.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que faça com urgência a reparação no Barracão da COHAB II.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA, Geovan dos Santos, MARIA ELENA DE OLIVEIRA FARIA, DAVI OLIVEIRA DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1359/indicacao_15.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1359/indicacao_15.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para que transfira o estacionamento da Rua Dr. José Balbino, no trecho compreendido entre o "Magazine Luíza" e o "Buteco do Atleta", para o outro lado da via.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA, DAVI OLIVEIRA DE SOUSA, Geovan dos Santos, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1360/indicacao_16.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1360/indicacao_16.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a ampliação da distância da esquina das ruas Dr. José Mário Tavares de Oliva com a rua Dr. José Balbino para o início da faixa de estacionamento com vistas a dar aos motoristas uma visão mais segura do trânsito.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1361/indicacao_17.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1361/indicacao_17.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja feita a reforma da Praça Monsenhor Ernesto Cavicchioli, com paisagismo e plano de arborização feito em parceria com o "Projeto Muda Itaú" e reposição ou troca do piso</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA, MARIA ELENA DE OLIVEIRA FARIA, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1362/indicacao_18.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1362/indicacao_18.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que faça a manutenção e a limpeza da "Pracinha do Congo", a Praça Dionísio Pereira da Fonseca.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1371/indicacao_19.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1371/indicacao_19.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que dê publicidade à regulamentação de afixação de cartazes e comunicação em geral em espaços públicos, especialmente no Terminal Rodoviário.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1373/indicacao_20.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1373/indicacao_20.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a criação do Nível V para os cargos da Vigilância Sanitária.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1374/indicacao_21.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1374/indicacao_21.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que faça a iluminação da quadra de esportes recém construída e localizada na Rua Epaminondas Médice, no Conjunto Habitacional São Lucas.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>MARIA ELENA DE OLIVEIRA FARIA, JULIANA MATTAR</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1375/indicacao_22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1375/indicacao_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que proceda a adequação à Lei Federal Nº 13.935/19, que trata da existência dos Profissionais de Serviço Social e de Psicologia na área da Educação Básica.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>Fabiano Gomes de Lima, JULIANA MATTAR, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1377/indicacao_23.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1377/indicacao_23.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, requerem do Executivo Municipal, para que seja dado o nome de Creche ao Sgt. Alessandro Lemos Ribeiro,  à nova Creche Pró infância, tipo 1, que está sendo construída no Bairro São Lucas em nosso Município.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>JULIANA MATTAR, DAVI OLIVEIRA DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1406/indicacao_24.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1406/indicacao_24.pdf</t>
   </si>
   <si>
     <t>Indica a disponibilização de túmulos duplos e/ou lotes no Cemitério Municipal.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>JULIANA MATTAR, Geovan dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1407/indicacao_25.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1407/indicacao_25.pdf</t>
   </si>
   <si>
     <t>Indica a construção de uma praça de lazer e recreação do Bairro Alvorada.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA, Fabiano Gomes de Lima, JULIANA MATTAR, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1414/indicacao_26.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1414/indicacao_26.pdf</t>
   </si>
   <si>
     <t>providências em relação aos jovens popularmente conhecidos como – Marcelo Sebastião da Silva (Assombroso), Reginho, Fabinho Maranhão e Júlio</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1415/indicacao_27.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1415/indicacao_27.pdf</t>
   </si>
   <si>
     <t>Que em parceria com a AGAIM seja feita a instalação de recipientes próprios para coleta e separação de lixo em todos os bairros da cidade, com especial atenção para a coleta de vidros, material cortante,  pilhas e baterias tóxicas.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1425/indicacao_28.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1425/indicacao_28.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja dado a denominação da Casa da Cultura de Sr. Sebastião Reis da Sila (Tião Aparício) em homenagem grande figura do cenário cultural de nossa cidade.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>Geovan dos Santos, JULIANA MATTAR</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1426/indicacao_29.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1426/indicacao_29.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Executivo Municipal as seguintes providências:_x000D_
 - que sejam construídos parquinhos infantis em todos os bairros de nossa cidade (seja em praças ou nas áreas verdes com paisagismo feito),_x000D_
 - e que estes parquinhos sejam devidamente cercados com alambrados paa garantir a segurança das crianças que lá frequentam e coibir a depredação.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1427/indicacao_30.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1427/indicacao_30.pdf</t>
   </si>
   <si>
     <t>Indicam ao Poder Executivo providências junto aos PSFs nas situações a seguir e que precisam ser sanadas o mais breve possível para uma melhor prestação do serviço público.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA, DAVI OLIVEIRA DE SOUSA, Fabiano Gomes de Lima, MARIA ELENA DE OLIVEIRA FARIA, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1430/indicacao_31.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1430/indicacao_31.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Executivo Municipal  a construção de redutores de velocidade no bairro Belvedere.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1432/indicacao_n_32.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1432/indicacao_n_32.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, solicitam ao Executivo Municipal que seja dada a denominação do Anfiteatro da Escola Municipal Engenheiro Jorge Oliva de "Anfiteatro Professora Emília Francisco Ângelo Janini" em homenagem a esta grande personalidade do cenário educacional de nosso Município.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>Fabiano Gomes de Lima, MARIA ELENA DE OLIVEIRA FARIA, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1433/indicacao_33.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1433/indicacao_33.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, requerem do Executivo Municipal providências a aquisição de vacinas.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1434/indicacao_34.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1434/indicacao_34.pdf</t>
   </si>
   <si>
     <t>Indica a implantação de um Programa de Vigilância e Segurança Patrimonial.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1442/indicacao_35.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1442/indicacao_35.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal, para fazer a pavimentação do loteamento do Talico.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1444/indicacao_36.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1444/indicacao_36.pdf</t>
   </si>
   <si>
     <t>Indica a implantação do Centro de Zoonoses na Prefeitura Municipal de Itaú de minas.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA, DAVI OLIVEIRA DE SOUSA, Fabiano Gomes de Lima, Geovan dos Santos, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1445/indicacao_37.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1445/indicacao_37.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal informações a respeito da vacinação das pessoas com deficiência.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1446/indicacao_38.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1446/indicacao_38.pdf</t>
   </si>
   <si>
     <t>Indicam a colocação de bocas de lobo na Rua dos Crisântemos.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1447/indicacao_39.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1447/indicacao_39.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de quebra-molas na Rua dos Crisântemos.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1448/indicacao_40.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1448/indicacao_40.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTA SUBSCREVE INDICA  PROVIDÊNCIA PARA QUE SEJA PAGO A TODOS OS SERVIDORES MUNICIPAIS DA ÁREA DE SAÚDE O PERCENTUAL MÁXIMO DE 40% DE INSALUBRIDADE ESPECIALMENTE NO PERÍODO QUE ESTAMOS TENDO AS AÇÕES DE COMBATE E ENFRENTAMENTO AO COVID 19 EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1449/indicacao_41.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1449/indicacao_41.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica junto ao Executivo Municipal que sejam colocadas inscrições "Uso Obrigatório em serviço" em todos os veículos públicos do município.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1457/indicacao_42.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1457/indicacao_42.pdf</t>
   </si>
   <si>
     <t>Indica que a Prefeitura faça a doação de terrenos para a população.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1458/indicacao_43.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1458/indicacao_43.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve indica junto do Poder Executivo Municipal as seguintes providências:_x000D_
 - Para que faça instalação de uma incubadora de empresas em nosso Município.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1459/indicacao_44.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1459/indicacao_44.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, requer do Executivo Municipal, as seguintes informações:_x000D_
 - que seja criado o Auxílio Empresa no Município de Itaú de Minas/MG e dá outras providências nos moldes do Anteprojeto de Lei nº 03/21, de minha autoria, que segue anexo.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1460/indicacao_45.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1460/indicacao_45.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, requer do Executivo Municipal, as seguintes informações: _x000D_
 - que seja criado o Cartão Auxílio Cidadão no Município de Itaú de Minas/MG.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1466/indicacao_46.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1466/indicacao_46.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, para que faça a limpeza do Córrego situado na Avenida Liberdade e principalmente em seu prolongamento nos Bairros: Santo Antônio e Acácias.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1471/indicacao_47.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1471/indicacao_47.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve indica ao Executivo Municipal, providências para entender os motivos da deficiência do atendimento via telefone/celular por parte da Polícia Militar. Se a situação for de ordem carência de pessoal para essa função que o Poder Público municipal realize essa adequação, já que urgente e necessária, posto o governo do Estado não se fazer presente desde sempre nessa demanda de cunho administrativo no corpo da segurança pública de nosso município.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1473/indicacao_48.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1473/indicacao_48.pdf</t>
   </si>
   <si>
     <t>Indica providências na entrada do Santana.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1481/indicacao_49.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1481/indicacao_49.pdf</t>
   </si>
   <si>
     <t>que o Fiscal da Prefeitura aja no sentido de orientar tanto os veículos de propaganda bem como os comércios que utilizam publicidade sonora nas portas de seus estabelecimentos, que reduzam o volume nos fins de semana posto que é o período dedicado a descanso de estudantes e trabalhadores.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>- que seja feito passeio, colocação de bancos e instalação de um parquinho na área já arborizada pelos alunos na área anexa à Escola Municipal Monsenhor Ernesto Cavicchioli para oferecer lazer às famílias daquelas imediações.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1483/indicacao_51.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1483/indicacao_51.pdf</t>
   </si>
   <si>
     <t>O  vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, no sentido de analisar a possibilidade e viabilidade de se construir um redutor de velocidade no seguinte local:_x000D_
 - Rua Ary Bastos Siqueira - Bairro Campestre - de frente os dois terrenos de área verde da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1484/indicacao_52.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1484/indicacao_52.pdf</t>
   </si>
   <si>
     <t>Que seja feita alteração na Lei Municipal n. 401/21 que Cria o Programa Alimentação às famílias de Servidores Públicos Municipais e dá outras providências, estendendo por 06 meses o benefício da cesta básica em caso de falecimento de servidor ativo ou inativo.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>Fabiano Gomes de Lima, Geovan dos Santos, JULIANA MATTAR, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1487/indicacao_53.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1487/indicacao_53.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem indicam a Mesa desta Casa, providências junto ao Executivo Municipal, para que execute os serviços de recuperação no parquinho no Bairro Conjunto Habitacional Bela Vista II, sendo: _x000D_
 - Podar as árvores; _x000D_
 - Fazer limpeza;  _x000D_
  - Reparos gerais no sistema de Iluminação; _x000D_
  - Consertar os brinquedos.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1492/indicacao_54.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1492/indicacao_54.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para que sejam tomadas as seguintes providências:_x000D_
 - que seja construída uma boca de lobo entre a Rua Piauí e a Rua José Martins Lins, para fazer o escoamento das águas das chuvas, como seguem fotos em anexo.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1493/indicacao_55.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1493/indicacao_55.pdf</t>
   </si>
   <si>
     <t>Indica providências no Parque de Eventos.</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1494/indicacao_56.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1494/indicacao_56.pdf</t>
   </si>
   <si>
     <t>Indica a construção de monumento público.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1495/indicacao_57.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1495/indicacao_57.pdf</t>
   </si>
   <si>
     <t>Indica providências em relação ao comércio de ambulantes.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1501/indicacao_58.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1501/indicacao_58.pdf</t>
   </si>
   <si>
     <t>Indica a providências em relação as taxas de serviços de engenharia.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1502/indicacao_59.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1502/indicacao_59.pdf</t>
   </si>
   <si>
     <t>Indica a aplicabilidade de dispositivos do Plano Diretor.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1505/indicacao_60.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1505/indicacao_60.pdf</t>
   </si>
   <si>
     <t>Indica instalação de dispositivos de pedal para higienização das mãos nas unidades de saúde.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1508/indicacao_61.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1508/indicacao_61.pdf</t>
   </si>
   <si>
     <t>Indica a implantação de redutor de velocidade na Rua Gasparino de Andrade.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1509/indicacao_62.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1509/indicacao_62.pdf</t>
   </si>
   <si>
     <t>Indica para que sejam retiradas as árvores secas existentes na quadra Três Marias.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1510/indicacao_63.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1510/indicacao_63.pdf</t>
   </si>
   <si>
     <t>Indica a implantação de um programa de assistência psicopedagógica.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1511/indicacao_64.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1511/indicacao_64.pdf</t>
   </si>
   <si>
     <t>Indica providências em relação vacinação de Idosos.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA, DAVI OLIVEIRA DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1512/indicacao_65.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1512/indicacao_65.pdf</t>
   </si>
   <si>
     <t>Indica providências em relação a débito do Município junto à CEMIG.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1529/indicacao_66.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1529/indicacao_66.pdf</t>
   </si>
   <si>
     <t>Indica providências em relação a bueiros na Rua Braziel Ferreira Amorim (Praça do Baé).</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1530/indicacao_67.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1530/indicacao_67.pdf</t>
   </si>
   <si>
     <t>Indica providências em relação a manutenção das academias ao ar livre.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1522/indicacao_68.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1522/indicacao_68.pdf</t>
   </si>
   <si>
     <t>Indica providências para na Rua Alcides Rodrigues de Sousa.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1525/indicacao_69.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1525/indicacao_69.pdf</t>
   </si>
   <si>
     <t>Indica providências quanto à nomeação de uma chefia para o Setor de Engenharia.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1533/indicacao_70.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1533/indicacao_70.pdf</t>
   </si>
   <si>
     <t>Indica providências em relação a bueiros na Praça Onofre Ferreira de Sousa (Praça do Triângulo).</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1536/indicacao_71.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1536/indicacao_71.pdf</t>
   </si>
   <si>
     <t>Indica providências em relação vacinação para funcionários de supermercados.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1540/indicacao_72.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1540/indicacao_72.pdf</t>
   </si>
   <si>
     <t>Indica providências em relação limpeza de área nas imediações da COPASA .</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1549/indicacao_73.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1549/indicacao_73.pdf</t>
   </si>
   <si>
     <t>Indica providências para construção de rampa de cadeirantes em local que menciona.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1550/indicacao_74.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1550/indicacao_74.pdf</t>
   </si>
   <si>
     <t>Indica providências para limpeza de bueiro em local que menciona.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1569/indicacao_75.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1569/indicacao_75.pdf</t>
   </si>
   <si>
     <t>Indica providências para doação de cestas aos servidores que estão em situação de limbo trabalhista.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1572/indicacao_76.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1572/indicacao_76.pdf</t>
   </si>
   <si>
     <t>Indica providências para a instalação de energia solar na Administração Municipal.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>JULIANA MATTAR, CLAUDIA CALIXTO SIMÃO FONSECA, DAVI OLIVEIRA DE SOUSA, Fabiano Gomes de Lima, Geovan dos Santos, MARIA ELENA DE OLIVEIRA FARIA, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1574/indicacao_no_77.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1574/indicacao_no_77.pdf</t>
   </si>
   <si>
     <t>Indica providências em relação à Rua Benedito Bernardes Garcia - Margem da linha.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1579/indicacao_78.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1579/indicacao_78.pdf</t>
   </si>
   <si>
     <t>Indica providências para a implantação de um albergue temporário.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1582/indicacao_79.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1582/indicacao_79.pdf</t>
   </si>
   <si>
     <t>Indica providências para molhar a terra na Rua transversal a Rua Antônio Pereira de Brito nº 570 no Bairro Acácias.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1583/indicacao_80.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1583/indicacao_80.pdf</t>
   </si>
   <si>
     <t>Indica providências para retirar os lixos atrás do CECOI e entre o Bairro Acácias e a Rua João Kirchner.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1584/indicacao_81.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1584/indicacao_81.pdf</t>
   </si>
   <si>
     <t>Indica doação de lote para a Empresa Unimonte (Weverton dos Santos).</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1585/inicacao_82.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1585/inicacao_82.pdf</t>
   </si>
   <si>
     <t>Indica doação de lote para a Empresa Ard Mecânica Industrial (Nilson Lino de Azevedo).</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1588/indicacao_83.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1588/indicacao_83.pdf</t>
   </si>
   <si>
     <t>Indica redutor de velocidade.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1589/indicacao_84.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1589/indicacao_84.pdf</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1590/indicacao_85.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1590/indicacao_85.pdf</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1595/indicacao_86.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1595/indicacao_86.pdf</t>
   </si>
   <si>
     <t>Indica providências em relação iluminação da Avenida Aparecido Donizete Campos Amorim.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1601/indicacao_87.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1601/indicacao_87.pdf</t>
   </si>
   <si>
     <t>Solicita a recuperação de pavimentação de via pública.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1602/indicacao_88.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1602/indicacao_88.pdf</t>
   </si>
   <si>
     <t>Indica a recuperação de pavimentação de via pública.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1603/indicacao_89.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1603/indicacao_89.pdf</t>
   </si>
   <si>
     <t>Indica a Recuperação de pavimentação de via pública.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1604/indicacao_90.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1604/indicacao_90.pdf</t>
   </si>
   <si>
     <t>Indica melhorias na rampa de carga e descarga do Pronto Socorro Municipal.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1605/indicacao_91.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1605/indicacao_91.pdf</t>
   </si>
   <si>
     <t>Indica a inclusão do benefício do "Auxílio Gás" no Decreto Municipal n. 1124, de 29 de Dezembro de 2015.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1608/indicacao_92.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1608/indicacao_92.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de rampas redutora de velocidade nos locais que especifica.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1609/indicacao_93.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1609/indicacao_93.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de mata burros com materiais mais resistentes tipo ferro.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1622/indicacao_94.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1622/indicacao_94.pdf</t>
   </si>
   <si>
     <t>Solicita a destinação de veículo próprio para o Setor Municipal de Fiscalização.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1623/indicacao_95.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1623/indicacao_95.pdf</t>
   </si>
   <si>
     <t>Solicita agilidade e igualdade na entrega de medicamentos de uso contínuo.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1624/indicacao_96.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1624/indicacao_96.pdf</t>
   </si>
   <si>
     <t>Melhorias na Estrutura Física Do CRAS - Centro De Referência da Assistência Social de Itaú De Minas.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1625/indicacao_97.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1625/indicacao_97.pdf</t>
   </si>
   <si>
     <t>REFORMA E MELHORIAS NA ESCOLA MUNICIPAL “ENGENHEIRO JORGE OLIVA”.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1627/indicacao_no_98.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1627/indicacao_no_98.pdf</t>
   </si>
   <si>
     <t>Indica a revisão, recuperação e manutenção das placas de sinalização em todas as vias públicas do Município.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1638/indicacao_99.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1638/indicacao_99.pdf</t>
   </si>
   <si>
     <t>Indica a construção de guaritas de proteção em todos os pontos de ônibus escolar.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1649/indicacao_100.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1649/indicacao_100.pdf</t>
   </si>
   <si>
     <t>Indica a colocação urgente de placas indicativas de PARE em via pública.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1650/indicacao_101.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1650/indicacao_101.pdf</t>
   </si>
   <si>
     <t>Indica a realização de estudo sobre a viabilidade de terceirização dos serviços de caçamba</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1651/indicacao_102.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1651/indicacao_102.pdf</t>
   </si>
   <si>
     <t>Indica a manutenção urgente no calçamento da Rua Prefeito José Soares de Melo.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1653/indicacao_103.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1653/indicacao_103.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de rapidez na vacinação contra a Covid-19 para todos os adolescentes à partir de 12 anos de idade.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1652/indicacao_no_104.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1652/indicacao_no_104.pdf</t>
   </si>
   <si>
     <t>Indica a criação de Programa de Atendimento Psiquiátrico.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1661/indicacao_105.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1661/indicacao_105.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS PARA ATIVIDADES FÍSICAS NO LAR SÃO VICENTE DE PAULA.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1662/indicacao_106.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1662/indicacao_106.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição de um veículo para área de saúde.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1663/indicacao_107.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1663/indicacao_107.pdf</t>
   </si>
   <si>
     <t>Colocação de placas de trânsito indicativas de tempo de estacionamento de veículos pesados.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1664/inidcacao_108.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1664/inidcacao_108.pdf</t>
   </si>
   <si>
     <t>Indica providências em viaduto do Município.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1665/indicacao_109.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1665/indicacao_109.pdf</t>
   </si>
   <si>
     <t>Indica providências junto à Cemig para troca de postes de energia.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1666/indicacao_110.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1666/indicacao_110.pdf</t>
   </si>
   <si>
     <t>Indica providências para buraco em via publica.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1670/indicacao_111.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1670/indicacao_111.pdf</t>
   </si>
   <si>
     <t>Indica providências para que seja desentupida a boca de lobo na Rua Governador Valadares.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1671/indicacao_112.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1671/indicacao_112.pdf</t>
   </si>
   <si>
     <t>Indica para que seja reparada a tampa da boca de lobo em logradouro que menciona.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1675/assinado_indicacao_113_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1675/assinado_indicacao_113_1.pdf</t>
   </si>
   <si>
     <t>INDICA A VACINAÇÃO CONTRA A COVID-19 PARA ADOLESCENTES A PARTIR DE 12 ANOS DE IDADE.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1676/assinado_indicacao_114_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1676/assinado_indicacao_114_1.pdf</t>
   </si>
   <si>
     <t>Adesão programa visa descrito no EDITAL DE CHAMAMENTO PÚBLICO Nº 001/2021 - CODRE/CGSAE/DENSP/FUNASA/MS.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1677/indicacao_115.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1677/indicacao_115.pdf</t>
   </si>
   <si>
     <t>Indica que sejam retomadas as atividades presenciais do SCFV – Serviço de Convivência e Fortalecimento de Vínculos.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1678/indicacao_116.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1678/indicacao_116.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de bueiros do modelo de um cesto coletor.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1681/indicacao_117.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1681/indicacao_117.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de reavaliação do adicional de insalubridade para o setor de enfermagem do Município.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1692/indicacao_118.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1692/indicacao_118.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de aumento da oferta de exames de mamografia e ultrassons.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1693/indicacao_119.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1693/indicacao_119.pdf</t>
   </si>
   <si>
     <t>Solicita horários alternativos para atendimento aos homens na campanha do mês do Novembro Azul.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1711/indicacao_no_120.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1711/indicacao_no_120.pdf</t>
   </si>
   <si>
     <t>INDICA REPARAÇÃO NA RUA IRENE.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1712/indicacao_no_121.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1712/indicacao_no_121.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS JUNTO AO SETOR DE TRÂNSITO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1716/indicacao_no_122.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1716/indicacao_no_122.pdf</t>
   </si>
   <si>
     <t>Solicita limpeza em logradouro público que menciona.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1717/indicacao_no_123.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1717/indicacao_no_123.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS QUANTO AO ATENDIMENTO NO AMBULATÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1723/indicacao_124.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1723/indicacao_124.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve indica providências na seguinte questão:_x000D_
 - Que sejam trocadas as cadeiras da Recepção do Pronto Socorro – onde ficam as_x000D_
 pessoas aguardando atendimento.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1729/indicacao_125.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1729/indicacao_125.pdf</t>
   </si>
   <si>
     <t>Pede providências no cruzamento da Rua João Kirchner com a Rua Rodrigues de Sousa.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1727/indicacao_126.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1727/indicacao_126.pdf</t>
   </si>
   <si>
     <t>PARA QUE SEJA DADA A DEVIDA MANUTENÇÃO AO CORRIMÃO DE ACESSO AO CORETO MUNICIPAL.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1728/indicacao_127.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1728/indicacao_127.pdf</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS EM RELAÇÃO AO SETOR DE ENGENHARIA.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1730/indicacao_128.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1730/indicacao_128.pdf</t>
   </si>
   <si>
     <t>Indica a contratação de um médico ginecologista para atendimento na Rede Municipal de Saúde.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1746/indicacao_129.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1746/indicacao_129.pdf</t>
   </si>
   <si>
     <t>Indica a providências em relação a redutores de velocidade em local que especifica.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1747/indicacao_130.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1747/indicacao_130.pdf</t>
   </si>
   <si>
     <t>Indica a providências em relação ao serviço de caçambas.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1749/indicacao_131.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1749/indicacao_131.pdf</t>
   </si>
   <si>
     <t>Indica o pagamento de 14º salário aos servidores públicos municipais.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1750/indicacao_132.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1750/indicacao_132.pdf</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1754/indicacao_no_133.21.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1754/indicacao_no_133.21.pdf</t>
   </si>
   <si>
     <t>Para que sejam disponibilizados monitoramentos, através de câmeras, em todo o cemitério.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1755/indicacao_134.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1755/indicacao_134.pdf</t>
   </si>
   <si>
     <t>Pede doação de cestas de natal para os servidores públicos municipais.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1757/indicacao_135.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1757/indicacao_135.pdf</t>
   </si>
   <si>
     <t>Pede revitalização de via pública (Estrada Tõe do Brasiel).</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1762/indicacao_136.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1762/indicacao_136.pdf</t>
   </si>
   <si>
     <t>Indica a criação de um painel comemorativo para registro de Atletas e Campeonatos conquistados pelo Município.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>MOÇ</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1521/mocao_01.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1521/mocao_01.pdf</t>
   </si>
   <si>
     <t>Moção aos Senhores Ronaldo Amorim Teixeira, Frederico Malaguti e Ademir Antonio Rosa.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1700/mocao_02.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1700/mocao_02.pdf</t>
   </si>
   <si>
     <t>MOÇÃO ASSOCIAÇÃO LUZ DO SERVIR / FRAPEM - FRATERNIDADE FEMININA.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1715/mocao_03.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1715/mocao_03.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À JOVEM ARIANE AMORIM.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1736/mocao_04.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1736/mocao_04.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao Grupo do Zé Ricardo.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1737/mocao_05.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1737/mocao_05.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS à Bianca Rezende Oliveira.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1740/mocao_06.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1740/mocao_06.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO GRUPO DO ZÉ RICARDO.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1322/requerimento_01.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1322/requerimento_01.pdf</t>
   </si>
   <si>
     <t>Requisito ao Plenário desta Casa de Leis junto ao Executivo Municipal, informações acerca dos pneus usados em armazenamento no Pátio da Prefeitura.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1323/requerimento_02.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1323/requerimento_02.pdf</t>
   </si>
   <si>
     <t>Requisito ao Executivo Municipal as seguintes informações com relação o Programa de recapeamento asfáltico - "Rapa-Rapa" em Itaú de Minas, lançado no final de 2020 pela Prefeitura Municipal.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1324/requerimento_03.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1324/requerimento_03.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem requerem ao Executivo Municipal todas as informações pertinentes acerca de uma possível Emenda Parlamentar de autoria do Deputado Federal Odair Cunha (PT), que teria sido destinada ao Município para a aquisição de ônibus escolar.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA, Geovan dos Santos, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1325/requerimento_04.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1325/requerimento_04.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados requer a concessão do regime de urgência especial ao Projeto de Resolução nº 01/21 que Altera o Regimento Interno da Câmara Municipal de Itaú de Minas, dispondo sobre o julgamento das contas do prefeito, e ao Projeto de Resolução nº 02/21 que Altera o horário das sessões ordinárias da Câmara Municipal de Itaú de Minas no período da pandemia do Covid 19.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1328/requerimento_5.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1328/requerimento_5.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a reforma da "Praça do Baé".</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1329/requerimento_6.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1329/requerimento_6.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o funcionamento / fechamento de escolas no Município.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1330/requerimento_7.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1330/requerimento_7.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca da Lei que proíbe a soltura de fogos no Município.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1336/requerimento_08.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1336/requerimento_08.pdf</t>
   </si>
   <si>
     <t>Requer Regime de Urgência Especial ao Projeto de Lei Nº 01/2021, de autoria do Executivo Municipal.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>Fabiano Gomes de Lima, JULIANA MATTAR, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1338/requerimento_09.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1338/requerimento_09.pdf</t>
   </si>
   <si>
     <t>Requer informações junto ao Executivo Municipal acerca do IMA - Instituto Mineiro de Agropecuária.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1351/requerimento_10.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1351/requerimento_10.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca da proposta de um programa de moradia popular destinado à família de baixa renda.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1352/requerimento_11.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1352/requerimento_11.pdf</t>
   </si>
   <si>
     <t>Requer concessão de Regime de Urgência Especial aos Projetos de Resolução Nº 03/2021 e de Lei Nº 02/2021.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1353/requerimento_12.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1353/requerimento_12.pdf</t>
   </si>
   <si>
     <t>Requer regime de urgência especial aos Projetos de Lei Nº's 03, 04 e 05/2021.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1363/requerimento_13.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1363/requerimento_13.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal informações acerca da Frota Municipal.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1364/requerimento_14.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1364/requerimento_14.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal informações acerca das empresas em atividade no CECOI.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1365/requerimento_15.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1365/requerimento_15.pdf</t>
   </si>
   <si>
     <t>Requer concessão de Regime de Urgência Especial ao Projeto de resolução Nº 04/2021.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1367/requerimento_16.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1367/requerimento_16.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre gastos com combustíveis.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1370/requerimento_17.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1370/requerimento_17.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre as linhas de telefone da Polícia Militar.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1372/requerimento_18.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1372/requerimento_18.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a identificação nominal de todas as pessoas que já tomaram a vacina contra a COVID-19 em Itaú de Minas.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1376/requerimento_19.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1376/requerimento_19.pdf</t>
   </si>
   <si>
     <t>Requer que o Executivo Municipal disponibilize um local adequado para acolher o Pelotão da Polícia Militar de Itaú de Minas.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1378/requerimento_20.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1378/requerimento_20.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem requerem do Executivo Municipal  informação sobre os cargos Comissionados em atividade neste mandato. Importa-se descrever se aquele que faz parte ou não do quadro de servidores públicos municipais efetivos, qual o cargo que está ocupando e a formação acadêmica com a cópia do diploma anexo. Pede-se igualmente a relação de contratados que não ocupam cargos comissionados.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1379/requerimento_21.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1379/requerimento_21.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem requerem do Executivo Municipal, informação sobre a relação dos Conselhos Municipais existentes no município, os membros titulares e suplentes que neles atuam e dia e horário das reuniões._x000D_
 Findando este período de pandemia que assola o mundo todo, já possui um local pré estabelecido para ocorrer estas reuniões?</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1380/requerimento_22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1380/requerimento_22.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem requerem do Executivo Municipal, informação sobre a quantidade de estudantes matriculados para 2021 na rede municipal de educação e em quais escolas estão distribuídos. _x000D_
 Solicitam também a evolução (positiva ou negativa) desses números de alunos, classificados por escola, dos anos 2016, 2017, 2018, 2019, 2020_x000D_
 	E o que será realizado nos prédios públicos que eram destinados ao ensino e que foram desocupados? (desconsiderar se não houver definição)_x000D_
 - Rua Dr. José Balbino, n.º 282 - centro._x000D_
 - Rua  Braziel Ferreira Amorim, n.º 671 – Jardim Pinheiros</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1397/requerimento_23.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1397/requerimento_23.pdf</t>
   </si>
   <si>
     <t>Requer Regime de Urgência Especial aos Projetos de Lei Nº 06/2021 e 07/2021 atendendo à solicitação do Executivo Municipal.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1398/requerimento_24.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1398/requerimento_24.pdf</t>
   </si>
   <si>
     <t>Requer Regime de Urgência Especial aos Projetos de Lei Nº 08/2021 e 09/2021.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1399/requerimento_25.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1399/requerimento_25.pdf</t>
   </si>
   <si>
     <t>Requer informações ao Executivo Municipal acerca do transporte escolar.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1404/requerimento_26.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1404/requerimento_26.pdf</t>
   </si>
   <si>
     <t>Requer Regime de Urgência Especial aos Projetos de Lei Nº's 10 e 11/2021.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1408/requerimento_27.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1408/requerimento_27.pdf</t>
   </si>
   <si>
     <t>Requer informações ao Executivo Municipal acerca da coleta e do descarte de lixo hospitalar.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1431/requerimento_28.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1431/requerimento_28.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem requerem do Executivo Municipal informações a respeito da aquisição de vacinas.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1435/reqierimento_29.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1435/reqierimento_29.pdf</t>
   </si>
   <si>
     <t>Requer informações ao Executivo municipal acerca de veículos abandonados em vias e espaços públicos.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1436/reqierimento_30.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1436/reqierimento_30.pdf</t>
   </si>
   <si>
     <t>Requer informações ao Executivo Municipal acerca do CECOI.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1441/requerimento_32.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1441/requerimento_32.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve requer do Executivo Municipal, as seguintes informações, a respeito da brigada do COVID 19 ( equipe de fiscais);_x000D_
 - Qual o nome da Empresa?_x000D_
 - Quantas pessoas estão contratadas?_x000D_
 - Qual o horário que os fiscais estão fazendo?_x000D_
 - Qual o valor do contrato?</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1443/requerimento_33.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1443/requerimento_33.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de Urgência Especial ao Projeto de Lei Nº 14/2021.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1450/requerimento_34.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1450/requerimento_34.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTA SUBSCREVE, REQUER INFORMAÇÕES JUNTO AO EXECUTIVO MUNICIPAL, A RESPEITO DAS VACINAS CONTRA O COVID 19.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1451/requerimento_35.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1451/requerimento_35.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTA SUBSCREVEM, REQUEREM JUNTO AO PODER EXECUTIVO MUNICIPAL INFORMAÇÕES A RESPEITO DOS CARGOS QUE ESTÃO EM CONFORMIDADE COM ART. 23, PARÁGRAFO II.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1452/requerimento_36.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1452/requerimento_36.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTA SUBSCREVEM REQUEREM JUNTO AO PODER EXECUTIVO INFORMAÇÕES A RESPEITO DO USO DE VEÍCULOS PÚBLICOS, ESTÁ RESPEITANDO NO TOCANTE A "USO EXCLUSIVO EM SERVIÇO"?</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1455/req_37.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1455/req_37.pdf</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1456/requerimento_38.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1456/requerimento_38.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer as seguintes informações junto ao Executivo Municipal: _x000D_
 - No dia 14 de abril de 2021, foi publicado uma nota de paralisação da vacinação contra a Covid 19, responsabilizando o Vereador Roberto dos cachorros por paralisar a esperança de muitas pessoas; e nesta publicação tinha o timbre da Prefeitura Municipal de Itaú de Minas, essa nota é verdadeira e foi publicada pela Prefeitura? Se não for verdadeira, porque que a Prefeitura Municipal não publicou uma nota desmentindo tal publicação, visto que, usaram o nome da Prefeitura Municipal de Itaú de Minas.  _x000D_
 - No dia 14 de abril de 2021, acabaram as vacinas contra a Covid 19?_x000D_
 - Se acabaram aproximadamente qual o horário que acabou?</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1467/requerimento_39.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1467/requerimento_39.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados requer a concessão do Regime de Urgência Especial aos Projetos de Leis nº 23, 24 e 25/21 – que Autorizam a Abertura de Créditos Adicionais Especiais na Lei nº 1096/2020 – Que Estima a receita e fixa a despesa do município de Itaú de Minas para o exercício financeiro de 2021, e dá outras providências, visando: a) pagamento com despesa de pessoal (Covid 19); b) pagamento com material consumo (Covid 19) e c) pagamento de despesas com material de consumo também Covid 19);</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1472/requerimento_40.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1472/requerimento_40.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem requerem junto do Executivo informações sobre a aplicação da Lei Complementar 173/2020 aos servidores municipais de Itaú de Minas. Fala-se que municípios vizinhos têm flexibilizado os comandos contidos no artigo 8º da referida lei, rechaçando inclusive a proibição da contagem de períodos aquisitivos de concessão de anuênios, triênios, quinquênios, licenças-prêmio e demais mecanismos de mesma natureza. De forma que se faz necessária a manifestação do Poder Executivo para saneamento de dúvidas que se levantam sobre o tema da LC 173/2020 em relação às medidas adotadas pelos municípios.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1474/requerimento_41.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1474/requerimento_41.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer as seguintes informações junto ao Executivo Municipal: _x000D_
 - Por que esta sendo terceirizado serviços de máquina Patrol, visto que o Município tem duas Máquinas Patrol.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1485/requerimento_42.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1485/requerimento_42.pdf</t>
   </si>
   <si>
     <t>- A Administração disponibiliza Auxílio Moradia ou Aluguel Social para as famílias em situações de vulnerabilidade social de baixa renda?_x000D_
 - Se positivo, quais os critérios econômicos sociais e requisitos adotados para a concessão destes benefícios?</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1486/requerimento_43.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1486/requerimento_43.pdf</t>
   </si>
   <si>
     <t>Qual a quantidade de cestas básicas que foram doadas pelo serviço social do CRAS, que é o local de referência para atendimento a estas situações?</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1488/requerimento_44_000126.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1488/requerimento_44_000126.pdf</t>
   </si>
   <si>
     <t>Requer Regime de Urgência Especial ao Projeto de Lei Nº 30/2021.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1504/requerimento_45.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1504/requerimento_45.pdf</t>
   </si>
   <si>
     <t>Requer acerca de identificação da frota de veículos da Administração Municipal.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1506/requerimento_46.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1506/requerimento_46.pdf</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA ESPECIAL AO PROJETO DE LEI Nº 31/21 - Autoriza a Abertura de Crédito Adicional Especial na Lei nº 1096/2020 – Que estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1513/requerimento_47.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1513/requerimento_47.pdf</t>
   </si>
   <si>
     <t>Requer Regime de Urgência Especial ao Projeto de Lei Complementar nº 02/21.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1523/requerimento_48.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1523/requerimento_48.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca do CECOI.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1524/requerimento_49.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1524/requerimento_49.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca da apreensão de animais soltos nas ruas (vacas e cavalos).</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1527/requerimento_50.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1527/requerimento_50.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca da vacinação contra a Covid-19 para vigilante das agências bancárias.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1528/requerimento_51.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1528/requerimento_51.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca das placas de proibido estacionar.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1526/requerimento_52.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1526/requerimento_52.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca de acidentes envolvendo veículos públicos.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1531/requerimento_53.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1531/requerimento_53.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca de ações judiciais sobre complementação de aposentadoria de servidores.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1532/requerimento_54.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1532/requerimento_54.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca da Praça Heleno Andrade (Praça do Baé).</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>ROBERTO GONÇALVES VIEIRA, Fabiano Gomes de Lima</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1539/requerimento_55.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1539/requerimento_55.pdf</t>
   </si>
   <si>
     <t>Requer a convocação do Sr. José Eurípedes Roriz, Secretário Municipal de Obras.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>MARIA ELENA DE OLIVEIRA FARIA, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1541/requerimento_56.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1541/requerimento_56.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a listagem das pessoas vacinadas contra Covid-19.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1542/requerimento_57.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1542/requerimento_57.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial à Projetos de Leis que menciona.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1551/requerimento_58.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1551/requerimento_58.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre materiais adquiridos pela Administração Municipal.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1552/requerimento_59.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1552/requerimento_59.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre bebedouro industrial adquirido pela Casa da Cultura.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1553/requerimento_60.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1553/requerimento_60.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre tendas adquiridas pela Secretaria Municipal de Cultura.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1554/requerimento_61.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1554/requerimento_61.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a reforma do prédio da Estação Cultura.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1555/requerimento_62.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1555/requerimento_62.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a reforma da parte elétrica no prédio da Estação Cultura.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1556/requerimento_63.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1556/requerimento_63.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre viagem de servidor da Secretaria de Cultura à Belo Horizonte.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1557/requerimento_64.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1557/requerimento_64.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre viagem de servidor da Secretaria de Cultura à São Paulo.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1558/requerimento_65.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1558/requerimento_65.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial à Projeto de Lei nº 37/2021.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1568/requerimento_66.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1568/requerimento_66.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca de servidores que estão em situação de limbo trabalhista.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1570/requerimento_67.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1570/requerimento_67.pdf</t>
   </si>
   <si>
     <t>Requer informações ao Executivo Municipal sobre ações judiciais sobre completação de aposentadoria de servidores.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1571/requerimento_68.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1571/requerimento_68.pdf</t>
   </si>
   <si>
     <t>Requer informações ao Executivo Municipal acerca de materiais fornecidos pelos PSF’s.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1573/requerimento_69.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1573/requerimento_69.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência simples à Projeto de Lei que menciona.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1575/requerimento_70.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1575/requerimento_70.pdf</t>
   </si>
   <si>
     <t>REQUER A CONCESSÃO DE REGIME DE URGÊNCIA ESPECIAL AO PROJETO DE LEI QUE MENCIONA.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1581/requerimento_71.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1581/requerimento_71.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES ACERCA DO PROCESSO DE EXTINÇÃO DO IPSIM.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>DAVI OLIVEIRA DE SOUSA, Fabiano Gomes de Lima, Geovan dos Santos, JULIANA MATTAR, MARIA ELENA DE OLIVEIRA FARIA, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1580/requerimento_72.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1580/requerimento_72.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca de todas as empresas do Distrito Industrial.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1587/requerimento_73.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1587/requerimento_73.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca de melhorias no Parque de Eventos Sebastião Calixto.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1593/requerimento_74.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1593/requerimento_74.pdf</t>
   </si>
   <si>
     <t>Requer a convocação do Presidente do Conselho Curador e do Presidente Administrativo da FIAS.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1594/requerimento_75.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1594/requerimento_75.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca de servidores cedidos à Polícia Civil.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1606/requerimento_76.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1606/requerimento_76.pdf</t>
   </si>
   <si>
     <t>Requer a concessão do Regime de Urgência Especial aos Projetos de Lei nº 42 e 43/21.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1607/requerimento_77.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1607/requerimento_77.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A SECRETARIA MUNICIPAL DE DESENVOLVIMENTO SOCIAL.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1610/requerimento_78.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1610/requerimento_78.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a instalação de placa de sinalização na Rua Inácio Dalmonte.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1611/requerimento_79.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1611/requerimento_79.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a concessão de próteses dentárias.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1629/requerimento_80.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1629/requerimento_80.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial à Projeto de Lei que menciona.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1636/requerimento_81.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1636/requerimento_81.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre férias-prêmios vencidas.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1637/requerimento_82.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1637/requerimento_82.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE RPVs.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1645/requerimento_no_83.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1645/requerimento_no_83.pdf</t>
   </si>
   <si>
     <t>REQUER A REFORMA NA PISTA DE SKATE DO PARQUE ODÉLIO DE BRITO.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1646/requerimento_84.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1646/requerimento_84.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial ao Projeto de Lei Ordinária Nº 45.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>DAVI OLIVEIRA DE SOUSA, Fabiano Gomes de Lima, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1647/requerimentos_85.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1647/requerimentos_85.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre Cirurgias Eletivas.</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1648/requerimento_86.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1648/requerimento_86.pdf</t>
   </si>
   <si>
     <t>Requer informações dobre os repasses direcionados aos municípios decorrentes de ações contra a Vale do Rio Doce.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1659/requerimento_87.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1659/requerimento_87.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A EMISSÃO DA CARTEIRINHA DO AUTISTA.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1667/requerimento_88.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1667/requerimento_88.pdf</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1668/requerimento_no_89.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1668/requerimento_no_89.pdf</t>
   </si>
   <si>
     <t>Solicita informações dobre desapropriação e supressão de árvore no Bairro Progresso.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1669/requerimento_90.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1669/requerimento_90.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a instalação da Empresa Treat Couros em Itaú de Minas.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1679/requerimento_91.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1679/requerimento_91.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE NEGOCIAÇÕES PARA TRANSFORMAÇÃO DE CARGOS DE MOTORISTA.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1695/requerimento_92.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1695/requerimento_92.pdf</t>
   </si>
   <si>
     <t>REQUER A CONCESSÃO DE REGIME DE URGÊNCIA ESPECIAL AO PROJETO DE RESOLUÇÃO Nº 13/2021.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1699/requerimento_93.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1699/requerimento_93.pdf</t>
   </si>
   <si>
     <t>REQUER REGIME DE URGÊNCIA ESPECIAL AOS PROJETOS DE LEIS QUE MENCIONA.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1703/requerimento_no_94.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1703/requerimento_no_94.pdf</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA ESPECIAL AO PROJETO DE LEI Nº 56/2021.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1710/requerimento_no_95.21.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1710/requerimento_no_95.21.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal resposta do Requerimento nº 89/21.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1714/requerimento_no_96.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1714/requerimento_no_96.pdf</t>
   </si>
   <si>
     <t>REQUER A CONCESSÃO DE URGÊNCIA SIMPLES AOS PROJETOS DE RESOLUÇÃO Nº 12/2021 E Nº 14/2021.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1718/requerimento_97.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1718/requerimento_97.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca do acordo firmado entre a Prefeitura e a CEMIG.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1719/requerimento_no_98.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1719/requerimento_no_98.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca da receita da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1751/requerimento_99.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1751/requerimento_99.pdf</t>
   </si>
   <si>
     <t>REQUER A CONCSSÃO DO REGIME DE URGÊNCIA ESPECIAL AO PROJETO DE LEI 60/2021.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1756/requerimento_100.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1756/requerimento_100.pdf</t>
   </si>
   <si>
     <t>Solicita informações acerca da reforma do Poliesportivo Tancredo Neves.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1766/requerimento_101.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1766/requerimento_101.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial aos Projetos de Lei que menciona.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1767/requerimento_102.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1767/requerimento_102.pdf</t>
   </si>
   <si>
     <t>REQUER A CONVOCAÇÃO DO SECRETÁRIO MUNICIPAL DE OBRAS.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1768/requerimento_no_103.21.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1768/requerimento_no_103.21.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial a Projetos que menciona.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1771/requerimento_104.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1771/requerimento_104.pdf</t>
   </si>
   <si>
     <t>Requerimento urgência especial</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>PCLJR</t>
   </si>
   <si>
     <t>PARECER CLJR</t>
   </si>
   <si>
     <t>CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1439/parecer_em_redacao_final_000072.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1439/parecer_em_redacao_final_000072.pdf</t>
   </si>
   <si>
     <t>Parecer em Redação Final aos Projetos de Leis Ordinárias de Nº's 12/2021 e 13/2021.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1470/comissao_de_legislacao_redacao_final_pr_07_e_lo_19.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1470/comissao_de_legislacao_redacao_final_pr_07_e_lo_19.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 MATÉRIAS - Projeto de Lei nº 19/21 – Institui os processos Administrativos e Legislativos eletrônicos no âmbito da Câmara Municipal de Itaú de Minas/MG e dá outras providências. _x000D_
 Projeto de Resolução nº 07 – Alteram o dispositivos no Regimento Interno e no Código de Ética e Decoro da Câmara Municipal de Itaú de Minas/MG no que se refere a composição do Conselho de Ética e Decoro Parlamentar</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>Parecer em redação final ao Projeto de Lei nº 22/21 – Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária do exercício de 2022</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1614/parecer_cljr_projeto_de_lei_complementar_04.21_-_juliana.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1614/parecer_cljr_projeto_de_lei_complementar_04.21_-_juliana.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 04/21 - Institui normas Gerais de Controle da Poluição Sonora, incorporado-se a “Lei Do Silêncio Urbano” e o Regulamento de Propaganda Sonora” Existentes no Município de Itaú De Minas, E dá Outras Providências.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1708/parecer_cljr_projeto_de_lei_no_complementar_no_05.21.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1708/parecer_cljr_projeto_de_lei_no_complementar_no_05.21.pdf</t>
   </si>
   <si>
     <t>PARECER CLJR PROJETO DE LEI COMPLEMENTAR Nº 5/2021.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>4921</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1560/parecer_cljr_pr9.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1560/parecer_cljr_pr9.pdf</t>
   </si>
   <si>
     <t>PARECER AO PROJETO DE RESOLUÇÃO Nº 9/2021.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>11021</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1635/parecer_cljr.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1635/parecer_cljr.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Resolução nº 10/21 que Acrescenta dispositivo que menciona no Regimento Interno da Câmara Municipal de Itaú de Minas, dispondo sobre o direito de resposta dos vereadores.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>11221</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1731/parecer_proj_resolucao_12_-_saj.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1731/parecer_proj_resolucao_12_-_saj.pdf</t>
   </si>
   <si>
     <t>Parecer da CFO ao Projeto de Resolução Nº 12/2021.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>11421</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1738/parecer_cljr_projeto_de_resolucao_no_14.21.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1738/parecer_cljr_projeto_de_resolucao_no_14.21.pdf</t>
   </si>
   <si>
     <t>PARECER AO PROJETO DE RESOLUÇÃO Nº 14/2021.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>11521</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1739/parecer_cljr_projeto_de_resolucao_15.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1739/parecer_cljr_projeto_de_resolucao_15.pdf</t>
   </si>
   <si>
     <t>PARECER DA CLJR AO PROJETO DE RESOLUÇÃO 15/2021.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>13521</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1618/parecer_cljr_projeto_de_lei_35.21_-_roberto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1618/parecer_cljr_projeto_de_lei_35.21_-_roberto.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 35/21 – Institui penalidade de multa por descumprimento de medidas de enfrentamento em razão de pandemia de Covid-19, epidemia ou pandemia, no Município de Itaú de Minas nas situações que especifica.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>13621</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1613/parecer_cljr_cesa__projeto_de_lei_36_21.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1613/parecer_cljr_cesa__projeto_de_lei_36_21.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N. 36/21 Torna obrigatória a capacitação em noções básicas de primeiros socorros de professores e funcionários de estabelecimentos de ensino públicos e privados de educação básica e de estabelecimentos de recreação infantil.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>13821</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1616/parecer_cljr_projeto_de_lei_38.21_-_juliana.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1616/parecer_cljr_projeto_de_lei_38.21_-_juliana.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 38/21 – Altera dispositivos na Lei Municipal n.° 614/2006 – Institui o Programa de adoção de praças públicas e de esportes, de áreas de lazer e áreas verdes - PAPPE - e dá outras providências.</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
     <t>14021</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1621/assinado_parecer_cljr_projeto_lei_40.21_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1621/assinado_parecer_cljr_projeto_lei_40.21_-_davi.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n° 40/21 - Dispõe sobre a criação de Programa de Promoção da Saúde Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>14121</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1615/parecer_cljr_projeto_de_lei_41_21.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1615/parecer_cljr_projeto_de_lei_41_21.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 41/21 – Altera a Lei Municipal nº 432, de 19 de novembro de 2001 que Dispõe sobre a obrigatoriedade de reparos no calçamento ou asfalto das vias e logradouros públicos do município de Itaú de Minas.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Proposição de Emenda</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1578/proposicao_emenda_01_substitutivo_01_plc_03.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1578/proposicao_emenda_01_substitutivo_01_plc_03.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO QUE MENCIONA NA LEI COMPLEMENTAR Nº 56, DE 07 DE NOVEMBRO DE 2019 - INSTITUI A REVISÃO DO PLANO DIRETOR DE ITAÚ DE MINAS.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>Proposição de Emenda Nº 01/21 ao Projeto de Lei Complementar Nº 02/21.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1516/proposicao_de_emenda_02.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1516/proposicao_de_emenda_02.pdf</t>
   </si>
   <si>
     <t>Proposição de Emenda Nº 02/21 ao Projeto de Lei Complementar Nº 02/21.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1732/prop._emenda_01_-_projeto_resolucao_12_-_saj.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1732/prop._emenda_01_-_projeto_resolucao_12_-_saj.pdf</t>
   </si>
   <si>
     <t>Proposição de Emenda Nº 01/2021 ao Projeto de Resolução Nº 12/2021.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1496/proposicao_de_emenda_01_pl_15_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1496/proposicao_de_emenda_01_pl_15_1.pdf</t>
   </si>
   <si>
     <t>Proposição de Emenda nº 01 ao Projeto de Lei nº 15/21 -  Dispõe sobre o atendimento especial ao cidadão cadeirante nos estabelecimentos comerciais que menciona do Município de Itaú de Minas/MG.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>14921</t>
   </si>
   <si>
     <t>GABINETE DO VEREADOR - GABVER</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1682/proposicao_de_emenda_impositiva_01_projeto_lei_49.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1682/proposicao_de_emenda_impositiva_01_projeto_lei_49.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA IMPOSITIVA N. 01/21</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>21021</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1674/proposicao_emenda_02_proj_resolucao_10.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1674/proposicao_emenda_02_proj_resolucao_10.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA Nº 02 AO PROJETO DE RESOLUÇÃO Nº 10/2021.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>24921</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1683/proposicao_de_emenda_impositiva_02_proj._lei_49.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1683/proposicao_de_emenda_impositiva_02_proj._lei_49.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA IMPOSITIVA N. 02/21</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>31021</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1684/proposicao_de_emenda_n_03_projeto_resolucao_10.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1684/proposicao_de_emenda_n_03_projeto_resolucao_10.pdf</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>PCFO</t>
   </si>
   <si>
     <t>PARECER CFO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1403/parecer_cfo_01.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1403/parecer_cfo_01.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Exercício Financeiro de 2016.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1591/parecer_cfo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1591/parecer_cfo.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – Prestação de Contas do Exercício Financeiro de 2017 no Município de Itaú de Minas._x000D_
 RELATOR – Fabiano Gomes de Lima</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1619/parecer_cfo_projeto_de_lei_35.21_-_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1619/parecer_cfo_projeto_de_lei_35.21_-_maria_elena.pdf</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1620/parecer_cfo_projeto_lei_40.21_-_fabiano.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1620/parecer_cfo_projeto_lei_40.21_-_fabiano.pdf</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>14621</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1704/parecer_cfo_projeto_de_lei_no_46.21.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1704/parecer_cfo_projeto_de_lei_no_46.21.pdf</t>
   </si>
   <si>
     <t>PARECER CFO PROJETO DE LEI Nº 46/2021.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
     <t>14721</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1707/parecer_cfo_projeto_de_lei_no_47.21.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1707/parecer_cfo_projeto_de_lei_no_47.21.pdf</t>
   </si>
   <si>
     <t>PARECER CFO PROJETO DE LEI Nº 47/2021.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>14821</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1705/parecer_cfo_projeto_de_lei_no_48.21.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1705/parecer_cfo_projeto_de_lei_no_48.21.pdf</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1706/parecer_cfo_projeto_de_lei_no_49.21.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1706/parecer_cfo_projeto_de_lei_no_49.21.pdf</t>
   </si>
   <si>
     <t>PARECER AO PROJETO DE LEI Nº 49/2021.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1722/parecer_2_emendas_impositivas_financas.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1722/parecer_2_emendas_impositivas_financas.pdf</t>
   </si>
   <si>
     <t>PARECER ÁS EMENDAS IMPOSTITIVAS PLO 49/2021 - PROJETO DE LEI ORDINÁRIA Ementa: Estima a receita e fixa a despesa do Município de Itaú de Minas - MG para o exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>POSAI</t>
   </si>
   <si>
     <t>PARECER COSAIC</t>
   </si>
   <si>
     <t>COSAIC - COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS, AGRONEGÓCIO, IND., COM., MEIO AMBIENTE, TRABALHO E EMPREGO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1709/parecer_cospaicte_projeto_de_lei_no_complementar_no_05.21.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1709/parecer_cospaicte_projeto_de_lei_no_complementar_no_05.21.pdf</t>
   </si>
   <si>
     <t>PARECER COSAIC PROJETO DE LEI COMPLEMENTAR Nº 5/2021.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1617/parecer_cospaic_projeto_de_lei_38.21_-_geovan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1617/parecer_cospaic_projeto_de_lei_38.21_-_geovan.pdf</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
     <t>PESA</t>
   </si>
   <si>
     <t>PARECER CESA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1559/parecer_esa_pr9.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1559/parecer_esa_pr9.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Resolução Nº 9/2021.</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1680/segundo_parecer_cesa.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1680/segundo_parecer_cesa.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução 09/21 – Cria a Biblioteca pública no âmbito da Câmara Municipal de Itaú de Minas.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1612/parecer_cljr_cesa__projeto_de_lei_36_21.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1612/parecer_cljr_cesa__projeto_de_lei_36_21.pdf</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1626/parecer_cesa_40_2021.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1626/parecer_cesa_40_2021.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 40/21 - Dispõe sobre a criação de Programa de Promoção da Saúde Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>LOM</t>
   </si>
   <si>
     <t>Proposta de Emenda a LOM</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1725/pelom_01.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1725/pelom_01.pdf</t>
   </si>
   <si>
     <t>MODIFICA DISPOSITIVO QUE MENCIONA NA LEI ORGÂNICA MUNICIPAL QUE TRATA DO NÚMERO DE VEREADORES NO PODER LEGISLATIVO DE ITAÚ DE MINAS.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1726/pelom_02.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1726/pelom_02.pdf</t>
   </si>
   <si>
     <t>MODIFICA E SUPRIME DISPOSITIVOS QUE MENCIONA NA ORGÂNICA MUNICIPAL RESTABELECENDO A REDAÇÃO ANTERIOR QUE TRATA DOS SUBSÍDIOS DOS AGENTES POLÍTICOS NO ÂMBITO DO MUNICÍPIO DE ITAÚ DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>ANTEPROJETO DE LEI</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1390/anteprojeto_de_lei_no_01.21-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1390/anteprojeto_de_lei_no_01.21-_davi.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A QUALIFICAÇÃO DE ENTIDADES SEM FINS LUCRATIVOS COMO ORGANIZAÇÕES SOCIAIS.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1412/anteprojeto_de_lei_02.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1412/anteprojeto_de_lei_02.pdf</t>
   </si>
   <si>
     <t>Solicitação do Vereador Roberto para para a elaboração de um Projeto de Lei que dispõe sobre a adoção do Sistema de Delivery na Onda Vermelha do Programa Minas Consciente e dá outras providências.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1673/anteprojeto_de_lei_03.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1673/anteprojeto_de_lei_03.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE PREVENÇÃO AO SUICÍDIO E PROMOÇÃO DA SAÚDE MENTAL NO MUNICIPIO DE ITAÚ DE MINAS, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1720/anteprojeto_de_lei_n._04.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1720/anteprojeto_de_lei_n._04.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE POLÍTICA DE PROTEÇÃO ÀS MULHERES EM SITUAÇÃO DE VULNERABILIDADE PELA REDE PÚBLICA DE SAÚDE COM A UTILIZAÇÃO DO_x000D_
 CONTRACEPTIVO REVERSÍVEL DE LONGA DURAÇÃO DE ETNOGESTREL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1721/anteprojeto_de_lei_n._05.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1721/anteprojeto_de_lei_n._05.pdf</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>PFIN</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1498/parecer_em_redacao_final_plo_15_e_plo_16.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1498/parecer_em_redacao_final_plo_15_e_plo_16.pdf</t>
   </si>
   <si>
     <t>Parecer em Redação Final aos Projetos de Leis Nº's 15 e 16/21.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1514/parecer_em_redacao_final.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1514/parecer_em_redacao_final.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL AO PROJETO DE LEI COMPLEMENTAR Nº 7 02/2021 E AOS POJETOS DE LEIS ORDINÁRIAS Nº 21/21 E 27/21.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1535/perecer_em_redacao_2_plc22021.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1535/perecer_em_redacao_2_plc22021.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL AO PROJETO DE LEI COMPLEMENTAR Nº 2/2021.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1543/parecer_red_final.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1543/parecer_red_final.pdf</t>
   </si>
   <si>
     <t>Parecer em Redação Final aos Projetos de Leis nº 32, 33 e 34/21.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1696/parecer_em_redacao_final_pr9.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1696/parecer_em_redacao_final_pr9.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL AO PROJETO DE RESOLUÇÃO Nº 9/21.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>10121</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1775/parecer_plc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1775/parecer_plc.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 01/21 - Altera dispositivo que menciona na Lei Complementar nº 56, de 07 de novembro de 2019 – Institui a revisão do Plano Diretor de Itaú de Minas/MG.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>10421</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1632/redacao_final_plo41_plc04_pr11.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1632/redacao_final_plo41_plc04_pr11.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL AO PROJETO DE LEI COMPLEMENTAR Nº 4/2021.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>11121</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1634/redacao_final_plo41_plc04_pr11.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1634/redacao_final_plo41_plc04_pr11.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL AO PROJETO DE RESOLUÇÃO Nº 11/21.</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>12621</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1631/parecer_em_redacao_final.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1631/parecer_em_redacao_final.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL AO PROJETO DE LEI Nº 26/21.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1639/parecer_e_redacao_final_projeto_lei_n35.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1639/parecer_e_redacao_final_projeto_lei_n35.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL AO PROJETO DE LEI Nº 35/21.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1640/parecer_redacao_final_proj._lei_n._36_21.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1640/parecer_redacao_final_proj._lei_n._36_21.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL AO PROJETO DE LEI Nº 36/21.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1641/parecer_cljr_redacao_final_projeto_38.21.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1641/parecer_cljr_redacao_final_projeto_38.21.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL AO PROJETO DE LEI Nº 38/21.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1642/parecer_redacao_final_40.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1642/parecer_redacao_final_40.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL AO PROJETO DE LEI Nº 40/21.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1633/redacao_final_plo41_plc04_pr11.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1633/redacao_final_plo41_plc04_pr11.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL AO PROJETO DE LEI ORDINÁRIA Nº 41/2021.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1748/parecer_final_cfo_plo_49.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1748/parecer_final_cfo_plo_49.pdf</t>
   </si>
   <si>
     <t>PARECER FINAL AO PLO 49/2021.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>22921</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1586/parecer_redacao_final_ii.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1586/parecer_redacao_final_ii.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL II AO PROJETO DE LEI Nº 29.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>POL</t>
   </si>
   <si>
     <t>PROPOSTA ORÇAMENTÁRIA DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1592/tabela_recurso_dotacao_2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1592/tabela_recurso_dotacao_2022.pdf</t>
   </si>
   <si>
     <t>PROPOSTA ORÇAMENTÁRIA PARA O EXERCÍCIO 2022.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>MENSAGEM</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1337/mensagem_plo_01.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1337/mensagem_plo_01.pdf</t>
   </si>
   <si>
     <t>Mensagem ao Projeto de Lei Ordinária Nº 01/2021</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1344/mensagem_02.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1344/mensagem_02.pdf</t>
   </si>
   <si>
     <t>Dispões sobre a revisão geral dos vencimentos dos servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1345/mensagem_3.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1345/mensagem_3.pdf</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1354/mensagem_e_emenda_modificativa.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1354/mensagem_e_emenda_modificativa.pdf</t>
   </si>
   <si>
     <t>Encaminha proposta de Emenda Modificativa Nº 01/2021 ao Projeto de Lei Nº 04/2021.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1381/mensagem_05.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1381/mensagem_05.pdf</t>
   </si>
   <si>
     <t>Encaminha 07 Projetos de Lei que autorizam a abertura de crédito adicional especial na Lei Nº 1096/2020, que estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1391/mensagem_06.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1391/mensagem_06.pdf</t>
   </si>
   <si>
     <t>Acompanha dois Projetos de Lei que autorizam a abertura de Crédito Adicional Especial na Lei Nº 1096/2020, que estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1394/mensagem_07.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1394/mensagem_07.pdf</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1400/mensagem_08.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1400/mensagem_08.pdf</t>
   </si>
   <si>
     <t>Acompanha os Projetos de Lei Nº's 10 e 11/2021, que autorizam a abertura de crédito adicional especial na Lei Nº 1096/2020, que estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1422/mensagem_09.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1422/mensagem_09.pdf</t>
   </si>
   <si>
     <t>Acompanha os Projetos de Leis de Nº's 17 e 18/2021.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1417/mensagem_10.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1417/mensagem_10.pdf</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1428/mensagem_11.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1428/mensagem_11.pdf</t>
   </si>
   <si>
     <t>Acompanha o Projeto de Lei Complementar Nº 02/2021.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1490/mensagem_ao_projeto_de_lei_30.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1490/mensagem_ao_projeto_de_lei_30.pdf</t>
   </si>
   <si>
     <t>Acompanha Projeto de Lei Nº 30/2021.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1499/mensagem_19.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1499/mensagem_19.pdf</t>
   </si>
   <si>
     <t>Acompanha do Projeto de Lei Nº 31/2021, que AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA LEI N° 1096/2020 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1517/mensagem_20.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1517/mensagem_20.pdf</t>
   </si>
   <si>
     <t>Acompanha os Projetos de Leis Nº's 32/21 e 33/21.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1537/mensagem_21.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1537/mensagem_21.pdf</t>
   </si>
   <si>
     <t>ACOMPANHA O PROJETO DE LEI Nº 34/21.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1547/mensagem_22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1547/mensagem_22.pdf</t>
   </si>
   <si>
     <t>ACOMPANHA PROJETO DE LEI Nº 37.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1561/mensagem_23.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1561/mensagem_23.pdf</t>
   </si>
   <si>
     <t>Acompanha o Projeto de Lei Nº 38/2021.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1563/mensagem_24.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1563/mensagem_24.pdf</t>
   </si>
   <si>
     <t>ACOMPANHA O PROJETO DE LEI Nº 39.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1565/mensagem_25.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1565/mensagem_25.pdf</t>
   </si>
   <si>
     <t>ACOMPANHA PROJETO DE LEI Nº 40/2021.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1596/mensagem_26.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1596/mensagem_26.pdf</t>
   </si>
   <si>
     <t>ACOMPANHA PROJETOS DE LEIS ORDINÁRIAS Nº'S 42/21 E 43/21.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1599/mensagem_27.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1599/mensagem_27.pdf</t>
   </si>
   <si>
     <t>ACOMPANHA PROJETO DE LEI ORDINÁRIA 44/21.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1643/mensagem_28.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1643/mensagem_28.pdf</t>
   </si>
   <si>
     <t>ACOMPANHA PROJETO DE LEI ORDINÁRIA Nº 45.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1654/mensagem_29.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1654/mensagem_29.pdf</t>
   </si>
   <si>
     <t>ACOMPANHA PROJETOS DE LEIS Nº'S 46/21, 47/21, 48/21 E 49/21.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1687/mensagem_30.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1687/mensagem_30.pdf</t>
   </si>
   <si>
     <t>ACOMPANHA OS PROJETOS DE LEIS Nº'S 53/21 E 54/21.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1697/mensagem_n_o_31_2021.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1697/mensagem_n_o_31_2021.pdf</t>
   </si>
   <si>
     <t>ACOMPANHA PROJETO DE LEI 55/2021.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1701/mensagem_n.o_32.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1701/mensagem_n.o_32.pdf</t>
   </si>
   <si>
     <t>ACOMPANHA O PROJETO DE LEI Nº 56/2021.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1741/mensagem_plo_58_59.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1741/mensagem_plo_58_59.pdf</t>
   </si>
   <si>
     <t>ACOMPANHA OS PROJETOS DE LEI ORDINÁRIA Nº 58/2021 E Nº 59/2021.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1744/mensgem_plo_60.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1744/mensgem_plo_60.pdf</t>
   </si>
   <si>
     <t>ACOMPANHA O PROJETO DE LEI ORDINÁRIA Nº 60/2021.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1763/mensagem_n.o_35.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1763/mensagem_n.o_35.pdf</t>
   </si>
   <si>
     <t>ACOMPANHA OS PROJETOS DE LEIS ORDINÁRIAS DE Nº 62/2021 E 63/2021.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1769/mensagem_n_o_36_2021_-_assinado.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1769/mensagem_n_o_36_2021_-_assinado.pdf</t>
   </si>
   <si>
     <t>ACOMPANHA O PROJETO DE LEI ORDINÁRIA Nº 64/2021.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>3521</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1760/mensagem.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1760/mensagem.pdf</t>
   </si>
   <si>
     <t>ACOMPANHA O PROJETO DE LEI ORDINÁRIA Nº 61/2021.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>SUBST</t>
   </si>
   <si>
     <t>SUBSTITUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1544/substitutivo_01.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1544/substitutivo_01.pdf</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1534/parecer_e_substitutivo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1534/parecer_e_substitutivo.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE ITAÚ DE MINAS/MG, POLÍTICA PÚBLICA PARA GARANTIA, PROTEÇÃO E AMPLIAÇÃO DOS DIREITOS DAS_x000D_
 PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>EMMOD</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 01, AO PROJETO DE LEI Nº 004/2021.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>DENUN</t>
   </si>
   <si>
     <t>DENÚNCIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1416/denuncia.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1416/denuncia.pdf</t>
   </si>
   <si>
     <t>Denúncia para instauração de Processo de Cassação do Mandato do Ilustre Prefeito Municipal</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>VOTA</t>
   </si>
   <si>
     <t>VOTAÇÃO EXPRESSA</t>
   </si>
   <si>
     <t>Para atendimento ao disposto no Regimento Interno e no Código de Ética do Legislativo Municipal, que prevê três membros para compor o Conselho de ética e decoro parlamentar em conjunto com o Corregedor e Vice Corregedor, será feita uma eleição para a escolha do terceiro membro do referido Conselho. Tendo o PTB duas cadeiras na Casa, perguntado às duas vereadoras do Partido – Há candidatas do PTB à vaga no Conselho? _x000D_
 (Juliana Mattar se colocou a disposição para eleição ao gargo)_x000D_
 Havendo 01 candidata à vaga pelo PTB,– colocado em votação do plenário o nome da vereadora  Juliana Mattar.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
@@ -4983,67 +4983,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1335/projeto_de_lei_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1343/projeto_de_lei_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1346/projeto_de_lei_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1347/projeto_de_lei_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1348/projeto_de_lei_05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1393/projeto_de_lei_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1392/projeto_de_lei_07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1395/projeto_de_lei_08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1396/projeto_de_lei_09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1401/projeto_de_lei_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1402/projeto_de_lei_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1405/projeto_de_lei_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1409/projeto_de_lei_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1418/projeto_de_lei_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1419/projeto_de_lei_n_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1421/projeto_de_lei_n_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1424/projeto_de_lei_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1437/projeto_lei_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1454/projeto_de_lei_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1461/projeto_de_lei_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1462/projeto_de_lei_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1463/projeto_de_lei_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1464/projeto_de_lei_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1465/projeto_de_lei_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1469/projeto_de_lei_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1475/projeto_de_lei_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1477/projeto_de_lei_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1480/projeto_de_lei_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1489/projeto_de_lei_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1500/projeto_de_lei_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1518/projeto_de_lei_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1519/projeto_de_lei_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1538/projeto_de_lei_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1546/projeto_de_lei_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1545/projeto_de_lei_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1548/projeto_de_lei_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1564/projeto_de_lei_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1566/projeto_de_lei_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1577/projeto_de_lei_n_41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1597/plo_42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1598/plo_43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1600/plo_44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1644/projeto_de_lei_45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1655/projeto_de_lei_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1656/projeto_de_lei_47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1657/projeto_de_lei_48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1658/projeto_de_lei_49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1672/projeto_de_lei_50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1685/proejto_de_lei_51.21.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1686/projeto_de_lei_52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1688/projeto_de_lei_53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1689/projeto_de_lei_54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1698/projeto_de_lei_55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1702/projeto_de_lei_56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1735/projeto_de_lei_57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1742/projeto_58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1743/projeto_59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1745/projeto_60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1761/projeto_de_lei_n__61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1764/projeto_de_lei_62_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1765/projeto_de_lei_63_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1770/projeto_de_lei_64_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1326/projeto_de_resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1327/projeto_de_resolucao_02.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1349/projeto_de_resolucao_03.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1366/projeto_de_resolucao_04.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1369/projeto_de_resolucao_05.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1411/projeto_de_resolucao_06.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1413/projeto_07.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1468/projeto_resolucao_08.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1520/projeto_de_resolucao_09.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1567/projeto_resolucao_10.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1628/projeto_resolucao_11.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1690/projeto_resolucao_12.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1694/projeto_de_resolucao_13.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1713/projeto_de_resolucao_14.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1724/projeto_de_resolucao_15.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1733/projeto_de_resolucao_16.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1734/projeto_de_resolucao_17.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1758/projeto_de_resolucao_no_18.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1759/projeto_de_resolucao_n.__19.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1410/projeto_de_lei_complementar_01.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1429/projeto_de_lei_complementar_02.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1503/projeto_de_lei_complementar_03.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1576/projeto_de_lei_complementar_04.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1691/projeto_de_lei_complementar_05.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1339/projeto_de_decreto_legislativo_01.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1476/projeto_decreto_legislativo_02_-_contas_2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1318/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1319/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1320/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1321/indicacao_04.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1331/indicacao_05.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1332/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1333/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1340/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1341/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1342/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1350/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1356/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1357/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1358/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1359/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1360/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1361/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1362/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1371/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1373/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1374/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1375/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1377/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1406/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1407/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1414/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1415/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1425/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1426/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1427/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1430/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1432/indicacao_n_32.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1433/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1434/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1442/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1444/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1445/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1446/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1447/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1448/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1449/indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1457/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1458/indicacao_43.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1459/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1460/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1466/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1471/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1473/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1481/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1483/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1484/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1487/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1492/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1493/indicacao_55.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1494/indicacao_56.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1495/indicacao_57.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1501/indicacao_58.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1502/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1505/indicacao_60.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1508/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1509/indicacao_62.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1510/indicacao_63.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1511/indicacao_64.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1512/indicacao_65.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1529/indicacao_66.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1530/indicacao_67.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1522/indicacao_68.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1525/indicacao_69.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1533/indicacao_70.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1536/indicacao_71.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1540/indicacao_72.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1549/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1550/indicacao_74.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1569/indicacao_75.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1572/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1574/indicacao_no_77.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1579/indicacao_78.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1582/indicacao_79.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1583/indicacao_80.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1584/indicacao_81.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1585/inicacao_82.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1588/indicacao_83.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1589/indicacao_84.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1590/indicacao_85.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1595/indicacao_86.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1601/indicacao_87.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1602/indicacao_88.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1603/indicacao_89.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1604/indicacao_90.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1605/indicacao_91.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1608/indicacao_92.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1609/indicacao_93.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1622/indicacao_94.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1623/indicacao_95.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1624/indicacao_96.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1625/indicacao_97.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1627/indicacao_no_98.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1638/indicacao_99.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1649/indicacao_100.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1650/indicacao_101.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1651/indicacao_102.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1653/indicacao_103.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1652/indicacao_no_104.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1661/indicacao_105.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1662/indicacao_106.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1663/indicacao_107.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1664/inidcacao_108.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1665/indicacao_109.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1666/indicacao_110.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1670/indicacao_111.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1671/indicacao_112.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1675/assinado_indicacao_113_1.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1676/assinado_indicacao_114_1.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1677/indicacao_115.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1678/indicacao_116.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1681/indicacao_117.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1692/indicacao_118.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1693/indicacao_119.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1711/indicacao_no_120.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1712/indicacao_no_121.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1716/indicacao_no_122.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1717/indicacao_no_123.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1723/indicacao_124.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1729/indicacao_125.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1727/indicacao_126.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1728/indicacao_127.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1730/indicacao_128.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1746/indicacao_129.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1747/indicacao_130.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1749/indicacao_131.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1750/indicacao_132.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1754/indicacao_no_133.21.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1755/indicacao_134.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1757/indicacao_135.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1762/indicacao_136.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1521/mocao_01.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1700/mocao_02.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1715/mocao_03.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1736/mocao_04.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1737/mocao_05.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1740/mocao_06.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1322/requerimento_01.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1323/requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1324/requerimento_03.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1325/requerimento_04.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1328/requerimento_5.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1329/requerimento_6.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1330/requerimento_7.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1336/requerimento_08.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1338/requerimento_09.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1351/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1352/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1353/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1363/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1364/requerimento_14.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1365/requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1367/requerimento_16.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1370/requerimento_17.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1372/requerimento_18.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1376/requerimento_19.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1378/requerimento_20.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1379/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1380/requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1397/requerimento_23.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1398/requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1399/requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1404/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1408/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1431/requerimento_28.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1435/reqierimento_29.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1436/reqierimento_30.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1441/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1443/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1450/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1451/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1452/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1455/req_37.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1456/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1467/requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1472/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1474/requerimento_41.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1485/requerimento_42.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1486/requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1488/requerimento_44_000126.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1504/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1506/requerimento_46.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1513/requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1523/requerimento_48.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1524/requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1527/requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1528/requerimento_51.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1526/requerimento_52.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1531/requerimento_53.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1532/requerimento_54.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1539/requerimento_55.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1541/requerimento_56.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1542/requerimento_57.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1551/requerimento_58.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1552/requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1553/requerimento_60.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1554/requerimento_61.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1555/requerimento_62.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1556/requerimento_63.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1557/requerimento_64.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1558/requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1568/requerimento_66.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1570/requerimento_67.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1571/requerimento_68.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1573/requerimento_69.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1575/requerimento_70.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1581/requerimento_71.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1580/requerimento_72.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1587/requerimento_73.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1593/requerimento_74.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1594/requerimento_75.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1606/requerimento_76.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1607/requerimento_77.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1610/requerimento_78.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1611/requerimento_79.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1629/requerimento_80.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1636/requerimento_81.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1637/requerimento_82.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1645/requerimento_no_83.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1646/requerimento_84.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1647/requerimentos_85.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1648/requerimento_86.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1659/requerimento_87.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1667/requerimento_88.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1668/requerimento_no_89.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1669/requerimento_90.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1679/requerimento_91.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1695/requerimento_92.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1699/requerimento_93.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1703/requerimento_no_94.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1710/requerimento_no_95.21.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1714/requerimento_no_96.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1718/requerimento_97.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1719/requerimento_no_98.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1751/requerimento_99.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1756/requerimento_100.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1766/requerimento_101.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1767/requerimento_102.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1768/requerimento_no_103.21.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1771/requerimento_104.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1439/parecer_em_redacao_final_000072.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1470/comissao_de_legislacao_redacao_final_pr_07_e_lo_19.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1614/parecer_cljr_projeto_de_lei_complementar_04.21_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1708/parecer_cljr_projeto_de_lei_no_complementar_no_05.21.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1560/parecer_cljr_pr9.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1635/parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1731/parecer_proj_resolucao_12_-_saj.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1738/parecer_cljr_projeto_de_resolucao_no_14.21.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1739/parecer_cljr_projeto_de_resolucao_15.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1618/parecer_cljr_projeto_de_lei_35.21_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1613/parecer_cljr_cesa__projeto_de_lei_36_21.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1616/parecer_cljr_projeto_de_lei_38.21_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1621/assinado_parecer_cljr_projeto_lei_40.21_-_davi.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1615/parecer_cljr_projeto_de_lei_41_21.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1578/proposicao_emenda_01_substitutivo_01_plc_03.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1516/proposicao_de_emenda_02.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1732/prop._emenda_01_-_projeto_resolucao_12_-_saj.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1496/proposicao_de_emenda_01_pl_15_1.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1682/proposicao_de_emenda_impositiva_01_projeto_lei_49.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1674/proposicao_emenda_02_proj_resolucao_10.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1683/proposicao_de_emenda_impositiva_02_proj._lei_49.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1684/proposicao_de_emenda_n_03_projeto_resolucao_10.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1403/parecer_cfo_01.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1591/parecer_cfo.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1619/parecer_cfo_projeto_de_lei_35.21_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1620/parecer_cfo_projeto_lei_40.21_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1704/parecer_cfo_projeto_de_lei_no_46.21.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1707/parecer_cfo_projeto_de_lei_no_47.21.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1705/parecer_cfo_projeto_de_lei_no_48.21.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1706/parecer_cfo_projeto_de_lei_no_49.21.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1722/parecer_2_emendas_impositivas_financas.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1709/parecer_cospaicte_projeto_de_lei_no_complementar_no_05.21.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1617/parecer_cospaic_projeto_de_lei_38.21_-_geovan.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1559/parecer_esa_pr9.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1680/segundo_parecer_cesa.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1612/parecer_cljr_cesa__projeto_de_lei_36_21.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1626/parecer_cesa_40_2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1725/pelom_01.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1726/pelom_02.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1390/anteprojeto_de_lei_no_01.21-_davi.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1412/anteprojeto_de_lei_02.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1673/anteprojeto_de_lei_03.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1720/anteprojeto_de_lei_n._04.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1721/anteprojeto_de_lei_n._05.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1498/parecer_em_redacao_final_plo_15_e_plo_16.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1514/parecer_em_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1535/perecer_em_redacao_2_plc22021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1543/parecer_red_final.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1696/parecer_em_redacao_final_pr9.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1775/parecer_plc.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1632/redacao_final_plo41_plc04_pr11.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1634/redacao_final_plo41_plc04_pr11.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1631/parecer_em_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1639/parecer_e_redacao_final_projeto_lei_n35.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1640/parecer_redacao_final_proj._lei_n._36_21.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1641/parecer_cljr_redacao_final_projeto_38.21.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1642/parecer_redacao_final_40.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1633/redacao_final_plo41_plc04_pr11.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1748/parecer_final_cfo_plo_49.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1586/parecer_redacao_final_ii.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1592/tabela_recurso_dotacao_2022.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1337/mensagem_plo_01.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1344/mensagem_02.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1345/mensagem_3.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1354/mensagem_e_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1381/mensagem_05.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1391/mensagem_06.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1394/mensagem_07.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1400/mensagem_08.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1422/mensagem_09.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1417/mensagem_10.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1428/mensagem_11.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1490/mensagem_ao_projeto_de_lei_30.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1499/mensagem_19.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1517/mensagem_20.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1537/mensagem_21.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1547/mensagem_22.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1561/mensagem_23.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1563/mensagem_24.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1565/mensagem_25.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1596/mensagem_26.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1599/mensagem_27.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1643/mensagem_28.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1654/mensagem_29.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1687/mensagem_30.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1697/mensagem_n_o_31_2021.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1701/mensagem_n.o_32.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1741/mensagem_plo_58_59.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1744/mensgem_plo_60.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1763/mensagem_n.o_35.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1769/mensagem_n_o_36_2021_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1760/mensagem.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1544/substitutivo_01.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1534/parecer_e_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1416/denuncia.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1335/projeto_de_lei_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1343/projeto_de_lei_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1346/projeto_de_lei_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1347/projeto_de_lei_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1348/projeto_de_lei_05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1393/projeto_de_lei_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1392/projeto_de_lei_07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1395/projeto_de_lei_08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1396/projeto_de_lei_09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1401/projeto_de_lei_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1402/projeto_de_lei_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1405/projeto_de_lei_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1409/projeto_de_lei_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1418/projeto_de_lei_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1419/projeto_de_lei_n_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1421/projeto_de_lei_n_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1424/projeto_de_lei_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1437/projeto_lei_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1454/projeto_de_lei_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1461/projeto_de_lei_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1462/projeto_de_lei_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1463/projeto_de_lei_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1464/projeto_de_lei_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1465/projeto_de_lei_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1469/projeto_de_lei_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1475/projeto_de_lei_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1477/projeto_de_lei_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1480/projeto_de_lei_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1489/projeto_de_lei_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1500/projeto_de_lei_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1518/projeto_de_lei_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1519/projeto_de_lei_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1538/projeto_de_lei_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1546/projeto_de_lei_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1545/projeto_de_lei_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1548/projeto_de_lei_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1564/projeto_de_lei_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1566/projeto_de_lei_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1577/projeto_de_lei_n_41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1597/plo_42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1598/plo_43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1600/plo_44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1644/projeto_de_lei_45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1655/projeto_de_lei_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1656/projeto_de_lei_47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1657/projeto_de_lei_48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1658/projeto_de_lei_49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1672/projeto_de_lei_50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1685/proejto_de_lei_51.21.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1686/projeto_de_lei_52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1688/projeto_de_lei_53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1689/projeto_de_lei_54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1698/projeto_de_lei_55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1702/projeto_de_lei_56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1735/projeto_de_lei_57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1742/projeto_58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1743/projeto_59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1745/projeto_60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1761/projeto_de_lei_n__61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1764/projeto_de_lei_62_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1765/projeto_de_lei_63_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1770/projeto_de_lei_64_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1326/projeto_de_resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1327/projeto_de_resolucao_02.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1349/projeto_de_resolucao_03.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1366/projeto_de_resolucao_04.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1369/projeto_de_resolucao_05.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1411/projeto_de_resolucao_06.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1413/projeto_07.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1468/projeto_resolucao_08.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1520/projeto_de_resolucao_09.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1567/projeto_resolucao_10.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1628/projeto_resolucao_11.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1690/projeto_resolucao_12.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1694/projeto_de_resolucao_13.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1713/projeto_de_resolucao_14.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1724/projeto_de_resolucao_15.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1733/projeto_de_resolucao_16.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1734/projeto_de_resolucao_17.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1758/projeto_de_resolucao_no_18.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1759/projeto_de_resolucao_n.__19.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1410/projeto_de_lei_complementar_01.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1429/projeto_de_lei_complementar_02.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1503/projeto_de_lei_complementar_03.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1576/projeto_de_lei_complementar_04.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1691/projeto_de_lei_complementar_05.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1339/projeto_de_decreto_legislativo_01.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1476/projeto_decreto_legislativo_02_-_contas_2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1318/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1319/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1320/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1321/indicacao_04.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1331/indicacao_05.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1332/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1333/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1340/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1341/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1342/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1350/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1356/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1357/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1358/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1359/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1360/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1361/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1362/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1371/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1373/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1374/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1375/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1377/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1406/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1407/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1414/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1415/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1425/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1426/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1427/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1430/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1432/indicacao_n_32.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1433/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1434/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1442/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1444/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1445/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1446/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1447/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1448/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1449/indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1457/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1458/indicacao_43.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1459/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1460/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1466/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1471/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1473/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1481/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1483/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1484/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1487/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1492/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1493/indicacao_55.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1494/indicacao_56.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1495/indicacao_57.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1501/indicacao_58.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1502/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1505/indicacao_60.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1508/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1509/indicacao_62.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1510/indicacao_63.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1511/indicacao_64.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1512/indicacao_65.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1529/indicacao_66.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1530/indicacao_67.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1522/indicacao_68.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1525/indicacao_69.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1533/indicacao_70.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1536/indicacao_71.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1540/indicacao_72.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1549/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1550/indicacao_74.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1569/indicacao_75.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1572/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1574/indicacao_no_77.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1579/indicacao_78.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1582/indicacao_79.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1583/indicacao_80.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1584/indicacao_81.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1585/inicacao_82.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1588/indicacao_83.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1589/indicacao_84.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1590/indicacao_85.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1595/indicacao_86.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1601/indicacao_87.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1602/indicacao_88.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1603/indicacao_89.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1604/indicacao_90.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1605/indicacao_91.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1608/indicacao_92.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1609/indicacao_93.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1622/indicacao_94.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1623/indicacao_95.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1624/indicacao_96.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1625/indicacao_97.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1627/indicacao_no_98.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1638/indicacao_99.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1649/indicacao_100.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1650/indicacao_101.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1651/indicacao_102.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1653/indicacao_103.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1652/indicacao_no_104.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1661/indicacao_105.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1662/indicacao_106.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1663/indicacao_107.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1664/inidcacao_108.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1665/indicacao_109.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1666/indicacao_110.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1670/indicacao_111.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1671/indicacao_112.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1675/assinado_indicacao_113_1.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1676/assinado_indicacao_114_1.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1677/indicacao_115.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1678/indicacao_116.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1681/indicacao_117.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1692/indicacao_118.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1693/indicacao_119.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1711/indicacao_no_120.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1712/indicacao_no_121.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1716/indicacao_no_122.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1717/indicacao_no_123.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1723/indicacao_124.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1729/indicacao_125.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1727/indicacao_126.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1728/indicacao_127.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1730/indicacao_128.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1746/indicacao_129.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1747/indicacao_130.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1749/indicacao_131.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1750/indicacao_132.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1754/indicacao_no_133.21.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1755/indicacao_134.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1757/indicacao_135.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1762/indicacao_136.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1521/mocao_01.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1700/mocao_02.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1715/mocao_03.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1736/mocao_04.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1737/mocao_05.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1740/mocao_06.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1322/requerimento_01.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1323/requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1324/requerimento_03.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1325/requerimento_04.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1328/requerimento_5.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1329/requerimento_6.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1330/requerimento_7.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1336/requerimento_08.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1338/requerimento_09.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1351/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1352/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1353/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1363/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1364/requerimento_14.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1365/requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1367/requerimento_16.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1370/requerimento_17.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1372/requerimento_18.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1376/requerimento_19.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1378/requerimento_20.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1379/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1380/requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1397/requerimento_23.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1398/requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1399/requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1404/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1408/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1431/requerimento_28.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1435/reqierimento_29.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1436/reqierimento_30.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1441/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1443/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1450/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1451/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1452/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1455/req_37.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1456/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1467/requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1472/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1474/requerimento_41.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1485/requerimento_42.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1486/requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1488/requerimento_44_000126.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1504/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1506/requerimento_46.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1513/requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1523/requerimento_48.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1524/requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1527/requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1528/requerimento_51.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1526/requerimento_52.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1531/requerimento_53.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1532/requerimento_54.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1539/requerimento_55.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1541/requerimento_56.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1542/requerimento_57.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1551/requerimento_58.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1552/requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1553/requerimento_60.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1554/requerimento_61.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1555/requerimento_62.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1556/requerimento_63.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1557/requerimento_64.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1558/requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1568/requerimento_66.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1570/requerimento_67.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1571/requerimento_68.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1573/requerimento_69.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1575/requerimento_70.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1581/requerimento_71.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1580/requerimento_72.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1587/requerimento_73.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1593/requerimento_74.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1594/requerimento_75.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1606/requerimento_76.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1607/requerimento_77.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1610/requerimento_78.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1611/requerimento_79.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1629/requerimento_80.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1636/requerimento_81.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1637/requerimento_82.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1645/requerimento_no_83.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1646/requerimento_84.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1647/requerimentos_85.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1648/requerimento_86.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1659/requerimento_87.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1667/requerimento_88.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1668/requerimento_no_89.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1669/requerimento_90.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1679/requerimento_91.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1695/requerimento_92.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1699/requerimento_93.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1703/requerimento_no_94.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1710/requerimento_no_95.21.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1714/requerimento_no_96.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1718/requerimento_97.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1719/requerimento_no_98.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1751/requerimento_99.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1756/requerimento_100.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1766/requerimento_101.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1767/requerimento_102.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1768/requerimento_no_103.21.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1771/requerimento_104.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1439/parecer_em_redacao_final_000072.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1470/comissao_de_legislacao_redacao_final_pr_07_e_lo_19.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1614/parecer_cljr_projeto_de_lei_complementar_04.21_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1708/parecer_cljr_projeto_de_lei_no_complementar_no_05.21.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1560/parecer_cljr_pr9.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1635/parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1731/parecer_proj_resolucao_12_-_saj.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1738/parecer_cljr_projeto_de_resolucao_no_14.21.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1739/parecer_cljr_projeto_de_resolucao_15.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1618/parecer_cljr_projeto_de_lei_35.21_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1613/parecer_cljr_cesa__projeto_de_lei_36_21.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1616/parecer_cljr_projeto_de_lei_38.21_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1621/assinado_parecer_cljr_projeto_lei_40.21_-_davi.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1615/parecer_cljr_projeto_de_lei_41_21.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1578/proposicao_emenda_01_substitutivo_01_plc_03.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1516/proposicao_de_emenda_02.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1732/prop._emenda_01_-_projeto_resolucao_12_-_saj.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1496/proposicao_de_emenda_01_pl_15_1.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1682/proposicao_de_emenda_impositiva_01_projeto_lei_49.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1674/proposicao_emenda_02_proj_resolucao_10.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1683/proposicao_de_emenda_impositiva_02_proj._lei_49.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1684/proposicao_de_emenda_n_03_projeto_resolucao_10.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1403/parecer_cfo_01.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1591/parecer_cfo.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1619/parecer_cfo_projeto_de_lei_35.21_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1620/parecer_cfo_projeto_lei_40.21_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1704/parecer_cfo_projeto_de_lei_no_46.21.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1707/parecer_cfo_projeto_de_lei_no_47.21.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1705/parecer_cfo_projeto_de_lei_no_48.21.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1706/parecer_cfo_projeto_de_lei_no_49.21.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1722/parecer_2_emendas_impositivas_financas.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1709/parecer_cospaicte_projeto_de_lei_no_complementar_no_05.21.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1617/parecer_cospaic_projeto_de_lei_38.21_-_geovan.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1559/parecer_esa_pr9.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1680/segundo_parecer_cesa.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1612/parecer_cljr_cesa__projeto_de_lei_36_21.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1626/parecer_cesa_40_2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1725/pelom_01.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1726/pelom_02.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1390/anteprojeto_de_lei_no_01.21-_davi.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1412/anteprojeto_de_lei_02.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1673/anteprojeto_de_lei_03.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1720/anteprojeto_de_lei_n._04.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1721/anteprojeto_de_lei_n._05.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1498/parecer_em_redacao_final_plo_15_e_plo_16.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1514/parecer_em_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1535/perecer_em_redacao_2_plc22021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1543/parecer_red_final.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1696/parecer_em_redacao_final_pr9.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1775/parecer_plc.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1632/redacao_final_plo41_plc04_pr11.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1634/redacao_final_plo41_plc04_pr11.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1631/parecer_em_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1639/parecer_e_redacao_final_projeto_lei_n35.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1640/parecer_redacao_final_proj._lei_n._36_21.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1641/parecer_cljr_redacao_final_projeto_38.21.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1642/parecer_redacao_final_40.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1633/redacao_final_plo41_plc04_pr11.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1748/parecer_final_cfo_plo_49.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1586/parecer_redacao_final_ii.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1592/tabela_recurso_dotacao_2022.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1337/mensagem_plo_01.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1344/mensagem_02.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1345/mensagem_3.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1354/mensagem_e_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1381/mensagem_05.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1391/mensagem_06.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1394/mensagem_07.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1400/mensagem_08.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1422/mensagem_09.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1417/mensagem_10.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1428/mensagem_11.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1490/mensagem_ao_projeto_de_lei_30.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1499/mensagem_19.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1517/mensagem_20.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1537/mensagem_21.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1547/mensagem_22.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1561/mensagem_23.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1563/mensagem_24.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1565/mensagem_25.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1596/mensagem_26.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1599/mensagem_27.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1643/mensagem_28.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1654/mensagem_29.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1687/mensagem_30.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1697/mensagem_n_o_31_2021.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1701/mensagem_n.o_32.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1741/mensagem_plo_58_59.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1744/mensgem_plo_60.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1763/mensagem_n.o_35.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1769/mensagem_n_o_36_2021_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1760/mensagem.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1544/substitutivo_01.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1534/parecer_e_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/1416/denuncia.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H435"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="167.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="136.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="135.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>