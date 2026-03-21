--- v0 (2026-02-02)
+++ v1 (2026-03-21)
@@ -54,3288 +54,3288 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1774/projeto_de_lei_01.22_fixa_vencimentos.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1774/projeto_de_lei_01.22_fixa_vencimentos.pdf</t>
   </si>
   <si>
     <t>Fixa vencimentos de cargos e reduz valor de gratificação que menciona do Poder Legislativo de Itaú de Minas/MG e dá outras providências.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1776/revisao_geral.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1776/revisao_geral.pdf</t>
   </si>
   <si>
     <t>Dispoe sobre a revisão geral dos vencimentos dois servidores publicos e dá outras providencias.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1777/enferemeiro.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1777/enferemeiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do anexo III do plano de carreiras - Lei Municipal nº40/1990 e suas alterações posteriores e dá outras providencias.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1804/projeto_de_lei_a.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1804/projeto_de_lei_a.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO_x000D_
 SUPLEMENTAR NA LEIN' 1154/2021- QUE ESTIMA_x000D_
 A RECEITAE FIXAA DESPESAD O MUNICÍPIODE_x000D_
 ITAÚ DE MINAS PARA o EXEnciclo FINANCEIRO_x000D_
 DE 2022 - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1805/projeto_de_lei_b.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1805/projeto_de_lei_b.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL_x000D_
 ESPECIAL NA LEI N' 1154/2021 - QUE ESTIMA A_x000D_
 RECEITA E FIXA A DESPESA DO MUNICÍPIOD E_x000D_
 ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO_x000D_
 DE 2022 - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1809/projeto_de_lei_no_06.22_-_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1809/projeto_de_lei_no_06.22_-_maria_elena.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial do Município de Itaú de Minas o Dia Municipal de combate à violência contra Mulher.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1811/mensagem_n.o_03.2022_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1811/mensagem_n.o_03.2022_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A MODIFICAÇÃO DO ANEXO VI, DA LEI_x000D_
 MUNICIPAL N' 40/90 E ALTERAÇÕES POSTERIORES E_x000D_
 450, DE 29/05/2002 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1814/projeto_de_lei_piso_salarial_magisterio.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1814/projeto_de_lei_piso_salarial_magisterio.pdf</t>
   </si>
   <si>
     <t>DISPOR SOBRE O PAGAMENTO DO PISO_x000D_
 NACIONAL DOS PROFISSIONAIS DO_x000D_
 MAGISTÉRIO PUBLICO MUNICIPAL E DA_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA, DAVI OLIVEIRA DE SOUSA, Fabiano Gomes de Lima, Geovan dos Santos, JULIANA MATTAR, MARIA ELENA DE OLIVEIRA FARIA, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1818/projeto_de_lei_n_9-22_utilidade_publica_apeim.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1818/projeto_de_lei_n_9-22_utilidade_publica_apeim.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A APEIM – ASSOCIAÇÃO DE PAIS E ESTUDANTES DE ITAÚ DE MINAS.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1825/projeto_de_lei_ordinaria_10-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1825/projeto_de_lei_ordinaria_10-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR_x000D_
 CREDITO SUPLEMENTAR NA LEIN' 1.154/2021-_x000D_
 ESTIMA A RECEITA E FIXA A DESPESA DO_x000D_
 MUNICÍPIOD E ITAU DE MINAS-MGP ARA O_x000D_
 EXERCÍCIO FINANCEIRO DE 2022 - E DA_x000D_
 OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1829/projeto_de_lei_11.22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1829/projeto_de_lei_11.22.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO_x000D_
 ADICIONAL ESPECIAL NA LEI N' 1.154/2021 -- QUE_x000D_
 ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO_x000D_
 DE ITAU DE MINAS PARA O EXEKCiCIO FINANCEIRO_x000D_
 DE 2022, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1830/projeto_de_lei_12-2022_ldo_2023_itau.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1830/projeto_de_lei_12-2022_ldo_2023_itau.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE AS DIRETRIZES PARA A_x000D_
 ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO_x000D_
 EXERCÍCIO DE 2023 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1831/plo_13-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1831/plo_13-2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei n' 1165,d e 18 de março de 2022.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>JULIANA MATTAR</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1843/projeto_de_lei_n_14_-_denominacao_rua_belinha.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1843/projeto_de_lei_n_14_-_denominacao_rua_belinha.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n. 14/22_x000D_
 Altera a denominação de logradouro público que menciona.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1844/projeto_de_lei_15-2022_animais.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1844/projeto_de_lei_15-2022_animais.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A PROTEÇAO, IDENTIFICAÇÃO_x000D_
 E CONTROLED AS POPULAÇOESD E CÃES E_x000D_
 GATOS E DA OUTRAS PROVIDENCIAL.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1851/projeto_de_lei_16-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1851/projeto_de_lei_16-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZAO PODER EXECUTIVOA ABRIR_x000D_
 CREDITO ADICIONAL SUPLEMENTAR NA LEIN'_x000D_
 1.154/2021- QUE ESTIMA A RECEITA E FIXA A_x000D_
 DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS_x000D_
 PARA O EXERCÍCIO FINANCEIRO DE 2022, E DÁ_x000D_
 OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1864/plo_17-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1864/plo_17-2022.pdf</t>
   </si>
   <si>
     <t>- DISPÕE SOBRE A CRIAÇÃO DE CENTRO MUNICIPAL DE EDUCAÇÃO_x000D_
 INFANTIL - CEMEIPROFESSORA IDÊ SANJULIÃO PEDROSO AMORIM_x000D_
 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1866/plo_18-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1866/plo_18-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de bens_x000D_
 inservíveis no âmbito da_x000D_
 administração Pública municipal e_x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1868/plo_19-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1868/plo_19-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DOS ANEXIOS I E III, DA LEI_x000D_
 MUNICIPAL Nº 40/90 - PLANO DE CARREIRAS DO MUNICÍPIO_x000D_
 DE ITAU DE MINAS -, LEI Nº 977/2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA, DAVI OLIVEIRA DE SOUSA, Fabiano Gomes de Lima, GABINETE PRESIDENCIA - GABPRES, Geovan dos Santos, JULIANA MATTAR, MARIA ELENA DE OLIVEIRA FARIA, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1889/projeto_de_lei_20.22_log_geraldo_francisco.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1889/projeto_de_lei_20.22_log_geraldo_francisco.pdf</t>
   </si>
   <si>
     <t>Altera a denominação de logradouro público que menciona – (Rua Geraldo Francisco de Lima)._x000D_
 Alterada a denominação da Rua 07 no Loteamento Jardim SKY Imperial, que passa a ter a seguinte denominação:_x000D_
 Rua 07 - Rua Geraldo Francisco de Lima.</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>DAVI OLIVEIRA DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1890/projeto_de_lei_21.22_log_benedita_lemos_martins.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1890/projeto_de_lei_21.22_log_benedita_lemos_martins.pdf</t>
   </si>
   <si>
     <t>Altera a denominação de logradouro público que menciona – (Rua Benedita Lemos Martins).</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1891/projeto_de_lei_n_22_-_rua_ezequias_francisco.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1891/projeto_de_lei_n_22_-_rua_ezequias_francisco.pdf</t>
   </si>
   <si>
     <t>Altera a denominação de logradouro público que menciona – (Rua Ezequias Francisco dos Santos).</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1892/projeto_de_lei_n_23_-_rua_dalva_goretti.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1892/projeto_de_lei_n_23_-_rua_dalva_goretti.pdf</t>
   </si>
   <si>
     <t>Altera a denominação de logradouro público que menciona – (Rua Dalva Goreti Duarte de Campos).</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Fabiano Gomes de Lima, MARIA ELENA DE OLIVEIRA FARIA, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1887/projeto_de_lei_n_24_ruas_azarias_e_conceicao_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1887/projeto_de_lei_n_24_ruas_azarias_e_conceicao_1.pdf</t>
   </si>
   <si>
     <t>Altera a denominações de logradouros públicos que menciona –_x000D_
 (Rua Azarias Batista Amorim – Sr. Neném e Rua Conceição Aparecida Amorim - Dona Pequena).</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1883/projeto_de_lei_25-2022_credito_espe.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1883/projeto_de_lei_25-2022_credito_espe.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTlyO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA LEI Ne_x000D_
 1.154/2021 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA_x000D_
 O EXERCÍCIO FINANCEIRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1906/projeto_de_leiassinado.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1906/projeto_de_leiassinado.pdf</t>
   </si>
   <si>
     <t>Projeto de lei , 26 - AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO_x000D_
 ADICIONAL ESPECIAL NA LEI Nº 1.154/2021 – QUE_x000D_
 ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE_x000D_
 ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE_x000D_
 2022, E DÁ OUTRAS PROVIDÊNCIAS. (recursos à APAE)</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1912/projeto_e_mensagem.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1912/projeto_e_mensagem.pdf</t>
   </si>
   <si>
     <t>Institui gratificação a Servidores Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1919/projeto_de_lei_28-2022_apae.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1919/projeto_de_lei_28-2022_apae.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CREDITO SUPLEMENTAR NA_x000D_
 LEI ORÇAMENTARIA ANUAL N. 1.154/2021_x000D_
 ESTIMA A RECEITA E FIXA A DESPESA_x000D_
 MUNICÍPIO DE ITAU DE MINAS PARA_x000D_
 EXERCÍCIO FINALUCEIRO DE 2022. - E DÁ_x000D_
 OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1920/projeto_de_lei_29-2022_saude.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1920/projeto_de_lei_29-2022_saude.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CREDITO_x000D_
 ADICIONAL ESPECIAL NA LEI N. 1.154/2021 - QUE_x000D_
 ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO_x000D_
 DE ITAU DE MINAS PARA O EXERCÍCIO FINANCEIRO_x000D_
 DE 2022, E DA OUTRAS, PROViDENCiAS.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1932/projeto_de_lei_n._30-2022_-_joaquim_pinto_de_queiroz_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1932/projeto_de_lei_n._30-2022_-_joaquim_pinto_de_queiroz_-_davi.pdf</t>
   </si>
   <si>
     <t>Altera a denominação de logradouro público que menciona – (Rua Joaquim Pinto de Queiroz),</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1933/projeto_de_lei_n._31-2022_-_benedito_alves_amorim.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1933/projeto_de_lei_n._31-2022_-_benedito_alves_amorim.pdf</t>
   </si>
   <si>
     <t>Altera a denominação de logradouro público que menciona – (Rua Benedito Alves Amorim),</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Geovan dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1934/projeto_de_lei_n._32-2022_-_oswaldo_alves_da_silva.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1934/projeto_de_lei_n._32-2022_-_oswaldo_alves_da_silva.pdf</t>
   </si>
   <si>
     <t>Altera a denominação de logradouro público que menciona – (Rua Oswaldo Alves da Silva)</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Fabiano Gomes de Lima, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1935/projeto_de_lei_n._33-2022_-vitor_maximiano_costa.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1935/projeto_de_lei_n._33-2022_-vitor_maximiano_costa.pdf</t>
   </si>
   <si>
     <t>Altera a denominação de logradouro público que menciona – (Rua Vitor Maximiano Costa)</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1936/projeto_de_lei_n._34-2022_-braz_benicio_de_souza.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1936/projeto_de_lei_n._34-2022_-braz_benicio_de_souza.pdf</t>
   </si>
   <si>
     <t>Altera a denominação de logradouro público que menciona – (Rua Braz Benício de Souza),</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1937/projeto_de_lei_n._35-2022_-_manoel_ferreira_da_silva.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1937/projeto_de_lei_n._35-2022_-_manoel_ferreira_da_silva.pdf</t>
   </si>
   <si>
     <t>Altera a denominação de logradouro público que menciona – (Rua Manoel Ferreira da Silva)</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1938/projeto_de_lei_n._36-2022_-_sebastiao_dos_santos.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1938/projeto_de_lei_n._36-2022_-_sebastiao_dos_santos.pdf</t>
   </si>
   <si>
     <t>Altera a denominação de logradouro público que menciona – (Rua Sebastião dos Santos)</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1939/projeto_de_lei_n._37-2022_-_cria_o_conselho_municipal_de_cultura.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1939/projeto_de_lei_n._37-2022_-_cria_o_conselho_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE CULTURA_x000D_
 NO MUNICÍPIO ITAÚ DE MINAS E DÁ_x000D_
 OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1940/projeto_de_lei_n._38-2022_-_institui_o_sistema_municipal_de_cultura.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1940/projeto_de_lei_n._38-2022_-_institui_o_sistema_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>INSTITUI 0 SISTEMA MUNICIPAL DE_x000D_
 CULTURAN O MUNICÍPIOD E ITAÚ DE_x000D_
 MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1941/projeto_de_lei_n._39-2022_-_cria_o_fundo_municipal_de_cultura.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1941/projeto_de_lei_n._39-2022_-_cria_o_fundo_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE CULTURA_x000D_
 NO MUNICÍPIO DE ITAÚ DE MINAS - FMC.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1947/projeto_de_lei_no_40-2022_e_mensagem_n.o_23.2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1947/projeto_de_lei_no_40-2022_e_mensagem_n.o_23.2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 PODER EXECUTIVO A ABRIR CREDITO ADICIONAL SUPLEMENTAR NA LEI N._x000D_
 1.154/2021 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAU DE MINAS_x000D_
 PARA O EXERCÍCIO FINANCEIRO DE 2022, - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1955/projeto_de_lei_41-2022_-_criacao_do_conselho_municipal_de_turismo_e_fundo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1955/projeto_de_lei_41-2022_-_criacao_do_conselho_municipal_de_turismo_e_fundo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO_x000D_
 MUNICIPAL DE TURSIMO E DO FUNDO_x000D_
 MUNICIPAL DE DESENVOLVIMENTO_x000D_
 DO TURISMO (FUMTUR) E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1956/projeto_de_lei_42-2022_-_institui_a_politica_de_turismo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1956/projeto_de_lei_42-2022_-_institui_a_politica_de_turismo.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA DE TURISMO E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1958/mensagem_25.2022_-_com_projeto_de_lei_43-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1958/mensagem_25.2022_-_com_projeto_de_lei_43-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO_x000D_
 ADICIONAL SUPLEMENTAR NA LEI N. 1.154/2022 -_x000D_
 QUE ESTIMAA RECEITA E FIXA DESPESA DO_x000D_
 MUNICÍPIO DE ITAÜ DE MINAS PARA O EXERCÍCIO_x000D_
 FINANCEIRO DE 2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1965/projeto_de_lei_44-2022_-_altera_a_lei_n.o_1.178_proposta_orcamentaria.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1965/projeto_de_lei_44-2022_-_altera_a_lei_n.o_1.178_proposta_orcamentaria.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n' 1.178, de 03 de junho de_x000D_
 2022 que dispõe sobre as diretrizes para a_x000D_
 elaboração da proposta orçamentária para o_x000D_
 exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1966/projeto_de_lei_45-2022_-_concessao_subvencoesass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1966/projeto_de_lei_45-2022_-_concessao_subvencoesass.pdf</t>
   </si>
   <si>
     <t>ALTORIZA A CONCESSÃO DE SUBVENÇÕES,_x000D_
 AUXÍLIOS E CONTRIBUIÇÕES NO EXERCÍCIO_x000D_
 DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1967/projeto_de_lei_46-2022_-_estima_a_receita_e_fixa_a_despesa.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1967/projeto_de_lei_46-2022_-_estima_a_receita_e_fixa_a_despesa.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município_x000D_
 de ltaú de Minas-MG para o exercício financeiro_x000D_
 de 2023.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1968/projeto_de_lei_47-2022_-_plano_plurianual_2022_a_2025pdf.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1968/projeto_de_lei_47-2022_-_plano_plurianual_2022_a_2025pdf.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1152, de 29 de_x000D_
 novembro de 2021, que dispõe sobre o Plano_x000D_
 Plurianual para o período de 2022 a 2025.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1971/projeto_de_lei_48-2022_majoracao.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1971/projeto_de_lei_48-2022_majoracao.pdf</t>
   </si>
   <si>
     <t>- Projeto de Lei nº 48/22 - Autoriza a Majoração do limite de Abertura de Créditos Adicionais Suplementares a lei nº 1.154/2021 – que estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1978/projeto_de_lei_49-2022_criacao_compdec.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1978/projeto_de_lei_49-2022_criacao_compdec.pdf</t>
   </si>
   <si>
     <t>CRIA A COORDENADORIA MUNICIPAL DE PROTEÇÃO E DEFESA CIVIL (COMPDEC) DO MUNICIPIO DE ITAU DE MINAS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1985/projeto_de_lei_50-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1985/projeto_de_lei_50-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CREDITO_x000D_
 ADICIONAL ESPECIAL NA LEIN' 1.154/2021 -- QUE_x000D_
 ESTIMA A RECEITA E FIXA A DESPESA DO_x000D_
 MUNICÍPIO DE ITAÜ DE MINAS PARA O EXERCÍCIO_x000D_
 FINANCEIRO DE 2022 -, E DA OUTRAS_x000D_
 PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1991/projeto_de_lei_51-2022_-_alteracao_dos_anexos_l_e_iii_da_lei_mun_no40-90.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1991/projeto_de_lei_51-2022_-_alteracao_dos_anexos_l_e_iii_da_lei_mun_no40-90.pdf</t>
   </si>
   <si>
     <t>DISPOR SOBRE A ALTERAÇÃO DOS ANEXOS l E III DA_x000D_
 LEI Municipal nº40, DE 28/12/90 E SUAS ALTERA_x000D_
 ÇÕES POSTERIORES e DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1996/projeto_de_lei_52-2022_-_cred._supl._final_orcamento_22_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1996/projeto_de_lei_52-2022_-_cred._supl._final_orcamento_22_ass.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA LEI ORÇAMENTÁRIA ANUAL Nº 1.154/2021  QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2022, - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/projeto_de_lei_n_53_-_salvador_barbosa_lima_geovan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/projeto_de_lei_n_53_-_salvador_barbosa_lima_geovan.pdf</t>
   </si>
   <si>
     <t>Altera a denominação de logradouro público que menciona – (Rua Salvador Barbosa Lima)</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2007/projeto_de_lei_n_54_-_calendario_oficial_dia_municipal_dos_trabalhadores_da_educacao.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2007/projeto_de_lei_n_54_-_calendario_oficial_dia_municipal_dos_trabalhadores_da_educacao.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial do Município de Itaú de Minas o “Dia Municipal dos Trabalhadores da Educação.”</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2009/projeto_de_lei_55-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2009/projeto_de_lei_55-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MAJORAÇÃO DO LIMITE DE ABERTURA DE_x000D_
 CRÉDITOS ADICIONAIS SUPLEMENTARES NA LEI_x000D_
 ORÇAMENTÁRIA ANUAL Nº 1.154/2021 - QUE ESTIMA A_x000D_
 RECEITA E FIXA A DESPESA DO MUNICIPIO DE ITAÚ DE_x000D_
 MINAS PARA O EXERCÍCIO FINANCEIRO DE 2022, - E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2019/mensagem_n.o_033.2022_com_projeto_de_lei_56.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2019/mensagem_n.o_033.2022_com_projeto_de_lei_56.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI 56  QUE AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA LE10RÇAMENTÁRIA ANUAL NO 1.154/2021, QUE - ESTIMA A RECEITA_x000D_
 E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO_x000D_
 FINANCEIRO DE 2022, - E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2028/projeto_de_lei_-_autoriza_abrir_credito_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2028/projeto_de_lei_-_autoriza_abrir_credito_especial.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO_x000D_
 ADICIONAL ESPECIAL NA LEIN' 1.154/2021 -- QUE_x000D_
 ESTIMA A RECEITA E FIXA A DESPESA DO_x000D_
 MUNICÍPIO DE ITAÜ DE MINAS PARA O EXERCÍCIO_x000D_
 FINANCEIRO DE 2022, E DÁ OUTRAS_x000D_
 PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2029/projeto_de_lei_-_promocao_e_valorizacao_da_familia_circense.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2029/projeto_de_lei_-_promocao_e_valorizacao_da_familia_circense.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROMOÇÃO E A VALORIZAÇÃO DA FAMÍLIA CIRCENSE E INSTALAÇÃO DE CIRCO ITINERANTE NO MUNICÍPIO DE ITAÚ DE MINAS - MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2030/projeto_de_lei_-_adesao_ao_programa_simc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2030/projeto_de_lei_-_adesao_ao_programa_simc.pdf</t>
   </si>
   <si>
     <t>Autoriza a adesão do Município de ltaú de Minas ao Programa "Serviço de Inspeção Municipal Consorciado - SIMIC" a ser implantado pelo Consórcio_x000D_
 AMEG, define os procedimentos de inspeção sanitária de produtos de origem animale dá outras providências.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2031/projeto_60__credito_fundacao_e.impositiva.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2031/projeto_60__credito_fundacao_e.impositiva.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n.  60,  – que Autoriza o Poder Executivo a abrir crédito adicional especial na Lei n. 1.154/2021 - que Estima a receita e fixa a despesa do município de Itaú de Minas para o exercício financeiro de 2022, - e dá outras providências;</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2032/proj._61_-_fundacao_itau.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2032/proj._61_-_fundacao_itau.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n.  61  – que Autoriza o Poder Executivo a abrir crédito adicional especial na Lei n. 1.154/2021 - que Estima a receita e fixa a despesa do município de Itaú de Minas para o exercício financeiro de 2022, - e dá outras providências;</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2033/projeto_62_lar_sao_vicente.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2033/projeto_62_lar_sao_vicente.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n.  62/22 – que Autoriza o Poder Executivo a abrir crédito adicional especial na Lei n. 1.154/2021 - que Estima a receita e fixa a despesa do município de Itaú de Minas para o exercício financeiro de 2022, - e dá outras providências;</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2039/projeto_de_lei_63-2022_saneamento_basico.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2039/projeto_de_lei_63-2022_saneamento_basico.pdf</t>
   </si>
   <si>
     <t>INSTITUI PLANO MUNICIPAL DE SANEAMENTO BASICO - PMSB DO MUNICIPIO DE ITAU DE MINAS e dá outras providencias.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2040/projeto_de_lei_64-2022_-_programa-municipal-de-parcerias-publico-privadas-e-concessoes.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2040/projeto_de_lei_64-2022_-_programa-municipal-de-parcerias-publico-privadas-e-concessoes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Municipal de Parcerias Público-Privadas e Concessões do Município de ltaú de Minas, e dá outras providências"</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1772/projeto_resolucao_01.22_plano_carreiras.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1772/projeto_resolucao_01.22_plano_carreiras.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução nº 57, de 26/12/90 – Plano de Carreiras da Câmara Municipal de Itaú de Minas/MG dá outras providências, dispondo sobre a extinção e criação de cargos que menciona no quadro geral de servidores do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1773/projeto_de_resolucao_02.22_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1773/projeto_de_resolucao_02.22_1.pdf</t>
   </si>
   <si>
     <t>Modifica a Resolução nº 56, de 26/12/90, que Dispõe sobre a estrutura administrativa da Câmara Municipal de Itaú de Minas e dá outras providências, alterada pela Resolução n.184/00 de 29 de dezembro de 2000 e Resolução n.250, de 30 de janeiro de 2018.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1913/projeto_de_resolucao_no_03.22_-_devolucao_ao_executivo_municipal_ok.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1913/projeto_de_resolucao_no_03.22_-_devolucao_ao_executivo_municipal_ok.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal antecipar, ao Executivo Municipal, a devolução de recursos financeiros em disponibilidade no Legislativo</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1914/projeto_de_resolucao_no_04.22_-_devolucao_ao_executivo_municipal_ok_2.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1914/projeto_de_resolucao_no_04.22_-_devolucao_ao_executivo_municipal_ok_2.pdf</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1976/projeto_de_resolucao_no_05.22_-_devolucao_ao_executivo_municipal.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1976/projeto_de_resolucao_no_05.22_-_devolucao_ao_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal antecipar, ao Executivo Municipal, a devolução de recursos financeiros em disponibilidade no Legislativo.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1917/projeto_de_lei_complementar__01-2022__itbi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1917/projeto_de_lei_complementar__01-2022__itbi.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ANEXO X, DA LEI COMPLEMENTAR N. 10/1997_x000D_
 ALTERADA PELA LEI COMPLEMENTAR N. 43/2013 - QUE DISPÕE_x000D_
 SOBRE A PAUTA DE VALOR MÍNIMO PARA EFEITO DE_x000D_
 TRIBUTAÇÃO DE I.T.B.I.</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2023/projeto_de_decreto_legislativo_no_01_honra_ao_merito_sara.doc</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2023/projeto_de_decreto_legislativo_no_01_honra_ao_merito_sara.doc</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 01/22 - de Autoria de todos os vereadores, que “Concede o título de Honra ao Mérito à Sra. Sara Amélia Costa Vasconcelos</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1783/indicacao_01.22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1783/indicacao_01.22.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve apresenta ao Executivo Municipal a seguinte providência:_x000D_
  - que seja ampliado o atendimento de médico pediatra para atender diariamente as nossas crianças.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1787/indicacao_02.22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1787/indicacao_02.22.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto_x000D_
 ao Executivo Municipal, para que, na campanha de castração/2022, a Prefeitura forneça os_x000D_
 medicamentos pós-operatórios necessários para a recuperação dos animais.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>Fabiano Gomes de Lima</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1788/indicacao_03.22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1788/indicacao_03.22.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal, para que, sejam feitos os reparos necessários nas seguintes estradas rurais:_x000D_
 _ Linha dos Tebas_x000D_
 _ Linha da Leocádia_x000D_
 _ Areia Branca indo - Altair da Farmácia_x000D_
 _ Areia Branca sentido Morro do Níquel_x000D_
 _ Região Santana entre Domingos Micena e Antonieta</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1789/indicacao_04.22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1789/indicacao_04.22.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal, para que sejam feitos reparos na pavimentação das ruas do Bairro Olaria_x000D_
 até que venha o projeto de trabalho definitivo com a nova massa asfáltica.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1793/indicacao_05.22_m_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1793/indicacao_05.22_m_elena.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto_x000D_
 ao Executivo Municipal, para que, seja fechado o acesso atual da quadra de esportes deixando_x000D_
 somente um acesso devidamente coberto para a Escola Carmélia Dramis Malaguti e Creche_x000D_
 Sônia Salete.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1794/indicacao_06.22_m_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1794/indicacao_06.22_m_elena.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal, para que, sejam tomadas as seguintes providências no Bairro Sagrada_x000D_
 Família imediações da Escola Carmélia Drâmis e Creche Sonia Salete Cintra:_x000D_
 - seja estabelecida mão única de direção na Rua G;_x000D_
 - que sejam construídos 02 redutores de velocidade nas imediações da escola (um na Rua_x000D_
 G e outro na Rua Benedito Damasceno Silva).</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1797/indicacao_07_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1797/indicacao_07_1.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve indica a Mesa desta Casa, providencias junto ao Executivo Municipal e a secretaria pertinente a CRIAÇÃO DO SELO  "EMPRESA AMIGA DA CRIANÇA E DO ADOLESCENTE".</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1798/indicacao_08_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1798/indicacao_08_1.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto_x000D_
 ao Executivo Municipal, em relação à seguinte providência:_x000D_
 - que seja reavaliada a Indicação 115/21, de minha autoria, conforme segue em anexo,_x000D_
 na qual solicitamos a retomada das atividades presenciais do SCFV - Serviço de Convivência_x000D_
 e Fortalecimento de Vínculos do CRAS, com todas as medidas de prevenção ao COVID,</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1799/indicacao_09_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1799/indicacao_09_1.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto_x000D_
 ao Executivo Municipal, em relação à seguinte providência:_x000D_
 - que sejam retomadas as atividades esportivas em nosso Município à exemplo do_x000D_
 futsal.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1800/indicacao_10_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1800/indicacao_10_1.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto_x000D_
 ao Executivo Municipal, o retorno das atividades do Grupo Amigos para Sempre.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1810/indicacao_no_11.22_-_juliana.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1810/indicacao_no_11.22_-_juliana.pdf</t>
   </si>
   <si>
     <t>Implantação no Município de Itaú de Minas de uma rede de enfrentamento à violência doméstica, a partir de programas de atendimento à mulher com suporte financeiro, assistencial, psicológico, jurídico para as mulheres em situação de violência.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1813/indicacao_12_-_ponte_olaria_m._elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1813/indicacao_12_-_ponte_olaria_m._elena.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para que seja reconstruída a ponte de madeira localizada no Bairro Olaria acesso à Rua Geraldo Antonio Mendes.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1817/indicacao_no_13.22_ok__-_claudia.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1817/indicacao_no_13.22_ok__-_claudia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica ao Executivo Municipal as seguintes providências: _x000D_
 - Que seja feita uma limpeza geral, especialmente do teto, pintura e reforma nos banheiros do terminal rodoviário de nossa cidade,</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1821/indicacao_14__fabiano.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1821/indicacao_14__fabiano.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, para que seja feita a demarcação de carga/descarga na Rua Juventino Dias imediações do número 780 – de frente à Panificadora Vitória.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1823/indicacao_no_15__gratificacao_enfermagem_covid_juliana.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1823/indicacao_no_15__gratificacao_enfermagem_covid_juliana.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica ao Executivo Municipal, que seja concedida uma gratificação (bonificação) aos profissionais do Pronto Socorro, vacinação e aos servidores que atuaram no Centro de Covid, se possível à ser paga em parcela única no próximo pagamento como forma de agradecimento e reconhecimento pelos relevantes serviços prestados por estes servidores à toda população itauense nas ações de combate e enfrentamento à Covid 19 desde o início de 2020 até neste momento que se encerra os trabalhos do Covidário.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1834/indicacao_no_16.22_-_guarita_-_claudia.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1834/indicacao_no_16.22_-_guarita_-_claudia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica ao Executivo Municipal as seguintes providências: _x000D_
 -Que sejam construídas guaritas de proteção em todos os pontos de ônibus escolar.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>Geovan dos Santos, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1835/indicacao_no_17.22_-_estrada_-_geovan_e_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1835/indicacao_no_17.22_-_estrada_-_geovan_e_maria_elena.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, indicam ao Executivo Municipal as seguintes providências: _x000D_
 - Que sejam feitos reparos na estrada e nos mata-burros no Recanto do Macaúba, que fica entre o São Lucas até o passa vinte e no Córrego do Ferro que inicia onde é a casa do Sr Joaquim em diante. Região ao qual localizava o antigo pesqueiro do Naldinho.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1837/indicacao_no_18.22_-_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1837/indicacao_no_18.22_-_maria_elena.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica ao Executivo Municipal as seguintes providências: _x000D_
 - Que seja construído muros no entorno do Parque de Eventos Sebastião Calixto, e posteriormente seja permitida a concessão de exploração do muro para propagandas de empresas e produtos.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1838/indicacao_no_19.22_-_juliana.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1838/indicacao_no_19.22_-_juliana.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica ao Executivo Municipal as seguintes providências: _x000D_
 - Instalação de redutor de velocidade nas proximidades do Salão de Festas dos Vicentinos, localizado na Rua Madre Paulina, Nº500, Bairro Novo Horizonte.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1839/indicacao_no_20.22_-_claudia.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1839/indicacao_no_20.22_-_claudia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica ao Executivo Municipal as seguintes providências no Parque Odélio de Brito:_x000D_
 - As piscinas do parque estão em abandono total, muita sujeira, lixo, garrafas pet, lodo, crosta, água parada, enfim um descaso com a nossa população. _x000D_
 - Academia ao ar livre precisa de reparos e manutenção nos equipamentos; _x000D_
 - Banheiros estão sem condições de uso.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1855/indicacao_no_21.22_-geovan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1855/indicacao_no_21.22_-geovan.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal as seguintes providências:_x000D_
 - Para que seja feita uma ponte de travessia para veículos e pedestres no cruzamento da Avenida Liberdade com a Rua Joaquim de Oliveira, a exemplo do cruzamento João Kirchner com a mesma avenida.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1856/indicacao_n_22_proinf.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1856/indicacao_n_22_proinf.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, requer a seguinte providência do Executivo Municipal:_x000D_
 - que se retorne o PROINF - Programa Nacional de Tecnologia Educacional, programa de formação voltado para uso didático pedagógico das tecnologias da informação e comunicação no cotidiano escolar.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1861/indicacao_no_23_m_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1861/indicacao_no_23_m_elena.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, requer a seguinte providência do Executivo Municipal:_x000D_
 - Para criar medida de segurança que impeçam as pessoas que subirem na rampa lateral do Poliesportivo Tancredo Neves.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
     <t>ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1875/indicacao_no_24_-_roberto_revisada.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1875/indicacao_no_24_-_roberto_revisada.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer a seguinte providência do Executivo Municipal:_x000D_
 - que sejam confeccionadas e instaladas 03 escadinhas de ferro pra serem acentadas em pontos diversos dentro da parte canalizada do córrego no percurso da Avenida Liberdade.</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1876/indicacao_no_25_revisada_-_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1876/indicacao_no_25_revisada_-_maria_elena.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, requer a seguinte providência do Executivo Municipal:_x000D_
 - Para que seja realizado pelo Setor de Engenharia a demarcação de todos os bairros do município.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1878/indicacao_no_26_roberto_e_fabiano.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1878/indicacao_no_26_roberto_e_fabiano.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, requerem do Executivo Municipal, a seguinte providência:_x000D_
 - que o cargo de Chefe do Setor de Trânsito seja alçado à um nível superior (II ou III), pra melhorar a remuneração desta função tendo em vista que o servidor ocupante desta Chefia tem se destacado no exercício de suas funções.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1884/indicacao_no_27_-_davi_...pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1884/indicacao_no_27_-_davi_...pdf</t>
   </si>
   <si>
     <t>- Para que faça a implantação de redutor de velocidade (lombada, quebra mola) que seja mais adequado ao local, na Rua Dr. José Balbino, em frente a residência do Flaviano Imóveis ou em sua proximidade.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1885/indicacao_no_28_-_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1885/indicacao_no_28_-_maria_elena.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, requer a seguinte providência do Executivo Municipal:_x000D_
 - Sistema de iluminação da quadra de esportes, localizada à Rua Epaminondas Médici no Conjunto Habitacional São Lucas.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA, DAVI OLIVEIRA DE SOUSA, Fabiano Gomes de Lima</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1894/indicacao_no__29__estagiarios_engenharia.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1894/indicacao_no__29__estagiarios_engenharia.pdf</t>
   </si>
   <si>
     <t>Indica a providências em relação ao Setor de Engenharia._x000D_
 Os Vereadores que esta subscrevem apresentam à este Plenário Indicação ao Executivo solicitando urgentemente a seguinte providência:_x000D_
 - que sejam contratados estagiários para auxiliar nos trabalhos do setor de Engenharia da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1904/indicacao_no__30__rodoviaria.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1904/indicacao_no__30__rodoviaria.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, indicam ao Executivo Municipal as seguintes providências:_x000D_
 - que seja destinado vigia (especialmente para o período noturno) para o terminal rodoviário de Itaú de Minas;_x000D_
 - que seja feita uma limpeza geral na estrutura no referido local como no teto, manutenção da pintura e banheiros.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1905/indicacao_no__31_estacionamento_rua_arthur_vieira.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1905/indicacao_no__31_estacionamento_rua_arthur_vieira.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica ao Executivo Municipal a seguinte providência:_x000D_
 - que seja feito um estudo de viabilidade para que sejam implementadas melhorias no fluxo de trânsito da rua Arthur Vieira no centro da cidade, analisando a possibilidade de se criar estacionamento em 90 graus de um lado desta via pública.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1908/indicacao_no_32.22_-_juliana.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1908/indicacao_no_32.22_-_juliana.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal e à Secretaria Competente a seguinte providência: _x000D_
 Melhorias para o Projeto da Filarmônica Municipal de Itaú de Minas: retorno do incentivo financeiro, fornecimento de uniformes, lanches e adequação do local para armazenamento correto dos instrumentos musicais.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1922/indicacao_no_33.22_-_claudia_ok.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1922/indicacao_no_33.22_-_claudia_ok.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica ao Executivo Municipal, uma reforma geral na Escola Municipal Monsenhor Ernesto Caviccioli, que são as seguintes:_x000D_
 - Banheiros dos professores e servidores, sendo 01 banheiro feminino e 01 banheiro masculino; _x000D_
 - Banheiros dos alunos para adaptar as crianças especiais;_x000D_
 - Um local adequado para trocar as crianças que são especiais e que necessita de um local reservado; _x000D_
 - Aparelho de adaptação na quadra de esporte, para as crianças especiais fazerem exercícios físicos;</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1924/indicacao_no_34.22_-_maria_elena..pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1924/indicacao_no_34.22_-_maria_elena..pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica ao Executivo Municipal, a seguinte providência:_x000D_
 - Para que o CRAS faça o recadastramento das concessões de água que a prefeitura custeia através do convênio com a COPASA.</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1925/indicacao_no_35_-_roberto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1925/indicacao_no_35_-_roberto.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer a seguinte providência do Executivo Municipal:_x000D_
 - Para que faça a implantação de redutor de velocidade (lombada, quebra mola) que seja mais adequado ao local, na Rua Azaleia cruzamento coma Rua Orquídea, no Bairro Conjunto Habitacional Cohab II</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA, DAVI OLIVEIRA DE SOUSA, Fabiano Gomes de Lima, Geovan dos Santos, JULIANA MATTAR, MARIA ELENA DE OLIVEIRA FARIA, PLENÁRIO - PLEN, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1928/indicacao_no_36_-_jorge_lopes.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1928/indicacao_no_36_-_jorge_lopes.pdf</t>
   </si>
   <si>
     <t>Os vereadores abaixo assinados, indicam ao Executivo Municipal a seguinte providência:_x000D_
 - que seja dada a denominação de Jorge Lopes de Morais - Prefeito Jorge Bandeira, no trecho da Rodovia MG 050 – onde está sendo construído o novo contorno esta via pública, precisamente localizada entre os Km 369,10 e Km 372,36.</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1929/indicacao_no_37_-_geovan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1929/indicacao_no_37_-_geovan.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer a seguinte providência do Executivo Municipal:_x000D_
 - Para que seja colocada placa de sinalização de trânsito indicando “Pare”, na Rua Eni, cruzamento com a Rua Edna.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1945/indicacao_38-22_projeto_incendio_m._elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1945/indicacao_38-22_projeto_incendio_m._elena.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, requer a seguinte providência do Executivo Municipal:_x000D_
 - que seja elaborado e implementado um projeto de lei criando o Programa de prevenção de acidentes e combate ao fogo nas escolas públicas e privadas de ensino do Município de Itaú de Minas.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1973/indicacao_no_39.22_-_maria_elena..pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1973/indicacao_no_39.22_-_maria_elena..pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para que faça uma revisão geral nas bocas de lobo de águas pluviais, bueiros e reparos nas tampas que estão nas calçadas.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1975/indicacao_no_40.22_-_juliana.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1975/indicacao_no_40.22_-_juliana.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica ao Executivo Municipal junto a Associação Comercial de Itaú de Minas as seguintes providências: _x000D_
  - Que todo comércio seja orientado quanto a obrigatoriedade de se garantir a acessibilidade especialmente de cadeirantes para acesso aos seus estabelecimentos comerciais, nos moldes da Lei federal nº 10.098 de 19/12/2000 que Estabelece normas gerais e critérios básicos para a promoção da acessibilidade das pessoas portadoras de deficiência ou com mobilidade reduzida, e dá outras providências.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1977/indicacao_no_41.22_-_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1977/indicacao_no_41.22_-_maria_elena.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal no sentindo de que:_x000D_
 - seja destinada uma sala própria para utilização dos conselhos municipais com um armário gaveteiro com chave para cada conselho e uma secretária para realizar agendamentos, lançamentos de dados, e dar publicidade a todas atividades realizadas por estes.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1980/indicacao_no_42_-_roberto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1980/indicacao_no_42_-_roberto.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer a seguinte providência do Executivo Municipal:_x000D_
 - que as sobras de caixa da Câmara Municipal que houver no final do Exercício de 2022 sejam destinadas como subvenção ao Hospital Itaú de nossa cidade.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1990/indicacao_no__43_filarmonica.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1990/indicacao_no__43_filarmonica.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer as seguintes providências do Executivo Municipal:_x000D_
 - que seja retornado o pagamento da ajuda de custo mensal referente ao incentivo financeiro aos alunos da Filarmônica e da Orquestra Municipal, pela efetiva participação no curso de música, ensaios e apresentações;_x000D_
 - que sejam adquiridos novos instrumentos necessários e que seja feita a manutenção daqueles que podem ser ainda utilizados pela Filarmônica.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1995/indicacao_no_44_-_geovan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1995/indicacao_no_44_-_geovan.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer as seguintes providências do Executivo Municipal:_x000D_
 _x000D_
 - Que sejam feitos no CECOI os devidos reparos e manutenção das galerias de águas pluviais existentes e construção de galerias nos trechos que ainda não tem. _x000D_
 _x000D_
 - Manutenção das ruas do CECOI com colocação de massa asfáltica em suas vias públicas.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/indicacao_no_45_-_juliana.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/indicacao_no_45_-_juliana.pdf</t>
   </si>
   <si>
     <t>Solicitamos ao Executivo Municipal e à Secretaria correspondente, que seja analisada possibilidade de reforma e melhorias nas instalações do PSF 3 “Celestina Alves Bandeira”, localizado na avenida benedito damasceno silva, n. 278 - Bairro Sagrada Família</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2013/indicacao_no_46_usina_fabiano.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2013/indicacao_no_46_usina_fabiano.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer as seguintes providências do Executivo Municipal visando as seguintes melhorias para os funcionários públicos que trabalham na Usina de reciclagem:_x000D_
 - reforma no local onde os mesmos fazem suas refeições;_x000D_
 -- instalação de bebedouro elétrico com filtro;_x000D_
 -- destinação e implementação de um local apropriado para armazenamento de ferramentas;_x000D_
 -- aquisição de armário para organização dos vestuários de trabalho e EPIs.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2017/indicacao_no_47_m._elena_cras_madalena_rimoli.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2017/indicacao_no_47_m._elena_cras_madalena_rimoli.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 47/22_x000D_
 _x000D_
 	Exma.  Sra. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 _x000D_
 A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal no sentindo de que:_x000D_
 - Seja feito um estudo sobre a possibilidade de que o Prédio da Escola Madalena Rímoli Moragas, seja destinado para funcionamento do CRAS – Centro de Referência e Assistência Social_x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 A referida escola foi desativada por número insuficiente de alunos, e seu prédio situa-se num local estratégico para suporte às famílias de vulnerabilidade social. As instalações da escola poderia abrigar o CRAS pois são amplas, com boas salas e estrutura eficiente e bem localizadas._x000D_
 _x000D_
 Sala das Sessões, em 16 de novembro de 2022._x000D_
 _x000D_
 _x000D_
 _x000D_
 MARIA ELENA FARIA FRAGA_x000D_
 VEREADORA_x000D_
 *Assinado Digitalmente</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 48/22_x000D_
 _x000D_
 	Exma.  Sra. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 _x000D_
 A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal no sentindo de que:_x000D_
 - Seja feito um estudo sobre a possibilidade de se celebrar um convênio entre a Administração Municipal e a FIAS a fim de utilizar parte da estrutura  do Hospital Itaú como Pronto Socorro Municipal._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 Sabemos da situação financeira caótica que o Hospital Itaú vem sofrendo, sabemos também que a comunidade vem ajudando através de campanhas de arrecadação, a prefeitura vem comprando seus serviços e destinando verbas públicas, os parlamentares buscando angariar recursos, mas isso não está sendo o suficiente e não podemos deixar uma estrutura física de tal porte em desuso._x000D_
  É evidente que o Pronto Socorro Municipal precisa de melhorias e ampliação, principalmente em sua acessibilidade, maior quantidade de alojamento para os internos, acesso sigiloso para que os pacientes de urgência adentrem no recinto, possibilitando a sua identidade preservada, daí a solicitação em estudar a possibilidade de usar parte da estrutura do Hospital Itaú como Pronto Socorro, reduzindo custos para ambos._x000D_
 _x000D_
 Sala das Sessões, em 16 de novembro de 2022._x000D_
 _x000D_
 _x000D_
 _x000D_
 MARIA ELENA FARIA FRAGA_x000D_
 VEREADORA_x000D_
 *Assinado Digitalmente</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2026/indicacao_no_49_fabiano_placas.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2026/indicacao_no_49_fabiano_placas.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer providências do Executivo Municipal para que _x000D_
 sejam recolocadas as seguintes placas de sinalização no Bairro São Lucas:_x000D_
 - Placa de PARE a ser reinstalada no cruzamento da Rua Aparecido Donizete Campos _x000D_
 Amorim com a Rua 1;_x000D_
 - também reinstalada a placa no cruzamento da Rua 1 com a Rua 2 no referido Bairro.</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2027/indicacao_no_50.22_-_juliana_rev_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2027/indicacao_no_50.22_-_juliana_rev_ass.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 50/22  no sentido de que:_x000D_
 - seja feita a sinalização contendo a denominação das vias e logradouros públicos do município, e em especial nos bairros periféricos, mas pedimos também que não seja utilizada a pintura em postes como vem sendo feita ultimamente pela Administração.</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2043/indicacao_no_51_-_roberto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2043/indicacao_no_51_-_roberto.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer a seguinte providência do Executivo Municipal:_x000D_
 _x000D_
 - Para que faça a implantação de redutores de velocidade (lombada, quebra mola) que sejam mais adequados no decorrer da Rua do Corredor.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1779/requerimento_no_01.22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1779/requerimento_no_01.22.pdf</t>
   </si>
   <si>
     <t>REQUER A CONCESSÃO DE REGIME DE URGÊNCIA ESPECIAL AOS PROJETOS QUE MENCIONAM.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1782/requerimento_n._02.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1782/requerimento_n._02.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial a Projeto que menciona.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1784/requerimento_03_revisado.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1784/requerimento_03_revisado.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, requer as seguintes informações do Executivo_x000D_
 Municipal:_x000D_
 - por quais motivos não foram pagos os anuênios dos servidores municipais vencidos no_x000D_
 mês de janeiro de 2022?</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1785/requerimento_04_roberto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1785/requerimento_04_roberto.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - qual a programação do Executivo Municipal para dar aplicabilidade à Lei Federal 13.708/11_x000D_
 que estabeleceu o piso salarial dos Agentes Comunitários de Saúde (ACS) e Agentes de Combate às_x000D_
 Endemias (ACE) regulamentada pela Portaria 125/2022 de 26 de janeiro de 2022 ?_x000D_
 - Pretende-se pagar com efeito retroativo à Janeiro de 2022?</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1791/requerimento_05_-_roberto_reconvoca_roriz.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1791/requerimento_05_-_roberto_reconvoca_roriz.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer ao Plenário desta Casa de Leis a convocação do Sr._x000D_
 Eurípedes Roriz da Silva, Secretário Municipal de Obras para falar sobre os seguintes assuntos_x000D_
 nas próximas sessões ordinárias do legislativo:_x000D_
 - atividades do Setor e Engenharia; - demais assuntos relativos à gestão da Secretaria de_x000D_
 Obras no Município.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1792/requerimento_06_m._elena_olaria.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1792/requerimento_06_m._elena_olaria.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve requer do Executivo Municipal as seguintes informações:_x000D_
 - qual o planejamento da Administração acerca da regularização da estrutura do Bairro Olaria?_x000D_
 - há uma programação para ações efetivas visando dotar o referido de bairro de melhores_x000D_
 condições urbanísticas e de infra estrutura?</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1796/requerimento_07_maria_elena_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1796/requerimento_07_maria_elena_1.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, requer as seguintes informações do Executivo Municipal_x000D_
 tendo em vista que no Requerimento 86/2, de minha autoria, foi solicitado informações acerca do_x000D_
 planejamento da Administração Municipal para utilização dos recursos recebidos de indenização_x000D_
 da Vale do Rio Doce através do Estado de Minas Gerais, assim pergunto:_x000D_
 - Qual a destinação dada aos valores já recebidos da primeira parcela?_x000D_
 - Qual o planejamento da prefeitura para utilização da próxima parcela vindoura?</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1795/requerimento_08_fabiano.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1795/requerimento_08_fabiano.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - Cópias dos processos completos (toda documentação desde as solicitações, autorizações e_x000D_
 cotações de preços até pagamentos efetuados) das compras diretas feitas no período de_x000D_
 01/01/2021 a 31/12/2021 das referidas secretárias:_x000D_
  Secretaria Municipal de Obras_x000D_
  Secretaria Municipal de Serviços Urbanos_x000D_
  Secretaria Municipal de Agricultura_x000D_
  Secretária Municipal de Saúde</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1807/requerimento_09_-_urgencia_ass_ok.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1807/requerimento_09_-_urgencia_ass_ok.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial a Projetos que mencionam._x000D_
 -Projeto de Lei nº 04/22 – Autoriza a Abertura de Crédito Suplementar na Lei nº 1154/2021_x000D_
 - Projeto de Lei nº 05/22 – Autoriza a Abertura de Crédito Adicional Especial na Lei nº 1154/2021</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1816/requerimento_no__10.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1816/requerimento_no__10.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial a Projeto que menciona._x000D_
 - Projeto de Lei nº 08/22 – Dispõe sobre o pagamento do piso nacional dos profissionais do Magistério Público Municipal e dá outras providências. Também requeremos que  sejam dispensados os pareceres das competentes comissões.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1819/requerimento_no_11.22_-_urgencia_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1819/requerimento_no_11.22_-_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de urgência especial a seguinte matéria:_x000D_
 -Projeto de Lei nº 09/22 – Declara Utilidade Pública Municipal a APEIM – Associação de Pais e Estudantes de Itaú de Minas. _x000D_
 E que sejam dispensados os pareceres das competentes comissões.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1820/requerimento_no__12__fabiano.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1820/requerimento_no__12__fabiano.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer as seguintes informações da Secretaria de Obras:_x000D_
 - Cópias dos processos completos (toda documentação desde as solicitações, autorizações e cotações de preços até pagamentos efetuados) das compras diretas feitas no período de 01/01/2021 a 31/12/2021 da referida secretária:_x000D_
 •	Secretaria Municipal de Serviços Urbanos.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1826/requerimento_no__13_roberto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1826/requerimento_no__13_roberto.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer as seguintes informações da Secretaria Municipal de Saúde:_x000D_
  Relação de médicos que se afastaram de suas atividades desde o início de 2022 por motivos particulares ou por doenças;_x000D_
  Datas dos afastamentos e datas de retorno;_x000D_
  Se houve casos de substituição dos médicos afastados, relacionar substituições que foram feitas.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1827/requerimento_no__14_urgencia_proj._10.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1827/requerimento_no__14_urgencia_proj._10.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial Projeto de Lei nº 10/22 – - AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO SUPLEMENTAR NA LEI N.1.154/2021 - ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS-MG PARA O EXERCÍCIO FINANCEIRO DE 2022 - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>Fabiano Gomes de Lima, Geovan dos Santos, JULIANA MATTAR, MARIA ELENA DE OLIVEIRA FARIA, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1828/requerimento_no__15_contrato_copasa_fabiano.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1828/requerimento_no__15_contrato_copasa_fabiano.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 •	 Como está o processo licitatório para contratação dos serviços de abastecimento de água para o nosso Município tendo em vista que não há mais meios legais para renovarmos o contrato com a COPASA vencido em 2020?_x000D_
 •	Tivemos conhecimento de que o Governo do Estado de Minas Gerais está sinalizando que irá devolver o sistema de água para aqueles Municípios que estão atualmente sem contrato firmado, neste caso qual o planejamento da Administração Municipal para enfrentar esta suspensão caso esta situação se confirme e tenhamos os serviços da COPASA suspensos?</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1836/requerimento__16_revisado_urgencia_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1836/requerimento__16_revisado_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de urgência especial a seguinte matéria:_x000D_
 -Projeto de Lei nº 11/22 – Autoriza o Poder Executivo a abrir Crédito Adicional Especial na Lei nº 1.154/2021 – Que estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2022, e dá outras providências. _x000D_
 - Projeto de Lei nº 13/22 – Altera dispositivo da Lei nº 1165, de 18 de março de 2022.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1842/requerimento_no_17_-_troca_lampada_-_roberto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1842/requerimento_no_17_-_troca_lampada_-_roberto.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - Qual a participação do Estado na troca de lâmpadas por led em nossa cidade?</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1840/requerimento_no_18_-_psf_-_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1840/requerimento_no_18_-_psf_-_maria_elena.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - Qual a produção realizada por serviços odontológicos por cada PSFs, no período de 01 ano.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1845/requerimento_no_19.22_-_urgencia_especial_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1845/requerimento_no_19.22_-_urgencia_especial_1.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão de Regime de urgência especial a seguinte matéria:_x000D_
 - Projeto de Lei n º 15/22 – Dispõe sobre a proteção, identificação e controle das populações de cães e gatos e gatos e dá outras providências.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1848/requerimento_20__cesa_audiencia.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1848/requerimento_20__cesa_audiencia.pdf</t>
   </si>
   <si>
     <t>Requer reunião da Comissão de Educação, Saúde e Assistência visando a realização de Audiência Pública Municipal para tratar do tema sobre Saúde dos Animais – Cães e Gatos no Município de Itaú de Minas.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1852/requerimento_no_21_-_audiencia_publica_da_cesa_saude.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1852/requerimento_no_21_-_audiencia_publica_da_cesa_saude.pdf</t>
   </si>
   <si>
     <t>Requer reunião da Comissão de Educação, Saúde, Assistência, Cultura, Esporte, Lazer e Turismo, visando a realização de Audiência Pública Municipal para tratar do tema sobre Saúde no Município de Itaú de Minas.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1853/requerimento_no_22_-_audiencia_publica_da_cospaicmadste_audiencia_obras.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1853/requerimento_no_22_-_audiencia_publica_da_cospaicmadste_audiencia_obras.pdf</t>
   </si>
   <si>
     <t>Requer reunião da Comissão de Obras, Serviços Públicos, Agronegócio, Indústria, Comércio, Meio Ambiente e Desenvolvimento Sustentável, Trabalho e Emprego, visando a realização de Audiência Pública Municipal para tratar do tema sobre Atividades da Secretaria de Municipal de Obras.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1854/requerimento_no_23.22_-_urgencia_simples_...pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1854/requerimento_no_23.22_-_urgencia_simples_...pdf</t>
   </si>
   <si>
     <t>Requer Urgencia Simples PLO nº16/2022</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1869/requerimento_no_24.22_-_urgencia_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1869/requerimento_no_24.22_-_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial a seguinte matéria:_x000D_
 -Projeto de Lei nº 17/22 – Dispõe sobre a criação de Centro Municipal de Educação Infantil – CEMEI Professora Idê Sanjulião Pedroso Amorim e da outras providências.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1870/requerimento_no_25.22_-_urgencia_simples_..pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1870/requerimento_no_25.22_-_urgencia_simples_..pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 25/22_x000D_
 Requer a concessão de Regime de Urgência Simples ao Projeto que menciona.</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1881/requerimento_no_26_-_juliana_covid.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1881/requerimento_no_26_-_juliana_covid.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, requer as seguintes informações do Executivo Municipal: Boletim atualizado do mês de maio, e do mês de junho até a data do envio da resposta à esta solicitação, das notificações e casos positivos de Covid 19 em Itaú de Minas</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1886/requerimento_no_27_-davi_...pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1886/requerimento_no_27_-davi_...pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, requer do Executivo Municipal, através do CODEMA, as seguintes providências:_x000D_
 - Relatório de pedido de extração de árvores no município, por parte de munícipes e/ou demais órgãos da Administração Pública, nos últimos 12 meses, relatando deferimentos e indeferimentos dos pedidos e igualmente, as respectivas justificativas.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1893/requerimento_no_28.22_-_urgencia_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1893/requerimento_no_28.22_-_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requerem a concessão do regime de urgência especial à seguinte matéria:_x000D_
 -Projeto de Lei nº 25/22 - Autoriza o Poder Executivo a abrir Crédito Adicional Especial na Lei n. 1.154/2021</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1902/requerimento_no__29_davi_servidores_licenciados.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1902/requerimento_no__29_davi_servidores_licenciados.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, requer do Executivo Municipal, as seguintes informações:_x000D_
 - Relação de todos os servidores municipais licenciados do serviço público, com a devida justificativa, bem como data de saída e data de retorno.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1907/requerimento_no_30.22_-_urgencia_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1907/requerimento_no_30.22_-_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial à seguinte matéria:_x000D_
 - Projeto de Lei nº 26/22 - Autoriza o Poder Executivo a abrir Crédito Adicional Especial na Lei n. 1.154/2021 - que Estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2022, e dá outras providências (destina recursos para APAE), e requer que sejam dispensados os pareceres das competentes comissões.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1909/requerimento_no_31.22_-_urgencia_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1909/requerimento_no_31.22_-_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de urgência especial a seguinte matéria:_x000D_
 Projeto de Lei nº 18/22</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1915/requerimento_no_32.22_-_urgencia_especial_3.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1915/requerimento_no_32.22_-_urgencia_especial_3.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial aos Projetos que mencionam.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1923/requerimento_no_33.22_-_urgencia_especial_ok.....pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1923/requerimento_no_33.22_-_urgencia_especial_ok.....pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de urgência especial a seguinte matéria:_x000D_
 Projeto de Lei de Lei Complementar nº 01/22 – Modifica o anexo X, da Lei Complementar nº 10/1997 alterada pela Lei Complementar nº 43/2013 – que dispõe sobre a pauta de valor mínimo para efeito de tributação de I.T.B.I.</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1943/requerimento_no_34.22_-__urgencia_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1943/requerimento_no_34.22_-__urgencia_especial.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de urgência especial às seguintes matérias:_x000D_
 Projetos de Leis n. 20 à 24/22 que Alteram denominações de logradouros públicos que mencionam;_x000D_
 Projeto de Lei nº 37/22 – Cria o Conselho Municipal de Cultura no Município de Itaú de Minas e dá outras providências;_x000D_
 Projeto de Lei nº 38/22 – Institui o Sistema Municipal de Cultura no Município de Itaú de Minas e dá outras providências;_x000D_
 Projeto de Lei nº 39/22 – Cria o Fundo Municipal de Cultura no Município de Itaú de Minas – FMC.</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1944/requerimento_no_35.22_-_roberto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1944/requerimento_no_35.22_-_roberto.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer as seguintes informações do Executivo Municipal, quais sejam:_x000D_
 - as ajudas de custos para pagamento de aluguéis pagos aos senhores Jose Milton Pahim, Fabiano Nunes Pahim e Sra. Jane Nunes Pahim Filho, feitas em 2020 e 2021, foram avaliadas e aprovadas pelo Serviço de Assistência Social da Prefeitura?_x000D_
 - Se sim, informar o nome de quem avaliou/aprovou as referidas ajudas financeiras e quais os critérios adotados para a concessão destes benefícios.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1946/requerimento_no__36.22__fabiano.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1946/requerimento_no__36.22__fabiano.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer as seguintes informações da Prefeitura Municipal:_x000D_
 - esclarecimentos sobre a doação feita para à AGAIM (materiais inservíveis), tendo em vista que tivemos conhecimento de que o material que a referida Associação recebeu, não são os listados no projeto de lei que tramitou aqui no Legislativo, portanto se faz necessário apurar esta discrepância entre a relação do material e os efetivamente doados, bem como sabermos os motivos que causaram esta diferença.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1948/requerimento_no_37.22_-_revisado_urgencia_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1948/requerimento_no_37.22_-_revisado_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de urgência especial à seguinte matéria:_x000D_
 - PROJETO DE LEI N.40 - AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEINO 1.154/2021 -- QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÜ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2022, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1954/requerimento_no_38.22_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1954/requerimento_no_38.22_-_davi.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer as seguintes informações, quais sejam:_x000D_
 - Em que fase se encontra, a minuta de Projeto de Lei que seria elaborada pelo Setor de_x000D_
 Engenharia referente as alterações discutidas na reunião havida entre este setor, vereadores e_x000D_
 representantes de imobiliárias.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1959/requerimento_39_urgencia_plo_43-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1959/requerimento_39_urgencia_plo_43-2022.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial ao Projeto que menciona.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1970/requerimento_no_40.22_-_urgencia_especial.._1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1970/requerimento_no_40.22_-_urgencia_especial.._1.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 40/22_x000D_
 Requer a concessão de Regime de urgência especial ao Projeto que menciona a seguinte matéria:_x000D_
 - Projeto de Lei nº 48/22 - Autoriza a Majoração do limite de Abertura de Créditos Adicionais Suplementares a lei nº 1.154/2021 – que estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1972/requerimento_no_41_-_roberto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1972/requerimento_no_41_-_roberto.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - O resumo do GPS e cópia do caderno de bordo do carro de Placa QXD 3081, do dia 01 de julho de 2022.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1974/requerimento_no_42.22_-_urgencia_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1974/requerimento_no_42.22_-_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de urgência especial as seguintes matérias:_x000D_
 1) Projetos de Leis nº 30, 31, 32 e 33/22 – que Alteram denominações de logradouros públicos – (Homenagens ao Sr. Joaquim Pinto de Queiroz, Sr. Benedito Alves Amorim, Sr. Oswaldo Alves da Silva e Sr. Vitor Maximiano Costa);_x000D_
 2) Projeto de Lei nº 41/22 – Dispõe sobre a criação do Conselho Municipal de Turismo e do Fundo Municipal de Turismo (FUMTUR) e dá outras providências._x000D_
 3) Projeto de Lei nº 42/22 – Institui a Política de Turismo e dá outras providências._x000D_
 4)  Projeto de Resolução Nº 05/22 -Autoriza a Câmara Municipal antecipar, ao Executivo Municipal, a devolução de recursos financeiros em disponibilidade no Legislativo.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1981/requerimento_no__43_-_roberto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1981/requerimento_no__43_-_roberto.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer as seguintes informações do Executivo Municipal, em relação as emendas Impositivas de sua autoria qual seja - “Emenda Parlamentar Impositiva: Construção de Canil com Enfermaria para Animais” no valor de R$ 38.000,00; Realização de cirurgias em animais” no valor de R$5.000,00 e Aquisição de medicamentos para tratamento de animais” valor de R$ 5.254,54, pergunta:_x000D_
 - A Prefeitura Municipal cumpriu as referidas emendas conforme determina a Lei Orgânica?</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1982/requerimento_no_44_-_roberto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1982/requerimento_no_44_-_roberto.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer as seguintes informações do Executivo Municipal, em relação a emenda Impositiva de sua autoria qual seja, - 01.02.09- Secretaria de Educação e Esporte - “Emenda Parlamentar Impositiva: Contribuição à Associação/Fundação de alunos do Ensino Superior para custeio de Transporte Escolar fora do Município”., valor de R$ 48.000,00 pergunta:_x000D_
 - A Prefeitura Municipal cumpriu a referida emenda e efetuou o pagamento desta dotação para a APEIM conforme determina a Lei Orgânica?</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1983/requerimento_no_45_-_roberto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1983/requerimento_no_45_-_roberto.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer as seguintes informações do Executivo Municipal, em relação à emenda Parlamentar do Deputado Federal Fred Costa, nos valores de R$100.000,00 e R$50.000,00, repassadas à Prefeitura de Itaú de Minas em 2021:_x000D_
 - Onde foram aplicados os referidos recursos visto que, o deputado Fred Costa nos informou que havia entre ele o Executivo Municipal, em conversa por telefone, um compromisso de que os valores seriam aplicados para a saúde animal em nossa cidade.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1987/requerimento_no_46.22_-_urgencia_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1987/requerimento_no_46.22_-_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial ao Projeto que menciona._x000D_
 _x000D_
 A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de urgência especial a seguinte matéria:_x000D_
 Projeto de Lei nº 50/22 -Autoriza o Poder Executivo a abrir Crédito Adicional Especial na Lei nº 1.154/2021 – Que estima e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1998/requerimento_no_47.22_-_urgencia_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1998/requerimento_no_47.22_-_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial ao Projeto que menciona._x000D_
 A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de urgência especial a seguinte matéria: a) Projeto de Lei nº 52/22 - Autoriza o Poder Executivo a abrir Crédito Adicional Suplementar na Lei Orçamentária Anual nº 1.154/2021 que estima a receita e fixa a despesa do município de Itaú de Minas para o exercício financeiro de 2022, - e dá outras providências.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1999/requerimento_no_48.22_-_fabiano.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1999/requerimento_no_48.22_-_fabiano.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer as seguintes informações do Executivo Municipal a respeito da distribuição do Leite._x000D_
 - Quem é o responsável pela programação do pedido e a distribuição do Leite Municipal? _x000D_
 _ Quais são os critérios de distribuição do Leite para os Servidores Públicos? Quem tem direito?_x000D_
 _ Solicito a planilha de distribuição do Leite referente ao mês de outubro/2022 para os Servidores Públicos;_x000D_
 _ Solicito cópia do pedido de compra e da nota fiscal geral dos Leites referente ao mês de setembro e outubro/2022;_x000D_
 _ Quais são os pontos fixos de distribuição dos Leites Municipais? _x000D_
 _ Quais são os critérios de entregas de Leite a domicílio?_x000D_
 _ O Servidor Público que faz a distribuição do Leite pode fazer doação do Leite para as pessoas carentes?_x000D_
 - Solicito também a Planilha e procedimento dos Leites que sobra do dia,_x000D_
 - O que é feito?_x000D_
 - É doado, descartado ou vendido?</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2000/requerimento_no___49.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2000/requerimento_no___49.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer as seguintes informações do Executivo Municipal, em relação as Emendas Impositivas aprovadas em 2021 no qual é co-autor, feitas na Lei Orçamentária para o Exercício financeiro de 2022, pergunta:_x000D_
 - A Prefeitura Municipal cumpriu as referidas emendas impositivas conforme determina a Lei Orgânica?_x000D_
 - Se não, há um cronograma para cumprimentos das referidas emendas em 2022?</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/requerimento_no_50.22_-_fabiano.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/requerimento_no_50.22_-_fabiano.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer informações do Executivo Municipal, a respeito do Servidor Público Leandro Alves Lorena: _x000D_
 _x000D_
 - Qual é a função de contratação?_x000D_
 - O Servidor tem autorização formal para conduzir veículo oficial PM?_x000D_
 - As atividades do referido Servidor Público estão compatíveis com suas atribuições do cargo ou está em desvio de função?_x000D_
 - Solicito também listagem das horas extras pagas ao servidor e as justificativas delas (atividades executadas) de janeiro a outubro/2022.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/requerimento_no_51.22_-_fabiano.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/requerimento_no_51.22_-_fabiano.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - O que é necessário para instalações de brinquedos ambulantes na Praça Nossa Senhora das Graças, para que fiquem legalizados?_x000D_
 - Quais os critérios para instalações de padrões de energia elétrica de responsabilidade individuais dos ambulantes?</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/requerimento_no_52.22_-_urgencia_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/requerimento_no_52.22_-_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial ao Projeto que menciona._x000D_
 Senhores Vereadores:_x000D_
 A Mesa Diretora por seus membros abaixo assinados, requer a concessão de Regime de urgência especial as seguintes matérias:_x000D_
 a) Projeto de Lei nº 36/22 – Altera a denominação de logradouro público que menciona – Rua Sebastião dos Santos_x000D_
 b) Projeto de Lei nº 49/22 – Cria a Coordenadoria Municipal de Proteção e Defesa Civil (COMPDEC) e dá outras providências_x000D_
 c) Projeto de Lei nº 53/22 – Altera a denominação de logradouro público que menciona – Rua Salvador Barbosa Lima.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2011/requerimento_no__53_roberto_protetores_animais.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2011/requerimento_no__53_roberto_protetores_animais.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo subscreve, requer as seguintes informações do Executivo Municipal em relação à LEI ORDINÁRIA n.1172/22 que DISPOE SOBRE A PROTEÇAO, IDENTIFICAÇÃO E CONTROLE DAS POPULAÇOES DE CÃES E GATOS E DA OUTRAS PROVIDENCIAL:_x000D_
 - já há cadastro de protetores e cuidadores de animais descrito no art. 19 da referida Lei?_x000D_
 - já há cuidadores ou protetores cadastrados recebendo auxílio, ajuda ou qualquer outro de incentivo por parte da Prefeitura, tais como ração, medicamentos, castração, cirurgias, etc...? Em caso positivo relacionar detalhadamente.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2012/requerimento_no_54_urgencia_proj._55.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2012/requerimento_no_54_urgencia_proj._55.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão de Regime de urgência especial as seguintes matérias:_x000D_
 - Projeto de Lei 55/22 que AUTORIZA A MAJORAÇÃO DO LIMITE DE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES NA LEI ORÇAMENTÁRIA ANUAL Nº 1.154/2021 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2022, - E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 Solicitamos que sejam dispensados os pareceres da competente comissão permanente.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2035/requerimento_no__55_urgencia_proj._56.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2035/requerimento_no__55_urgencia_proj._56.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial ao Projeto que menciona._x000D_
 A Mesa Diretora por seus membros abaixo assinados, requer a concessão de Regime de urgência especial e a dispensa de pareceres da seguinte matéria: a) Projeto de Lei nº 56/22 -</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2022/requerimento_no__56_urgencia_proj_decreto_01.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2022/requerimento_no__56_urgencia_proj_decreto_01.pdf</t>
   </si>
   <si>
     <t>Requerimento n. 56 que requer a concessão de Regime de urgência especial ao Projeto de Decreto Legislativo nº 01/22 - de Autoria de todos os vereadores, que “Concede o título de Honra ao Mérito à Sra. Sara Amélia Costa Vasconcelos</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2034/requerimento_n._57_urgencia_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2034/requerimento_n._57_urgencia_ass.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº  57/22 Requer a concessão de Regime de urgência especial aos Projetos que menciona. 57, 60, 61 e 62</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2038/requerimento_no_58.22_-_urgencia_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2038/requerimento_no_58.22_-_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de urgência especial as seguintes matérias:_x000D_
 - Projeto de Lei nº 54/22 – Institui no calendário oficial do Município de Itaú de Minas o Dia Mundial dos Trabalhadores da Educação. _x000D_
      - Projeto de Lei nº 58/22 – Dispõe sobre a promoção e a valorização da família circense e instalação de circo itinerante no Município de Itaú de Minas – MG e dá outras providências. _x000D_
 - Projeto de Lei nº 59/22 – Autoriza a adesão do Município de Itaú de Minas ao Programa “Serviço de Inspeção Municipal Consorciado – SIMC” a ser implantado pelo Consórcio AMEG, define os procedimentos de inspeção sanitária de produtos de origem animal e dá outras providências.</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2042/requerimento_no_59.22_-_plo_63_urgencia_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2042/requerimento_no_59.22_-_plo_63_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial aos Projetos que mencionam._x000D_
 A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de urgência especial o Projeto de lei nº 63/22 - Institui o Plano Municipal de Saneamento Básico - PMSB do Município de Itaú De Minas e dá outras providências.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2044/requerimento_no_60.22_-_roberto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2044/requerimento_no_60.22_-_roberto.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer as seguintes informações do Executivo Municipal quais sejam:_x000D_
 - Quais são os regulamentos para uso de bicicletas motorizadas em nosso Município?_x000D_
 - Se não houver regulamento, quais as devidas providências que o Executivo pode tomar em relação as referidas bicicletas?</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>PCLJR</t>
   </si>
   <si>
     <t>PARECER CLJR</t>
   </si>
   <si>
     <t>CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1812/parecer_pec_votado_comissao_de_legislacao.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1812/parecer_pec_votado_comissao_de_legislacao.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Lei Orgânica nº 01/21 – Modifica dispositivo que menciona_x000D_
 na Lei Orgânica Municipal que trata do número de vereadores no Poder Legislativo de Itaú de_x000D_
 Minas/MG e Proposta de Emenda Lei Orgânica nº 02/21 – Modifica dispositivo que menciona na_x000D_
 Lei Orgânica Municipal que trata da fixação dos subsídios dos agentes políticos deste Município.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1849/parecer_cljrf_-_projetos_de_lei_06_e_07._2022_rel._davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1849/parecer_cljrf_-_projetos_de_lei_06_e_07._2022_rel._davi.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 06/22 – Institui no Calendário Oficial do Município de Itaú_x000D_
 de Minas o dia Municipal de combate à violência contra Mulher._x000D_
 Projeto de Lei nº 07/22 – Dispõe sobre a modificação do anexo VI, da Lei Municipal nº 40/90_x000D_
 e alterações posteriores e 450, de 29/05/2002 e dá outras providências.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1857/parecer_cljrf_-_parecer_projeto_de_lei_14_cor.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1857/parecer_cljrf_-_parecer_projeto_de_lei_14_cor.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 14/22 – Altera a denominação de logradouro público que menciona.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1858/parecer_cljr_redacao_final_ao_projeto_de_lei_no_06.22..pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1858/parecer_cljr_redacao_final_ao_projeto_de_lei_no_06.22..pdf</t>
   </si>
   <si>
     <t>PARECER REDAÇÃO FINAL PLO 06-2022.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1859/parecer_redacao_final_cljr_ao_projeto_de_lei_no_07.22_...pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1859/parecer_redacao_final_cljr_ao_projeto_de_lei_no_07.22_...pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 _x000D_
 MATÉRIA - Projeto de Lei Nº 07.22- Dispõe sobre a modificação do anexo VI, da Lei Municipal nº 40/90 e alterações e 450, de 29/05/2002 e dá outras providências.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1862/parecer_cljr_redacao_final_ao_projeto_de_lei_no_16.22_-_claudia_relatora.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1862/parecer_cljr_redacao_final_ao_projeto_de_lei_no_16.22_-_claudia_relatora.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
  Projeto de Lei nº 16/22 - Autoriza o poder Executivo a abrir Crédito Adicional Suplementar na Lei nº 1.154/2021 que Estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1880/parecer_cljrf_e_cfo_-_projeto_de_lei_no_19.22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1880/parecer_cljrf_e_cfo_-_projeto_de_lei_no_19.22.pdf</t>
   </si>
   <si>
     <t>PARECER COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO E COMISSÃO DE FINANÇAS E ORÇAMENTO. _x000D_
 MATÉRIA: Projeto de Lei n.º 19/2022 - Dispões sobre a alteração dos anexos I e III, da Lei Municipal n.º 40/90 – Plano de Carreira do Município de Itaú de Minas – Lei n.º 977/2017 e dá outras providencias.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>11822</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1903/parecer_cljr__ao_projeto_de_lei_no_18_-_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1903/parecer_cljr__ao_projeto_de_lei_no_18_-_maria_elena.pdf</t>
   </si>
   <si>
     <t>PARECER ao Projeto de Lei nº 18 – Dispõe sobre a doação de bens inservíveis no âmbito da Administração Pública Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>12022</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1896/parecer_cljrf_-_parecer_projeto_de_lei_20_-_maria_elena_ok.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1896/parecer_cljrf_-_parecer_projeto_de_lei_20_-_maria_elena_ok.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 20/22 - Altera a denominação de logradouro público que menciona.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
     <t>12122</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1897/parecer_cljrf_-_parecer_projeto_de_lei_21_-_maria_elena_ok.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1897/parecer_cljrf_-_parecer_projeto_de_lei_21_-_maria_elena_ok.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 21/22 - Altera a denominação de logradouro público que menciona.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>12222</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1898/parecer_cljrf_-_parecer_projeto_de_lei_22_-_maria_elena_ok.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1898/parecer_cljrf_-_parecer_projeto_de_lei_22_-_maria_elena_ok.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 22/22 - Altera a denominação de logradouro público que menciona.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>12322</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1899/parecer_cljrf_-_parecer_projeto_de_lei_23_-_maria_elena_ok.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1899/parecer_cljrf_-_parecer_projeto_de_lei_23_-_maria_elena_ok.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 23/22 - Altera a denominação de logradouro público que menciona.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>12422</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1900/parecer_cljrf_-_parecer_projeto_de_lei_24_-_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1900/parecer_cljrf_-_parecer_projeto_de_lei_24_-_maria_elena.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 24/22 - Altera a denominação de logradouro público que menciona.</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>13022</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1951/parecer_cljrf_-_parecer_projeto_de_lei_30_-_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1951/parecer_cljrf_-_parecer_projeto_de_lei_30_-_maria_elena.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 30/22 - Altera a denominação de logradouro público que menciona.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>13122</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/1999/1950/parecer_cljrf_-_parecer_projeto_de_lei_31_-_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/1999/1950/parecer_cljrf_-_parecer_projeto_de_lei_31_-_maria_elena.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 31/22 - Altera a denominação de logradouro público que menciona.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>13222</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1952/parecer_cljrf_-_parecer_projeto_de_lei_32_-_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1952/parecer_cljrf_-_parecer_projeto_de_lei_32_-_maria_elena.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 32/22 - Altera a denominação de logradouro público que menciona.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>13322</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1953/parecer_cljrf_-_parecer_projeto_de_lei_33_-_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1953/parecer_cljrf_-_parecer_projeto_de_lei_33_-_maria_elena.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 33/22 - Altera a denominação de logradouro público que menciona.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>13422</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1961/parecer_cljrf_-_parecer_projeto_de_lei_34_-_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1961/parecer_cljrf_-_parecer_projeto_de_lei_34_-_maria_elena.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 34/22 - Altera a denominação de logradouro público que menciona. (Sr. Braz Benicio de Souza)</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>13522</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1962/parecer_cljrf_-_parecer_projeto_de_lei_35_-_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1962/parecer_cljrf_-_parecer_projeto_de_lei_35_-_maria_elena.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 35/22 - Altera a denominação de logradouro público que menciona. (Sr. Manoel Ferreira da Silva)</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>13523</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1963/parecer_cljrf_-_parecer_projeto_de_lei_36_-_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1963/parecer_cljrf_-_parecer_projeto_de_lei_36_-_maria_elena.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 36/22 - Altera a denominação de logradouro público que menciona. (Sr. Sebastião dos Santos)</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>13622</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1964/parecer_cljrf_-_parecer_projeto_de_lei_36_-_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1964/parecer_cljrf_-_parecer_projeto_de_lei_36_-_maria_elena.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 36/22 - Altera a denominação de logradouro público que menciona.(Sr. Sebastião dos Santos)</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>14922</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1993/parecer_cljr_do_projeto_49.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1993/parecer_cljr_do_projeto_49.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – Projeto de Lei nº 49/22 – Cria a Coordenadoria Municipal de Proteção e Defesa Civil (COMPDEC) do município de Itaú de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>15122</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2016/parecer_plo_51-22-_comissao_de_legislacao_e_financas_conjunto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2016/parecer_plo_51-22-_comissao_de_legislacao_e_financas_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 COMISSÃO DE FINANÇAS E ORÇAMENTO_x000D_
 MATÉRIA - Projeto de Lei 51/2022 - DISPOR SOBRE A ALTERAÇÃO DOS ANEXOS l E III DA LEI Municipal nº40, DE 28/12/90 E SUAS ALTERAÇÕES POSTERIORES E DÁ OUTRAS PROVIDÊNCIAS. (Cargos Enfermagem)</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Proposição de Emenda</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1988/proposicao_de_emenda_impositiva_n_01_.22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1988/proposicao_de_emenda_impositiva_n_01_.22.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA IMPOSITIVA N. 01/22_x000D_
 PROJETO DE LEI N. 46/22 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS/MG PARA O EXERCÍCIO FINANCEIRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA, DAVI OLIVEIRA DE SOUSA, Geovan dos Santos, JULIANA MATTAR, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1989/proposicao_de_emenda_impositiva_02.22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1989/proposicao_de_emenda_impositiva_02.22.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA IMPOSITIVA N. 02/22_x000D_
 PROJETO DE LEI N. 46/22 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS/MG PARA O EXERCÍCIO FINANCEIRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>PCFO</t>
   </si>
   <si>
     <t>PARECER CFO</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS O ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1860/parecer_cfo_projeto_de_lei_no_16.22_-_claudia_relatora_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1860/parecer_cfo_projeto_de_lei_no_16.22_-_claudia_relatora_1.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – Projeto de Lei nº 16/22 – Autoriza o Poder Executivo a abrir crédito adicional suplementar na Lei nº 1.154/2021 – que estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1871/parecer_ao_projeto_de_lei_12.22_revisadook_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1871/parecer_ao_projeto_de_lei_12.22_revisadook_1.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – Projeto de Lei nº 12/22 – Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária do exercício 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1994/parecer_cfo_plos_n._44_454647_e_prop._emendas.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1994/parecer_cfo_plos_n._44_454647_e_prop._emendas.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 44/22 - Altera a Lei Municipal nº 1178, de 03 de junho de 2022 que dispõe sobre as diretrizes para a elaboração da proposta orçamentária para o exercício financeiro de 2023;  _x000D_
 Projeto de Lei nº 45/22 - Autoriza a concessão de subvenções, auxílios e contribuições no exercício de 2023 e dá outras providências; _x000D_
 Projeto de Lei nº 46/22 - Estima a receita e fixa a despesa do Município para o exercício de 2023 e proposições de Emendas n. 01 e 02;_x000D_
 Projeto de Lei nº 47/22 - Altera a Lei Municipal nº 1152, de 29 de novembro de 2021, que dispõe sobre o Plano Plurianual para o período de 2022 a 2025.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>12522</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1901/parecer_cfo_-_parecer_projeto_de_lei_25_-_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1901/parecer_cfo_-_parecer_projeto_de_lei_25_-_maria_elena.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 25/22 - Autoriza o Poder Executivoa abrir Crédito Adicional Suplementar na Lei nº 1.154/2021 - que estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2022, e dá outras providências</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
     <t>12822</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1926/parecer_cfo_-_parecer_projeto_de_lei_28_-_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1926/parecer_cfo_-_parecer_projeto_de_lei_28_-_maria_elena.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 28/22 – Autoriza o Executivo Municipal a abrir Crédito Adicional Suplementar na Lei nº 1.154/2021 – que estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>12922</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1927/parecer_cfo_-_parecer_projeto_de_lei_29_-_geovan...pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1927/parecer_cfo_-_parecer_projeto_de_lei_29_-_geovan...pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei nº 29/22 – Autoriza o Executivo Municipal a abrir Crédito Adicional Suplementar na Lei nº 1.154/2021 – que estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>14622</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/parecer_cfo_projeto_de_lei_46.22_-_inclusao_de_emendas_impositivas.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/parecer_cfo_projeto_de_lei_46.22_-_inclusao_de_emendas_impositivas.pdf</t>
   </si>
   <si>
     <t>PARECER CFO - MATÉRIA - Projeto de Lei nº 46 – Estima a receita e fixa a despesa do Município de Itaú de Minas/MG para o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>LOM</t>
   </si>
   <si>
     <t>Proposta de Emenda a LOM</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2024/proposta_de_emenda_a__lei_organica_no__01_e_mensagem_-_cotas_negros_concursos.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2024/proposta_de_emenda_a__lei_organica_no__01_e_mensagem_-_cotas_negros_concursos.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA À LEI ORGÂNICA Nº  01/22  que “Acrescenta dispositivo que menciona na Lei Orgânica Municipal que dispõe de reserva de cotas raciais para o ingresso de negros e negras no serviço público municipal.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>ANTEPROJETO DE LEI</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1790/anteprojeto_01.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1790/anteprojeto_01.pdf</t>
   </si>
   <si>
     <t>Cria o Programa “À Caminho do Primeiro Emprego” do Município de Itaú de_x000D_
 Minas/MG e dá outras providências.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1803/anteprojeto_02._juliana_valorizacao_cuidadores_animais_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1803/anteprojeto_02._juliana_valorizacao_cuidadores_animais_1.pdf</t>
   </si>
   <si>
     <t>“Institui o Programa de Valorização de Protetores e Cuidadores de animais soltos_x000D_
 ou abandonados no Município de Itaú de Minas/MG e dá outras providências.”</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2025/anteprojeto_de_lei__n._01_-_cotas_negros_concurso.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2025/anteprojeto_de_lei__n._01_-_cotas_negros_concurso.pdf</t>
   </si>
   <si>
     <t>ANTEPROJETO DE LEI Nº 01/22 Dispõe sobre a reserva de cotas raciais para o ingresso de negros e negras no serviço público do Município de Itaú de Minas.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
     <t>10722</t>
   </si>
   <si>
     <t>PFIN</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1873/parecer_cljr_redacao_final_ao_projeto_de_lei_no_07.22_-_claudia.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1873/parecer_cljr_redacao_final_ao_projeto_de_lei_no_07.22_-_claudia.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 Projeto de Lei nº 07/22 – Dispõe sobre a modificação do anexo VI, da Lei Municipal nº 40/90 e alterações posteriores e 450, de 29/05/2002 e dá outras providências.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>11222</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1879/parecer_cljr_redacao_final_ao_projeto_de_lei_no_12.22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1879/parecer_cljr_redacao_final_ao_projeto_de_lei_no_12.22.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL AO Projeto de Lei nº 12 - Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária do exercício de 2023 e da outras providências.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>11422</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1874/parecer_cljr_redacao_final_ao_projeto_de_lei_no_14.22_-_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1874/parecer_cljr_redacao_final_ao_projeto_de_lei_no_14.22_-_maria_elena.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
  Projeto de Lei nº 14/22 – Altera denominação de Logradouro Público que menciona.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>11722</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1872/parecer_cljr_redacao_final_ao_projeto_de_lei_no_17.22_-_davi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1872/parecer_cljr_redacao_final_ao_projeto_de_lei_no_17.22_-_davi.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 - Projeto de Lei nº 17/22  - Dispõe sobre a Criação de Centro Municipal de Educação Infantil – CEMEI Professora Idê Sanjulião Pedroso Amorim e da outras providências.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
     <t>11922</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1882/parecer_cljr_redacao_final_ao_projeto_de_lei_no_19_-_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1882/parecer_cljr_redacao_final_ao_projeto_de_lei_no_19_-_maria_elena.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 - Projeto de Lei nº 19 - Dispõe sobre a alteração dos anexos I e III, da Lei Municipal nº 40/90 – Plano de Carreiras do Município de Itaú de Minas – Lei nº 977/2017 e dá outras providências.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>1343522</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1984/parecer_cljr_redacao_final_ao_projeto_de_lei_no_34_e_35.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1984/parecer_cljr_redacao_final_ao_projeto_de_lei_no_34_e_35.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 _x000D_
 MATÉRIAS - Projeto de Lei nº 34 - Altera denominação de logradouro público que menciona – Rua Braz Benício de Souza e Projeto de Lei nº 35 - Altera denominação de logradouro público que menciona – Rua Manoel Ferreira da Silva</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>POL</t>
   </si>
   <si>
     <t>PROPOSTA ORÇAMENTÁRIA DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1931/proposta_orcamento_legislativo_2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1931/proposta_orcamento_legislativo_2023.pdf</t>
   </si>
   <si>
     <t>PROPOSTA ORÇAMENTÁRIA DO LEGISLATIVO PARA O EXERCÍCIO FINANCEIRO DE 2023</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>MENSAGEM</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1806/mensagem_2_projeto_de_lei_4_e_5_2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1806/mensagem_2_projeto_de_lei_4_e_5_2022.pdf</t>
   </si>
   <si>
     <t>- AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA LEIN'_x000D_
 1154/2021 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO_x000D_
 DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2022 - E DÁ_x000D_
 OUTRAS PROVIDENCIAS._x000D_
 AUTORIZAA ABERTURAD E CRÉDITOS UPLEMENTARN A LEI N'_x000D_
 1154/2021 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO_x000D_
 DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2022 - E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1815/mensagem_n05_po_08-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1815/mensagem_n05_po_08-2022.pdf</t>
   </si>
   <si>
     <t>Servímo-nos do presente para encaminhar a apreciação desta Egrégia_x000D_
 Casa, o Prometdoe Lei. de minha autoria, que versa sobre a seguinte matéria_x000D_
 DISPÕE SOBRE O PAGAMENTO DO PISO NACIONAL DOS PROFISSIONAIS DO MAGISTÉRIO_x000D_
 PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1824/mensagen_06_po.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1824/mensagen_06_po.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 PODER EXECUTIVO A ABRIR CRÉDITO SUPLEMENTAR NA LEINe 1.154/2021 -_x000D_
 ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS-MG PARA O EXERCÍCIO_x000D_
 FINANCEIRO DE 2022 - E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1833/mensagem_n.o_07.2022_-_projeto_de_lei_11.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1833/mensagem_n.o_07.2022_-_projeto_de_lei_11.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL_x000D_
 NA LEI NO1 .154/202-1- QUE ESTIMA A RECEITA E FIXA A DESPESA DO_x000D_
 MUNICÍPIO DE ITAÜ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2022, E_x000D_
 DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1832/mensagem_n.o_08.2022_-_projetos_de_lei_12_e_13_de_2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1832/mensagem_n.o_08.2022_-_projetos_de_lei_12_e_13_de_2022.pdf</t>
   </si>
   <si>
     <t>Servimo-nos do presente para encaminhar a apreciação desta Egrégia Casa, os Projetos de Lei. de minha autoria, que versam sobre as seguintes matérias:_x000D_
 - DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEIORÇAMENTÁRIA DO EXERCÍCIO DE 2023 E DA OUTRAS PROVIDÊNCIAS._x000D_
 - ALTERA DISPOSITIVO DA LEINQ 1165, DE 18 DE MARÇO DE 2022</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1846/mensagem_n.o_09.2022_-_com_projetos_de_lei_15.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1846/mensagem_n.o_09.2022_-_com_projetos_de_lei_15.pdf</t>
   </si>
   <si>
     <t>MENSAGEM_x000D_
 DISPOE SOBRE A PROTEÇAO, IDENTIFICAÇÃO E CONTROLE DAS PO_x000D_
 PULAÇOES DE CÃES E GATOS E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1847/mensagem_10_resposta_plo_07-22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1847/mensagem_10_resposta_plo_07-22.pdf</t>
   </si>
   <si>
     <t>Mensagem a Senhora Presidente_x000D_
 Comissão de Legislação, Justiça e Redação,_x000D_
 Referente ao PLO 07/2022_x000D_
 -</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1850/mensagem_11_plo_16-22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1850/mensagem_11_plo_16-22.pdf</t>
   </si>
   <si>
     <t>MENSAGEM N.o 1 1.2022_x000D_
 AUTORIZAO PODER EXECUTIVOA ABRIR_x000D_
 CREDITO ADICIONAL SUPLEMENTAR NA LEIN'_x000D_
 1.154/2021- QUE ESTIMA A RECEITA E FIXA A_x000D_
 DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS_x000D_
 PARA O EXERCÍCIO FINANCEIRO DE 2022, E DÁ_x000D_
 OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1863/mensagem_12_plo_17-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1863/mensagem_12_plo_17-2022.pdf</t>
   </si>
   <si>
     <t>MENSAGEM - DISPÕE SOBRE A CRIAÇÃO DE CENTRO MUNICIPAL DE EDUCAÇÃO_x000D_
 INFANTIL - CEMEIPROFESSORA IDÊ SANJULIÃO PEDROSO AMORIM_x000D_
 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1865/mensagem_13_plo_18-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1865/mensagem_13_plo_18-2022.pdf</t>
   </si>
   <si>
     <t>MENSAGEM _x000D_
 Dispõe sobre a doação de bens_x000D_
 inservíveis no âmbito da_x000D_
 administração Pública municipal e_x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1867/mensagem_14_plo_19-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1867/mensagem_14_plo_19-2022.pdf</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1910/mensagem_15_plo_26-22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1910/mensagem_15_plo_26-22.pdf</t>
   </si>
   <si>
     <t>MENSAGEM 15 PLO 26/22 - AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1.154/2021 – QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1888/mensagem_16_plo_20-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1888/mensagem_16_plo_20-2022.pdf</t>
   </si>
   <si>
     <t>MENSAGEM - AUTORIZA O PODER EXECUTlyO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA LEI Ne_x000D_
 1.154/2021 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA_x000D_
 O EXERCÍCIO FINANCEIRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1916/mensagem_17_plo_27-22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1916/mensagem_17_plo_27-22.pdf</t>
   </si>
   <si>
     <t>Servimo-nos do presente para encaminhar a apreciação desta Egrégia_x000D_
 Casa, o Projeto de Lei, de minha autoria, que versa sobre a seguinte matéria:_x000D_
 INSTITUI GRATIFICAÇÃO A SERVIDORES MUNICIPAIS E DA OUTRAS_x000D_
 P ROVIDENCIAS</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1918/mensagem_18_plcomp_01-2022_itbi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1918/mensagem_18_plcomp_01-2022_itbi.pdf</t>
   </si>
   <si>
     <t>MENSAGEM: _x000D_
 MODIFICA O ANEXO X, DA LEI COMPLEMENTAR N. 10/1997_x000D_
 ALTERADA PELA LEI COMPLEMENTAR N. 43/2013 - QUE DISPÕE_x000D_
 SOBRE A PAUTA DE VALOR MÍNIMO PARA EFEITO DE_x000D_
 TRIBUTAÇÃO DE I.T.B.I.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1921/mensagem_19_plos_28_e_29-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1921/mensagem_19_plos_28_e_29-2022.pdf</t>
   </si>
   <si>
     <t>MENSAGEM QUE ENCAMINHA PROJETOS DE LEI ORDINARIAS Nº28 E 29 DE 2022_x000D_
 AUTORIZA O PODER EXECUTIVO A ABRIR CREDITO_x000D_
 ADICIONAL ESPECIAL NA LEI N' 1.154/2021</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1942/mensagem_n.o_022.2022_plos_37_38_e_39-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1942/mensagem_n.o_022.2022_plos_37_38_e_39-2022.pdf</t>
   </si>
   <si>
     <t>MENSAGEM 22 - ENCAMINHAS OS SEGUINTES PROJETOS DE LEI:_x000D_
 _x000D_
 PLO 37/2022 - CRIA O CONSELHO MUNICIPAL DE CULTURA NO MUNICÍPIO ITAÚ DE_x000D_
 MINAS E DÁ OUTRA PROVIDÊNCIAS._x000D_
 PLO 38/2022 - INSTITUI O SISTEMA MUNICIPAL DE CULTURA NO MUNICÍPIO DE_x000D_
 ITAÜ DE MINAS E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 PLO 39/2022 - CRIA O FUNDO MUNICIPAL DE CULTURA</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1957/mensagem_n.o_24.2022_plos_41_e_42_de_2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1957/mensagem_n.o_24.2022_plos_41_e_42_de_2022.pdf</t>
   </si>
   <si>
     <t>MENSAGEM QUE ENCAMINHA PROJETOS DE LEI ORDINÁRIAS:_x000D_
 - PLO 41-2022- DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE TURISMO_x000D_
 E DO FUNDO MUNICIPAL DE TURISMO (FUMTUR) E DA OUTRAS PROVIDÊNCIAS._x000D_
 - PLO 42-2022INSTITUÍ A POLÍTICA DE TURISMO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1969/mensagem_26_plos_44_45_46_e_47-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1969/mensagem_26_plos_44_45_46_e_47-2022.pdf</t>
   </si>
   <si>
     <t>MENSAGEM 26-2022 QUE encaminha os Projetos de Lei versam sobre as seguintes_x000D_
 - Altera a Lei Municipal n.' 1178, de 03 de junho de 2022 que dispõe_x000D_
 sobre as diretrizes para a elaboração da proposta orçamentária para o_x000D_
 exercício financeiro de 2023._x000D_
 - Autoriza a concessão de subvenções, auxílios e_x000D_
 no exercício de 2023 e dá outras providências._x000D_
 contribuições_x000D_
 - Estima a receita e fixa a despesa do Município para o exercício _x000D_
 - Altera a Lei Municipal n.' 1152, de 29 de novembro de 2021, que dispõe_x000D_
 sobre o Plano Plurianual para o período de 2022 a 2025.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2037/mensagem_n.o_34.2022_plo_57-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2037/mensagem_n.o_34.2022_plo_57-2022.pdf</t>
   </si>
   <si>
     <t>MENSAGEM ENCAMINHA PROJETOS DE LEI Nºs 57, 58 E 59/2022.</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2036/mensagem_35.2022_plos_60_61_62.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2036/mensagem_35.2022_plos_60_61_62.pdf</t>
   </si>
   <si>
     <t>MENSAGEM ENCAMINHA PROJETOS DE LEI 60, 61 E 62/2022</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2041/mensagem-n.o-036.2022_plo_63_e_64_de_2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2041/mensagem-n.o-036.2022_plo_63_e_64_de_2022.pdf</t>
   </si>
   <si>
     <t>MENSAGEM ENCAMINHA PROJETOS DE LEI Nº 63 E 64 DE 2022.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1949/mensagem_23_plo_40-22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1949/mensagem_23_plo_40-22.pdf</t>
   </si>
   <si>
     <t>MENSAGEM QUE ENCAMINHA PLO Nº40/2022._x000D_
 AUTORIZA 0 PODER EXECUTIVO A ABRIR CREDITO ADICIONAL SUPLEMENTAR NA LEI N._x000D_
 1.154/2021 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAU DE MINAS_x000D_
 PARA O EXERCÍCIO FINANCEIRO DE 2022, - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1930/mensagem_proposta_orcamentaria_camara.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1930/mensagem_proposta_orcamentaria_camara.pdf</t>
   </si>
   <si>
     <t>MENSAGEM _x000D_
 Proposta orçamentária para o exercício de 2023 do Poder Legislativo Municipal foi elaborada com base no orçamento atual, acrescido de 12% referente a inflação acumulada nos últimos doze meses.</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>15422</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2008/mensagem__plo_54-22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2008/mensagem__plo_54-22.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 54-2022 - Institui no Calendário Oficial do Município de Itaú de Minas o “Dia Municipal dos Trabalhadores da Educação.”</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>15522</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2010/mensagem_15522.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2010/mensagem_15522.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 55/2022_x000D_
 AUTORIZA A MAJORAÇÃO DO LIMITE DE ABERTURA DE_x000D_
 CRÉDITOS ADICIONAIS SUPLEMENTARES NA LEI_x000D_
 ORÇAMENTÁRIA ANUAL Nº 1.154/2021 - QUE ESTIMA A_x000D_
 RECEITA E FIXA A DESPESA DO MUNICIPIO DE ITAÚ DE_x000D_
 MINAS PARA O EXERCÍCIO FINANCEIRO DE 2022, - E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>284922</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1979/mensagem_28_plo_49-22_compdec.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1979/mensagem_28_plo_49-22_compdec.pdf</t>
   </si>
   <si>
     <t>MENSASAGEM 28-2022 - CRIAÇÃO DO COMPDEC</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>295022</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1986/mensagem_29_plo_50-22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1986/mensagem_29_plo_50-22.pdf</t>
   </si>
   <si>
     <t>MENSAGEM  PLO 50-2022_x000D_
 AUTORIZA O PODER EXECUTIVO A ABRIR CREDITO_x000D_
 ADICIONAL ESPECIAL NA LEIN' 1.154/2021 -- QUE_x000D_
 ESTIMA A RECEITA E FIXA A DESPESA DO_x000D_
 MUNICÍPIO DE ITAÜ DE MINAS PARA O EXERCÍCIO_x000D_
 FINANCEIRO DE 2022 -, E DA OUTRAS_x000D_
 PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>305122</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1992/mensagem_30_plo_51-22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1992/mensagem_30_plo_51-22.pdf</t>
   </si>
   <si>
     <t>MENSAGEM ENCAMINHA PLO Nº51/2022</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>315222</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1997/mensagem_n.o_31.2022_plo_52-2022_-_credito_supl._orc._2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1997/mensagem_n.o_31.2022_plo_52-2022_-_credito_supl._orc._2022.pdf</t>
   </si>
   <si>
     <t>MENSAGEM PLO Nº52/2022_x000D_
 AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA LEI ORÇAMENTÁRIA ANUAL Nº 1.154/2021  QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2022, - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
     <t>DIVER</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>JURIDICO LEGISLATIVO - JL</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1877/parecer_juridico_ao_projeto_de_lei_19-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1877/parecer_juridico_ao_projeto_de_lei_19-2022.pdf</t>
   </si>
   <si>
     <t>PARECER JURIDICO AO PLO Nº19/2022</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>10122</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1960/voto_do_vereador_davi_-_presidente_em_exercicio_do_conselho_de_etica_-_para_decisao_pelo_conselho_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1960/voto_do_vereador_davi_-_presidente_em_exercicio_do_conselho_de_etica_-_para_decisao_pelo_conselho_1.pdf</t>
   </si>
   <si>
     <t>DECISÃO COM PARECER JURIDICO.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>PADM</t>
   </si>
   <si>
     <t>PROCEDIMENTO ADMINISTRATIVO</t>
   </si>
   <si>
     <t>CEDP - CONSELHO DE ETICA E DECORO PARLAMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1895/pad_01-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1895/pad_01-2022.pdf</t>
   </si>
   <si>
     <t>PROCESSO ADMINISTRATIVO DISCIPLINAR Nº01/2022 que tem por objeto "Apuração de possivel quebra de decoro parlamentar por parte do Vereador Roberto Gonçalves Vieira quando da tramitação do Projeto de Lei nº39/2021 que tratou de doação de lotes no Distrito Industrial".</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1911/pad_02-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1911/pad_02-2022.pdf</t>
   </si>
   <si>
     <t>Apuração sobre suposta quebra de decoro parlamentar pelo vereador Roberto Gonçalves Vieira, em virtude da apresentação das conversas/diálogos particulares desenvolvidos em redes sociais do vereador Davi Sousa nos autos do Requerimento ADM. nº03/2022</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2014/pad_03-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2014/pad_03-2022.pdf</t>
   </si>
   <si>
     <t>PROCESSO DISCIPLINAR 03/22, que tem por objeto: “Apuração quanto a Nota de Repúdio apresentada por todos os servidores narrando supostas ofensas feitas pelo Vereador Roberto Gonçalves Vieira”</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2015/pad_04-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2015/pad_04-2022.pdf</t>
   </si>
   <si>
     <t>PROCESSO DISCIPLINAR 04/22, que tem por objeto: “Apuração quanto a Nota de Repúdio apresentada pelos servidores do Setor Jurídico da Câmara Municipal narrando supostas ofensas feitas pelo Vereador Roberto Gonçalves Vieira”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3642,67 +3642,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1774/projeto_de_lei_01.22_fixa_vencimentos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1776/revisao_geral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1777/enferemeiro.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1804/projeto_de_lei_a.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1805/projeto_de_lei_b.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1809/projeto_de_lei_no_06.22_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1811/mensagem_n.o_03.2022_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1814/projeto_de_lei_piso_salarial_magisterio.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1818/projeto_de_lei_n_9-22_utilidade_publica_apeim.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1825/projeto_de_lei_ordinaria_10-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1829/projeto_de_lei_11.22.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1830/projeto_de_lei_12-2022_ldo_2023_itau.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1831/plo_13-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1843/projeto_de_lei_n_14_-_denominacao_rua_belinha.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1844/projeto_de_lei_15-2022_animais.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1851/projeto_de_lei_16-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1864/plo_17-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1866/plo_18-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1868/plo_19-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1889/projeto_de_lei_20.22_log_geraldo_francisco.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1890/projeto_de_lei_21.22_log_benedita_lemos_martins.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1891/projeto_de_lei_n_22_-_rua_ezequias_francisco.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1892/projeto_de_lei_n_23_-_rua_dalva_goretti.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1887/projeto_de_lei_n_24_ruas_azarias_e_conceicao_1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1883/projeto_de_lei_25-2022_credito_espe.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1906/projeto_de_leiassinado.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1912/projeto_e_mensagem.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1919/projeto_de_lei_28-2022_apae.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1920/projeto_de_lei_29-2022_saude.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1932/projeto_de_lei_n._30-2022_-_joaquim_pinto_de_queiroz_-_davi.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1933/projeto_de_lei_n._31-2022_-_benedito_alves_amorim.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1934/projeto_de_lei_n._32-2022_-_oswaldo_alves_da_silva.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1935/projeto_de_lei_n._33-2022_-vitor_maximiano_costa.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1936/projeto_de_lei_n._34-2022_-braz_benicio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1937/projeto_de_lei_n._35-2022_-_manoel_ferreira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1938/projeto_de_lei_n._36-2022_-_sebastiao_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1939/projeto_de_lei_n._37-2022_-_cria_o_conselho_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1940/projeto_de_lei_n._38-2022_-_institui_o_sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1941/projeto_de_lei_n._39-2022_-_cria_o_fundo_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1947/projeto_de_lei_no_40-2022_e_mensagem_n.o_23.2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1955/projeto_de_lei_41-2022_-_criacao_do_conselho_municipal_de_turismo_e_fundo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1956/projeto_de_lei_42-2022_-_institui_a_politica_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1958/mensagem_25.2022_-_com_projeto_de_lei_43-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1965/projeto_de_lei_44-2022_-_altera_a_lei_n.o_1.178_proposta_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1966/projeto_de_lei_45-2022_-_concessao_subvencoesass.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1967/projeto_de_lei_46-2022_-_estima_a_receita_e_fixa_a_despesa.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1968/projeto_de_lei_47-2022_-_plano_plurianual_2022_a_2025pdf.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1971/projeto_de_lei_48-2022_majoracao.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1978/projeto_de_lei_49-2022_criacao_compdec.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1985/projeto_de_lei_50-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1991/projeto_de_lei_51-2022_-_alteracao_dos_anexos_l_e_iii_da_lei_mun_no40-90.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1996/projeto_de_lei_52-2022_-_cred._supl._final_orcamento_22_ass.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/projeto_de_lei_n_53_-_salvador_barbosa_lima_geovan.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2007/projeto_de_lei_n_54_-_calendario_oficial_dia_municipal_dos_trabalhadores_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2009/projeto_de_lei_55-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2019/mensagem_n.o_033.2022_com_projeto_de_lei_56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2028/projeto_de_lei_-_autoriza_abrir_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2029/projeto_de_lei_-_promocao_e_valorizacao_da_familia_circense.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2030/projeto_de_lei_-_adesao_ao_programa_simc.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2031/projeto_60__credito_fundacao_e.impositiva.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2032/proj._61_-_fundacao_itau.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2033/projeto_62_lar_sao_vicente.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2039/projeto_de_lei_63-2022_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2040/projeto_de_lei_64-2022_-_programa-municipal-de-parcerias-publico-privadas-e-concessoes.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1772/projeto_resolucao_01.22_plano_carreiras.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1773/projeto_de_resolucao_02.22_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1913/projeto_de_resolucao_no_03.22_-_devolucao_ao_executivo_municipal_ok.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1914/projeto_de_resolucao_no_04.22_-_devolucao_ao_executivo_municipal_ok_2.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1976/projeto_de_resolucao_no_05.22_-_devolucao_ao_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1917/projeto_de_lei_complementar__01-2022__itbi.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2023/projeto_de_decreto_legislativo_no_01_honra_ao_merito_sara.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1783/indicacao_01.22.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1787/indicacao_02.22.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1788/indicacao_03.22.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1789/indicacao_04.22.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1793/indicacao_05.22_m_elena.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1794/indicacao_06.22_m_elena.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1797/indicacao_07_1.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1798/indicacao_08_1.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1799/indicacao_09_1.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1800/indicacao_10_1.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1810/indicacao_no_11.22_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1813/indicacao_12_-_ponte_olaria_m._elena.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1817/indicacao_no_13.22_ok__-_claudia.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1821/indicacao_14__fabiano.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1823/indicacao_no_15__gratificacao_enfermagem_covid_juliana.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1834/indicacao_no_16.22_-_guarita_-_claudia.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1835/indicacao_no_17.22_-_estrada_-_geovan_e_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1837/indicacao_no_18.22_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1838/indicacao_no_19.22_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1839/indicacao_no_20.22_-_claudia.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1855/indicacao_no_21.22_-geovan.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1856/indicacao_n_22_proinf.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1861/indicacao_no_23_m_elena.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1875/indicacao_no_24_-_roberto_revisada.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1876/indicacao_no_25_revisada_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1878/indicacao_no_26_roberto_e_fabiano.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1884/indicacao_no_27_-_davi_...pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1885/indicacao_no_28_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1894/indicacao_no__29__estagiarios_engenharia.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1904/indicacao_no__30__rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1905/indicacao_no__31_estacionamento_rua_arthur_vieira.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1908/indicacao_no_32.22_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1922/indicacao_no_33.22_-_claudia_ok.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1924/indicacao_no_34.22_-_maria_elena..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1925/indicacao_no_35_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1928/indicacao_no_36_-_jorge_lopes.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1929/indicacao_no_37_-_geovan.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1945/indicacao_38-22_projeto_incendio_m._elena.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1973/indicacao_no_39.22_-_maria_elena..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1975/indicacao_no_40.22_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1977/indicacao_no_41.22_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1980/indicacao_no_42_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1990/indicacao_no__43_filarmonica.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1995/indicacao_no_44_-_geovan.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/indicacao_no_45_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2013/indicacao_no_46_usina_fabiano.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2017/indicacao_no_47_m._elena_cras_madalena_rimoli.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2026/indicacao_no_49_fabiano_placas.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2027/indicacao_no_50.22_-_juliana_rev_ass.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2043/indicacao_no_51_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1779/requerimento_no_01.22.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1782/requerimento_n._02.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1784/requerimento_03_revisado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1785/requerimento_04_roberto.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1791/requerimento_05_-_roberto_reconvoca_roriz.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1792/requerimento_06_m._elena_olaria.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1796/requerimento_07_maria_elena_1.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1795/requerimento_08_fabiano.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1807/requerimento_09_-_urgencia_ass_ok.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1816/requerimento_no__10.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1819/requerimento_no_11.22_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1820/requerimento_no__12__fabiano.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1826/requerimento_no__13_roberto.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1827/requerimento_no__14_urgencia_proj._10.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1828/requerimento_no__15_contrato_copasa_fabiano.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1836/requerimento__16_revisado_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1842/requerimento_no_17_-_troca_lampada_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1840/requerimento_no_18_-_psf_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1845/requerimento_no_19.22_-_urgencia_especial_1.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1848/requerimento_20__cesa_audiencia.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1852/requerimento_no_21_-_audiencia_publica_da_cesa_saude.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1853/requerimento_no_22_-_audiencia_publica_da_cospaicmadste_audiencia_obras.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1854/requerimento_no_23.22_-_urgencia_simples_...pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1869/requerimento_no_24.22_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1870/requerimento_no_25.22_-_urgencia_simples_..pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1881/requerimento_no_26_-_juliana_covid.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1886/requerimento_no_27_-davi_...pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1893/requerimento_no_28.22_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1902/requerimento_no__29_davi_servidores_licenciados.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1907/requerimento_no_30.22_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1909/requerimento_no_31.22_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1915/requerimento_no_32.22_-_urgencia_especial_3.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1923/requerimento_no_33.22_-_urgencia_especial_ok.....pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1943/requerimento_no_34.22_-__urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1944/requerimento_no_35.22_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1946/requerimento_no__36.22__fabiano.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1948/requerimento_no_37.22_-_revisado_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1954/requerimento_no_38.22_-_davi.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1959/requerimento_39_urgencia_plo_43-2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1970/requerimento_no_40.22_-_urgencia_especial.._1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1972/requerimento_no_41_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1974/requerimento_no_42.22_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1981/requerimento_no__43_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1982/requerimento_no_44_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1983/requerimento_no_45_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1987/requerimento_no_46.22_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1998/requerimento_no_47.22_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1999/requerimento_no_48.22_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2000/requerimento_no___49.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/requerimento_no_50.22_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/requerimento_no_51.22_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/requerimento_no_52.22_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2011/requerimento_no__53_roberto_protetores_animais.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2012/requerimento_no_54_urgencia_proj._55.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2035/requerimento_no__55_urgencia_proj._56.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2022/requerimento_no__56_urgencia_proj_decreto_01.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2034/requerimento_n._57_urgencia_ass.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2038/requerimento_no_58.22_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2042/requerimento_no_59.22_-_plo_63_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2044/requerimento_no_60.22_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1812/parecer_pec_votado_comissao_de_legislacao.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1849/parecer_cljrf_-_projetos_de_lei_06_e_07._2022_rel._davi.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1857/parecer_cljrf_-_parecer_projeto_de_lei_14_cor.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1858/parecer_cljr_redacao_final_ao_projeto_de_lei_no_06.22..pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1859/parecer_redacao_final_cljr_ao_projeto_de_lei_no_07.22_...pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1862/parecer_cljr_redacao_final_ao_projeto_de_lei_no_16.22_-_claudia_relatora.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1880/parecer_cljrf_e_cfo_-_projeto_de_lei_no_19.22.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1903/parecer_cljr__ao_projeto_de_lei_no_18_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1896/parecer_cljrf_-_parecer_projeto_de_lei_20_-_maria_elena_ok.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1897/parecer_cljrf_-_parecer_projeto_de_lei_21_-_maria_elena_ok.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1898/parecer_cljrf_-_parecer_projeto_de_lei_22_-_maria_elena_ok.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1899/parecer_cljrf_-_parecer_projeto_de_lei_23_-_maria_elena_ok.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1900/parecer_cljrf_-_parecer_projeto_de_lei_24_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1951/parecer_cljrf_-_parecer_projeto_de_lei_30_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/1999/1950/parecer_cljrf_-_parecer_projeto_de_lei_31_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1952/parecer_cljrf_-_parecer_projeto_de_lei_32_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1953/parecer_cljrf_-_parecer_projeto_de_lei_33_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1961/parecer_cljrf_-_parecer_projeto_de_lei_34_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1962/parecer_cljrf_-_parecer_projeto_de_lei_35_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1963/parecer_cljrf_-_parecer_projeto_de_lei_36_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1964/parecer_cljrf_-_parecer_projeto_de_lei_36_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1993/parecer_cljr_do_projeto_49.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2016/parecer_plo_51-22-_comissao_de_legislacao_e_financas_conjunto.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1988/proposicao_de_emenda_impositiva_n_01_.22.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1989/proposicao_de_emenda_impositiva_02.22.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1860/parecer_cfo_projeto_de_lei_no_16.22_-_claudia_relatora_1.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1871/parecer_ao_projeto_de_lei_12.22_revisadook_1.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1994/parecer_cfo_plos_n._44_454647_e_prop._emendas.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1901/parecer_cfo_-_parecer_projeto_de_lei_25_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1926/parecer_cfo_-_parecer_projeto_de_lei_28_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1927/parecer_cfo_-_parecer_projeto_de_lei_29_-_geovan...pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/parecer_cfo_projeto_de_lei_46.22_-_inclusao_de_emendas_impositivas.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2024/proposta_de_emenda_a__lei_organica_no__01_e_mensagem_-_cotas_negros_concursos.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1790/anteprojeto_01.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1803/anteprojeto_02._juliana_valorizacao_cuidadores_animais_1.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2025/anteprojeto_de_lei__n._01_-_cotas_negros_concurso.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1873/parecer_cljr_redacao_final_ao_projeto_de_lei_no_07.22_-_claudia.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1879/parecer_cljr_redacao_final_ao_projeto_de_lei_no_12.22.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1874/parecer_cljr_redacao_final_ao_projeto_de_lei_no_14.22_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1872/parecer_cljr_redacao_final_ao_projeto_de_lei_no_17.22_-_davi.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1882/parecer_cljr_redacao_final_ao_projeto_de_lei_no_19_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1984/parecer_cljr_redacao_final_ao_projeto_de_lei_no_34_e_35.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1931/proposta_orcamento_legislativo_2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1806/mensagem_2_projeto_de_lei_4_e_5_2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1815/mensagem_n05_po_08-2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1824/mensagen_06_po.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1833/mensagem_n.o_07.2022_-_projeto_de_lei_11.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1832/mensagem_n.o_08.2022_-_projetos_de_lei_12_e_13_de_2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1846/mensagem_n.o_09.2022_-_com_projetos_de_lei_15.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1847/mensagem_10_resposta_plo_07-22.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1850/mensagem_11_plo_16-22.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1863/mensagem_12_plo_17-2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1865/mensagem_13_plo_18-2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1867/mensagem_14_plo_19-2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1910/mensagem_15_plo_26-22.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1888/mensagem_16_plo_20-2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1916/mensagem_17_plo_27-22.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1918/mensagem_18_plcomp_01-2022_itbi.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1921/mensagem_19_plos_28_e_29-2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1942/mensagem_n.o_022.2022_plos_37_38_e_39-2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1957/mensagem_n.o_24.2022_plos_41_e_42_de_2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1969/mensagem_26_plos_44_45_46_e_47-2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2037/mensagem_n.o_34.2022_plo_57-2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2036/mensagem_35.2022_plos_60_61_62.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2041/mensagem-n.o-036.2022_plo_63_e_64_de_2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1949/mensagem_23_plo_40-22.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1930/mensagem_proposta_orcamentaria_camara.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2008/mensagem__plo_54-22.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2010/mensagem_15522.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1979/mensagem_28_plo_49-22_compdec.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1986/mensagem_29_plo_50-22.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1992/mensagem_30_plo_51-22.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1997/mensagem_n.o_31.2022_plo_52-2022_-_credito_supl._orc._2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1877/parecer_juridico_ao_projeto_de_lei_19-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1960/voto_do_vereador_davi_-_presidente_em_exercicio_do_conselho_de_etica_-_para_decisao_pelo_conselho_1.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1895/pad_01-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1911/pad_02-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2014/pad_03-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2015/pad_04-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1774/projeto_de_lei_01.22_fixa_vencimentos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1776/revisao_geral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1777/enferemeiro.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1804/projeto_de_lei_a.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1805/projeto_de_lei_b.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1809/projeto_de_lei_no_06.22_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1811/mensagem_n.o_03.2022_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1814/projeto_de_lei_piso_salarial_magisterio.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1818/projeto_de_lei_n_9-22_utilidade_publica_apeim.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1825/projeto_de_lei_ordinaria_10-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1829/projeto_de_lei_11.22.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1830/projeto_de_lei_12-2022_ldo_2023_itau.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1831/plo_13-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1843/projeto_de_lei_n_14_-_denominacao_rua_belinha.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1844/projeto_de_lei_15-2022_animais.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1851/projeto_de_lei_16-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1864/plo_17-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1866/plo_18-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1868/plo_19-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1889/projeto_de_lei_20.22_log_geraldo_francisco.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1890/projeto_de_lei_21.22_log_benedita_lemos_martins.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1891/projeto_de_lei_n_22_-_rua_ezequias_francisco.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1892/projeto_de_lei_n_23_-_rua_dalva_goretti.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1887/projeto_de_lei_n_24_ruas_azarias_e_conceicao_1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1883/projeto_de_lei_25-2022_credito_espe.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1906/projeto_de_leiassinado.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1912/projeto_e_mensagem.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1919/projeto_de_lei_28-2022_apae.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1920/projeto_de_lei_29-2022_saude.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1932/projeto_de_lei_n._30-2022_-_joaquim_pinto_de_queiroz_-_davi.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1933/projeto_de_lei_n._31-2022_-_benedito_alves_amorim.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1934/projeto_de_lei_n._32-2022_-_oswaldo_alves_da_silva.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1935/projeto_de_lei_n._33-2022_-vitor_maximiano_costa.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1936/projeto_de_lei_n._34-2022_-braz_benicio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1937/projeto_de_lei_n._35-2022_-_manoel_ferreira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1938/projeto_de_lei_n._36-2022_-_sebastiao_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1939/projeto_de_lei_n._37-2022_-_cria_o_conselho_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1940/projeto_de_lei_n._38-2022_-_institui_o_sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1941/projeto_de_lei_n._39-2022_-_cria_o_fundo_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1947/projeto_de_lei_no_40-2022_e_mensagem_n.o_23.2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1955/projeto_de_lei_41-2022_-_criacao_do_conselho_municipal_de_turismo_e_fundo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1956/projeto_de_lei_42-2022_-_institui_a_politica_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1958/mensagem_25.2022_-_com_projeto_de_lei_43-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1965/projeto_de_lei_44-2022_-_altera_a_lei_n.o_1.178_proposta_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1966/projeto_de_lei_45-2022_-_concessao_subvencoesass.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1967/projeto_de_lei_46-2022_-_estima_a_receita_e_fixa_a_despesa.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1968/projeto_de_lei_47-2022_-_plano_plurianual_2022_a_2025pdf.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1971/projeto_de_lei_48-2022_majoracao.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1978/projeto_de_lei_49-2022_criacao_compdec.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1985/projeto_de_lei_50-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1991/projeto_de_lei_51-2022_-_alteracao_dos_anexos_l_e_iii_da_lei_mun_no40-90.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1996/projeto_de_lei_52-2022_-_cred._supl._final_orcamento_22_ass.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/projeto_de_lei_n_53_-_salvador_barbosa_lima_geovan.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2007/projeto_de_lei_n_54_-_calendario_oficial_dia_municipal_dos_trabalhadores_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2009/projeto_de_lei_55-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2019/mensagem_n.o_033.2022_com_projeto_de_lei_56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2028/projeto_de_lei_-_autoriza_abrir_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2029/projeto_de_lei_-_promocao_e_valorizacao_da_familia_circense.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2030/projeto_de_lei_-_adesao_ao_programa_simc.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2031/projeto_60__credito_fundacao_e.impositiva.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2032/proj._61_-_fundacao_itau.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2033/projeto_62_lar_sao_vicente.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2039/projeto_de_lei_63-2022_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2040/projeto_de_lei_64-2022_-_programa-municipal-de-parcerias-publico-privadas-e-concessoes.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1772/projeto_resolucao_01.22_plano_carreiras.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1773/projeto_de_resolucao_02.22_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1913/projeto_de_resolucao_no_03.22_-_devolucao_ao_executivo_municipal_ok.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1914/projeto_de_resolucao_no_04.22_-_devolucao_ao_executivo_municipal_ok_2.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1976/projeto_de_resolucao_no_05.22_-_devolucao_ao_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1917/projeto_de_lei_complementar__01-2022__itbi.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2023/projeto_de_decreto_legislativo_no_01_honra_ao_merito_sara.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1783/indicacao_01.22.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1787/indicacao_02.22.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1788/indicacao_03.22.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1789/indicacao_04.22.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1793/indicacao_05.22_m_elena.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1794/indicacao_06.22_m_elena.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1797/indicacao_07_1.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1798/indicacao_08_1.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1799/indicacao_09_1.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1800/indicacao_10_1.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1810/indicacao_no_11.22_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1813/indicacao_12_-_ponte_olaria_m._elena.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1817/indicacao_no_13.22_ok__-_claudia.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1821/indicacao_14__fabiano.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1823/indicacao_no_15__gratificacao_enfermagem_covid_juliana.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1834/indicacao_no_16.22_-_guarita_-_claudia.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1835/indicacao_no_17.22_-_estrada_-_geovan_e_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1837/indicacao_no_18.22_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1838/indicacao_no_19.22_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1839/indicacao_no_20.22_-_claudia.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1855/indicacao_no_21.22_-geovan.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1856/indicacao_n_22_proinf.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1861/indicacao_no_23_m_elena.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1875/indicacao_no_24_-_roberto_revisada.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1876/indicacao_no_25_revisada_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1878/indicacao_no_26_roberto_e_fabiano.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1884/indicacao_no_27_-_davi_...pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1885/indicacao_no_28_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1894/indicacao_no__29__estagiarios_engenharia.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1904/indicacao_no__30__rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1905/indicacao_no__31_estacionamento_rua_arthur_vieira.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1908/indicacao_no_32.22_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1922/indicacao_no_33.22_-_claudia_ok.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1924/indicacao_no_34.22_-_maria_elena..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1925/indicacao_no_35_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1928/indicacao_no_36_-_jorge_lopes.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1929/indicacao_no_37_-_geovan.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1945/indicacao_38-22_projeto_incendio_m._elena.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1973/indicacao_no_39.22_-_maria_elena..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1975/indicacao_no_40.22_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1977/indicacao_no_41.22_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1980/indicacao_no_42_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1990/indicacao_no__43_filarmonica.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1995/indicacao_no_44_-_geovan.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/indicacao_no_45_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2013/indicacao_no_46_usina_fabiano.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2017/indicacao_no_47_m._elena_cras_madalena_rimoli.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2026/indicacao_no_49_fabiano_placas.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2027/indicacao_no_50.22_-_juliana_rev_ass.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2043/indicacao_no_51_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1779/requerimento_no_01.22.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1782/requerimento_n._02.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1784/requerimento_03_revisado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1785/requerimento_04_roberto.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1791/requerimento_05_-_roberto_reconvoca_roriz.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1792/requerimento_06_m._elena_olaria.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1796/requerimento_07_maria_elena_1.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1795/requerimento_08_fabiano.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1807/requerimento_09_-_urgencia_ass_ok.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1816/requerimento_no__10.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1819/requerimento_no_11.22_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1820/requerimento_no__12__fabiano.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1826/requerimento_no__13_roberto.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1827/requerimento_no__14_urgencia_proj._10.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1828/requerimento_no__15_contrato_copasa_fabiano.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1836/requerimento__16_revisado_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1842/requerimento_no_17_-_troca_lampada_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1840/requerimento_no_18_-_psf_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1845/requerimento_no_19.22_-_urgencia_especial_1.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1848/requerimento_20__cesa_audiencia.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1852/requerimento_no_21_-_audiencia_publica_da_cesa_saude.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1853/requerimento_no_22_-_audiencia_publica_da_cospaicmadste_audiencia_obras.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1854/requerimento_no_23.22_-_urgencia_simples_...pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1869/requerimento_no_24.22_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1870/requerimento_no_25.22_-_urgencia_simples_..pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1881/requerimento_no_26_-_juliana_covid.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1886/requerimento_no_27_-davi_...pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1893/requerimento_no_28.22_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1902/requerimento_no__29_davi_servidores_licenciados.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1907/requerimento_no_30.22_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1909/requerimento_no_31.22_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1915/requerimento_no_32.22_-_urgencia_especial_3.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1923/requerimento_no_33.22_-_urgencia_especial_ok.....pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1943/requerimento_no_34.22_-__urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1944/requerimento_no_35.22_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1946/requerimento_no__36.22__fabiano.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1948/requerimento_no_37.22_-_revisado_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1954/requerimento_no_38.22_-_davi.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1959/requerimento_39_urgencia_plo_43-2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1970/requerimento_no_40.22_-_urgencia_especial.._1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1972/requerimento_no_41_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1974/requerimento_no_42.22_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1981/requerimento_no__43_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1982/requerimento_no_44_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1983/requerimento_no_45_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1987/requerimento_no_46.22_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1998/requerimento_no_47.22_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1999/requerimento_no_48.22_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2000/requerimento_no___49.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/requerimento_no_50.22_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/requerimento_no_51.22_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/requerimento_no_52.22_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2011/requerimento_no__53_roberto_protetores_animais.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2012/requerimento_no_54_urgencia_proj._55.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2035/requerimento_no__55_urgencia_proj._56.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2022/requerimento_no__56_urgencia_proj_decreto_01.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2034/requerimento_n._57_urgencia_ass.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2038/requerimento_no_58.22_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2042/requerimento_no_59.22_-_plo_63_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2044/requerimento_no_60.22_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1812/parecer_pec_votado_comissao_de_legislacao.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1849/parecer_cljrf_-_projetos_de_lei_06_e_07._2022_rel._davi.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1857/parecer_cljrf_-_parecer_projeto_de_lei_14_cor.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1858/parecer_cljr_redacao_final_ao_projeto_de_lei_no_06.22..pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1859/parecer_redacao_final_cljr_ao_projeto_de_lei_no_07.22_...pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1862/parecer_cljr_redacao_final_ao_projeto_de_lei_no_16.22_-_claudia_relatora.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1880/parecer_cljrf_e_cfo_-_projeto_de_lei_no_19.22.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1903/parecer_cljr__ao_projeto_de_lei_no_18_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1896/parecer_cljrf_-_parecer_projeto_de_lei_20_-_maria_elena_ok.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1897/parecer_cljrf_-_parecer_projeto_de_lei_21_-_maria_elena_ok.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1898/parecer_cljrf_-_parecer_projeto_de_lei_22_-_maria_elena_ok.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1899/parecer_cljrf_-_parecer_projeto_de_lei_23_-_maria_elena_ok.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1900/parecer_cljrf_-_parecer_projeto_de_lei_24_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1951/parecer_cljrf_-_parecer_projeto_de_lei_30_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/1999/1950/parecer_cljrf_-_parecer_projeto_de_lei_31_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1952/parecer_cljrf_-_parecer_projeto_de_lei_32_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1953/parecer_cljrf_-_parecer_projeto_de_lei_33_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1961/parecer_cljrf_-_parecer_projeto_de_lei_34_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1962/parecer_cljrf_-_parecer_projeto_de_lei_35_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1963/parecer_cljrf_-_parecer_projeto_de_lei_36_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1964/parecer_cljrf_-_parecer_projeto_de_lei_36_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1993/parecer_cljr_do_projeto_49.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2016/parecer_plo_51-22-_comissao_de_legislacao_e_financas_conjunto.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1988/proposicao_de_emenda_impositiva_n_01_.22.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1989/proposicao_de_emenda_impositiva_02.22.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1860/parecer_cfo_projeto_de_lei_no_16.22_-_claudia_relatora_1.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1871/parecer_ao_projeto_de_lei_12.22_revisadook_1.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1994/parecer_cfo_plos_n._44_454647_e_prop._emendas.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1901/parecer_cfo_-_parecer_projeto_de_lei_25_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1926/parecer_cfo_-_parecer_projeto_de_lei_28_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1927/parecer_cfo_-_parecer_projeto_de_lei_29_-_geovan...pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/parecer_cfo_projeto_de_lei_46.22_-_inclusao_de_emendas_impositivas.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2024/proposta_de_emenda_a__lei_organica_no__01_e_mensagem_-_cotas_negros_concursos.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1790/anteprojeto_01.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1803/anteprojeto_02._juliana_valorizacao_cuidadores_animais_1.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2025/anteprojeto_de_lei__n._01_-_cotas_negros_concurso.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1873/parecer_cljr_redacao_final_ao_projeto_de_lei_no_07.22_-_claudia.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1879/parecer_cljr_redacao_final_ao_projeto_de_lei_no_12.22.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1874/parecer_cljr_redacao_final_ao_projeto_de_lei_no_14.22_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1872/parecer_cljr_redacao_final_ao_projeto_de_lei_no_17.22_-_davi.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1882/parecer_cljr_redacao_final_ao_projeto_de_lei_no_19_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1984/parecer_cljr_redacao_final_ao_projeto_de_lei_no_34_e_35.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1931/proposta_orcamento_legislativo_2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1806/mensagem_2_projeto_de_lei_4_e_5_2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1815/mensagem_n05_po_08-2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1824/mensagen_06_po.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1833/mensagem_n.o_07.2022_-_projeto_de_lei_11.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1832/mensagem_n.o_08.2022_-_projetos_de_lei_12_e_13_de_2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1846/mensagem_n.o_09.2022_-_com_projetos_de_lei_15.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1847/mensagem_10_resposta_plo_07-22.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1850/mensagem_11_plo_16-22.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1863/mensagem_12_plo_17-2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1865/mensagem_13_plo_18-2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1867/mensagem_14_plo_19-2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1910/mensagem_15_plo_26-22.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1888/mensagem_16_plo_20-2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1916/mensagem_17_plo_27-22.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1918/mensagem_18_plcomp_01-2022_itbi.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1921/mensagem_19_plos_28_e_29-2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1942/mensagem_n.o_022.2022_plos_37_38_e_39-2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1957/mensagem_n.o_24.2022_plos_41_e_42_de_2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1969/mensagem_26_plos_44_45_46_e_47-2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2037/mensagem_n.o_34.2022_plo_57-2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2036/mensagem_35.2022_plos_60_61_62.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2041/mensagem-n.o-036.2022_plo_63_e_64_de_2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1949/mensagem_23_plo_40-22.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1930/mensagem_proposta_orcamentaria_camara.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2008/mensagem__plo_54-22.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2010/mensagem_15522.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1979/mensagem_28_plo_49-22_compdec.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1986/mensagem_29_plo_50-22.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1992/mensagem_30_plo_51-22.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1997/mensagem_n.o_31.2022_plo_52-2022_-_credito_supl._orc._2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1877/parecer_juridico_ao_projeto_de_lei_19-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1960/voto_do_vereador_davi_-_presidente_em_exercicio_do_conselho_de_etica_-_para_decisao_pelo_conselho_1.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1895/pad_01-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1911/pad_02-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2014/pad_03-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2015/pad_04-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H262"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="198.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="177.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="176.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>