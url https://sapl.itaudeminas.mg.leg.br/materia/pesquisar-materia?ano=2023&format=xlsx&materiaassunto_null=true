--- v0 (2026-02-02)
+++ v1 (2026-03-21)
@@ -54,4073 +54,4073 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2045/mensagem-n.o-01.2023-com-projeto-de-lei.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2045/mensagem-n.o-01.2023-com-projeto-de-lei.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS COMISSIONADOS À LEI MUNICIPAL N.º 278/98 E SUAS ALTERAÇÕES POSTERIORES, FIXA VALORES E ATRIBUIÇÕES, ALTERA A LEI MUNICIPAL N.º 40/90 E SUAS ALTERAÇÕES POSTERIORES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2046/mensagem-n.o-02.2023-com-projeto-de-lei.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2046/mensagem-n.o-02.2023-com-projeto-de-lei.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº1211/2022 - QUE ESTIMA RECEITA E FIXA A DESPESA DO MUNICIPIO DE ITAÚ DE MINAS PARA O EXERCICIO FINANCEIRO DE 2023, A LEI MUNICIPAL Nº1209/2022 - AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXILIOS E CONTRIBUIÇÕES NO EXERCICIO DE 2023, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2049/mensagem_n.o_003.2023_com_projeto_de_lei_reajuste.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2049/mensagem_n.o_003.2023_com_projeto_de_lei_reajuste.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS_x000D_
 MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2052/mensagem-n.o-04.2023-com-projeto-de-lei.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2052/mensagem-n.o-04.2023-com-projeto-de-lei.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DO PISO NACIONAL DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2053/mensagem-n.o-05.2023-com-projeto-de-lei.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2053/mensagem-n.o-05.2023-com-projeto-de-lei.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO ABRIR CREDITO ADICIONAL SUPLEMENTAR NA LEI ORÇAMENTÁRIA ANUAL Nº 1.211/2022 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2023, - E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2056/mensagem-n.o-07.2023-com-projeto-de-lei_06.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2056/mensagem-n.o-07.2023-com-projeto-de-lei_06.pdf</t>
   </si>
   <si>
     <t>RATIFICA A ADESÃO DO MUNICÍPIO DE ITAÚ DE MINAS AO PROTOCOLO DE INTENÇÕES DA ASSOCIAÇÃO PÚBLICA DOS MUNICÍPIOS DA MICRORREGIÃO DO MÉDIO RIO GRANDE - CONSORCIO AMEG.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2062/plo_07-2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2062/plo_07-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1211/2022- - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIOD E ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2064/plo_08-2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2064/plo_08-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CREDITO ADICIONAL SUPLEMENTAR NA LEI MUNICIPAL Nº 1.211/2022 -- QUE ESTIMA A_x000D_
 RECEITA E FIXA A DESPESA DO MUNICÍPIO PARA O EXERCÍCIO DE 2023, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2065/plo_09-2023_com_mensagem.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2065/plo_09-2023_com_mensagem.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE SERVIÇOS MÉDICOS ATRAVÉS DE CREDENCIAMENTO OU PREGÃO PARA REGIME DE SOBREAVISO E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2070/projeto_de_lei_no10-23_-_protocolo_seguranca_mulher_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2070/projeto_de_lei_no10-23_-_protocolo_seguranca_mulher_ass.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O PROTOCOLO DE SEGURANÇA PARA PREVENÇÃO E IDENTIFICAÇÃO DA PRÁTICA DE ATOS QUE ATENTEM CONTRA A LIBERDADE SEXUAL DA MULHER EM LOCAIS DE LAZER E OUTROS ESTABELECIMENTOS DESTINADOS AO ENTRETENIMENTO.”</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2085/pl_msg_09.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2085/pl_msg_09.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI N. 1211/2022 -- QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÜ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2023 -, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2087/pl_msg_10.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2087/pl_msg_10.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE DISPOSITIVOS À LEI N. 1052/2019, QUE - DISCIPLINA AS DIRETRIZES FUNDAMENTAIS PARA A APLICABILIDADE DOS_x000D_
 DIREITOS DA CRIANÇA E DO ADOLESCENTE NO AMBITO DO MUNICÍPIO DE ITAÚ DE MINAS - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2112/projeto_de_lei_13-2022_ldo_-_anexos.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2112/projeto_de_lei_13-2022_ldo_-_anexos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2119/projeto_de_lei_n_14_fixa_vencimento_cargo_coordenadoria_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2119/projeto_de_lei_n_14_fixa_vencimento_cargo_coordenadoria_pdf_ass.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 14/23_x000D_
 _x000D_
 Fixa vencimento de cargo que menciona do Poder Legislativo de Itaú de Minas/MG e dá outras providências.</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2123/projeto_lei_15__bdmg_maquinario.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2123/projeto_lei_15__bdmg_maquinario.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N.º 15/23 que AUTORIZA O MUNICÍPIO DE ITAÚ DE MINAS A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERAIS S/A – BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS. (maquinários e equipamentos)</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2124/projeto_lei_n_16_bdmg_saneamento_usina.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2124/projeto_lei_n_16_bdmg_saneamento_usina.pdf</t>
   </si>
   <si>
     <t>1)	PROJETO DE LEI N.º 16/23 que AUTORIZAM O MUNICÍPIO DE ITAÚ DE MINAS A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERAIS S/A – BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS.  (reforma da Usina de reciclagem).</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2130/pj_fumtur.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2130/pj_fumtur.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI N.'_x000D_
 1201/2022 QUE - DISPÕE SOBRE A CRIAÇÃO DO_x000D_
 CONSELHO MUNICIPAL DE TURISMO E DO FUNDO_x000D_
 MUNICIPAL DE DESENVOLVIMENTO DO TURISMO_x000D_
 (FUMTUR) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2135/mensagem_n.o_016.2023_-_com_projeto_de_lei_ordinaria_18-23.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2135/mensagem_n.o_016.2023_-_com_projeto_de_lei_ordinaria_18-23.pdf</t>
   </si>
   <si>
     <t>- DISPÕE SOBRE A MODIFICAÇÃO DO ANEXIO VI, DA LEIMUNICIPAL Nº40/90, LEI MUNICPAL Nº 241, DE 28 DE JULHO DE 1997 E LEIS_x000D_
 POSTERIORES E A LEI MUNICIPAL Nº 836/2011 e LEI MUNICIPAL Nº873/2013, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2139/plo_19-2023_fundo_m_assist_100_mil.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2139/plo_19-2023_fundo_m_assist_100_mil.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1211/2022- QUE ESTIMA A RECEITA E FIXA A DESPESA DO_x000D_
 MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2023 E NA LEI MUNICIPAL Nº 1209/2022 - AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS E CONTRIBUIÇÕES NO EXERCÍCIO DE 2023, E DA OUTRAS PROVIDENCIAS._x000D_
 _x000D_
 Fica o Poder Executivo autorizado a abrir crédito especial, no Fundo Municipal de Assistência Social, no valor de R$100.000,00(cem mil reais),_x000D_
 com a seguinte classificação.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2140/plo_20-2023_subv_chame.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2140/plo_20-2023_subv_chame.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1211/2022- QUE ESTIMA A RECEITA E FIXA A DESPESA DO_x000D_
 MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2023 E NA LEI MUNICIPAL Nº 1209/2022 - AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS E CONTRIBUIÇÕES NO EXERCÍCIO DE 2023, E DA OUTRAS PROVIDENCIAS._x000D_
 _x000D_
 0211 08 243 0801 0.0025 SUBVENÇÃO AO CHAME_x000D_
 3350 43 Subvenções Sociais - DR 1500/2500.. 30.000,00</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2147/mensagem_n.o_17.2023_-_com_projeto_de_lei.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2147/mensagem_n.o_17.2023_-_com_projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Projeto de lei n. 21 - DISPÕE SOBRE A ALTERAÇÃO DOS ANEXOS I E III, DA LEI MUNICIPAL N.o 40/90 --_x000D_
 PLANO DE CARREIRAS DO MUNICÍPIO DE ITAU DE MINAS --, LEIN' 977/2017 E LEI_x000D_
 N.' 1179/2022 E DÁ OUTRAS PROVIDÊNCIAS. (amplia vagas cargo e Educador de 1ª Infância)</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2154/plo_22-2023_funcao_gratificada_coord_pedag.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2154/plo_22-2023_funcao_gratificada_coord_pedag.pdf</t>
   </si>
   <si>
     <t>- DISPÕE SOBRE A AMPLIAÇÃO DE VAGA À FUNÇÃO GRATIFICADA DE COORDENADOR PEDAGÓGICO I E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2156/plo_23-2023_alteracao_lei_277.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2156/plo_23-2023_alteracao_lei_277.pdf</t>
   </si>
   <si>
     <t>- DISPÕE SOBRE A ALTERAÇÃO DA LEIA.a 277/89 e 907/2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2160/projeto_de_lei_impositiva_n._24.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2160/projeto_de_lei_impositiva_n._24.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLE-MENTAR NA LEI_x000D_
 ORÇAMENTÁRIA ANUAL Nº 1.211/2022 DE 07/11/2022 E DÁ OUTRAS PROVIDÊNCIAS. (emenda impositiva terminal rodoviário)</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2161/projeto_de_lei_n._25_parque.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2161/projeto_de_lei_n._25_parque.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA LEI_x000D_
 ORÇAMENTÁRIA ANUAL Nº 1.211/2022 DE 07/11/2022 E DÁ OUTRAS PROVIDÊNCIAS. (parque de evento)</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2166/projeto_de_lei_26-23_urgencia_especial_atencao_primaria.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2166/projeto_de_lei_26-23_urgencia_especial_atencao_primaria.pdf</t>
   </si>
   <si>
     <t>Autoriza a Abertura de crédito adcional suplementar na Lei nº 1.211/2022, de 07/11/2022, que - "Estima a receita e fixa a despesa do Municipio de Itaú de Minas/MG para o exercicio financeiro de 2023 - e dá outras providencias".</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2173/plo_27-2023_-_criacao_cargo_comissionado_agente_contratacao.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2173/plo_27-2023_-_criacao_cargo_comissionado_agente_contratacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A MODIFICAÇÃO DO ANEXO VI, DA LEI MUNICIPAL Nº 40/90 E SUAS ALTERAÇÕES POSTERIORES. (Cria o gargo de "Agente de Contratação")</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2185/projeto_de_lei_28_-_abrir_credito_adicional_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2185/projeto_de_lei_28_-_abrir_credito_adicional_especial.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI N' 1211/2022 -- QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAU DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2023 -, E DA OUTRAS PROVIDÊNCIAS. (AUXILIO A OBRAS SOCIAIS S. DOMINGOS SAVIO).</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2186/projeto_de_lei_29-2023_-_abrir_credito_adicional_suplementar_9chame_lar_sao_vicente_de_paulo_e_apae.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2186/projeto_de_lei_29-2023_-_abrir_credito_adicional_suplementar_9chame_lar_sao_vicente_de_paulo_e_apae.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CREDITO ADICIONAL SUPLEMENTAR NA LEI Nº 1211/2022 QUE - ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2023. E DA OUTRAS PROVIDENGIAS. (CHAME, APAE E LAR S. V DE PAULO).</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2192/projeto_de_lei_no__30_visao_monocular_m._elena_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2192/projeto_de_lei_no__30_visao_monocular_m._elena_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Classifica a visão monocular como deficiência sensorial do tipo visual e dá outras providências.</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2205/plo_no_31-2023_-_diretor_escola.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2205/plo_no_31-2023_-_diretor_escola.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROCESSO DE AVALIAÇÃO E INDICAÇÃO PARA PROVIMENTO DE CARGO EM COMISSÃO DE DIRETOR DE ESCOLA, E DA FUNÇÃO GRATIFICADA DE VICE DIRETOR DA REDE PÚBLICA MUNICIPAL DE ITAÚ DE MINAS, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2207/plo_no32-2023_-_credito_man_blmac.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2207/plo_no32-2023_-_credito_man_blmac.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR NA LEI Nº1.211/2022 - QUE ESTIMA RECEITA E FIXA A DESPESA DO MUNICIPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRA DE 2023 -, E DÁ OUTRAS PROVIDÊNCIAS. (MANUTENÇÃO ATIVIDADES - BLMAC)</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2208/plo_no33-2023_-_credito_ref_vig_epidemiologica.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2208/plo_no33-2023_-_credito_ref_vig_epidemiologica.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABIRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1211/2022 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAU DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2023 -, E DÁ OUTRAS PROVIDÊNCIAS. (CONST./REFORMA PREDIO EPIDEMIOLOGIA)</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2210/plo_no34-2023_-_rat_consorcio_ameg.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2210/plo_no34-2023_-_rat_consorcio_ameg.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A RATIFICAÇÃO DO MUNICIPIO DE ITAU DE MINAS AO CONTRATO DE CONSORCIO PUBLICO DA ASSOCIAÇÃO PUBLICA DOS MUNICIPIOS DA MICRORREGIÃO DO MEDIO RIO GRANDE - AMEG, CONSOLIDADO COM O SEGUNDO TERMO ADITIVO.</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2212/plo_no35-2023_-_credito_manutencao_uai.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2212/plo_no35-2023_-_credito_manutencao_uai.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABIRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1211/2022 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAU DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2023 -, E DÁ OUTRAS PROVIDÊNCIAS. (MANUTENÇÃO UAI LEGISLATIVO)</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2215/plo_no36-2023_-_credito_paulo_gustavo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2215/plo_no36-2023_-_credito_paulo_gustavo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1211/2022 – QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2023 -, E DÁ OUTRAS PROVIDÊNCIAS. (MANUTENÇÃO ATIVIDADES CULTURAIS – LEI PAULO GUSTAVO)</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2218/plo_no37-2023_-_altera_lei_municipal_n.o_1.245.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2218/plo_no37-2023_-_altera_lei_municipal_n.o_1.245.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n' 1.245, de 22 de junho de 2023 que dispõe sobre as diretrizes para a elaboração da proposta orçamemtária para o_x000D_
 exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2220/plo_no38-2023-_autoriza_concessao_de_subvencoes.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2220/plo_no38-2023-_autoriza_concessao_de_subvencoes.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS E CONTRIBUIÇOES NO EXERCICIO DE 2024 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>EXECUTIVO MUNICIPAL - EXECMUN</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2221/plo_no39-2023_-_estima_a_receita_e_fixa_a_despesa.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2221/plo_no39-2023_-_estima_a_receita_e_fixa_a_despesa.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de ltaú de Minas-MG para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2222/plo_no40-2023_-_altera_lei_municipal_n.o_1152_-_ppa.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2222/plo_no40-2023_-_altera_lei_municipal_n.o_1152_-_ppa.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal no 1152, de 29 de novembro de 2021, que dispõe sobre o Plano Plurianual para o período de 2022 a 2025.</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2227/projeto_de_lei_41-_abertura_de_credito_adicional_suplementar_fundacao_itau.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2227/projeto_de_lei_41-_abertura_de_credito_adicional_suplementar_fundacao_itau.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA LEI ORÇAMENTÁRIA ANUAL N' 1.211/2022 DE 07/11/2022 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÜ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2023 E DÁ OUTRAS PROVIDENCIAL.</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2238/plo_no42-2023_-_processo_de_avaliacao_e_indicacao_-_diretor.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2238/plo_no42-2023_-_processo_de_avaliacao_e_indicacao_-_diretor.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Processo de avaliação e Indicação para Provimento de Cargo em Comissão de Diretor de Escola, e da Função Gratificada de Vice-Diretor de Escola da Rede Pública Municipal de ltaú de Minas, e dá outras providências.</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2250/projeto_de_lei_43-23_-_assistencia_financeira.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2250/projeto_de_lei_43-23_-_assistencia_financeira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da Assistência Financeira Complementar repassada pela União Federal visando dar cumprimento ao disposto na Lei Federal nº 14.434, de 4 de agosto de 2022 que instituiu o piso salarial nacional do Enfermeiro, do Técnico de Enfermagem, do Auxiliar de Enfermagem e da Parteira, e dá outras previdências.</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2264/projeto_de_lei_44_-_alteracao_da_lei_n.o_758.2009_-_contratacao_por_tempo_determinado.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2264/projeto_de_lei_44_-_alteracao_da_lei_n.o_758.2009_-_contratacao_por_tempo_determinado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração da Lei n.' 758/2009  que "Dispõe sobre a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX, do artigo 37 da Constituição Federal" -, revoga a Lei n.'3011/99 e dá outras providênciais.'</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2265/projeto_de_lei_45_-_majoracao_do_limite.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2265/projeto_de_lei_45_-_majoracao_do_limite.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MAJORAÇÃO DO LIMITE DE ABERTURA DE CRÉDITOS ADlCEONAIS SUPLEMENTARESI'.nA LEI ORÇAMENTARIA ANUAL NO 1.154/2021 -_x000D_
 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA o EXERCÍCIO FINANCEIRO DE 2022, - E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2277/mensagem_035_c._projeto_de_lei_46.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2277/mensagem_035_c._projeto_de_lei_46.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei N.46 que “Dispõe sobre a alteração do artigo 2º da Lei n. 1258/23 - Dispõe sobre o Processo de avaliação e indicação para provimento de cargo em comissão de Diretor de Escola, e da função gratificada de Vice-Diretor de Escola da rede pública municipal de Itaú de Minas, e dá outras providências.”</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2280/projeto_de_lei_n_47_-_utilidade_publica_afraim_-_rotariana_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2280/projeto_de_lei_n_47_-_utilidade_publica_afraim_-_rotariana_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n.47 que Declara de Utilidade Pública Municipal a Associação da Família Rotária de Itaú de Minas – AFRIM - inscrita no CNPJ sob o n.10.378.948.0001/39.</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2281/mensagem_036.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2281/mensagem_036.pdf</t>
   </si>
   <si>
     <t>Mensagem e Projeto de Lei n. 48,  que DISPÕE SOBRE A ALTERAÇÃO DOS ANEXOS I E II, DA LEI N.° 968/2016, QUE - O PLANO DE CARGOS, CARREIRAS E SALÁRIOS DOS AGENTES COMUNITARIOS DE SAUDE E DOS AGENTES DE COMBATES A ENDEMIAS DO MUNICÍPIO DE ITAÚ DE MINAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2282/mensagem_037.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2282/mensagem_037.pdf</t>
   </si>
   <si>
     <t>Mensagem e PROJETO DE LEI N.º 49 que Autoriza a abertura de crédito adicional suplementar na Lei Orçamentária Anual nº 1.211/2022 de 07/11/2022, que "Estima a receita e fixa a despesa do Município de Itaú de Minas/MG para o exercício financeiro de 2023 - e dá outras providências.</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2283/projeto_de_lei_terno_de_congo_50.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2283/projeto_de_lei_terno_de_congo_50.pdf</t>
   </si>
   <si>
     <t>- AUTORIZA O MUNICÍPIO DE ITAÚ DE MINAS A CONCEDER AUXÍLIO FINANCEIRO AOS REPRESENTANTES DOS TERNOS DE CONGO E DE MOÇAMBIQUE EM ATIVIDADE NO MUNICÍPIO, POR OCASIÃO DE SUAS RESPECTIVAS PARTICIPAÇÕES NA 74º FESTA DAS CONGADAS DE ITAÚ DE MINAS - MG, NO ANO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2285/projeto_de_lei_no__01_fixa_vencimentos_uai_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2285/projeto_de_lei_no__01_fixa_vencimentos_uai_pdf_ass.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 51/23_x000D_
 _x000D_
 Fixa vencimento de cargos que menciona do Poder Legislativo de Itaú de Minas/MG e dá outras providências.</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2298/projeto_de_lei_52_-_utilidade_publica_-_aicau.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2298/projeto_de_lei_52_-_utilidade_publica_-_aicau.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO ITAUENSE COLUNAS DE AMOR E UNIÃO - AICAU.</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2299/projeto_de_lei_53_-_utilidade_publica__-_afrim_rotary.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2299/projeto_de_lei_53_-_utilidade_publica__-_afrim_rotary.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO DA FAMÍLIA ROTÁRIA DE ITAU DE MINAS - AFRIM.</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2301/projeto_de_lei_54-_credito_adicional_suplementar_sec_saude.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2301/projeto_de_lei_54-_credito_adicional_suplementar_sec_saude.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CREDITO ADICIONAL SUPLEMENTAR NA LEI Nº 1211/2022 QUE - ESTIMA A RECEITA E FIXA A_x000D_
 DESPESA DO MUNICÍPIO DE ITAtJ DE MINAS PARA O EXERCICIO FINANCEIRO DE 2023 -. E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2303/projeto_de_lei_55_-_credito_adicional_especial_vigilancia_sanitaria.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2303/projeto_de_lei_55_-_credito_adicional_especial_vigilancia_sanitaria.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1211/2022-- QUE ESTIMA A RECEITA E FIXA A DESPESA DO_x000D_
 MUNICÍPIO DE ITAÜ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2023, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2314/projeto_de_lei_56-2023_-_abertura_de_credito_adicional_suplementar_p_vigilancia_epid.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2314/projeto_de_lei_56-2023_-_abertura_de_credito_adicional_suplementar_p_vigilancia_epid.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CREDITO ADICIONAL SUPLEMENTAR NA LEI Nº 1211/2022  DE 07/11/2022 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAU DE MINAS PARA O EXERCICIO FINANCEIRO DE 2023 -. E DÁ OUTRAS PROVIDÊNCIAS. (VIGILANCIA EPIDEMIOLOGICA)</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2317/projeto_de_lei_57-23_-_abertura_de_credito_adicional_suplementar.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2317/projeto_de_lei_57-23_-_abertura_de_credito_adicional_suplementar.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CREDITO ADICIONAL SUPLEMENTAR NA LEI Nº 1211/2022  DE 07/11/2022 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAU DE MINAS PARA O EXERCICIO FINANCEIRO DE 2023 -. E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2336/projeto_de_lei_58-2023_-_credito_adicional_especial_sec_plenej.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2336/projeto_de_lei_58-2023_-_credito_adicional_especial_sec_plenej.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1211/2022- QUE_x000D_
 ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÜ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2023 -, E DÁ OUTRAS_x000D_
 PROVIDENCIAS. (COMTUR e FUMTUR)</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2338/projeto_de_lei_59-2023_-_desafetacao_de_area.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2338/projeto_de_lei_59-2023_-_desafetacao_de_area.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre desafetação de arca de equipamentos urbano - rede coletora de esgoto sanitário."</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2342/projeto_de_lei_60-2023_-_pl_codes.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2342/projeto_de_lei_60-2023_-_pl_codes.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 889, DE 09 DE SETEMBRO DE 2013, QUE DISPÕES SOBRE A LEI DE INCENTIVO ECONOMICO E SOCIAL NO MUNICIPIO DE ITAÚ DE MINAS; CRIA O PROGRAMA E O CONSELHO DE DESENVOLVIMENTO ECONOMICO E SOCIAL E AUTORIZA CREDITO ADICIONAL E ESPECIAL NO ORÇAMENTO DE 2013 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2344/projeto_de_lei_61-2023_-_pl_mcmv_far.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2344/projeto_de_lei_61-2023_-_pl_mcmv_far.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar áreas de propriedade municipal ao Fundo de Arrendamento Residencial - FAR, representado pela Caixa Econômica Federal, para fins de construção de moradias destinadas à alienação no âmbito do Programa Minha Casa Minha Vida - PMCMV.</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2351/plo_62-2023_credito_adicional_transporte_escolar.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2351/plo_62-2023_credito_adicional_transporte_escolar.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CREDITO ADICIONAL SUPLEMENTAR NA LEI Nº 1211/2022 DE 07/11/2022 E DÁ OUTRAS PROVIDÊNCIAS. (TRANSPORTE ESCOLAR)</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2356/projeto_de_lei_63_-_criacao_vigilancia_em_saude.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2356/projeto_de_lei_63_-_criacao_vigilancia_em_saude.pdf</t>
   </si>
   <si>
     <t>Que dispoe sobre a criação do setor de vigilância em saúde na secretaria municipal de saúde de Itaú de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2359/projeto_de_lei_64_-_majoracao.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2359/projeto_de_lei_64_-_majoracao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA MAJORAÇÃO DO LIMITE DE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES AO ORÇAMENTO DO MUNICIPIO DE ITAÚ DE MINAS, EXERCICIO DE 2023.</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2365/projeto_de_lei_65-2023_doacao_afrim.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2365/projeto_de_lei_65-2023_doacao_afrim.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A DOAR IMOVEL A ASSOCIAÇÃO DA FAMILIA ROTÁRIA DE ITAÚ DE MINAS - AFRIM - E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2366/projeto_de_lei_66-2023_doacao_aicau.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2366/projeto_de_lei_66-2023_doacao_aicau.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A DOAR IMOVEL A ASSOCIAÇÃO ITAUENSE COLUNAS DE AMOR E UNIÃO - AICAU - E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2048/projeto_de_resolucao_no__01_reajuste_servidores_camara.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2048/projeto_de_resolucao_no__01_reajuste_servidores_camara.doc.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral dos vencimentos dos servidores da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>JULIANA MATTAR</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2074/projeto_de_resolucao_no_02-2023___-_censura_escrita_-_roberto_pad_02.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2074/projeto_de_resolucao_no_02-2023___-_censura_escrita_-_roberto_pad_02.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Processo Administrativo Disciplinar nº 02/2022 que tem por objeto “Suposta quebra de decoro parlamentar pelo vereador Roberto Gonçalves Vieira em virtude da apresentação das conversas/diálogos particulares desenvolvidos em redes sociais do vereador Davi Sousa nos autos do Requerimento ADM. nº 03/2022”.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2120/projeto_de_resolucao_plano_carreiras_tranforma_cargo_angelita_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2120/projeto_de_resolucao_plano_carreiras_tranforma_cargo_angelita_pdf_ass.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO  Nº 03_x000D_
 _x000D_
 Modifica a Resolução nº57, de 26/12/90, alterada pela Resolução n.249/18, de 30/01/18 - Plano de Carreiras da Câmara Municipal de Itaú de Minas/MG dá outras providências.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>CEDP - CONSELHO DE ETICA E DECORO PARLAMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2137/pr_04-2023_e_mens.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2137/pr_04-2023_e_mens.pdf</t>
   </si>
   <si>
     <t>QUE Dispõe sobre o Processo Administrativo Disciplinar nº 01/22 que tem por objeto: “Apuração de possível quebra de decoro parlamentar por parte do Vereador Roberto Gonçalves Vieira quando da tramitação do Projeto de Lei n. 39/21 que tratou de doação de lotes no Distrito Industrial”.</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2202/projeto_de_resolucao_no_05-2023_-_devolucao_recursos_prefeitura_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2202/projeto_de_resolucao_no_05-2023_-_devolucao_recursos_prefeitura_ass.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal antecipar, ao Executivo Municipal, a devolução de recursos financeiros em disponibilidade no Legislativo.</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2284/projeto_de_resolucao__06__altera_plano_de_carreira_cargos_uai_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2284/projeto_de_resolucao__06__altera_plano_de_carreira_cargos_uai_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução nº 57, de 26/12/90 – Plano de Carreiras da Câmara Municipal de Itaú de Minas/MG dá outras providências, dispondo sobre a extinção, transformação e criação de cargos que menciona no quadro geral de servidores do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2369/projeto_de_resolucao_no_07-2023_-_pad_03-22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2369/projeto_de_resolucao_no_07-2023_-_pad_03-22.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Processo Administrativo Disciplinar N.03/22, que tem por objeto: “Apuração quanto a Nota de Repúdio apresentada por todos os servidores narrando supostas ofensas feitas pelo Vereador Roberto Gonçalves Vieira”.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2091/pl_msg_11.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2091/pl_msg_11.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NA LEI COMPLEMENTAR Nº56/2019 - QUE INSTITUIU PLANO DIRETOR DO MUNICÍPIO DE ITAÚ DE MINAS - E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2196/projeto_de_lei_complementar_02-2023__-_altera_a_lei_complementar_n.o_02.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2196/projeto_de_lei_complementar_02-2023__-_altera_a_lei_complementar_n.o_02.pdf</t>
   </si>
   <si>
     <t>- ALTERA A LEI COMPLEMENTAR Nº 02, DE 20 DE ABRIL DE 1993 - CODIGO DE POSTURAS DO MUNICIPIO DE ITAÚ DE MINAS/MG - E DÁ_x000D_
 OUTRA PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2263/projeto_lc_03_terrenos_ipsim-_alteracao_da_lei_complementar_n.o_16.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2263/projeto_lc_03_terrenos_ipsim-_alteracao_da_lei_complementar_n.o_16.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar n. 03 que Dispõe sobre alteração da Lei Complementar n. 16, de 31.12.99 - (Dispõe sobre a extinção do Instituto de Previdência dos Servidores Públicos do Município de Itaú de Minas e dá outras providências).</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2364/projeto_de_lei_complementar_04-2023_-_farmacias.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2364/projeto_de_lei_complementar_04-2023_-_farmacias.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS QUE MENCIONA NA LEI COMPLEMENTAR Nº02/93 MODIFICADA PELA LEI COMPLEMENTAR Nº53, DE 23 DE ABRIL DE 2018, CÓDIGO DE POSTURAS DO MUNICIPIO DE ITAÚ DE MINAS.</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS O ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2248/projeto_de_decreto__no_01-2023_-_contas_2020_ronilton.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2248/projeto_de_decreto__no_01-2023_-_contas_2020_ronilton.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE ITAÚ DE MINAS REFERENTE AO EXERCÍCIO FINANCEIRO DE 2020.</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2309/projeto_de_decreto_darci_revisado_e_dados_biograficos_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2309/projeto_de_decreto_darci_revisado_e_dados_biograficos_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Concede o título de Honra ao Mérito à Sra. Darci Aparecida da Silva_x000D_
 A Câmara Municipal de Itaú de Minas/ MG, aprova o seguinte Decreto Legislativo:_x000D_
 Art. 1º - Fica concedido o Título Honorífico de Honra ao Mérito à SRA. DARCI_x000D_
 APARECIDA DA SILVA, pelos relevantes e inestimáveis serviços prestados à comunidade itauense,_x000D_
 e em especial à sua luta pela igualdade social.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2051/indicacao_no_01_m._elena_-_placa_pare_rua_eni_ass.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2051/indicacao_no_01_m._elena_-_placa_pare_rua_eni_ass.doc.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, requer a seguinte providência do Executivo Municipal:_x000D_
 - Para que seja instalada placa de sinalização de trânsito indicando “Pare”, na Rua Eni, cruzamento_x000D_
 com a Rua Elizabete no Bairro Universitário, nas imediações da Praça Adelaide Lobato (Praça do M2)</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>Geovan dos Santos, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2058/indicacao_no_02.23_-_maria_elena_e_geovan.docx_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2058/indicacao_no_02.23_-_maria_elena_e_geovan.docx_1.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, indicam à Mesa desta Casa providências junto ao_x000D_
 Executivo Municipal, para que seja feita os reparos e conserto de buracos existentes próximo à_x000D_
 esquina da Rua José Bernardes Sobrinho com a Rua Aparecido Donizete Campos, conforme_x000D_
 foto anexo.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2059/indicacao_no_03.23_-_roberto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2059/indicacao_no_03.23_-_roberto.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal para que faça a limpeza de terreno na área verde na esquina da Rua João_x000D_
 Kirchner com a Avenida Liberdade.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2060/indicacao_no_04.23_-_claudia_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2060/indicacao_no_04.23_-_claudia_1.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal para que possam fazer distribuição gratuita de repelentes a nossa_x000D_
 população.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2061/indicacao_no_05.23_-_claudia_2.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2061/indicacao_no_05.23_-_claudia_2.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal para que seja feita a limpeza geral no Cemitério Municipal.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2068/indicacao_06-2022_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2068/indicacao_06-2022_maria_elena.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal e a Secretaria de Saúde, para que seja aplicado o fumacê em toda cidade, visando o combate ao mosquito AEDES AEGYPTI.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2072/indicacao_07-2022_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2072/indicacao_07-2022_maria_elena.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, para que o Profssional de Psicologia, possa ter uma sala adequada em cada PSF, para atender melhor as pessoas que necessitam deste tratamento, quais sejam:_x000D_
 -  Ar condicionado;_x000D_
 - Paredes limpas.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2073/indicacao_no_08_-_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2073/indicacao_no_08_-_maria_elena.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, requer as seguintes providências do Executivo Municipal:_x000D_
 - Horário alternativo para as atividades dos agentes de endemia.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>MARLY CUSTODIO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2077/indicacao_no_09_-_marly_contrata_tecn_enfermagem.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2077/indicacao_no_09_-_marly_contrata_tecn_enfermagem.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, para que sejam contratados mais técnicos de enfermagem e supervisores no Pronto Socorro Municipal com a maior brevidade possível.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2078/indicacao_no_10_-_marly_-_vigias_no_pronto_socorro_e_no_cras.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2078/indicacao_no_10_-_marly_-_vigias_no_pronto_socorro_e_no_cras.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, no sentido de que sejam destinados guardas/vigias no Pronto Socorro e no CRAS para dar mais segurança à aos servidores que trabalham nestes locais e garantir a proteção  do patrimônio público.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2079/indicacao_no_11_-_marly_-_retirada_dos_caes_da_praca_nossa_senhora.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2079/indicacao_no_11_-_marly_-_retirada_dos_caes_da_praca_nossa_senhora.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, no sentido de que sejam adotadas medidas para a retirada dos cães da Praça Nossa Senhora das Graças e que sejam estes sejam alocados em local próprio para guarda destes animais.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2080/indicacao_no_12_-_marly_-_revisao_das_condicoes_insalubres_de_todos_os_enfermeiros.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2080/indicacao_no_12_-_marly_-_revisao_das_condicoes_insalubres_de_todos_os_enfermeiros.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, no sentido de que sejam a revisão das condições insalubres de todos os enfermeiros, auxiliares de enfermagem e técnicos de enfermagem visando rever o pagamento para grau máximo de insalubridade.(40%).</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2081/indicacao_no_13_-_marly_-_epidemia_da_dengue_como_prioridade.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2081/indicacao_no_13_-_marly_-_epidemia_da_dengue_como_prioridade.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, no sentido de que a Administração trate a epidemia da Dengue como prioridade máxima implementando todas as ações possíveis e necessárias para combate à esta doença.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2082/indicacao_no_14_-_marly_-_iluminacao_da_praca_nossa_monsenhor_ernesto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2082/indicacao_no_14_-_marly_-_iluminacao_da_praca_nossa_monsenhor_ernesto.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, no sentido de que a Administração faça um projeto para um novo sistema de iluminação da Praça Nossa Monsenhor Ernesto – imediações da Igreja Matriz Santa Terezinha.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2083/indicacao_no_15-_marly_-pinturas_em_bueiros_e_tampas_de_bocas_de_lobo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2083/indicacao_no_15-_marly_-pinturas_em_bueiros_e_tampas_de_bocas_de_lobo.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, no sentido de que sejam feitas pinturas em bueiros e tampas de bocas de lobo com cor uniforme e destacável  como forma de sinalização para atender as necessidades de nossos cadeirantes.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2084/indicacao_no_16_-_claudia_-estacionamento_de_frente_ao_laboratorio.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2084/indicacao_no_16_-_claudia_-estacionamento_de_frente_ao_laboratorio.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, no sentido de que seja feito um estacionamento de frente ao Laboratório Municipal para atender as pessoas que vão até o local coletar material para a realização de exames.</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2098/indicacao_17_marly_garis.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2098/indicacao_17_marly_garis.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, para que sejam adquiridos uniformes, luvas e capas de chuvas para os garis, bem como que seja feita a aquisição de guarda-sóis de cabeça como os modelos que seguem nas imagens anexas.</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2099/indicacao_no_18_m_elena_beach_tenis.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2099/indicacao_no_18_m_elena_beach_tenis.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, para que seja construída uma quadra de Beach Tênis no Parque Municipal Odélio de Brito.</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2103/indicacao_no_19_detector_de_metais_m._elena_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2103/indicacao_no_19_detector_de_metais_m._elena_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal para que:_x000D_
 - sejam instalados sensores detectores de metais nos portões de entrada das nossas escolas e_x000D_
 que os portões sejam mantidos fechados durante o período de aulas e só sejam abertos após a pessoa_x000D_
 se identificar pelo interfone;_x000D_
 - que enquanto a providência acima não se implementar, que sejam colocados guardas nas_x000D_
 escolas, especialmente para este período em que inúmeras ameaças de ataques estão sendo feitas_x000D_
 nas redes sociais, e que estão deixando pais, alunos e funcionários extremamente preocupados e_x000D_
 inseguros.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>Fabiano Gomes de Lima</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2104/indicacao_no_20__fabiano_ruas_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2104/indicacao_no_20__fabiano_ruas_pdf_ass.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal para que seja corrigido um afundamento da pavimentação na Rua Zeferino Paiva de_x000D_
 frente o depósito WW Materiais de Construção, bem como na Rua Elexandra imediações do n. 50_x000D_
 no Bairro Universitário</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>Geovan dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2105/indicacao_no_21_geovan_triturador_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2105/indicacao_no_21_geovan_triturador_pdf_ass.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal para que seja adquirido um triturador de rejeitos de material de construção para ser_x000D_
 utilizado na reciclagem do material e posteriormente utilizado na recuperação de estradas rurais.</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2106/indicacao_no_22_claudia_escola_monse._muros_e_portas_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2106/indicacao_no_22_claudia_escola_monse._muros_e_portas_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal para que sejam tomadas as seguintes providências na Escola Municipal Monsenhor_x000D_
 Ernesto:_x000D_
 - construção de muro elevado em todo entorno da escola, bem como a afixação de concertinas_x000D_
 no referidos muros;_x000D_
 - inversão das portas de todas as salas, de modo que fiquem com a abertura para fora (sistema_x000D_
 anti pânico).</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2115/indicacao_no_23_claudia_guarda_municipal.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2115/indicacao_no_23_claudia_guarda_municipal.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, no sentido de que seja implementada com a maior brevidade possível, a Guarda Municipal em obediência à Lei Orgânica Municipal à saber:_x000D_
 “Art. 278. O Município constituirá a Guarda Municipal, força auxiliar destinada à proteção de seus bens, serviços e instalações, nos termos da lei. _x000D_
 § 1º A lei de criação da Guarda Municipal disporá sobre acesso, direitos, deveres, vantagens e regime de trabalho com base na hierarquia e disciplina. _x000D_
 § 2º A investidura nos cargos da Guarda Municipal far-se-á mediante concurso público de provas ou de provas e títulos. 117 _x000D_
 § 3º A lei poderá atribuir à Guarda Municipal função de apoio aos serviços municipais, afetos ao exercício do poder de polícia, no âmbito de sua competência, bem como de auxiliar o trânsito no Município.”</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2116/indicacao_no_24_marlu_corrego_santo_antonio.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2116/indicacao_no_24_marlu_corrego_santo_antonio.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, no sentido de que sejam tomadas providências para minimizar o mal cheiro advindo do Córrego do Ferro nas imediações do Bairro Santo Antônio, através de uma limpeza geral tanto dentro do canal como em suas imediações.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2117/indicacao_no_25_praca_congo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2117/indicacao_no_25_praca_congo.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, no sentido de que seja agilizado o processo de reforma da Praça do Congo com a maior brevidade possível.</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2126/indicacao_no_26_chamines_m._elena_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2126/indicacao_no_26_chamines_m._elena_pdf_ass.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 26/23_x000D_
 Pede providências junto ao Executivo Municipal, para que seja feito um levantamento da situação das torres (chaminés) localizadas no CECOI, e após proceder as providências necessárias para garantir a segurança das empresas e das pessoas que ali trabalham e transitam. Também necessário a reinstalação e religamento do para raio ali dependurado._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 Conforme as fotos em anexo tiraras em 2018, já podemos ver grandes rachaduras nas extremidades das chaminés. Elas são muito altas e se, não foram bem conservadas e reparadas, podem desmoronar e causar acidentes graves visto que suas imediações são bastantes frequentadas.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2127/indicacao_no_27_marly_bancos_e_floreiras_calcadao.doc_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2127/indicacao_no_27_marly_bancos_e_floreiras_calcadao.doc_1.pdf</t>
   </si>
   <si>
     <t>Para que seja feita pintura, limpeza geral, manutenção do ajardinamento dos vasos, canteiros e dos bancos localizados na Rua João Kirchner.</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2128/indicacao_no_28_rua_hospital_marly.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2128/indicacao_no_28_rua_hospital_marly.doc.pdf</t>
   </si>
   <si>
     <t>para que sejam feitas melhorias nas vias de acesso de ambulâncias no Hospital visto que a Rua Basílio está sem condições devido a precariedade do calçamento. Ou ainda, pode-se fazer modificações para que o acesso à FIAS seja feito pela Rua João Amorim acessando pela Rua Warses Martins até Hospital.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2132/indicacao_no_29_geovan_estacionamento_rua.pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2132/indicacao_no_29_geovan_estacionamento_rua.pdf_ass.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que sejam implantados onde for cabível, estacionamentos em 45graus no trecho da Rua Juventino Dias situado entre a Rua Calixto José de Souza e a Rua José Mário de Oliva.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2133/indicacao_no_30_marly_uniformes_coral.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2133/indicacao_no_30_marly_uniformes_coral.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao_x000D_
 Executivo Municipal, para que sejam adquiridos e doados novos uniformes, microfones e_x000D_
 instrumentos musicais ao Coral Paróquia Santa Terezinha.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2134/indicacao_no_31_fanfarra_e_filarmonica.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2134/indicacao_no_31_fanfarra_e_filarmonica.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, para que sejam renovados e adquiridos novos instrumentos musicais para a Fanfarra e para a Filarmônica Municipal.</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2142/indicacao_no_32_m_elena_escadas_ambulancias.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2142/indicacao_no_32_m_elena_escadas_ambulancias.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica à Mesa desta Casa, providências junto ao Executivo Municipal, para que coloque escadas adicionais nos veículos que transportam os pacientes para a hemodiálise e/o hospital do câncer, no sentido de facilitar a entrada e saída dos usuários nos respectivos veículos em conformidade com a legislação de segurança.</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2143/indicacao_no_33_marly_calcamento_praca_matriz.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2143/indicacao_no_33_marly_calcamento_praca_matriz.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, para que sejam feitas manutenção no calçamento e adequação da iluminação que se encontra precária na Praça Monsenhor Ernesto Cavichiolli, mais especificadamente ao lado da Igreja matriz com_x000D_
 certa urgência, pois acontecerá festa junina naquele local, e se encontra muito escuro durante a noite.</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2145/indicacao_no_34_marly_corte_de_arvore.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2145/indicacao_no_34_marly_corte_de_arvore.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal e setores competentes, para que seja feita o corte de uma árvore localizada à Rua Rodrigues_x000D_
 Amorim imediações do n.794 no centro.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2146/indicacao_no_35_fabiano_placa_sinalizacao.doc_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2146/indicacao_no_35_fabiano_placa_sinalizacao.doc_pdf_ass.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 35/23_x000D_
 _x000D_
 O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal e setores competentes, para que sejam instaladas placas de sinalização de: PARE, no cruzamento entre as a Rua João Nunes Amorim com a ua Madre Paulina em nosso município._x000D_
 JUSTIFICA  - O pedido visa dar mais segurança aos motoristas que transitam pelo referido local, posto que estão ocorrendo muitos relatos de incidentes, com grande probabilidade de haver um acidente grave, devido a falta de sinalização _x000D_
 Sala das Sessões, em 05 de Junho  de 2023._x000D_
 FABIANO GOMES DE LIMA_x000D_
 VEREADOR</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2149/indicacao_36_cameras_pronto_socorro_marly.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2149/indicacao_36_cameras_pronto_socorro_marly.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica ao Executivo Municipal as seguintes providências:_x000D_
 - que seja adquirido sistema de videomonitoramento com instalação de câmeras (áudio e vídeo) para atender o Pronto Socorro Municipal Maria Guerra.</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2150/indicacao_no_37__anfitatro_climatizador_m._elena.doc_pdf_ass_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2150/indicacao_no_37__anfitatro_climatizador_m._elena.doc_pdf_ass_1.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, para que seja instalado equipamento de climatização ou condicionadores de ar no anfiteatro da Escola Municipal Jorge Oliva.</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2157/indicacao_no_38_ponte_liberdade_marly.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2157/indicacao_no_38_ponte_liberdade_marly.doc.pdf</t>
   </si>
   <si>
     <t>para que seja reconstruída um a ponte interligando à Rua Joaquim_x000D_
 Oliveira cruzamento com a A venida Li berdade propiciando a travessia de veículos e_x000D_
 pedestres</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2158/indicacao_no_39__veiculo_marcenaria_marly.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2158/indicacao_no_39__veiculo_marcenaria_marly.pdf</t>
   </si>
   <si>
     <t>para que sejam feitas as seguintes nos serviços municipais de Serralharia e Marcenaria no CECOI:_x000D_
 a)	Destinação de um veículo tipo caminhonete para utilização nos serviços diários destas oficinas;_x000D_
 b)	Dar mais autonomia e liberdade para a realização de serviços mais simples sem ter que ter esperar por autorização de Chefias.</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2159/indicacao_no_40_pronto_socorro_marly.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2159/indicacao_no_40_pronto_socorro_marly.doc.pdf</t>
   </si>
   <si>
     <t>para que sejam feitas as seguintes melhorias no Pronto Socorro Municipal:_x000D_
 a)	Revisão do sistema de iluminação da fachada do prédio;_x000D_
 b)	Instalação da placa contendo o nome PRONTO SOCORRO MUNICIPAL MARIA GUERRA_x000D_
 c)	Instalação de toldos de proteção nos fundos do PS.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2180/indicacao_no_41_iluminacao_atras_cecoi_chacara_sao_geraldo_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2180/indicacao_no_41_iluminacao_atras_cecoi_chacara_sao_geraldo_pdf_ass.pdf</t>
   </si>
   <si>
     <t>para que sejam feitas as seguintes melhorias nas imediações da Chácara São Geraldo - levar iluminação pública para o local o que poderia ser facilitado puxando energia do Cecoi, e também instalação de uns holofotes no paredão assim proporcionaria mais claridade para os moradores daquela área.</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2181/indicacao_no_42_uniformes_gari_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2181/indicacao_no_42_uniformes_gari_pdf_ass.pdf</t>
   </si>
   <si>
     <t>para que seja atendida a Indicação de sua autoria no qual solicita que a Administração forneça uniformes aos servidores da limpeza urbana, de preferência antes do aniversário da cidade.</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2182/indicacao_no__43_iluminacao_toldo_pronto_socorro_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2182/indicacao_no__43_iluminacao_toldo_pronto_socorro_pdf_ass.pdf</t>
   </si>
   <si>
     <t>para que seja atendida a Indicação n. 40/23, de minha autoria no qual solicito que a Administração refaça o sistema de iluminação do Pronto Socorro e a instalação de toldos conforme solicitada na referida Indicação</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2183/indicacao_no__44_boca_de_lobo_jardim_bela_vista_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2183/indicacao_no__44_boca_de_lobo_jardim_bela_vista_pdf_ass.pdf</t>
   </si>
   <si>
     <t>para que seja feita a limpeza e a manutenção das bocas de lobo existentes no Bairro Jardim Bela Vista.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2184/indicacao_no_45_calcadao_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2184/indicacao_no_45_calcadao_pdf_ass.pdf</t>
   </si>
   <si>
     <t>para que seja feitas as seguintes melhorias nos Calçadões do centro da cidade:_x000D_
 - reposição das pedras soltas;_x000D_
 - limpeza e pintura dos vasos e bancos;_x000D_
 - refazer o ajardinamento dos canteiros existentes.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2189/indicacao_n_46_valetas_cecoi__marly_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2189/indicacao_n_46_valetas_cecoi__marly_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal para que sejam feitos reparos na rua retirando-se as valetas existentes_x000D_
 nas imediações do CECOI onde há a parada dos ônibus escolares.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2190/indicacao_no__47_equipamentos_pronto_socorro_marly_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2190/indicacao_no__47_equipamentos_pronto_socorro_marly_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo_x000D_
 Municipal através da Secretaria Municipal de Saúde, para que sejam adquiridos os seguintes_x000D_
 equipamentos:_x000D_
 Doppler Vascular - aparelho para visualização de acesso veia. ou Venoscópio/Fleboscópio_x000D_
 Profissional - Aparelho LED Rastreador Identificador de Veias Infravermelho para acesso venosos_x000D_
 ou Coleta de Sangue Profissional;_x000D_
 Equipamento Monitor de sinais vitais – para acompanhamento de frequência cardíaca,_x000D_
 frequência respiratória, pressão arterial e temperatura.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2191/indicacao_48_m_elena_sede_produtores_rurais_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2191/indicacao_48_m_elena_sede_produtores_rurais_pdf_ass.pdf</t>
   </si>
   <si>
     <t>seja destinado um local único para apoio ao produtor rural, concentrando-se neste ali os serviços essenciais voltados à agricultura e pecuária em nosso Município tais como IMA (Instituto Mineiro de Agricultura), Emater, Programa Mais Genética, inscrição para o Selo SIM, serviço de aração, etc...</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2195/indicacao_49_uniformes_pronto_socorro_marly_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2195/indicacao_49_uniformes_pronto_socorro_marly_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo_x000D_
 Municipal através da Secretaria Municipal de Saúde, para que sejam adquiridos e doados uniformes_x000D_
 para os servidores do Pronto Socorro: enfermagem, escritório administrativo, recepção e motoristas.</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2198/indicacao_no_50_marly_redutores_velocidade.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2198/indicacao_no_50_marly_redutores_velocidade.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, para que faça a implantação de redutores de velocidade (lombada, quebra mola) quais sejam mais adequados no decorrer da Rua Noraldino Pimenta dos Santos imediações do nº 98, (frente à casa da Sra. Dayane Felizardo) com certa urgência.</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2199/indicacao_no_51_marly_asfaltamento_rua.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2199/indicacao_no_51_marly_asfaltamento_rua.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal, para que seja refeito o asfaltamento da Rua Juventino Dias, do trecho que vai do cruzamento_x000D_
 com a Rua José Mário (imediações do Tacilinho) subindo até a rua Ary Bastos Siqueira.</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2200/indicacao_no_52_marly_coral_santa_terezinha.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2200/indicacao_no_52_marly_coral_santa_terezinha.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal, solicitando que seja incluída na programação de fim de ano da Secretaria Municipal de Cultura,_x000D_
 a Cantata de Natal com a apresentação do Coro Santa Terezinha Itau de Minas.</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2201/indicacao_no_53_marly_rua_do_clube.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2201/indicacao_no_53_marly_rua_do_clube.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, solicitando na forma regimental, determinar ao setor competente que tome providências no sentido de fazer alteração para mão única de direção na Rua Artur Vieira, mais conhecida como “rua do clube” centro dessa cidade.</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2223/indicacao_no_54_elena_revisao_codigo_posturas_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2223/indicacao_no_54_elena_revisao_codigo_posturas_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, para que seja feita a revisão geral do Código de Posturas de nosso Município.</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2233/indicacao_55_maria_elena_cemiterio.pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2233/indicacao_55_maria_elena_cemiterio.pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, para que seja feita uma reforma geral no cemitério municipal, e também é necessário sabermos se há alguma previsão de melhorias pro local.</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2244/indicacao_no_56_calcadao_sao_lucas_marly_pdf_ass.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2244/indicacao_no_56_calcadao_sao_lucas_marly_pdf_ass.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal através da Secretaria Municipal de Saúde, para que construído ao longo da avenida de acesso ao Bairro São Lucas um calçadão para pedestres.</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2245/indicacao_57_aula_canto__marly_pds_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2245/indicacao_57_aula_canto__marly_pds_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal através da Secretaria Municipal de Cultura para que seja implementado aula de Canto em nossa cidade através da contratação de profissionais capacitados para tal função.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2246/indicacao_58_maria_elena_claudia_busto_e_placa_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2246/indicacao_58_maria_elena_claudia_busto_e_placa_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para que sejam restituídos ou refeitos o monumento e placa abaixo relacionados:_x000D_
 - Busto no Monsenhor Ernesto Cavicchioli na Praça da Matriz Santa Terezinha;_x000D_
 - Placa original alusiva à denominação da Farmácia Municipal homenageando o Sr. Geraldo Oliveira, afixando-a ao lado da placa exigida pelo Ministério da Saúde.</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2259/indicacao_no_59_marly_uniformes_e_chapeus_gari_reforco_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2259/indicacao_no_59_marly_uniformes_e_chapeus_gari_reforco_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, pedido de reforço junto ao Executivo Municipal para que seja atendida as Indicações no qual solicitam que a Administração forneça uniformes e chapéus aos servidores da limpeza urbana.</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2258/indicacao_no_60__marly_limpesa_tulipas_belvedere_e_bueiro_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2258/indicacao_no_60__marly_limpesa_tulipas_belvedere_e_bueiro_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal através da Secretaria de Serviços Urbanos para que para que sejam sanadas as seguintes situações:_x000D_
 - reparo no bueiro quebrado sem proteção na rua Tulipas no bairro Belvedere, do lado do Morro;_x000D_
 - retirada do lixo acumulado na Rua Tulipas no bairro Belvedere;_x000D_
 - limpeza e retirada de lixo acumulado nos terrenos da prefeitura localizados ao lado da APAE;</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2260/indicacao_no_61_marly_casa_abandonada_univ._pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2260/indicacao_no_61_marly_casa_abandonada_univ._pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal através das Secretarias competentes para que para que sejam tomadas providências em relação a uma casa que está depredada e abandonada no final da Rua João Kirchner no bairro universitário</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2261/indicacao_no_62_marly_praca_congo_urgente_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2261/indicacao_no_62_marly_praca_congo_urgente_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal através das Secretarias competentes no sentido de que seja agilizado o processo de reforma da Praça do Congo com a maior brevidade possível antes mesmo de iniciar as festas de fim de ano.</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2262/indicacao_no_63_marly_redutor_velocidade_rua_madre_paulina_vicentinos_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2262/indicacao_no_63_marly_redutor_velocidade_rua_madre_paulina_vicentinos_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal através dos setores competentes no sentido de que sejam construídos redutores de velocidade na rua Madre Paulina imediações do Salão de festas dos Vicentinos.</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2268/indicacao_no_64_elena_bueiro_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2268/indicacao_no_64_elena_bueiro_pdf_ass.pdf</t>
   </si>
   <si>
     <t>indicação 64 Bueiro</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2269/indicacao_no_65_chacara_geraldo_marly_ratifica__pedido_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2269/indicacao_no_65_chacara_geraldo_marly_ratifica__pedido_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Melhorias nas imediações da Chácara São Geraldo - levar iluminação pública para o local o que poderia ser facilitado puxando energia do Cecoi, sinalizar com placa indicativa o nome da referida chácara e também instalação de uns holofotes no paredão assim proporcionaria mais claridade para os moradores daquela área.</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2270/indicacao_no_66_marly_bueiros_jardim_pinheiro_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2270/indicacao_no_66_marly_bueiros_jardim_pinheiro_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Para que sejam feitos reparos nos bueiros localizados nas imediações do Bairro Jardim Pinheiro, especialmente o que está localizado perto da Igreja Nossa Sra. Aparecida.</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2271/indicacao_no_67_marly_pronto_socorro_melhorias_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2271/indicacao_no_67_marly_pronto_socorro_melhorias_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Para que sejam feitas as seguintes melhorias no Pronto Socorro Municipal:_x000D_
 a)	Revisão do sistema de iluminação da fachada do prédio;_x000D_
 b)	Instalação da placa contendo o nome PRONTO SOCORRO MUNICIPAL MARIA GUERRA_x000D_
 c)	Instalação de toldos de proteção nos fundos do PS;_x000D_
 d)	Contratação de guardas/vigias/segurança 24 horas;_x000D_
 e)	Instalação de sistema de monitoramento com câmeras.</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2272/indicacao_no__68_marly_nivel_iii_motorista_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2272/indicacao_no__68_marly_nivel_iii_motorista_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Para que seja criado o nível III para o cargo de Motoristas do Pronto Socorro Municipal.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2273/indicacao_no_69_marly_iluminacao_lampadas_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2273/indicacao_no_69_marly_iluminacao_lampadas_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Para que sejam feitos os devidos reparos e as trocas de lâmpadas queimadas existentes em todo o sistema de iluminação de nossa cidade.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2274/indicacao_no_70_morada_sol_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2274/indicacao_no_70_morada_sol_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Pede providências junto ao Executivo Municipal, em relação à associação dos moradores do Condomínio Morada do Sol:_x000D_
 - ajudar no término de construção do tanque de água reforçado; _x000D_
 - melhorar as vias públicas do local fazendo a manutenção das ruas do condomínio.</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2275/indicacao_no_71_ventiladores_salas_aulas_escolas_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2275/indicacao_no_71_ventiladores_salas_aulas_escolas_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Pede para que sejam instalados em todas as salas de aulas do sistema municipal de ensino, no mínimo 02 ventiladores potentes ou 01 condicionador de ar com capacidade para refrigerar todo a sala.</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2276/indicacao_no_72_elena_barracao_cohab_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2276/indicacao_no_72_elena_barracao_cohab_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Pede providências junto ao Executivo Municipal à respeito da situação precária do Barracão da COHAB II que necessita de urgente reparação</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2290/indicacao__73_marly_laboratorio_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2290/indicacao__73_marly_laboratorio_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Para que sejam feitas as seguintes melhorias no Laboratório Municipal:_x000D_
 a)	Pintura das instalações e fachada do prédio;_x000D_
 b)	Aquisição e doação de uniformes para os servidores do local.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2292/indicacao_no_74_marly_cesta_natal_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2292/indicacao_no_74_marly_cesta_natal_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve apresenta à Vossas Excelências Indicação ao Executivo solicitando a seguinte providência junto aos setores competentes e em parceria com o Sindicato dos Servidores - SEMPRE:_x000D_
 - a aquisição e doação de cestas de natal, ou a concessão de um abono para aos nossos servidores municipais.</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2297/indicacao_no__75_roberto_ferias_premio_e_piso_enfermagem_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2297/indicacao_no__75_roberto_ferias_premio_e_piso_enfermagem_pdf_ass.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve apresenta à Vossas Excelências Indicação ao Executivo solicitando a seguinte providência para os servidores Municipais:_x000D_
 - que seja pago o piso salarial da enfermagem como salário base e não como complemento, para que as vantagens pecuniárias sejam pagas sobre o piso fixado;_x000D_
 - que seja zerada a lista de pagamento das férias prêmios em 2024, mesmo que seja necessária a utilização das sobras de caixa que serão devolvidas pelo Legislativo em dezembro.</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2310/indicacao_no_76_fabiano_academia_ar_livre_tres_marias_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2310/indicacao_no_76_fabiano_academia_ar_livre_tres_marias_pdf_ass.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa providências junto ao Executivo Municipal visando a implantação de uma Academia ao Ar Livre no complexo das Quadra Três Marias atendendo solicitação da comunidade.</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2311/indicacao_no_77_elena_bueiro_rua_pedro_oscar_queiroz.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2311/indicacao_no_77_elena_bueiro_rua_pedro_oscar_queiroz.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, para que sejam feitos reparos com a afixação de grades bem como a limpeza no bueiro aberto localizado na Rua Pedro Oscar de Queiróz no Bairro Sagrada Família.</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2350/indicacao_no_78_roberto_passagem_uai_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2350/indicacao_no_78_roberto_passagem_uai_pdf_ass.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal para que seja contratado serviço de transporte visando atender os cidadãos que precisam se_x000D_
 deslocar até a Unidade do UAI em Passos, nos moldes como são transportadas as pessoas que_x000D_
 precisam de atendimento e exames de saúde naquele local.</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2340/indicacao_no__79__marly_nivel_iii_motorista_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2340/indicacao_no__79__marly_nivel_iii_motorista_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve ratifica a Indicação n. 68/23, que indica a Mesa desta Casa, providências junto ao Executivo Municipal para que seja criado o nível III para o cargo de Motoristas do Pronto Socorro Municipal.</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2341/indicacao_no_80_juliana_apoio__escolar_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2341/indicacao_no_80_juliana_apoio__escolar_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica ao Executivo Municipal a seguinte providência:_x000D_
 - Incluir no quadro de servidores da Educação Municipal, o profissional de apoio escolar.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2354/indicacao_no_81_m_elena_telhado_casa_dos_aposentados.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2354/indicacao_no_81_m_elena_telhado_casa_dos_aposentados.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica à Mesa desta Casa, providências junto ao Executivo Municipal, para que seja feita reforma geral no telhado da “Casa dos Aposentados” situada na Av. Engenheiro Manoel Batista.</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2355/indicacao_no_82_m_elena_parque_cohab_ii.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2355/indicacao_no_82_m_elena_parque_cohab_ii.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica à Mesa desta Casa, providências junto ao Executivo Municipal, na forma regimental, determinar ao setor competente que proceda a reforma geral dos brinquedos e revitalização do Parque Infantil do Bairro Cohab II.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>MOÇ</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2076/mocao_01-2022_enfermagem_marly.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2076/mocao_01-2022_enfermagem_marly.pdf</t>
   </si>
   <si>
     <t>MOÇÃO - à ser encaminhada ao corpo de enfermagem e médicos do Pronto Socorro para manifestar os votos de aplausos desta Câmara em relação a dedicação na realização dos partos normais feitos pela equipe de profissionais competentes, sensíveis e que, com muita seriedade e humanidade tem enfrentado estas situações urgentes de forma excepcional</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2235/mocao_02-2023__servidores_parque_eventos_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2235/mocao_02-2023__servidores_parque_eventos_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para os trabalhos de reforma e revitalização do Parque Municipal de Eventos Sebastião Calixto.</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2242/mocao_de_repudio_no_03_aborto_claudia_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2242/mocao_de_repudio_no_03_aborto_claudia_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A vereadora abaixo assinado, em conformidade com o Art. 192 do Regimento Interno, solicita a Vossa Excelência, após a aprovação pelo Plenário, Moção de Repúdio e posterior envio de ofício à Câmara de Deputados Federais, ao Senado Federal e ao Supremo Tribunal Federal, com o seguinte teor: Considerando os seguintes argumentos CONTRA a descriminalização do aborto.</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2047/requerimento_no_01.23_-_urgencia_especial_-_convoca.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2047/requerimento_no_01.23_-_urgencia_especial_-_convoca.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de Urgência Especial ao Projeto de Lei nº 02/23 – Autoriza o Poder Executivo a abrir Crédito Adicional Especial na Lei nº 1211/2022 – que Estima a receita e fica a despesa do Município de Itaú de Minas para o exercício financeiro de 2023, a Lei Municipal nº 1209/2022 – Autoriza a concessão de subvenção, auxílios e contribuições no exercício de 2023, e dá outras providências (altera objeto de recursos para APAE).</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2050/requerimento_no_02.23_-_urgencia_especial_-_convoca.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2050/requerimento_no_02.23_-_urgencia_especial_-_convoca.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime_x000D_
 de urgência especial aos seguintes Projetos:_x000D_
 - Projeto de Lei nº 01 - DISPÕE SOBRE A CRIAÇÃO DE CARGOS COMISSIONADOS À_x000D_
 LEI MUNICIPAL N.º 278/98 E SUAS ALTERAÇÕES POSTERIORES, FIXA VALORES E_x000D_
 ATRIBUIÇÕES, ALTERA A LEI MUNICIPAL N.º 40/90 E SUAS ALTERAÇÕES_x000D_
 POSTERIORES, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 - Projeto de Lei nº 03 – DISPÕE SOBRE A REVISÃO GERAL DOS VENCIMENTOS DOS_x000D_
 SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS; e,_x000D_
 Projeto de Lei nº 04 DISPÕE SOBRE O PAGAMENTO DO PISO NACIONAL DOS_x000D_
 PROFISSIONAIS DO MAGISTÉRIO PÚBLICO MUNICIPAL E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS._x000D_
 - Projeto de Resolução nº 01 - DISPÕE SOBRE A REVISÃO GERAL DOS VENCIMENTOS_x000D_
 DOS SERVIDORES DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS;</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2054/requerimento_no_03.23_-_urgencia_especial_-_convoca.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2054/requerimento_no_03.23_-_urgencia_especial_-_convoca.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime_x000D_
 de Urgência Especial ao seguinte Projeto:_x000D_
 - Projeto de Lei nº 05/23 – Autoriza o Poder Executivo a abrir Crédito Adicional Suplementar_x000D_
 na Lei Orçamentária Anual nº 1.211/2022 que estima a receita e fixa a despesa do Município de_x000D_
 Itaú de Minas para o exercício financeiro de 2023, e dá outras providências. (para aquisição de_x000D_
 02 veículos, sendo: 01 Van e 01 ambulância para as necessidades do Pronto Socorro_x000D_
 Municipal).</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2057/requerimento_no_04.23_-_urgencia_especial_-_proj._06.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2057/requerimento_no_04.23_-_urgencia_especial_-_proj._06.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial ao Projeto que menciona._x000D_
 Senhores Vereadores:_x000D_
 A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime_x000D_
 de Urgência Especial ao seguinte Projeto:_x000D_
 - Projeto de Lei nº 06/23 – Ratifica a adesão do Município de Itaú de Minas ao Protocolo de_x000D_
 Intenções da Associação Pública dos Municípios da Microrregião do Médio Rio Grande_x000D_
 Consórcio AMEG, e que sejam dispensados os pareceres das competentes comissões.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>MARIA ELENA DE OLIVEIRA FARIA, MARLY CUSTODIO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2066/requerimento_no_05.23_maria_elena_e_marly.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2066/requerimento_no_05.23_maria_elena_e_marly.pdf</t>
   </si>
   <si>
     <t>As vereadoras que estas subscrevem, requerem informações do Executivo Municipal, a_x000D_
 respeito da Antena Digital:_x000D_
 - Qual o motivo que a Antena Digital não está funcionando em nosso Município, sendo_x000D_
 que já está instalada e os documentos já estão preenchidos desde o ano de 2021 e em duas_x000D_
 cidades vizinhas já estão funcionando como: Pratápolis e Fortaleza de Minas.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2067/requerimento_no_06.23_-_urgencia_especial_-_convoca.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2067/requerimento_no_06.23_-_urgencia_especial_-_convoca.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão de Regime de Urgência Especial aos seguintes Projetos:_x000D_
 - Primeira discussão e votação dos seguintes Projetos: _x000D_
 a) Projeto de Lei nº 07 - Autoriza o Poder Executivo a abrir  Crédito Adicional Especial na Lei Nº 1211/2022 - que estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2002, e dá outras providências. (tem como escopo a construção de quadra anexa ao CEMEI São Lucas.)_x000D_
 b) Projeto de Lei nº 08 - Autoriza o Poder Executivo a abrir Credito Adicional Suplementar na Lei Municipal Nº 1.211/2022 - que estima a receita e fixa a despesa do município para o exercício de 2023,  e dá outras providências. (viabilizar a aquisição de 01 veículo para atendimento das necessidades do gabinete do prefeito e ainda 01 mini van para o transporte escolar).</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2069/requerimento_no_07.23_-_urgencia_especial_-_servicos_medicos.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2069/requerimento_no_07.23_-_urgencia_especial_-_servicos_medicos.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de  URGENCIA ESPECIAL AO PLO Nº09/2022 - QUE AUTORIZA A CONTRATAÇÃO DE SERVIÇOS MÉDICOS ATRAVÉS DE CREDENCIAMENTO OU PREGÃO PARA REGIME DE SOBREAVISO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2092/requerimento_no_08.23_-_urgencia_especial_plo_12.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2092/requerimento_no_08.23_-_urgencia_especial_plo_12.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de Urgência Especial aos seguintes projetos:_x000D_
 - Projeto de Lei nº 12/23 – Dispõe sobre alteração de dispositivos a Lei nº 1052/2019 Que disciplina as diretrizes fundamentais para a aplicabilidade dos direitos da Criança e do Adolescente no âmbito do Município de Itaú de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2093/requerimento_no_09-23_-_urgencia_especial_plc_01.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2093/requerimento_no_09-23_-_urgencia_especial_plc_01.pdf</t>
   </si>
   <si>
     <t>REGIME DE URGENCIA ESPECIAL AO - Projeto de Lei Complementar nº 01/23 – Dispõe sobre alteração na Lei Complementar nº56/19 – que institui o Plano Diretor do Município de Itaú de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2094/requerimento_no_10.23_-_urgencia_especial_-.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2094/requerimento_no_10.23_-_urgencia_especial_-.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial ao Projeto que menciona._x000D_
 A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de Urgência Especial ao seguinte Projeto:_x000D_
 - Projeto de Lei nº 11/23 – Autoriza o Poder Executivo a abrir crédito adicional suplementar na Lei Orçamentária anual nº 1.211/2022 – que estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2100/requerimento_no_11_-_maria_elena_agentes.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2100/requerimento_no_11_-_maria_elena_agentes.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - Qual o número de servidores agentes de endemias efetivos em nosso município e quais as áreas que cada um está atuando?</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2110/requerimento_urgencia_especial_plc_01_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2110/requerimento_urgencia_especial_plc_01_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial ao Projeto que menciona._x000D_
 Senhores Vereadores:_x000D_
 A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de_x000D_
 Urgência Especial ao seguinte Projeto:_x000D_
 - PROJETO DE LEI COMPLEMENTAR N.º 01/23 - QUE DISPÕE SOBRE ALTERAÇÃO_x000D_
 NA LEI COMPLEMENTAR N.º 56/19 – QUE INSTITUIU O PLANO DIRETOR DO_x000D_
 MUNICÍPIO DE ITAÚ DE MINAS – E DÁ OUTRAS PROVIDÊNCIAS, bem como a_x000D_
 Proposição de Emenda n. 01 ao referido Projeto de Lei Complementar.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2111/requerimento_n_13_roberto_convoca_secretario_roriz_pdf_ass1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2111/requerimento_n_13_roberto_convoca_secretario_roriz_pdf_ass1.pdf</t>
   </si>
   <si>
     <t>A Comissão de Obras, Serviços Públicos, Agronegócio, Indústria, Comércio, Meio_x000D_
 Ambiente, Trabalho e Emprego, por seus membros abaixo assinados, requerem ao Plenário desta_x000D_
 Casa de Leis a convocação do Sr. Eurípedes Roriz da Silva, Secretário Municipal de Obras e de_x000D_
 seus respectivos assessores, para falar sobre os seguintes assuntos na próxima sessão ordinária_x000D_
 desimpedida do legislativo:_x000D_
 - atividades da Secretaria referente à obras, serviços públicos, agronegócio, indústria,_x000D_
 comércio, meio ambiente, trabalho e emprego.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>COSAIC - COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS, AGRONEGÓCIO, IND., COM., MEIO AMBIENTE, TRABALHO E EMPREGO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2118/requerimento_14-2023_convoca_mackson.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2118/requerimento_14-2023_convoca_mackson.pdf</t>
   </si>
   <si>
     <t>A Comissão de Obras, Serviços Públicos, Agronegócio, Indústria,Comércio,Meio Ambiente, Trabalho e Emprego, por seus membros abaixo assinados, requerem ao Plenário desta Casa de Leis a convocação do Sr. Mackson Antonio da Silva, Secretário Municipal de Planejamento e Desenvolvimento Urbano e de seus respectivos assessores, para falar sobre os assuntos da referida secretaria</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2121/requerimento_14_urgencia_especial_proj_lei_14_d_proj_resolucao_01._cargos_angelita_pdf.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2121/requerimento_14_urgencia_especial_proj_lei_14_d_proj_resolucao_01._cargos_angelita_pdf.doc.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de Urgência Especial aos seguintes Projetos:_x000D_
 - PROJETO DE LEI N° 14 - Fixa vencimento de cargo que menciona do Poder Legislativo de Itaú de Minas/MG e dá outras providências;_x000D_
 - PROJETO DE RESOLUÇÃO Nº 03 - Modifica a Resolução nº57, de 26/12/90, alterada pela Resolução n.249/18, de 30/01/18 - Plano de Carreiras da Câmara Municipal de Itaú de Minas/MG dá outras providências.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2125/requerimento_no_16.23_-_urgencia_especial_projetos_15_e_16_bdmg_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2125/requerimento_no_16.23_-_urgencia_especial_projetos_15_e_16_bdmg_ass.pdf</t>
   </si>
   <si>
     <t>1)	SOLICITA CONCESSÃO REGIME DE URGENCIA ESPECIAL AOS PROJETOS DE LEIS N.º 16 e 17/23 que AUTORIZAM O MUNICÍPIO DE ITAÚ DE MINAS A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERAIS S/A – BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS. (maquinários e equipamentos) e (reforma da Usina de reciclagem).</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2129/requerimento_no_17_insalubridade_m._elena_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2129/requerimento_no_17_insalubridade_m._elena_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca de supressão e redução de percentual de insalubridade e periculosidade de servidores municipais</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2131/requerimento_no_18__urgencia_especial_proj._17.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2131/requerimento_no_18__urgencia_especial_proj._17.pdf</t>
   </si>
   <si>
     <t>Requer que seja apreciado em regime de URGÊNCIA ESPECIAL o Projeto de Lei n. 17/23 que Dispõe sobre a alteração da Lei n. 1201/22 que - Dispõe sobre a criação do Conselho Municipal de Turismo e do Fundo Municipal de Desenvolvimento do Turismo (FUMTUR) e dá outras providências</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2144/requerimento_19_urgencia.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2144/requerimento_19_urgencia.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, por seus membros abaixo assinados, requer que seja apreciado em regime de URGÊNCIA ESPECIAL os Projetos de Lei Ordinária n. 19 e 20 que Autorizam o Poder Executivo a abrir crédito adicional especial na lei nº 1211/2022- que Estima a receita e fixa a despesa do município de Itaú de Minas para o exercício financeiro de 2023 e na lei municipal nº 1209/2022 - Autoriza a concessão de subvenções, auxílios e contribuições no exercício de 2023, e da outras providencias. (subvenções ao CHAME); e requer também que sejam dispensados os pareceres das comissões permanentes.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2148/requerimento_n._20_urgencia_especial_projeto_n.21_-_amplia_vaga_educador.doc_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2148/requerimento_n._20_urgencia_especial_projeto_n.21_-_amplia_vaga_educador.doc_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Requerimento n. 20 requer concessão do regime de urgencia especial ao Projeto de lei n. 21 que - DISPÕE SOBRE A ALTERAÇÃO DOS ANEXOS I E III, DA LEI MUNICIPAL N. 40/90 - PLANO DE CARREIRAS DO MUNICÍPIO DE ITAU DE MINAS -, LEI N. 977/2017 E LEI N. 1179/2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2165/requerimento_21_urgencia_especial_proj_lei_24_e_25_credito_pdf_ass_ok.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2165/requerimento_21_urgencia_especial_proj_lei_24_e_25_credito_pdf_ass_ok.pdf</t>
   </si>
   <si>
     <t>requer a concessão de Regime de Urgência Especial aos Projetos e que sejam dispensados os pareceres das competentes comissões permanentes:_x000D_
 A)	PROJETOS DE LEI N., 24 E 25 AMBOS AUTORIZAM A ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES NA LEI ORÇAMENTÁRIA ANUAL Nº 1.211/2022 DE 07/11/2022 E DÁ OUTRAS PROVIDÊNCIAS. (EMENDA IMPOSITIVA SOBRE TERMINAL RODOVIÁRIO E REFORMA DO PARQUE DE EVENTO).</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2167/requerimento_no_22.23_-_urgencia_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2167/requerimento_no_22.23_-_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de Urgência Especial ao projeto que menciona._x000D_
 _x000D_
 A Mesa Diretora por seus membros abaixo assinados, requer a concessão de Regime de Urgência Especial ao Projeto de Lei Ordinária nº 26/2023 – Que Autoriza a Abertura de crédito adicional suplementar na Lei nº 1.211/2022, de 07/11/2022, que - "Estima a receita e fixa a despesa do Municipio de Itaú de Minas/MG para o exercicio financeiro de 2023 - e dá outras providencias". O Projeto de Lei busca viabilizar a construção de um PSF no Município._x000D_
 Requer também que sejam dispensados os pareceres das comissões permanentes.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2172/requerimento_n._23_maria_elena_devolucao_ferias_premio_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2172/requerimento_n._23_maria_elena_devolucao_ferias_premio_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca do pagamento de férias prêmios aos servidores municipais._x000D_
 A Vereadora que esta subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - o Executivo Municipal tem um planejamento ou previsão para pagar as férias prêmios vencidas dos servidores municipais que já fazem jus ao referido benefício?_x000D_
 - tendo em vista a disponibilidade de saldo em caixa do Legislativo Municipal, o Executivo Municipal concordaria em requerer a devolução antecipada deste saldo financeiro da Câmara para quitar as férias prêmios do funcionalismo ainda em 2023?</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2175/requerimento_24_juliana_margem_rodovia_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2175/requerimento_24_juliana_margem_rodovia_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca das margens do novo traçado da Rodovia MG 050 fundos da Rua Alcides Rodrigues._x000D_
 _x000D_
 A Vereadora que esta subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - à quem pertence a área das margens do novo traçado da Rodovia MG 050 fundos da Rua Alcides Rodrigues ? É da Concessionária, da Prefeitura ou dos moradores?_x000D_
 - de quem é a responsabilidade pela limpeza e conservação da referida área?</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2176/requerimento_n._25_cecoi__juliana_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2176/requerimento_n._25_cecoi__juliana_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca dos imóveis do Cecoi e incentivo de alugueis para empresas._x000D_
 _x000D_
 A Vereadora que esta subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - como está a situação dos imóveis que foram judicializados no CECOI, houve andamento ou alguma decisão para liberação destes imóveis?_x000D_
 - não havendo andamento na liberação destes imóveis, sabemos que o Município, em casos específicos, poderia subsidiar aluguel para empresas se instalarem em nossa cidade. Assim pergunto, qual a disposição da Administração em atender as empresas que já procuram a Prefeitura pleiteando este benefício?</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2177/requerimento_no_26_urgencia_simples_proj._27_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2177/requerimento_no_26_urgencia_simples_proj._27_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Requer a concessão do Regime de urgência simples ao Projeto que menciona._x000D_
 _x000D_
 A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de Urgência SIMPLES ao Projeto de Lei n. 27/23 que DISPÕE SOBRE A MODIFICAÇÃO DO ANEXO VI, DA LEI MUNICIPAL Nº 40/90 E SUAS ALTERAÇÕES POSTERIORES. (Cria o cargo de "Agente de_x000D_
 Contratação").</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2188/requerimento_no_27.23_-_urgencia_especial_projetos_28_e_29_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2188/requerimento_no_27.23_-_urgencia_especial_projetos_28_e_29_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial aos Projetos que menciona._x000D_
 A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de Urgência Especial aos Projetos e que sejam dispensados os pareceres das competentes comissões permanentes:_x000D_
 A) Projeto de lei n. 28 que “Autoriza o Poder Executivo a abrir crédito adicional especial na lei nº 1211/2022 – que Estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2023, e dá outras providências. (recursos para as Obras Sociais) e;_x000D_
 B) Projeto de lei n. 29 que “Autoriza a abertura de crédito adicional suplementar nº 1.211/2022 que Estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2023 e dá outras providências”. (recursos para o Lar São Vicente, Chame e Apae)</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2203/requerimento_no_28.23_-_urgencia_especial_adiantamento.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2203/requerimento_no_28.23_-_urgencia_especial_adiantamento.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de Urgência Especial ao projeto que menciona._x000D_
 A Mesa Diretora por seus membros abaixo assinados, requer a concessão de Regime de Urgência Especial ao PROJETO DE RESOLUÇÃO Nº 05/23 – Que autoriza a Câmara Municipal antecipar, ao Executivo Municipal, a devolução de recursos financeiros em disponibilidade no Legislativo.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2204/requerimento_no_29-2023_-_juliana_mattar_informacoes_dengue.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2204/requerimento_no_29-2023_-_juliana_mattar_informacoes_dengue.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre ações de combate à proliferação do mosquito Aedes Aegypti.</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2214/requerimento_no__30_urgencia_proj._32_33_35_e_36_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2214/requerimento_no__30_urgencia_proj._32_33_35_e_36_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de Urgência Especial aos Projetos de Leis abaixo descritos e que sejam dispensados os pareceres das competentes comissões permanentes:_x000D_
 a)	Projeto de lei n. 32 que “Autoriza o Poder Executivo a abrir crédito adicional suplementar na lei no 1211/2022 que - Estima a receita e fixa a despesa do município de Itaú de Minas para o exercício financeiro de 2023 - e dá outras providências.” (recursos para exames de média e alta complexidade);_x000D_
 b)	Projetos de leis n. 33, 35 e 36  que “Autorizam o Poder Executivo a abrir crédito adicional especial na lei n. 1211/22 - que Estima a receita e fixa a despesa do município de Itaú de Minas para o exercício financeiro de 2023 -, e da outras providências”. (destina recursos para construção/reforma da sede para vigilância sanitária; implantação do UAI em nosso Município e destinação de recursos da Lei Cultural Paulo Gustavo, respectivamente).</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2224/requerimento_no_31_urgencia_simples_proj._31_diretor_ass_pdf.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2224/requerimento_no_31_urgencia_simples_proj._31_diretor_ass_pdf.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência simples ao Projeto que menciona._x000D_
 Senhores Vereadores:_x000D_
 A Mesa Diretora por seus membros abaixo assinados, requerem a concessão do Regime de_x000D_
 urgência simples ao Projeto de lei abaixo relacionado:_x000D_
 a) Projeto de lei n. 31 que Dispõe sobre processo de avaliação e indicação para provimento de_x000D_
 cargo em comissão de Diretor de escola, e da função gratificada de vice diretor da rede pública_x000D_
 municipal de Itaú de Minas, e dá outras providencias</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2225/requerimento_no__32_urgencia_proj.34_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2225/requerimento_no__32_urgencia_proj.34_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial ao Projeto que menciona._x000D_
 Senhores Vereadores:_x000D_
 A Mesa Diretora por seus membros abaixo assinados, requerem a concessão do Regime de_x000D_
 urgência especial ao Projeto de lei abaixo relacionado:_x000D_
 a) N. 34 que Dispõe sobre a ratificação do Munícipio de Itaú de Minas ao contrato de consórcio_x000D_
 público da Associação dos Municípios da Microrregião do Médio Rio Grande - AMEG,_x000D_
 consolidado com o segundo termo aditivo.</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2229/requerimento_no_33_urgencia_especial_fundacao_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2229/requerimento_no_33_urgencia_especial_fundacao_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial ao Projeto que menciona.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2236/requerimento_34_roberto_relatorios_gastos_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2236/requerimento_34_roberto_relatorios_gastos_pdf_ass.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - relatório detalhado contendo relação nominal e valores individualizados de todas as despesas realizadas_x000D_
 na reforma do Parque e Eventos em 2023;_x000D_
 - relatório detalhado contendo relação nominal e valores individualizados de todas as despesas realizadas_x000D_
 em todos os eventos realizados por ocasião das comemorações do 36º aniversário de Itaú de Minas;_x000D_
 - relatório detalhado contendo relação nominal e valores individualizados de todas as despesas realizadas_x000D_
 com horas extras para reforma do parque e com as festividades de aniversário da cidade em 2023.</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2237/requerimento_no__35__urgencia_projeto_eleicao_diretores_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2237/requerimento_no__35__urgencia_projeto_eleicao_diretores_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requerem a concessão do Regime de urgência especial ao Projeto de lei abaixo relacionado:_x000D_
 - Projeto de lei n. 42 que DISPÕE SOBRE PROCESSO DE AVALIAÇÃO E INDICAÇÃO PARA PROVIMENTO DE CARGO EM COMISSÃO DE DIRETOR DE ESCOLA, E DA FUNÇÃO GRATIFICADA DE VICE DIRETOR DA REDE PÚBLICA MUNICIPAL DE ITAÚ DE MINAS, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 Solicitamos também que sejam dispensados os pareceres das comissões permanentes.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2247/requerimento_no__36_informacoes_sobre_seleo_sim_elena_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2247/requerimento_no__36_informacoes_sobre_seleo_sim_elena_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A vereadora que abaixo subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - qual o setor e o servidor designado pela Prefeitura para atender o munícipe que deseja obter o selo do SIM – Serviço de Inspeção Municipal?_x000D_
 - qual o cronograma de atendimento, o horário e endereço de funcionamento deste setor?</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2252/requerimento_37_urgencia_proj_43_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2252/requerimento_37_urgencia_proj_43_1.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, por seus membros abaixo assinados, requer que seja apreciado em regime de_x000D_
 URGÊNCIA ESPECIAL o Projeto de Lei n. 43/23 que - Dispõe sobre a regulamentação da Assistência_x000D_
 Financeira Complementar repassada pela União Federal visando dar cumprimento ao disposto na Lei_x000D_
 Federal n' 14.434, de 4 de agosto de 2022 que instituiu o piso salarial nacional do Enfermeiro, do_x000D_
 Técnico de Enfermagem, do Auxiliar de Enfermagem e da Parteira e dá outras providências; e requer_x000D_
 também que sejam dispensados os pareceres das comissões permanentes.</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2266/requerimento_138_urgencia_projeto_lc_03_terrenos_ipsim_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2266/requerimento_138_urgencia_projeto_lc_03_terrenos_ipsim_pdf_ass.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO URGENCIA</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2267/requerimento_39_urgencia_projeto_44_contratacao_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2267/requerimento_39_urgencia_projeto_44_contratacao_pdf_ass.pdf</t>
   </si>
   <si>
     <t>requer urgencia projeto de lei n. 44</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2278/requerimento_n._40_urgencia_diretores_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2278/requerimento_n._40_urgencia_diretores_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Requer a concessão do Regime de urgência especial ao Projeto de Lei N.46 que “Dispõe sobre a alteração do artigo 2º da Lei n. 1258/23 - Dispõe sobre o Processo de avaliação e indicação para provimento de cargo em comissão de Diretor de Escola, e da função gratificada de Vice-Diretor de Escola da rede pública municipal de Itaú de Minas, e dá outras providências.”</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2279/requerimento_no__41_urgencia_proj._proj_45_majoracao_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2279/requerimento_no__41_urgencia_proj._proj_45_majoracao_pdf_ass.pdf</t>
   </si>
   <si>
     <t>requer a concessão do Regime de urgência especial ao Projeto de Lei N.45 que “Autoriza a majoração do limite de abertura de créditos adicionais suplementares na lei orçamentária anual n.1.154 - que Estima a receita e fixa a despesa do Município de Itaú de Minas para o exercício financeiro de 2023, - e dá outras providências. Solicita também que sejam dispensados os pareceres das comissões permanentes.</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2287/requerimento_42_urgencia_projeto_48_cargos_agente_saude_e_endemias_pdf_ass_ok.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2287/requerimento_42_urgencia_projeto_48_cargos_agente_saude_e_endemias_pdf_ass_ok.pdf</t>
   </si>
   <si>
     <t>requer a concessão do Regime de urgência especial ao Projeto de Lei n. 48, que DISPÕE SOBRE A ALTERAÇÃO DOS ANEXOS I E II, DA LEI N° 968/2016, QUE - O PLANO DE CARGOS, CARREIRAS E SALÁRIOS DOS AGENTES COMUNITARIOS DE SAUDE E DOS AGENTES DE COMBATES A ENDEMIAS DO MUNICÍPIO DE ITAÚ DE MINAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2288/requerimento_no_43_proj._49__credito_rodoviaria_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2288/requerimento_no_43_proj._49__credito_rodoviaria_pdf_ass.pdf</t>
   </si>
   <si>
     <t>requer a concessão do Regime de urgência especial ao PROJETO DE LEI N.º 49 que Autoriza a abertura de crédito adicional suplementar na Lei Orçamentária Anual nº 1.211/2022 de 07/11/2022, que "Estima a receita e fixa a despesa do Município de Itaú de Minas/MG para o exercício financeiro de 2023 - e dá outras providências. (reforma da rodoviária).</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2289/requerimento_no_44_proj._50_congo_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2289/requerimento_no_44_proj._50_congo_pdf_ass.pdf</t>
   </si>
   <si>
     <t>requer a concessão do Regime de urgência especial ao PROJETO DE LEI N.º 50 - AUTORIZA O MUNICÍPIO DE ITAÚ DE MINAS A CONCEDER AUXÍLIO FINANCEIRO AOS REPRESENTANTES DOS TERNOS DE CONGO E DE MOÇAMBIQUE EM ATIVIDADE NO MUNICÍPIO, POR OCASIÃO DE SUAS RESPECTIVAS PARTICIPAÇÕES NA 74º FESTA DAS CONGADAS DE ITAÚ DE MINAS - MG, NO ANO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2286/requerimento_no__45_urgencia_proj._cargos_uai_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2286/requerimento_no__45_urgencia_proj._cargos_uai_pdf_ass.pdf</t>
   </si>
   <si>
     <t>requer concessão do regime de urgencia especial aos Projetos que tratam da criação de cargos para o UAI</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2291/requerimento_46_roberto_convoca_secretario_mackson_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2291/requerimento_46_roberto_convoca_secretario_mackson_pdf_ass.pdf</t>
   </si>
   <si>
     <t>O vereador abaixo assinado requer ao Plenário desta Casa de Leis a convocação do Sr. Mackson Antônio da Silva – Secretário Municipal de Planejamento e Des. Econômico da Prefeitura Municipal de Itaú de Minas/MG.; e de seus respectivos assessores, para falar sobre os seguintes_x000D_
 assuntos:_x000D_
 - informações referente à doação de terrenos e espaços públicos no Distrito Industrial (Empresa Treat e demais empresas) e também no CECOI de Itaú de Minas;_x000D_
 - informações sobre projeto, processo de instalação da Antena Digital e sobre a entrega das referidas antenas para a comunidade;</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2294/requerimento_no__47_fabiano_lima_pecas_e_licitacao_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2294/requerimento_no__47_fabiano_lima_pecas_e_licitacao_pdf_ass.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - Apresentação da cópia de contratação da assinatura da Empresa Trans Valor (planilha de preço usado_x000D_
 para comercialização de peças setor público) das empresas habilitadas;_x000D_
 - Baseado em quais leis e normas foi usado o critério de desconto &lt; ou &gt; de 30 % para apresentação de_x000D_
 comprovação de capacidade execução serviços e peças;_x000D_
 - Cópia impressa do edital publicado;_x000D_
 - quais os motivos e critérios usados para desclassificar as empresas que deram um desconto &gt; de 30 % ?_x000D_
 - As empresas que deram um desconto &lt; de 30 % fizeram comprovação de capacidade execução?</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2300/requerimento_48_revisado_urgencia_especial_utilidade_publica_afrim_e_aicau_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2300/requerimento_48_revisado_urgencia_especial_utilidade_publica_afrim_e_aicau_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requerem a concessão do Regime de urgência especial aos PROJETOS DE LEI N.º52 que DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO ITAUENSE COLUNAS DE AMOR E UNIÃO – AICAU, e N.º53 QUE DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO DA FAMÍLIA ROTÁRIA DE ITAU DE MINAS – AFRIM._x000D_
 Solicitamos também que sejam dispensados os pareceres das comissões permanentes.</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2307/requerimento_no_49_-_urgencia__projetos_54_e_55_creditos.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2307/requerimento_no_49_-_urgencia__projetos_54_e_55_creditos.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requerem a concessão do Regime de_x000D_
 urgência especial aos Projetos de leis N. 54/23 - Autoriza o Poder Executivo a abrir Crédito Adicional_x000D_
 Suplementar na Lei Nº 1211/2022 Que - Estima a Receita e Fixa a Despesa do Município de Itaú de_x000D_
 Minas para o exercício financeiro de 2023 e dá outras providências (aquisição de material permanente_x000D_
 para os PSF's, ambulatório, farmácia, Pronto Socorro e Laboratório) e N. 55/23 - Autoriza o Poder_x000D_
 Executivo a abrir Crédito Adicional Especial na Lei Nº 1211/2022 Que - Estima a Receita e Fixa a_x000D_
 Despesa do Município de Itaú de Minas para o exercício financeiro de 2023 e dá outras providências_x000D_
 (aquisição de material permanente para a Vigilância Sanitária)._x000D_
 Solicitamos também que sejam dispensados os pareceres das comissões permanentes.</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2312/requerimento_n_50_urgencia_decreto_legislativo_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2312/requerimento_n_50_urgencia_decreto_legislativo_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial ao Projeto que menciona._x000D_
 _x000D_
 A Mesa Diretora por seus membros abaixo assinados, requerem a concessão do Regime de urgência especial ao PROJETO DE DECRETO LEGISLATIVO Nº 02/23 que Concede o título de Honra ao Mérito à Sra. Darci Aparecida da Silva._x000D_
 Solicitamos também que sejam dispensados os pareceres das comissões permanentes.</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2313/requerimento_n_51_elena_empresa_exames_servidores_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2313/requerimento_n_51_elena_empresa_exames_servidores_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A vereadora que abaixo subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - a Administração Pública Municipal tem intenção em fazer processo licitatório para contratação de empresa responsável em realizar exames necessários dos servidores públicos municipais para admissão, demissão, periódicos e mudança de função?_x000D_
 - em caso positivo, há previsão para tal contratação?</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2319/requerimento_52_urgencia_especial_proj._56_e_57_credito_folha_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2319/requerimento_52_urgencia_especial_proj._56_e_57_credito_folha_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requerem a concessão do Regime de_x000D_
 urgência especial aos Projetos de leis N. 56 e 57/23 ambos Autoriza o Poder Executivo a abrir Crédito_x000D_
 Adicional Suplementar na Lei Nº 1211/2022 Que - Estima a Receita e Fixa a Despesa do Município de_x000D_
 Itaú de Minas para o exercício financeiro de 2023 e dá outras providências (autoriza a transferência de_x000D_
 saldos financeiros e remanejamento de crédito para pagamento da folha de pessoal).</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>Fabiano Gomes de Lima, MARIA ELENA DE OLIVEIRA FARIA, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2334/requerimento__53_-_cei_folha_da_manha_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2334/requerimento__53_-_cei_folha_da_manha_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo-assinados, conforme dispositivos regimentais, requerem a instalação de uma Comissão Especial de Inquérito tendo por objeto:_x000D_
 – Apuração de responsabilidade acerca da notícia falsa com Título de Capa “CÂMARA_x000D_
 APROVA INSTALAÇÃO DE UNIDADE DE UAI EM ITAÚ, publicada pelo Jornal “Folha da_x000D_
 Manhã” de Passos e pelo Site “Clic Folha”.</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2333/requerimento_n_54_elena_insalubridade_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2333/requerimento_n_54_elena_insalubridade_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A vereadora que abaixo subscreve, requer as seguintes informações e ações do Executivo Municipal:_x000D_
 - Laudos dos técnicos que balizam a solicitação das reduções/cortes da insalubridade, feitos à Prefeitura;_x000D_
 - Revisão da decisão de reduções/cortes do adicional de insalubridade publicadas no dia 01.12.23.</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2335/requerimento_n_55_sempre_elena_insalubridade_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2335/requerimento_n_55_sempre_elena_insalubridade_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A vereadora que abaixo subscreve, requer as seguintes informações do Sindicato dos Empregados da Prefeitura Municipal – SEMPRE:_x000D_
 - cópia dos laudos técnicos sobre adicional de insalubridade à que o SEMPRE tem acesso atualmente;</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2346/requerimento_n_56_urgencia__proj._59_desafetacao_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2346/requerimento_n_56_urgencia__proj._59_desafetacao_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial à Projeto que menciona._x000D_
 Senhores Vereadores:_x000D_
 A Mesa Diretora por seus membros abaixo assinados, requerem a concessão do Regime de urgência_x000D_
 especial ao seguinte Projeto de lei:_x000D_
 • nº 59 - "Dispõe sobre desafetação de área de equipamentos urbanos – (rede coletora de esgoto_x000D_
 sanitário)_x000D_
 Solicitamos também que sejam dispensados os pareceres das comissões permanentes.</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2347/requerimento_n_57_urgencia__proj._60_codes_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2347/requerimento_n_57_urgencia__proj._60_codes_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial à Projeto que menciona._x000D_
 Senhores Vereadores:_x000D_
 A Mesa Diretora por seus membros abaixo assinados, requerem a concessão do Regime de urgência_x000D_
 especial ao seguinte Projeto de lei nº 60/23 que:</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2348/requerimento_n_58_urgencia__proj._61_casas_far_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2348/requerimento_n_58_urgencia__proj._61_casas_far_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial à Projeto que menciona._x000D_
 Senhores Vereadores:_x000D_
 A Mesa Diretora por seus membros abaixo assinados, requerem a concessão do Regime de urgência_x000D_
 especial ao seguinte Projeto de lei nº 61/23 que :_x000D_
 • AUTORIZA O PODER EXECUTIVO A DOAR ÁREAS DE PROPRIEDADE MUNI-CIPAL_x000D_
 AO FUNDO DE ARRENDAMENTO RESIDENCIAL - FAR, REPRESENTADO PELA_x000D_
 CAIXA ECONÔMICA FEDERAL, PARA FINS DE CONSTRUÇÃO DE MORA-DIAS_x000D_
 DESTINADAS À ALIENAÇÃO NO ÂMBITO DO PROGRAMA MINHA CASA MINHA_x000D_
 VIDA - PMCMV.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2349/requerimento_59_roberto_receita_folha_pagamento_bradesco_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2349/requerimento_59_roberto_receita_folha_pagamento_bradesco_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Presidente,_x000D_
 O vereador que abaixo subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - onde será investido o valor arrecadado para serviços bancários com a Folha de Pagamento da Prefeitura_x000D_
 Municipal que teve por vencedor o Banco Bradesco conforme planilha de apuração? Trata-se de receita_x000D_
 vinculada à alguma despesa?_x000D_
 - quando e como serão feitos estes pagamentos aos cofres públicos pelos serviços bancários do Bradesco?</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2353/requerimento_n_60_urgencia_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2353/requerimento_n_60_urgencia_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial à Projetos que menciona._x000D_
 Senhores Vereadores:_x000D_
 A Mesa Diretora por seus membros abaixo assinados, requerem a concessão do Regime de urgência_x000D_
 especial aos seguintes Projetos de lei:_x000D_
 • n. 58 que AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1211/2022-_x000D_
 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO_x000D_
 FINANCEIRO DE 2023 -, E DÁ OUTRAS PROVIDENCIAS. (COMTUR e FUMTUR) e_x000D_
 • n. 62 que AUTORIZA O PODER EXECUTIVO A ABRIR CREDITO ADICIONAL SUPLEMENTAR NA LEI Nº_x000D_
 1211/2022 DE 07/11/2022 E DÁ OUTRAS PROVIDÊNCIAS. (TRANSPORTE ESCOLAR)._x000D_
 Solicitamos também que sejam dispensados os pareceres das comissões permanentes.</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2357/requerimento_no__61_urgencia_proj._63.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2357/requerimento_no__61_urgencia_proj._63.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial ao Projeto que menciona._x000D_
 	_x000D_
 A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de Urgência Especial ao Projeto de Lei abaixo descrito e que sejam dispensados os pareceres das competentes comissões permanentes:_x000D_
 a)	Projeto de Lei Ordinária nº 63/2023 – Que dispoe sobre a criação do setor de vigilância em saúde na secretaria municipal de saúde de Itaú de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2363/requerimento_no__62_urgencia_proj._64.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2363/requerimento_no__62_urgencia_proj._64.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial ao Projeto que menciona._x000D_
 _x000D_
 	A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de Urgência Especial ao Projeto de Lei abaixo descrito e que sejam dispensados os pareceres das competentes comissões permanentes:_x000D_
 a)	Projeto de Lei Ordinária nº 64/2023 – AUTORIZA MAJORAÇÃO DO LIMITE DE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES AO ORÇAMENTO DO MUNICIPIO DE ITAÚ DE MINAS, EXERCICIO DE 2023.</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2368/requerimento_no__63_urgencia_plc_04_e_plos_65_e_66.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2368/requerimento_no__63_urgencia_plc_04_e_plos_65_e_66.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial aos Projetos que menciona._x000D_
 _x000D_
 		_x000D_
 Senhores Vereadores:_x000D_
 _x000D_
 A Mesa Diretora por seus membros abaixo assinados, requer a concessão de Regime de Urgência Especial aos Projetos de Lei abaixo descritos e que sejam dispensados os pareceres das competentes comissões permanentes:_x000D_
 a)	Projeto de Lei Complementar nº 04/2023 – QUE ALTERA DISPOSITIVOS QUE MENCIONA NA LEI COMPLEMENTAR Nº02/93 MODIFICADA PELA LEI COMPLEMENTAR Nº53, DE 23 DE ABRIL DE 2018, CÓDIGO DE POSTURAS DO MUNICIPIO DE ITAÚ DE MINAS._x000D_
 b)	Projeto de Lei Ordinária nº65/2023 – QUE AUTORIZA O EXECUTIVO MUNICIPAL A DOAR IMOVEL A ASSOCIAÇÃO DA FAMILIA ROTÁRIA DE ITAÚ DE MINAS - AFRIM - E DÁ OUTRAS PROVIDENCIAS._x000D_
 c)	Projeto de Lei Ordinária nº65/2023 – QUE AUTORIZA O EXECUTIVO MUNICIPAL A DOAR IMOVEL A ASSOCIAÇÃO ITAUENSE COLUNAS DE AMOR E UNIÃO - AICAU - E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>PCLJR</t>
   </si>
   <si>
     <t>PARECER CLJR</t>
   </si>
   <si>
     <t>CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2109/parecer__ljr_projeto_lei_complementar_01_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2109/parecer__ljr_projeto_lei_complementar_01_ass.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – PROJETO DE LEI COMPLEMENTAR 01/23 que DISPÕE SOBRE_x000D_
 ALTERAÇÃO NA LEI COMPLEMENTAR Nº56/19 - QUE INSTITUIU PLANO DIRETOR_x000D_
 DO MUNICÍPIO DE ITAÚ DE MINAS - E DÁ OUTRAS PROVIDENCIAS_x000D_
 RELATOR– Fabiano Gomes de Lima_x000D_
 Do ponto de vista legal a matéria está apta à ser aprovada._x000D_
 Quanto ao mérito, após análise desta Comissão com os demais membros do_x000D_
 legislativo, restou decidido a apresentação de uma proposição de emenda alterando alguns_x000D_
 pontos do referido projeto para melhor adequação da matéria._x000D_
 A referida proposição de emenda segue anexa._x000D_
 Nestes termos, analisando-se pelo prisma da legalidade, sou pela aprovação da matéria_x000D_
 condicionada a aprovação da citada emenda.</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2240/parecer_proj_lc_02_-_ljr_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2240/parecer_proj_lc_02_-_ljr_pdf_ass.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA –PROJETO DE LEI COMPLEMENTAR 02/23 - QUE - ALTERA A LEI COMPLEMENTAR Nº 02, DE 20 DE ABRIL DE 1993 - CODIGO DE POSTURAS DO MUNICIPIO DE ITAÚ DE MINAS/MG - E DÁ OUTRA PROVIDÊNCIAS_x000D_
 RELATORA – Juliana Mattar</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>10122</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2101/parecer_cljrf_-_parecer_proposta_emenda_lei_organica_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2101/parecer_cljrf_-_parecer_proposta_emenda_lei_organica_1.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – PROPOSTA DE EMENDA À LEI ORGÂNICA Nº 01/22 que “Acrescenta dispositivo que menciona na Lei Orgânica Municipal que dispõe de reserva de cotas raciais para o ingresso de negros e negras no serviço público municipal”</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
     <t>11023</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2102/parecer_ljr_projeto_de_lei_10.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2102/parecer_ljr_projeto_de_lei_10.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – PROJETO DE LEI  N.10/23 QUE “DISPÕE SOBRE O PROTOCOLO DE SEGURANÇA PARA PREVENÇÃO E IDENTIFICAÇÃO DA PRÁTICA DE ATOS QUE ATENTEM CONTRA A LIBERDADE SEXUAL DA MULHER EM LOCAIS DE LAZER E OUTROS ESTABELECIMENTOS DESTINADOS AO ENTRETENIMENTO;_x000D_
 RELATORA– CLÁUDIA CALIXTO SIMÃO FONSECA</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>11223</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2097/comissao_de_legislacao_parecer_redacao_final_proj._12.23_conselho.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2097/comissao_de_legislacao_parecer_redacao_final_proj._12.23_conselho.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 MATÉRIA – Projeto de lei 12/23 - DISPÕE SOBRE ALTERAÇÃO DE DISPOSITIVOS À LEI N._x000D_
 1052/2019, QUE - DISCIPLINA AS DIRETRIZES FUNDAMENTAIS PARA A APLICABILIDADE_x000D_
 DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE NO AMBITO DO MUNICÍPIO DE ITAÚ_x000D_
 DE MINAS - E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 RELATORIA – Cláudia Calixto Simão_x000D_
 A matéria em análise não sofreu emenda em seu texto original e nada houve o que retocá-la_x000D_
 para adequá-la ao bom vernáculo._x000D_
 Sou pela aprovação. É o meu parecer. Salvo melhor juízo.</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
     <t>11823</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2170/parecer_cljr_claudia_projeto_18_cargo_diretor_ps.doc_pdf_ass_todos_membros.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2170/parecer_cljr_claudia_projeto_18_cargo_diretor_ps.doc_pdf_ass_todos_membros.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – PROJETO DE LEI ORDINÁRIA N. 18 QUE - DISPÕE SOBRE A MODIFICAÇÃO DO_x000D_
 ANEXIO VI, DA LEIMUNICIPAL Nº40/90, LEI MUNICPAL Nº 241, DE 28 DE JULHO DE 1997 E_x000D_
 LEIS POSTERIORES E A LEI MUNICIPAL Nº 836/2011 e LEI MUNICIPAL Nº873/2013, E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS._x000D_
 RELATORA – CLÁUDIA CALIXTO SIMÃO FONSECA._x000D_
 Do ponto de vista da legalidade, a matéria não encontra óbice para sua aprovação.</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>12323</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2232/parecer_proj._23_cljr_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2232/parecer_proj._23_cljr_pdf_ass.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – PROJETO DE LEI N. 23/2023 QUE - DISPÕE SOBRE A ALTERAÇÃO DA LEI N. 277/89 e 907/2014 E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS._x000D_
 RELATORA – Juliana Mattar</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>12723</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2179/comissao_de_legislacao_proj_27_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2179/comissao_de_legislacao_proj_27_pdf_ass.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – PROJETO DE LEI ORDINÁRIA N. 27 QUE - DISPÕE SOBRE A MODIFICAÇÃO DO_x000D_
 ANEXIO VI, DA LEI MUNICIPAL Nº40/90 E SUAS ALTERAÇÕES POSTERIORES._x000D_
 RELATORA – Juliana Mattar</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
     <t>13023</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2305/parecer_fabiano_comissao_de_legislacao_proj._30_visao_monocular_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2305/parecer_fabiano_comissao_de_legislacao_proj._30_visao_monocular_pdf_ass.pdf</t>
   </si>
   <si>
     <t>PARECER MATÉRIA – Projeto de Lei n. 30/23 que “Classifica a visão monocular como deficiência sensorial do tipo visual e dá outras providências._x000D_
 RELATOR– Fabiano Gomes de Lima</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>15123</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2295/parecer_ljr_projeto_de_lei_51-2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2295/parecer_ljr_projeto_de_lei_51-2023.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projeto de Lei n° 51 que “Fixa vencimentos de cargos que menciona do Poder_x000D_
 Legislativo de Itaú de Minas/MG e dá outras providências” e;_x000D_
 Projeto de Resolução nº 06 que “Modifica a Resolução nº57, alterada pela Resolução n._x000D_
 249/18, de 30/01/18 - Plano de Carreiras da Câmara Municipal de Itaú de Minas/MG dá_x000D_
 outras providências”. (trata da criação de cargos para instalação do UAI – Unidade de_x000D_
 Atendimento Integrado no Legislativo);_x000D_
 RELATORA – JULIANA MATTAR</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>16422</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2095/parecer_cljr__do_projeto_de_lei_n_64.22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2095/parecer_cljr__do_projeto_de_lei_n_64.22.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – Projeto de Lei nº 64/22 – Dispõe sobre o Programa Municipal de Parcerias Público Privadas e concessões do Município de Itaú de Minas, e dá outras providências. _x000D_
 RELATORA – Juliana Mattar</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>1641023</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2107/comissao_de_legislacao_parecer_redacao_final_plos_10-23_e_64-2022.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2107/comissao_de_legislacao_parecer_redacao_final_plos_10-23_e_64-2022.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 MATÉRIAS:_x000D_
 - Projeto de Lei nº 64/22 que Dispõe sobre o programa municipal de parcerias público-privadas e_x000D_
 concessões do município de Itaú de Minas, e dá outras providências._x000D_
 – Projeto de Lei nº 10/23 que “Dispõe sobre o protocolo de segurança para prevenção e identificação_x000D_
 da prática de atos que atentem contra a liberdade sexual da mulher em locais de lazer e outros_x000D_
 estabelecimentos destinados ao entretenimento._x000D_
 RELATORIA – Cláudia Calixto Simão_x000D_
 As</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Proposição de Emenda</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2253/proposicao_de_emenda_impositiva_01_geovan_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2253/proposicao_de_emenda_impositiva_01_geovan_pdf_ass.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA IMPOSITIVA N. 01/23_x000D_
 PROJETO DE LEI N. 39/23 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS/MG PARA O EXERCÍCIO FINANCEIRO DE 2024._x000D_
 Autor: Geovan dos Santos_x000D_
 A Câmara Municipal de Itaú de Minas aprova:_x000D_
 _x000D_
 Art. 1º - Ficam criadas as seguintes dotações orçamentárias no Projeto de Lei n. 39/23:_x000D_
 _x000D_
 01.02.11 – Fundo Municipal de Assistência Social “Emenda Parlamentar Impositiva: Auxilio à AVCC para Construção de Sede”_x000D_
 _x000D_
 01.02.10 – Secretaria de Saúde “Emenda Parlamentar Impositiva: Contribuição à Fundação Itaú de Assistência Social – FIAS”</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>Fabiano Gomes de Lima, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2254/proposicao_de_emenda_impositiva_n02_roberto_e_fabiano_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2254/proposicao_de_emenda_impositiva_n02_roberto_e_fabiano_pdf_ass.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA IMPOSITIVA N. 02/23_x000D_
 PROJETO DE LEI N. 39/23 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS/MG PARA O EXERCÍCIO FINANCEIRO DE 2024._x000D_
 Autores: Roberto Gonçalves Vieira e Fabiano Gomes de Lima_x000D_
 _x000D_
 A Câmara Municipal de Itaú de Minas aprova:_x000D_
 Art. 1º - Ficam criadas as seguintes dotações orçamentárias no Projeto de Lei n. 39/23:_x000D_
 01.02.11 – Fundo Municipal de Assistência Social “Emenda Parlamentar Impositiva: Contribuição ao Lar São Vicente de Paulo”_x000D_
 01.02.11 – Fundo Municipal de Assistência Social “Emenda Parlamentar Impositiva: Auxilio à AVCC para Construção de Sede”</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2255/proposicao_de_emenda_impositiva_n03_marly_custodio_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2255/proposicao_de_emenda_impositiva_n03_marly_custodio_pdf_ass.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA IMPOSITIVA N. 03/23_x000D_
 PROJETO DE LEI N. 39/23 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS/MG PARA O EXERCÍCIO FINANCEIRO DE 2024._x000D_
 Autora: Marly da Penha Custódio_x000D_
 A Câmara Municipal de Itaú de Minas aprova:_x000D_
 Art. 1º - Ficam criadas as seguintes dotações orçamentárias no Projeto de Lei n. 39/23:</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA, JULIANA MATTAR</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2256/proposicao_de_emenda_impositiva_n04_claudia_e_juliana_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2256/proposicao_de_emenda_impositiva_n04_claudia_e_juliana_pdf_ass.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA IMPOSITIVA N. 04/23_x000D_
 PROJETO DE LEI N. 39/23 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS/MG PARA O EXERCÍCIO FINANCEIRO DE 2024._x000D_
 Autores: Juliana Mattar e Claudia Calixto Simão Fonseca_x000D_
 _x000D_
 A Câmara Municipal de Itaú de Minas aprova:_x000D_
 Art. 1º - Ficam criadas as seguintes dotações orçamentárias no Projeto de Lei n. 39/23:_x000D_
 01.02.11 – Fundo Municipal de Assistência Social_x000D_
 “Emenda Parlamentar Impositiva: Auxilio à AVCC para Construção de Sede”_x000D_
 _x000D_
 01.02.11 – Fundo Municipal de Assistência Social_x000D_
 “Emenda Parlamentar Impositiva: Contribuição à Associação de Pais e Amigos dos Excepcionais –_x000D_
 APAE”_x000D_
 _x000D_
 01.02.10 – Secretaria de Saúde_x000D_
 “Emenda Parlamentar Impositiva: Contribuição à Fundação Itaú de Assistência Social – FIAS”</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2257/proposicao_de_emenda_impositiva_n05_maria_elena_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2257/proposicao_de_emenda_impositiva_n05_maria_elena_pdf_ass.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA IMPOSITIVA N. 05/23_x000D_
 PROJETO DE LEI N. 39/23 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS/MG PARA O EXERCÍCIO FINANCEIRO DE 2024._x000D_
 Autora: Maria Elena de Oliveira Faria_x000D_
 _x000D_
 A Câmara Municipal de Itaú de Minas aprova:_x000D_
 Art. 1º - Ficam criadas as seguintes dotações orçamentárias no Projeto de Lei n. 39/23:_x000D_
 01.02.11 – Fundo Municipal de Assistência Social_x000D_
 “Emenda Parlamentar Impositiva: Auxilio à AVCC para Construção de Sede”_x000D_
 08.244.0801.... 3.3.50.42 – Auxílios R$ 10.000,00_x000D_
 01.02.11 – Fundo Municipal de Assistência Social_x000D_
 “Emenda Parlamentar Impositiva: Contribuição para a Associação Luz do Servir de Itaú de Minas”_x000D_
 _x000D_
 01.02.11 – Fundo Municipal de Assistência Social_x000D_
 “Emenda Parlamentar Impositiva: Contribuição para a Associação de Serviços de Ação Social da_x000D_
 Igreja do Evangelho Quadrangular”_x000D_
 01.02.11 – Fundo Municipal de Assistência Social_x000D_
 “Emenda Parlamentar Impositiva: Contribuição para a Associação da Família Rotariana de Itaú de_x000D_
 Minas”_x000D_
 01.02.10 – Secretaria de Saúde_x000D_
 “Emenda Parlamentar Impositiva: Contribuição à Fundação Itaú de Assistência Social – FIAS”</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
     <t>14223</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2241/proposicao_de_emenda_n.01_proj._42_diretores_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2241/proposicao_de_emenda_n.01_proj._42_diretores_pdf_ass.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA N. 01_x000D_
 Projeto de Lei n.42/23 que “Dispõe sobre processo de avaliação e indicação para provimento de cargo em comissão de diretor de escola, e da função gratificada de vice diretor da rede pública municipal de Itaú de Minas, e dá outras providências”.</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
     <t>PCFO</t>
   </si>
   <si>
     <t>PARECER CFO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2234/novo_parecer_relatora_cfo_claudia.pdf_ass_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2234/novo_parecer_relatora_cfo_claudia.pdf_ass_1.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – Prestação de Contas do Exercício Financeiro de 2020 do Município de Itaú de Minas._x000D_
 RELATOR – Cláudia Calixto Simão Fonseca_x000D_
 Segue parecer desta Relatoria acerca da Prestação de Contas do Exercício Financeiro de 2020 do_x000D_
 Município de Itaú de Minas no qual sou pela aprovação das referidas contas conforme exposições de_x000D_
 motivos abaixo</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
     <t>10123</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2226/parecer_relator_comissao_de_financas_e_orcamento_pdf_ass_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2226/parecer_relator_comissao_de_financas_e_orcamento_pdf_ass_1.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – Prestação de Contas do Exercício Financeiro de 2020 do Município de Itaú de Minas.</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>11323</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2138/parecer_cfo_plo_n_13.23_ldo_pdf.doc_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2138/parecer_cfo_plo_n_13.23_ldo_pdf.doc_ass.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – Projeto de Lei nº 13 que: Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária_x000D_
 de 2024 e dá outras providências,_x000D_
 RELATORA – CLÁUDIA CALIXTO SIMÃO FONSECA._x000D_
 O projeto de lei em análise está em consonância com a legislação que a assiste visto que também o_x000D_
 apontamento feito pelo Jurídico em relação a ata da audiência pública já foi sanada estando a matéria apta à_x000D_
 ser deliberada._x000D_
 Sou pela aprovação. É o meu parecer. S.M.J</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2171/parecer_cfo_claudia_projeto_18_cargo_diretor_ps_psf_ass_todos_membros.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2171/parecer_cfo_claudia_projeto_18_cargo_diretor_ps_psf_ass_todos_membros.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – PROJETO DE LEI ORDINÁRIA N. 18 QUE - DISPÕE SOBRE A MODIFICAÇÃO DO_x000D_
 ANEXIO VI, DA LEIMUNICIPAL Nº40/90, LEI MUNICPAL Nº 241, DE 28 DE JULHO DE 1997 E_x000D_
 LEIS POSTERIORES E A LEI MUNICIPAL Nº 836/2011 e LEI MUNICIPAL Nº873/2013, E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS._x000D_
 RELATORA – CLÁUDIA CALIXTO SIMÃO FONSECA._x000D_
 O projeto de lei em análise está em consonância com a legislação que a assiste.</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2296/parecer_cfo_projeto_de_lei_51-2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2296/parecer_cfo_projeto_de_lei_51-2023.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 _x000D_
 _x000D_
 MATÉRIAS – Projeto de Lei n° 51 que “Fixa vencimentos de cargos que menciona do Poder Legislativo de Itaú de Minas/MG e dá outras providências” e _x000D_
 Projeto de Resolução nº 06 que “Modifica a Resolução nº57, de 26/12/90, alterada pela Resolução n. 249/18, de 30/01/18 - Plano de Carreiras da Câmara Municipal de Itaú de Minas/MG dá outras providências”. (trata da criação de cargos para instalação do UAI – Unidade de Atendimento Integrado no Legislativo);_x000D_
 	_x000D_
 RELATORA – CLÁUDIA CALIXTO SIMÃO FONSECA</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
     <t>20123</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2231/novo_parecer_relatora_cfo_claudia.pdf_ass_contas_2020.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2231/novo_parecer_relatora_cfo_claudia.pdf_ass_contas_2020.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – Prestação de Contas do Exercício Financeiro de 2020 do Município de Itaú de Minas._x000D_
 RELATOR – Cláudia Calixto Simão Fonseca</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
     <t>37383940</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2293/parecer_cf_projetos_orcamento_2024_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2293/parecer_cf_projetos_orcamento_2024_pdf_ass.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projetos de Leis e respectivas emendas impositivas:_x000D_
 n. 37 que “Altera a Lei Municipal n. 1245, que Dispõe sobre as diretrizes para a elaboração da_x000D_
 proposta orçamentária para o exercício financeiro de 2024”;_x000D_
 n. 38 que “Autoriza a concessão de subvenções, auxílios e contribuições no exercício de 2024 e dá_x000D_
 outras providências”;_x000D_
 n. 39 que “Estima a receita e fixa a despesa do Município para o exercício de 2024”;_x000D_
 n. 40 que “Altera a Lei Municipal n. 1152, que dispõe sobre o Plano Plurianual para o período de_x000D_
 2022/2025”;_x000D_
 RELATORA – CLÁUDIA CALIXTO SIMÃO FONSECA</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>POSAI</t>
   </si>
   <si>
     <t>PARECER COSAIC</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2096/parecer_cospaicmadste-__do_projeto_de_lei_n_64.22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2096/parecer_cospaicmadste-__do_projeto_de_lei_n_64.22.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – Projeto de Lei nº 64/22 – Dispõe sobre o Programa Municipal de Parcerias_x000D_
 Público Privadas e concessões do Município de Itaú de Minas, e dá outras providências._x000D_
 RELATOR – Geovan dos Santos</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
     <t>PESA</t>
   </si>
   <si>
     <t>PARECER CESA</t>
   </si>
   <si>
     <t>CESACELT - COMISSÃO DE EDUCAÇÃO, SAÚDE, ASSISTÊNCIA, CULTURA, ESPORTE, LAZER E TURISMO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2306/parecer_geovan_comissao_de_educacao_saude_proje_30_visao_monocular_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2306/parecer_geovan_comissao_de_educacao_saude_proje_30_visao_monocular_pdf_ass.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – Projeto de Lei n. 30/23 que “Classifica a visão monocular como deficiência sensorial do tipo visual e dá outras providências._x000D_
 RELATOR– Geovan dos Santos</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>10223</t>
   </si>
   <si>
     <t>PFIN</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2249/parecer_cljr_redacao_final_ao_projeto_de_lei_compl._no_02.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2249/parecer_cljr_redacao_final_ao_projeto_de_lei_compl._no_02.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 _x000D_
 MATÉRIA - Projeto de Lei Complementar n. 02 que “Altera a Lei Municipal n. 02 – Código de Posturas do Município de Itaú de Minas e dá outras providências.”_x000D_
 RELATORA –  JULIANA MATTAR</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2243/comissao_de_legislacao_parecer_redacao_final_proj._23_pdf.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2243/comissao_de_legislacao_parecer_redacao_final_proj._23_pdf.doc.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 ASSUNTO - Projeto de Lei n. 23/23 que “Dispõe sobre a alteração da Lei Municipal n. 277 e 907 e dá outras providências.” (dispensa professores de participação em módulos escolares);_x000D_
 RELATORA – JULIANA MATTAR</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2230/comissao_de_legislacao_parecer_redacao_final_proj._27_pdf.doc_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2230/comissao_de_legislacao_parecer_redacao_final_proj._27_pdf.doc_ass.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 ASSUNTO - Projeto de lei  n. 27 que Dispõe sobre a modificação do anexo VI, da lei municipal nº 40/90 e suas alterações posteriores. (cria o cargo de agente de contratação);_x000D_
 RELATOR – Fabiano Gomes de Lima</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
     <t>13723</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2323/red._final_proj.37.23__ldo_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2323/red._final_proj.37.23__ldo_pdf_ass.pdf</t>
   </si>
   <si>
     <t>REDAÇÃO FINAL_x000D_
 PROJETO DE LEI N. 37/23_x000D_
 ALTERA A LEI MUNICIPAL N' 1245, DE 22 DE JUNHO DE 2023 QUE DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA PROPOSTA_x000D_
 ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2024.</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>13823</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2321/red._final_proj.38.23__subvencoes_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2321/red._final_proj.38.23__subvencoes_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Redação Final_x000D_
 PROJETO DE LEI N. 38/23_x000D_
 AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS E CONTRIBUIÇÕES NO EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
     <t>13923</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2320/red._final_proj.39.23__estima_receita_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2320/red._final_proj.39.23__estima_receita_pdf_ass.pdf</t>
   </si>
   <si>
     <t>REDAÇÃO FINAL_x000D_
 PROJETO DE LEI N. 39/23_x000D_
 Estima a receita e fixa a despesa do Município de Itaú de Minas-MG para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>14023</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2322/red._final_proj.40.23___ppa_dpf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2322/red._final_proj.40.23___ppa_dpf_ass.pdf</t>
   </si>
   <si>
     <t>REDAÇÃO FINAL_x000D_
 PROJETO DE LEI N. 40/23_x000D_
 Altera a Lei Municipal n. 1152, de 29 de novembro de 2021, que dispõe sobre o Plano Plurianual para o período de 2022 a 2025.</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
     <t>PEPLC</t>
   </si>
   <si>
     <t>Proposição de Emenda Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2108/proposicao_emenda_01_projeto_lei_complementar_plano_diretor_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2108/proposicao_emenda_01_projeto_lei_complementar_plano_diretor_pdf_ass.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA N. 01_x000D_
 PROJETO DE LEI COMPLEMENTAR N.º 01/23 QUE  DISPÕE  SOBRE  ALTERAÇÃO NA LEI COMPLEMENTAR N.º 56/19 – QUE INSTITUIU O PLANO DIRETOR DO MUNICÍPIO DE ITAÚ DE MINAS – E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>POL</t>
   </si>
   <si>
     <t>PROPOSTA ORÇAMENTÁRIA DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2194/proposta_revisada_orcamentaria_2024_revisada_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2194/proposta_revisada_orcamentaria_2024_revisada_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Proposta Orçamentária do Legislativo para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>MENSAGEM</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2075/mensagem_ao_projeto_de_resolucao_no_02-2023___-_censura_escrita_-_roberto_pad_02.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2075/mensagem_ao_projeto_de_resolucao_no_02-2023___-_censura_escrita_-_roberto_pad_02.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PR Nº02/2023 - Dispõe sobre o Processo Administrativo Disciplinar nº 02/2022 que tem por objeto “Suposta quebra de decoro parlamentar pelo vereador Roberto Gonçalves Vieira em virtude da apresentação das conversas/diálogos particulares desenvolvidos em redes sociais do vereador Davi Sousa nos autos do Requerimento ADM. nº 03/2022”.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2063/mensagem_plos_07_e_08-2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2063/mensagem_plos_07_e_08-2023.pdf</t>
   </si>
   <si>
     <t>MENSAGEM PLOS 07 E 08 DE 2023</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2071/mensagem_projeto_de_lei_no10-23.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2071/mensagem_projeto_de_lei_no10-23.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 10-2022 - “DISPÕE SOBRE O PROTOCOLO DE SEGURANÇA PARA PREVENÇÃO E IDENTIFICAÇÃO DA PRÁTICA DE ATOS QUE ATENTEM CONTRA A LIBERDADE SEXUAL DA MULHER EM LOCAIS DE LAZER E OUTROS ESTABELECIMENTOS DESTINADOS AO ENTRETENIMENTO.”</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2206/mensagem_2331_plo_31-23_-_diretor_escola.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2206/mensagem_2331_plo_31-23_-_diretor_escola.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 31/2023 - QUE DISPÕE SOBRE PROCESSO DE AVALIAÇÃO E INDICAÇÃO PARA PROVIMENTO DE CARGO EM COMISSÃO DE DIRETOR DE ESCOLA, E DA FUNÇÃO GRATIFICADA DE VICE DIRETOR DA REDE PÚBLICA MUNICIPAL DE ITAÚ DE MINAS, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2211/mensagem_2534_-_plo_34_-_consorcio_ameg.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2211/mensagem_2534_-_plo_34_-_consorcio_ameg.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO Nº34/2023 - QUE DISPOE SOBRE A RATIFICAÇÃO DO MUNICIPIO DE ITAU DE MINAS AO CONTRATO DE CONSORCIO PUBLICO DA ASSOCIAÇÃO PUBLICA DOS MUNICIPIOS DA MICRORREGIÃO DO MEDIO RIO GRANDE - AMEG, CONSOLIDADO COM O SEGUNDO TERMO ADITIVO.</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2213/mensagem_2635_-_plo_35-2023_-_credito_manutencao_uai.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2213/mensagem_2635_-_plo_35-2023_-_credito_manutencao_uai.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO Nº35/2023 - QUE AUTORIZA O PODER EXECUTIVO A ABIRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1211/2022 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAU DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2023 -, E DÁ OUTRAS PROVIDÊNCIAS. (MANUTENÇÃO UAI LEGISLATIVO)</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2216/mensagem_2736_-_plo_36-2023_-_credito_paulo_gustavo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2216/mensagem_2736_-_plo_36-2023_-_credito_paulo_gustavo.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO Nº36/2023 - QUE AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1211/2022 – QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2023 -, E DÁ OUTRAS PROVIDÊNCIAS. – MANUTENÇÃO ATIVIDADES CULTURAIS – LEI PAULO GUSTAVO.</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
     <t>2941</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2228/mensagem_29_plo_41-2023_proj_credito_fundacao_itau.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2228/mensagem_29_plo_41-2023_proj_credito_fundacao_itau.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 41-2023 - QUE AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA LEI ORÇAMENTÁRIA ANUAL N'_x000D_
 1.211/2022 DE 07/11/2022 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÜ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2023 E DÁ OUTRAS PROVIDENCIAS. (CREDITO FUNDAÇÃO ITAU DE ASSISTENCIA).</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2197/mensagem_n.o_022.2023_plc_02-2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2197/mensagem_n.o_022.2023_plc_02-2023.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLC Nº02/2023 -  QUE ALTERA A LEI COMPLEMENTAR Nº 02, DE 20 DE ABRIL DE 1993 - CODIGO DE POSTURAS DO MUNICIPIO DE ITAÚ DE MINAS/MG - E DÁ OUTRA PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>11123</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2090/msg_11_plc_01-23.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2090/msg_11_plc_01-23.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLC 01/2023 - DISPÕE SOBRE ALTERAÇÃO NA LEI COMPLEMANETAR Nº56/2019 - QUE INSTITUIU O PLANO DIRETOR DO MUNICIPAIO DE ITAÚ DE MINAS - E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2113/mensagem_n.o_12.2023_plo_13-2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2113/mensagem_n.o_12.2023_plo_13-2023.pdf</t>
   </si>
   <si>
     <t>MENSAGEM PLO 13/2023 - DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2136/mensagem__plo_18-23.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2136/mensagem__plo_18-23.pdf</t>
   </si>
   <si>
     <t>MENSAGEM PLO 18/2023 - DISPÕE SOBRE A MODIFICAÇÃO DO ANEXIO VI, DA LEIMUNICIPAL Nº40/90, LEI MUNICPAL Nº 241, DE 28 DE JULHO DE 1997 E LEIS POSTERIORES E A LEI MUNICIPAL Nº 836/2011 e LEI MUNICIPAL Nº873/2013, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
     <t>11920</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2141/mensagem__plos_19_e_20-23_creditos.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2141/mensagem__plos_19_e_20-23_creditos.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLOS:_x000D_
 PLO Nº19/2023 - AUTORIZA 0 PODER EXECUTIVO A ABRIR CREDITO ADICIONAL ESPECIAL NA LEI Nº 1211/2022 --_x000D_
 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO_x000D_
 FINANCEIRO DE 2023, A LEIMUNICIPAL N. 1209/2022 - AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS E CONTRIBUIÇÕES NO EXERCÍCIO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 PLO Nº20/2023 - AUTORIZA 0 PODER EXECUTIVO A ABRIR CREDITO ADICIONAL ESPECIAL NA LEI N. 1211/2022--_x000D_
 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO_x000D_
 FINANCEIRO DE 2023 E A LEIMUNICIPAL N. 1209/2022 - AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS E CONTRIBUIÇÕES NO EXERCÍCIO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2193/mensagem_proj._30_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2193/mensagem_proj._30_pdf_ass.pdf</t>
   </si>
   <si>
     <t>MENSAGEM QUE ENCAMINHA PLO 30/2023. QUE Classifica a visão monocular como deficiência sensorial do tipo visual e dá outras_x000D_
 providências. _x000D_
 O projeto de lei em questão solicita que a pessoa com visão monocular possa se inscrever_x000D_
 no sistema de vagas destinadas a PCD´s em concursos públicos e ter acesso a vagas regulamentadas em_x000D_
 estacionamentos e atendimentos preferenciais em estabelecimentos comerciais e órgãos públicos.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>91123</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2086/mensagem_09_plo_11-22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2086/mensagem_09_plo_11-22.pdf</t>
   </si>
   <si>
     <t>MENSAGEN PLO 11-2022 - AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO_x000D_
 ADICIONAL ESPECIAL NA LEIN.o 1211/2022 -- QUE_x000D_
 ESTIMA A RECEITA E FIXA A DESPESA DO_x000D_
 MUNICÍPIO DE ITAÜ DE MINAS PARA O EXERCÍCIO_x000D_
 FINANCEIRO DE 2023 -, E DÁ OUTRAS_x000D_
 PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>101223</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2088/mensagem_10_plo_12-23.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2088/mensagem_10_plo_12-23.pdf</t>
   </si>
   <si>
     <t>MENSAGEM PLO 12-2023 - DISPÕE SOBRE ALTERAÇÃO DE DISPOSITIVOS À_x000D_
 LEI N.o 1052/2019, QUE - DISCIPLINA AS DIRETRIZES_x000D_
 FUNDAMENTAIS PARA A APLICABILIDADE DOS_x000D_
 DIREITOSD A CRIANÇAE DO ADOLESCENTEN O_x000D_
 AMBITO DO MUNICÍPIO DE ITAÚ DE MINAS - E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>101224</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2122/mensagem_projeto_lei_14_e_proj._resolucao_03_cargos.doc_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2122/mensagem_projeto_lei_14_e_proj._resolucao_03_cargos.doc_pdf_ass.pdf</t>
   </si>
   <si>
     <t>MENSAGEM QUE ENCAMINHA O PROJETO DE RESOLUÇÃO Nº 03 /23 que Modifica a Resolução nº57, de 26/12/90, alterada pela Resolução n. 249/18, de 30/01/18 - Plano de Carreiras da Câmara Municipal de Itaú de Minas/MG dá outras providências, bem como o PROJETO DE LEI N° 14/23 que Fixa vencimento de cargo que menciona do Poder Legislativo de Itaú de Minas/MG e dá outras providências</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>182223</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2155/mensagem_18_plos_no_22_e_23-2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2155/mensagem_18_plos_no_22_e_23-2023.pdf</t>
   </si>
   <si>
     <t>MENSAGEM QUE ENCAMINHA OS PROJETOS:_x000D_
 - PLO Nº22/2023 - QUE DISPÕE SOBRE A AMPLIAÇÃO DE VAGA À FUNÇÃO GRATIFICADA DE COORDENADOR PEDAGÓGICO I E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 - PLO Nº23/2023 - QUE DISPÕE SOBRE A ALTERAÇÃO DA LEIA.a 277/89 e 907/2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>182224</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2162/projeto_de_lei_impositiva_n._24.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2162/projeto_de_lei_impositiva_n._24.pdf</t>
   </si>
   <si>
     <t>encaminha  os Projetos de Lei,  que versam sobre as seguintes matérias:_x000D_
 proj. 24 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLE-MENTAR NA LEI_x000D_
 ORÇAMENTÁRIA ANUAL Nº 1.211/2022 DE 07/11/2022 E DÁ OUTRAS PROVIDÊNCIAS.(emenda impositiva terminal rodoviário)_x000D_
 proje. 35 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLE-MENTAR NA LEI_x000D_
 ORÇAMENTÁRIA ANUAL Nº 1.211/2022 DE 07/11/2022 E DÁ OUTRAS PROVIDÊNCIAS. (parque de evento)</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>182225</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>encaminhar  os Projetos de Lei,  que versam sobre as seguintes matérias:_x000D_
 proj. 24 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLE-MENTAR NA LEI_x000D_
 ORÇAMENTÁRIA ANUAL Nº 1.211/2022 DE 07/11/2022 E DÁ OUTRAS PROVIDÊNCIAS.(emenda impositiva terminal rodoviário)_x000D_
 proje. 35 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLE-MENTAR NA LEI_x000D_
 ORÇAMENTÁRIA ANUAL Nº 1.211/2022 DE 07/11/2022 E DÁ OUTRAS PROVIDÊNCIAS. (parque de evento)</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>182226</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2164/mensagem_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2164/mensagem_1.pdf</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>192623</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2168/mensagem_1926_plo_26-2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2168/mensagem_1926_plo_26-2023.pdf</t>
   </si>
   <si>
     <t>MENSAGEM QUE ENCAMINHA O Projeto de Lei Ordinária nº26/2023 – Que Autoriza a Abertura de crédito adicional suplementar na Lei nº 1.211/2022, de 07/11/2022, que - "Estima a receita e fixa a despesa do Municipio de Itaú de Minas/MG para o exercicio financeiro de 2023 - e dá outras providencias". O Projeto de Lei busca viabilizar a construção de um PSF no Município.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>202723</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2174/mensagem_n.o_020.2023_plo_27-2023_agente_c.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2174/mensagem_n.o_020.2023_plo_27-2023_agente_c.pdf</t>
   </si>
   <si>
     <t>MENSAGEM PLO 27-2023 - DISPÕE SOBRE A MODIFICAÇÃO DO ANEXO VI, DA LEI MUNICIPAL Nº40/90 E SUAS ALTERAÇÕES POSTERIORES. (Cria cargo de Agente de Contratação)</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>212829</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2187/mensagem_n.o_21_plos_28_e_29-2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2187/mensagem_n.o_21_plos_28_e_29-2023.pdf</t>
   </si>
   <si>
     <t>MENSAGEM: QUE ENCAMINHA OS SEGUINTES PROJETOS DE LEI:_x000D_
 _x000D_
 - PLO 28/2023 - AUTORIZA Q PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI N' 1211/2022 -- QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAU DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2023 -, E DA OUTRAS PROVIDÊNCIAS. (OBRAS SOCIAIS S.D.SAVIO)_x000D_
 _x000D_
 - PLO 29/2023 - AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA LEI Nº1.211/2022- QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS. (CHAME, Lar São Vicente de Paulo e APAE)</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>243233</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2209/mensagem_243233_-_plos_32_e_33-2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2209/mensagem_243233_-_plos_32_e_33-2023.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AOS PLOs NºS 32 E 33 DE 2023.</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>282023</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2219/mensagem_n.o_28.2023_4_projetos.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2219/mensagem_n.o_28.2023_4_projetos.pdf</t>
   </si>
   <si>
     <t>MENSAGEM A QUATRO PROJETOS DE LEI DE ESTRUTURAÇÃO DAS PROPOSTAS ORÇAMENTÁRIAS PARA OS EXERCICIOS DE 2024 E SEGUINTES  DO MUNICIPIO._x000D_
 •	n. 37 que “Altera a Lei Municipal n. 1245, que Dispõe sobre as diretrizes para a elaboração da proposta orçamentária para o exercício financeiro de 2024”;_x000D_
 •	n. 38 que “Autoriza a concessão de subvenções, auxílios e contribuições no exercício de 2024 e dá outras providências”; _x000D_
 •	n. 39 que “Estima a receita e fixa a despesa do Município para o exercício de 2024”;_x000D_
 •	n. 40 que “Altera a Lei Municipal n. 1152, que dispõe sobre o Plano Plurianual para o período de 2022/2025”;</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>304223</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2239/mensagem_3042_-_plo_42-2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2239/mensagem_3042_-_plo_42-2023.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 42/2023 - QUE Dispõe sobre o Processo de avaliação e Indicação para Provimento de Cargo em Comissão de Diretor de Escola, e da Função Gratificada de Vice-Diretor de Escola da Rede Pública Municipal de ltaú de Minas, e dá outras providências.</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
     <t>314323</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2251/mensagem_n.o_031.2023_plo_43-2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2251/mensagem_n.o_031.2023_plo_43-2023.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 43/2023 - QUE Dispõe sobre a regulamentação da Assistência Financeira Complementar repassada pela União Federal visando dar cumprimento ao disposto na Lei Federal nº 14.434, de 4 de agosto de 2022 que instituiu o piso salarial nacional do Enfermeiro, do Técnico de Enfermagem, do Auxiliar de Enfermagem e da Parteira, e dá outras previdências.</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>395423</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2302/mensagem_n.o_39.2023_plo_54.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2302/mensagem_n.o_39.2023_plo_54.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 54/2023 - QUE AUTORIZA O PODER EXECUTIVO A ABRIR CREDITO ADICIONAL SUPLEMENTAR NA LEI Nº 1211/2022 QUE - ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAtJ DE MINAS PARA O EXERCICIO FINANCEIRO DE 2023 -. E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
     <t>405523</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2304/mensagem_n.o_40.2023_plo_55.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2304/mensagem_n.o_40.2023_plo_55.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 55-2023 QUE AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1211/2022-- QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÜ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2023, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
     <t>415253</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2308/mensagem_n.o_41_plos_52_e_53.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2308/mensagem_n.o_41_plos_52_e_53.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AOS PLOS Nº52 E 53 DE 2023.</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
     <t>425623</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2316/mensagem_n.o_42-56.2023_plo_56-2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2316/mensagem_n.o_42-56.2023_plo_56-2023.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 56/2023 - QUE AUTORIZA O PODER EXECUTIVO A ABRIR CREDITO ADICIONAL SUPLEMENTAR NA LEI Nº 1211/2022  DE 07/11/2022 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAU DE MINAS PARA O EXERCICIO FINANCEIRO DE 2023 -. E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
     <t>435723</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2318/mensagem_n.o_43.2023_plo_57-2023_credito.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2318/mensagem_n.o_43.2023_plo_57-2023_credito.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 57/2023 QUE AUTORIZA O PODER EXECUTIVO A ABRIR CREDITO ADICIONAL SUPLEMENTAR NA LEI Nº 1211/2022  DE 07/11/2022 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAU DE MINAS PARA O EXERCICIO FINANCEIRO DE 2023 -. E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>445823</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2337/mensagem_n.o_44.2023_plo_58-2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2337/mensagem_n.o_44.2023_plo_58-2023.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 58/2023 QUE AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1211/2022- QUE_x000D_
 ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÜ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2023 -, E DÁ OUTRAS_x000D_
 PROVIDENCIAS. (COMTUR e FUMTUR)</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
     <t>456023</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2343/mensagem_45_plo_60-2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2343/mensagem_45_plo_60-2023.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 60/2023 - QUE ALTERA A LEI Nº 889, DE 09 DE SETEMBRO DE 2013, QUE DISPÕES SOBRE A LEI DE INCENTIVO ECONOMICO E SOCIAL NO MUNICIPIO DE ITAÚ DE MINAS; CRIA O PROGRAMA E O CONSELHO DE DESENVOLVIMENTO ECONOMICO E SOCIAL E AUTORIZA CREDITO ADICIONAL E ESPECIAL NO ORÇAMENTO DE 2013 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
     <t>465923</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2339/mensagem_n.o_046.2023_plo_59-2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2339/mensagem_n.o_046.2023_plo_59-2023.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 59/2023 QUE "Dispõe sobre desafetação de arca de equipamentos urbano - rede coleta de esgoto sanitário."</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>476123</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2345/mensagem_n.o_47.2023_-_plo_61-2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2345/mensagem_n.o_47.2023_-_plo_61-2023.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 61/2023 QUE Autoriza o Poder Executivo a doar áreas de propriedade municipal ao Fundo de Arrendamento Residencial - FAR, representado pela Caixa Econômica Federal, para fins de construção de moradias destinadas à alienação no âmbito do Programa Minha Casa Minha Vida - PMCMV.</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
     <t>486223</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2352/mensagem_48_plo_62_transporte_escolar.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2352/mensagem_48_plo_62_transporte_escolar.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 62/2023 QUE AUTORIZA O PODER EXECUTIVO A ABRIR CREDITO ADICIONAL SUPLEMENTAR NA LEI Nº 1211/2022 DE 07/11/2022-. E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
     <t>496323</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2358/mensagem_n.o_049.2023_plo_63_cargo_vigilancia.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2358/mensagem_n.o_049.2023_plo_63_cargo_vigilancia.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 63/2023 - QUE dispoe sobre a criação do setor de vigilância em saúde na secretaria municipal de saúde de Itaú de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
     <t>506423</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2360/mensagem_50_majoracao_plo_64-2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2360/mensagem_50_majoracao_plo_64-2023.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 64/2023 - QUE AUTORIZA MAJORAÇÃO DO LIMITE DE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES AO ORÇAMENTO DO MUNICIPIO DE ITAÚ DE MINAS, EXERCICIO DE 2023.</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
     <t>516523</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2362/mensagem_51_farmacias_plo_65-2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2362/mensagem_51_farmacias_plo_65-2023.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO Nº65/2023 QUE ALTERA DISPOSITIVOS QUE MENCIONA NA LEI COMPLEMENTAR Nº02/93 MODIFICADA PELA LEI COMPLEMENTAR Nº53, DE 23 DE ABRIL DE 2018, CÓDIGO DE POSTURAS DO MUNICIPIO DE ITAÚ DE MINAS.</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
     <t>526566</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2367/mensagem_52_plos_65_e_66.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2367/mensagem_52_plos_65_e_66.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AOS PLOs Nº65 e 66 DE 2023.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
     <t>DSTAQ</t>
   </si>
   <si>
     <t>DESTAQUE</t>
   </si>
   <si>
     <t>URGENCIA ESPECIAL  ao Projeto de Lei nº 35/2023.</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>PRESIDENTE MESA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2324/requerimento_registro_candidatura_geovan_eleicao_mesa_2023_pdf_assss.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2324/requerimento_registro_candidatura_geovan_eleicao_mesa_2023_pdf_assss.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Edilidade que prevê em seu Art. 19:_x000D_
 – Para eleição da Mesa Diretora, poderão candidatar-se individualmente qualquer vereador através de requerimento escrito ao Presidente da Mesa, contendo o nome, assinatura do candidato e partido, para disputada de cada vaga na mesa;_x000D_
 requeiro o registro deste Vereador (a) GEOVAN DOS SANTOS, (PARTIDO UNIÃO BRASIL), para concorrer ao cargo de PRESIDENTE na Gestão de 2024.</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>VICE</t>
   </si>
   <si>
     <t>VICE PRESIDENTE MESA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2330/requerimento_registro__maria_elena_carg_vice_pres_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2330/requerimento_registro__maria_elena_carg_vice_pres_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Edilidade que prevê em seu Art. 19:_x000D_
 – Para eleição da Mesa Diretora, poderão candidatar-se individualmente qualquer vereador através de requerimento escrito ao Presidente da Mesa, contendo o nome, assinatura do candidato e partido, para disputada de cada vaga na mesa;_x000D_
 requeiro o registro deste (a) Vereador (a) MARIA ELENA DE OLIVEIRA FARIA, (PARTIDO PTB), para concorrer ao cargo de VICE PRESIDENTE na Gestão de 2024.</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2328/requerimento_registro__claudia__candidatura_eleicao_mesa_2023_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2328/requerimento_registro__claudia__candidatura_eleicao_mesa_2023_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Edilidade que prevê em seu Art. 19:_x000D_
 – Para eleição da Mesa Diretora, poderão candidatar-se individualmente qualquer vereador através de requerimento escrito ao Presidente da Mesa, contendo o nome, assinatura do candidato e partido, para disputada de cada vaga na mesa;_x000D_
 requeiro o registro deste (a) Vereador (a) CLÁUDIA CALIXTO SIMÃO FONSECA, (REPUBLICANOS), para concorrer ao cargo de VICE PRESIDENTE na Gestão de 2024.</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2329/requerimento_registro__marly_cargo_vice.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2329/requerimento_registro__marly_cargo_vice.doc.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Edilidade que prevê em seu Art. 19:_x000D_
 – Para eleição da Mesa Diretora, poderão candidatar-se individualmente qualquer vereador através de requerimento escrito ao Presidente da Mesa, contendo o nome, assinatura do candidato e partido, para disputada de cada vaga na mesa;_x000D_
 requeiro o registro deste (a) Vereador (a) MARLY DA PENHA CUSTÓDIO, (PARTIDO AVANTE), para concorrer ao cargo de VICE PRESIDENTE Gestão de 2024.</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
     <t>SECRE</t>
   </si>
   <si>
     <t>SECRETARIO MESA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2325/requerimento_registro__juliana__candidatura_eleicao_mesa_2023_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2325/requerimento_registro__juliana__candidatura_eleicao_mesa_2023_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Edilidade que prevê em seu Art. 19:_x000D_
 – Para eleição da Mesa Diretora, poderão candidatar-se individualmente qualquer vereador através de requerimento escrito ao Presidente da Mesa, contendo o nome, assinatura do candidato e partido, para disputada de cada vaga na mesa;_x000D_
 requeiro o registro deste (a) Vereador (a) JULIANA MATTAR, (PARTIDO PTB), para concorrer ao cargo de SECRETÁRIA na Gestão de 2024.</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2326/requerimento_registro__m_elena_carg_secretaria_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2326/requerimento_registro__m_elena_carg_secretaria_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Edilidade que prevê em seu Art. 19:_x000D_
 – Para eleição da Mesa Diretora, poderão candidatar-se individualmente qualquer vereador através de requerimento escrito ao Presidente da Mesa, contendo o nome, assinatura do candidato e partido, para disputada de cada vaga na mesa;_x000D_
 requeiro o registro deste (a) Vereador (a) MARIA ELENA DE OLIVEIRA FARIA, (PARTIDO PTB), para concorrer ao cargo de SECRETÁRIA na Gestão de 2024.</t>
   </si>
   <si>
     <t>CORRE</t>
   </si>
   <si>
     <t>CORREGEDOR</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2331/requerimento_fabiano_corregedor_28_de_nov._de_2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2331/requerimento_fabiano_corregedor_28_de_nov._de_2023.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Edilidade que prevê em seu Art. 19:_x000D_
 – Para eleição da Mesa Diretora, poderão candidatar-se individualmente qualquer vereador_x000D_
 através de requerimento escrito ao Presidente da Mesa, contendo o nome, assinatura do candidato e_x000D_
 partido, para disputada de cada vaga na mesa;_x000D_
 requeiro o registro deste (a) Vereador (a) FABIANO LIMA, (PSD), para concorrer ao cargo de CORREGEDOR Gestão de 2024.</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>V COR</t>
   </si>
   <si>
     <t>VICE CORREGEDOR</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2332/requerimento_marly_vice_corregedor_28_de_nov._de_2023_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2332/requerimento_marly_vice_corregedor_28_de_nov._de_2023_1.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Edilidade que prevê em seu Art. 19:_x000D_
 – Para eleição da Mesa Diretora, poderão candidatar-se individualmente qualquer vereador_x000D_
 através de requerimento escrito ao Presidente da Mesa, contendo o nome, assinatura do candidato e_x000D_
 partido, para disputada de cada vaga na mesa;_x000D_
 requeiro o registro deste (a) Vereador (a) MARLY DA PENHA CUSTÓDIO, (AVANTE), para concorrer ao cargo de VICE CORREGEDORA Gestão de 2024.</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>REDF</t>
   </si>
   <si>
     <t>REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2114/redacao_final_do_proj._complementar_01.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2114/redacao_final_do_proj._complementar_01.pdf</t>
   </si>
   <si>
     <t>REDAÇÃO FINAL PROJETO DE LEI COMPLEMENTAR N.º 01/ 2023._x000D_
 DISPÕE SOBRE ALTERAÇÃO NA LEI COMPLEMENTAR N.º 56/19 –_x000D_
 QUE INSTITUIU O PLANO DIRETOR DO MUNICÍPIO DE ITAÚ DE_x000D_
 MINAS – E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2153/parecer_redacao_final_proposta_emenda_lom.doc_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2153/parecer_redacao_final_proposta_emenda_lom.doc_1.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL ASSUNTO - PROPOSTA DE EMENDA À LEI ORGÂNICA Nº 01/22 que Acrescenta dispositivo que menciona na Lei Orgânica Municipal que dispõe de reserva de cotas raciais para o ingresso de negros e negras no serviço público municipal.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2169/redacao_final_plo_13-2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2169/redacao_final_plo_13-2023.pdf</t>
   </si>
   <si>
     <t>Parecer em Redação Final ao PLO 13/2023 - Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2178/comissao_de_legislacao_parecer_redacao_final_proj._18.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2178/comissao_de_legislacao_parecer_redacao_final_proj._18.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 ASSUNTO - Projeto de Lei n. 18 que - Dispõe sobre a modificação do anexo VI, da Lei Municipal nº40/90, Lei Municipal nº 241, de 28 de julho de 1997 e leis posteriores e a lei municipal nº 836/2011 e lei municipal nº 873/2013, e dá outras providências. (altera nível salarial do cargo de diretor clínico do pronto Socorro)_x000D_
 RELATOR – Fabiano Gomes de Lima</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>SIND</t>
   </si>
   <si>
     <t>SINDICÂNCIA ADMINISTRATIVA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2151/sind_adm_01-23.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2151/sind_adm_01-23.pdf</t>
   </si>
   <si>
     <t>Denúncia de suposto recebimento de recursos públicos por parte do vereador Roberto Gonçalves Vieira pela prestação de serviços à AMEG.</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2152/sind_adm_02-23.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2152/sind_adm_02-23.pdf</t>
   </si>
   <si>
     <t>Denúncia de suposto uso indevido de estrutura e recursos financeiros da Câmara Municipal na realização da Reunião sobre Saúde Animal para benefício próprio.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4427,67 +4427,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2045/mensagem-n.o-01.2023-com-projeto-de-lei.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2046/mensagem-n.o-02.2023-com-projeto-de-lei.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2049/mensagem_n.o_003.2023_com_projeto_de_lei_reajuste.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2052/mensagem-n.o-04.2023-com-projeto-de-lei.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2053/mensagem-n.o-05.2023-com-projeto-de-lei.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2056/mensagem-n.o-07.2023-com-projeto-de-lei_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2062/plo_07-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2064/plo_08-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2065/plo_09-2023_com_mensagem.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2070/projeto_de_lei_no10-23_-_protocolo_seguranca_mulher_ass.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2085/pl_msg_09.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2087/pl_msg_10.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2112/projeto_de_lei_13-2022_ldo_-_anexos.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2119/projeto_de_lei_n_14_fixa_vencimento_cargo_coordenadoria_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2123/projeto_lei_15__bdmg_maquinario.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2124/projeto_lei_n_16_bdmg_saneamento_usina.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2130/pj_fumtur.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2135/mensagem_n.o_016.2023_-_com_projeto_de_lei_ordinaria_18-23.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2139/plo_19-2023_fundo_m_assist_100_mil.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2140/plo_20-2023_subv_chame.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2147/mensagem_n.o_17.2023_-_com_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2154/plo_22-2023_funcao_gratificada_coord_pedag.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2156/plo_23-2023_alteracao_lei_277.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2160/projeto_de_lei_impositiva_n._24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2161/projeto_de_lei_n._25_parque.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2166/projeto_de_lei_26-23_urgencia_especial_atencao_primaria.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2173/plo_27-2023_-_criacao_cargo_comissionado_agente_contratacao.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2185/projeto_de_lei_28_-_abrir_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2186/projeto_de_lei_29-2023_-_abrir_credito_adicional_suplementar_9chame_lar_sao_vicente_de_paulo_e_apae.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2192/projeto_de_lei_no__30_visao_monocular_m._elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2205/plo_no_31-2023_-_diretor_escola.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2207/plo_no32-2023_-_credito_man_blmac.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2208/plo_no33-2023_-_credito_ref_vig_epidemiologica.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2210/plo_no34-2023_-_rat_consorcio_ameg.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2212/plo_no35-2023_-_credito_manutencao_uai.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2215/plo_no36-2023_-_credito_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2218/plo_no37-2023_-_altera_lei_municipal_n.o_1.245.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2220/plo_no38-2023-_autoriza_concessao_de_subvencoes.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2221/plo_no39-2023_-_estima_a_receita_e_fixa_a_despesa.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2222/plo_no40-2023_-_altera_lei_municipal_n.o_1152_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2227/projeto_de_lei_41-_abertura_de_credito_adicional_suplementar_fundacao_itau.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2238/plo_no42-2023_-_processo_de_avaliacao_e_indicacao_-_diretor.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2250/projeto_de_lei_43-23_-_assistencia_financeira.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2264/projeto_de_lei_44_-_alteracao_da_lei_n.o_758.2009_-_contratacao_por_tempo_determinado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2265/projeto_de_lei_45_-_majoracao_do_limite.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2277/mensagem_035_c._projeto_de_lei_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2280/projeto_de_lei_n_47_-_utilidade_publica_afraim_-_rotariana_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2281/mensagem_036.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2282/mensagem_037.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2283/projeto_de_lei_terno_de_congo_50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2285/projeto_de_lei_no__01_fixa_vencimentos_uai_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2298/projeto_de_lei_52_-_utilidade_publica_-_aicau.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2299/projeto_de_lei_53_-_utilidade_publica__-_afrim_rotary.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2301/projeto_de_lei_54-_credito_adicional_suplementar_sec_saude.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2303/projeto_de_lei_55_-_credito_adicional_especial_vigilancia_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2314/projeto_de_lei_56-2023_-_abertura_de_credito_adicional_suplementar_p_vigilancia_epid.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2317/projeto_de_lei_57-23_-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2336/projeto_de_lei_58-2023_-_credito_adicional_especial_sec_plenej.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2338/projeto_de_lei_59-2023_-_desafetacao_de_area.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2342/projeto_de_lei_60-2023_-_pl_codes.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2344/projeto_de_lei_61-2023_-_pl_mcmv_far.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2351/plo_62-2023_credito_adicional_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2356/projeto_de_lei_63_-_criacao_vigilancia_em_saude.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2359/projeto_de_lei_64_-_majoracao.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2365/projeto_de_lei_65-2023_doacao_afrim.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2366/projeto_de_lei_66-2023_doacao_aicau.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2048/projeto_de_resolucao_no__01_reajuste_servidores_camara.doc.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2074/projeto_de_resolucao_no_02-2023___-_censura_escrita_-_roberto_pad_02.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2120/projeto_de_resolucao_plano_carreiras_tranforma_cargo_angelita_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2137/pr_04-2023_e_mens.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2202/projeto_de_resolucao_no_05-2023_-_devolucao_recursos_prefeitura_ass.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2284/projeto_de_resolucao__06__altera_plano_de_carreira_cargos_uai_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2369/projeto_de_resolucao_no_07-2023_-_pad_03-22.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2091/pl_msg_11.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2196/projeto_de_lei_complementar_02-2023__-_altera_a_lei_complementar_n.o_02.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2263/projeto_lc_03_terrenos_ipsim-_alteracao_da_lei_complementar_n.o_16.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2364/projeto_de_lei_complementar_04-2023_-_farmacias.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2248/projeto_de_decreto__no_01-2023_-_contas_2020_ronilton.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2309/projeto_de_decreto_darci_revisado_e_dados_biograficos_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2051/indicacao_no_01_m._elena_-_placa_pare_rua_eni_ass.doc.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2058/indicacao_no_02.23_-_maria_elena_e_geovan.docx_1.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2059/indicacao_no_03.23_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2060/indicacao_no_04.23_-_claudia_1.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2061/indicacao_no_05.23_-_claudia_2.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2068/indicacao_06-2022_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2072/indicacao_07-2022_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2073/indicacao_no_08_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2077/indicacao_no_09_-_marly_contrata_tecn_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2078/indicacao_no_10_-_marly_-_vigias_no_pronto_socorro_e_no_cras.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2079/indicacao_no_11_-_marly_-_retirada_dos_caes_da_praca_nossa_senhora.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2080/indicacao_no_12_-_marly_-_revisao_das_condicoes_insalubres_de_todos_os_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2081/indicacao_no_13_-_marly_-_epidemia_da_dengue_como_prioridade.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2082/indicacao_no_14_-_marly_-_iluminacao_da_praca_nossa_monsenhor_ernesto.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2083/indicacao_no_15-_marly_-pinturas_em_bueiros_e_tampas_de_bocas_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2084/indicacao_no_16_-_claudia_-estacionamento_de_frente_ao_laboratorio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2098/indicacao_17_marly_garis.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2099/indicacao_no_18_m_elena_beach_tenis.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2103/indicacao_no_19_detector_de_metais_m._elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2104/indicacao_no_20__fabiano_ruas_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2105/indicacao_no_21_geovan_triturador_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2106/indicacao_no_22_claudia_escola_monse._muros_e_portas_ass.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2115/indicacao_no_23_claudia_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2116/indicacao_no_24_marlu_corrego_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2117/indicacao_no_25_praca_congo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2126/indicacao_no_26_chamines_m._elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2127/indicacao_no_27_marly_bancos_e_floreiras_calcadao.doc_1.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2128/indicacao_no_28_rua_hospital_marly.doc.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2132/indicacao_no_29_geovan_estacionamento_rua.pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2133/indicacao_no_30_marly_uniformes_coral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2134/indicacao_no_31_fanfarra_e_filarmonica.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2142/indicacao_no_32_m_elena_escadas_ambulancias.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2143/indicacao_no_33_marly_calcamento_praca_matriz.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2145/indicacao_no_34_marly_corte_de_arvore.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2146/indicacao_no_35_fabiano_placa_sinalizacao.doc_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2149/indicacao_36_cameras_pronto_socorro_marly.doc.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2150/indicacao_no_37__anfitatro_climatizador_m._elena.doc_pdf_ass_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2157/indicacao_no_38_ponte_liberdade_marly.doc.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2158/indicacao_no_39__veiculo_marcenaria_marly.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2159/indicacao_no_40_pronto_socorro_marly.doc.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2180/indicacao_no_41_iluminacao_atras_cecoi_chacara_sao_geraldo_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2181/indicacao_no_42_uniformes_gari_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2182/indicacao_no__43_iluminacao_toldo_pronto_socorro_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2183/indicacao_no__44_boca_de_lobo_jardim_bela_vista_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2184/indicacao_no_45_calcadao_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2189/indicacao_n_46_valetas_cecoi__marly_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2190/indicacao_no__47_equipamentos_pronto_socorro_marly_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2191/indicacao_48_m_elena_sede_produtores_rurais_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2195/indicacao_49_uniformes_pronto_socorro_marly_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2198/indicacao_no_50_marly_redutores_velocidade.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2199/indicacao_no_51_marly_asfaltamento_rua.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2200/indicacao_no_52_marly_coral_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2201/indicacao_no_53_marly_rua_do_clube.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2223/indicacao_no_54_elena_revisao_codigo_posturas_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2233/indicacao_55_maria_elena_cemiterio.pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2244/indicacao_no_56_calcadao_sao_lucas_marly_pdf_ass.doc.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2245/indicacao_57_aula_canto__marly_pds_ass.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2246/indicacao_58_maria_elena_claudia_busto_e_placa_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2259/indicacao_no_59_marly_uniformes_e_chapeus_gari_reforco_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2258/indicacao_no_60__marly_limpesa_tulipas_belvedere_e_bueiro_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2260/indicacao_no_61_marly_casa_abandonada_univ._pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2261/indicacao_no_62_marly_praca_congo_urgente_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2262/indicacao_no_63_marly_redutor_velocidade_rua_madre_paulina_vicentinos_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2268/indicacao_no_64_elena_bueiro_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2269/indicacao_no_65_chacara_geraldo_marly_ratifica__pedido_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2270/indicacao_no_66_marly_bueiros_jardim_pinheiro_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2271/indicacao_no_67_marly_pronto_socorro_melhorias_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2272/indicacao_no__68_marly_nivel_iii_motorista_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2273/indicacao_no_69_marly_iluminacao_lampadas_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2274/indicacao_no_70_morada_sol_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2275/indicacao_no_71_ventiladores_salas_aulas_escolas_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2276/indicacao_no_72_elena_barracao_cohab_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2290/indicacao__73_marly_laboratorio_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2292/indicacao_no_74_marly_cesta_natal_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2297/indicacao_no__75_roberto_ferias_premio_e_piso_enfermagem_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2310/indicacao_no_76_fabiano_academia_ar_livre_tres_marias_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2311/indicacao_no_77_elena_bueiro_rua_pedro_oscar_queiroz.doc.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2350/indicacao_no_78_roberto_passagem_uai_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2340/indicacao_no__79__marly_nivel_iii_motorista_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2341/indicacao_no_80_juliana_apoio__escolar_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2354/indicacao_no_81_m_elena_telhado_casa_dos_aposentados.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2355/indicacao_no_82_m_elena_parque_cohab_ii.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2076/mocao_01-2022_enfermagem_marly.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2235/mocao_02-2023__servidores_parque_eventos_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2242/mocao_de_repudio_no_03_aborto_claudia_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2047/requerimento_no_01.23_-_urgencia_especial_-_convoca.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2050/requerimento_no_02.23_-_urgencia_especial_-_convoca.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2054/requerimento_no_03.23_-_urgencia_especial_-_convoca.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2057/requerimento_no_04.23_-_urgencia_especial_-_proj._06.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2066/requerimento_no_05.23_maria_elena_e_marly.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2067/requerimento_no_06.23_-_urgencia_especial_-_convoca.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2069/requerimento_no_07.23_-_urgencia_especial_-_servicos_medicos.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2092/requerimento_no_08.23_-_urgencia_especial_plo_12.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2093/requerimento_no_09-23_-_urgencia_especial_plc_01.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2094/requerimento_no_10.23_-_urgencia_especial_-.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2100/requerimento_no_11_-_maria_elena_agentes.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2110/requerimento_urgencia_especial_plc_01_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2111/requerimento_n_13_roberto_convoca_secretario_roriz_pdf_ass1.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2118/requerimento_14-2023_convoca_mackson.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2121/requerimento_14_urgencia_especial_proj_lei_14_d_proj_resolucao_01._cargos_angelita_pdf.doc.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2125/requerimento_no_16.23_-_urgencia_especial_projetos_15_e_16_bdmg_ass.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2129/requerimento_no_17_insalubridade_m._elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2131/requerimento_no_18__urgencia_especial_proj._17.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2144/requerimento_19_urgencia.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2148/requerimento_n._20_urgencia_especial_projeto_n.21_-_amplia_vaga_educador.doc_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2165/requerimento_21_urgencia_especial_proj_lei_24_e_25_credito_pdf_ass_ok.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2167/requerimento_no_22.23_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2172/requerimento_n._23_maria_elena_devolucao_ferias_premio_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2175/requerimento_24_juliana_margem_rodovia_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2176/requerimento_n._25_cecoi__juliana_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2177/requerimento_no_26_urgencia_simples_proj._27_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2188/requerimento_no_27.23_-_urgencia_especial_projetos_28_e_29_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2203/requerimento_no_28.23_-_urgencia_especial_adiantamento.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2204/requerimento_no_29-2023_-_juliana_mattar_informacoes_dengue.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2214/requerimento_no__30_urgencia_proj._32_33_35_e_36_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2224/requerimento_no_31_urgencia_simples_proj._31_diretor_ass_pdf.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2225/requerimento_no__32_urgencia_proj.34_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2229/requerimento_no_33_urgencia_especial_fundacao_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2236/requerimento_34_roberto_relatorios_gastos_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2237/requerimento_no__35__urgencia_projeto_eleicao_diretores_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2247/requerimento_no__36_informacoes_sobre_seleo_sim_elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2252/requerimento_37_urgencia_proj_43_1.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2266/requerimento_138_urgencia_projeto_lc_03_terrenos_ipsim_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2267/requerimento_39_urgencia_projeto_44_contratacao_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2278/requerimento_n._40_urgencia_diretores_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2279/requerimento_no__41_urgencia_proj._proj_45_majoracao_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2287/requerimento_42_urgencia_projeto_48_cargos_agente_saude_e_endemias_pdf_ass_ok.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2288/requerimento_no_43_proj._49__credito_rodoviaria_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2289/requerimento_no_44_proj._50_congo_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2286/requerimento_no__45_urgencia_proj._cargos_uai_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2291/requerimento_46_roberto_convoca_secretario_mackson_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2294/requerimento_no__47_fabiano_lima_pecas_e_licitacao_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2300/requerimento_48_revisado_urgencia_especial_utilidade_publica_afrim_e_aicau_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2307/requerimento_no_49_-_urgencia__projetos_54_e_55_creditos.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2312/requerimento_n_50_urgencia_decreto_legislativo_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2313/requerimento_n_51_elena_empresa_exames_servidores_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2319/requerimento_52_urgencia_especial_proj._56_e_57_credito_folha_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2334/requerimento__53_-_cei_folha_da_manha_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2333/requerimento_n_54_elena_insalubridade_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2335/requerimento_n_55_sempre_elena_insalubridade_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2346/requerimento_n_56_urgencia__proj._59_desafetacao_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2347/requerimento_n_57_urgencia__proj._60_codes_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2348/requerimento_n_58_urgencia__proj._61_casas_far_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2349/requerimento_59_roberto_receita_folha_pagamento_bradesco_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2353/requerimento_n_60_urgencia_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2357/requerimento_no__61_urgencia_proj._63.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2363/requerimento_no__62_urgencia_proj._64.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2368/requerimento_no__63_urgencia_plc_04_e_plos_65_e_66.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2109/parecer__ljr_projeto_lei_complementar_01_ass.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2240/parecer_proj_lc_02_-_ljr_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2101/parecer_cljrf_-_parecer_proposta_emenda_lei_organica_1.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2102/parecer_ljr_projeto_de_lei_10.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2097/comissao_de_legislacao_parecer_redacao_final_proj._12.23_conselho.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2170/parecer_cljr_claudia_projeto_18_cargo_diretor_ps.doc_pdf_ass_todos_membros.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2232/parecer_proj._23_cljr_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2179/comissao_de_legislacao_proj_27_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2305/parecer_fabiano_comissao_de_legislacao_proj._30_visao_monocular_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2295/parecer_ljr_projeto_de_lei_51-2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2095/parecer_cljr__do_projeto_de_lei_n_64.22.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2107/comissao_de_legislacao_parecer_redacao_final_plos_10-23_e_64-2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2253/proposicao_de_emenda_impositiva_01_geovan_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2254/proposicao_de_emenda_impositiva_n02_roberto_e_fabiano_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2255/proposicao_de_emenda_impositiva_n03_marly_custodio_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2256/proposicao_de_emenda_impositiva_n04_claudia_e_juliana_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2257/proposicao_de_emenda_impositiva_n05_maria_elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2241/proposicao_de_emenda_n.01_proj._42_diretores_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2234/novo_parecer_relatora_cfo_claudia.pdf_ass_1.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2226/parecer_relator_comissao_de_financas_e_orcamento_pdf_ass_1.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2138/parecer_cfo_plo_n_13.23_ldo_pdf.doc_ass.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2171/parecer_cfo_claudia_projeto_18_cargo_diretor_ps_psf_ass_todos_membros.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2296/parecer_cfo_projeto_de_lei_51-2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2231/novo_parecer_relatora_cfo_claudia.pdf_ass_contas_2020.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2293/parecer_cf_projetos_orcamento_2024_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2096/parecer_cospaicmadste-__do_projeto_de_lei_n_64.22.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2306/parecer_geovan_comissao_de_educacao_saude_proje_30_visao_monocular_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2249/parecer_cljr_redacao_final_ao_projeto_de_lei_compl._no_02.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2243/comissao_de_legislacao_parecer_redacao_final_proj._23_pdf.doc.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2230/comissao_de_legislacao_parecer_redacao_final_proj._27_pdf.doc_ass.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2323/red._final_proj.37.23__ldo_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2321/red._final_proj.38.23__subvencoes_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2320/red._final_proj.39.23__estima_receita_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2322/red._final_proj.40.23___ppa_dpf_ass.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2108/proposicao_emenda_01_projeto_lei_complementar_plano_diretor_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2194/proposta_revisada_orcamentaria_2024_revisada_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2075/mensagem_ao_projeto_de_resolucao_no_02-2023___-_censura_escrita_-_roberto_pad_02.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2063/mensagem_plos_07_e_08-2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2071/mensagem_projeto_de_lei_no10-23.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2206/mensagem_2331_plo_31-23_-_diretor_escola.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2211/mensagem_2534_-_plo_34_-_consorcio_ameg.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2213/mensagem_2635_-_plo_35-2023_-_credito_manutencao_uai.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2216/mensagem_2736_-_plo_36-2023_-_credito_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2228/mensagem_29_plo_41-2023_proj_credito_fundacao_itau.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2197/mensagem_n.o_022.2023_plc_02-2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2090/msg_11_plc_01-23.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2113/mensagem_n.o_12.2023_plo_13-2023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2136/mensagem__plo_18-23.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2141/mensagem__plos_19_e_20-23_creditos.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2193/mensagem_proj._30_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2086/mensagem_09_plo_11-22.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2088/mensagem_10_plo_12-23.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2122/mensagem_projeto_lei_14_e_proj._resolucao_03_cargos.doc_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2155/mensagem_18_plos_no_22_e_23-2023.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2162/projeto_de_lei_impositiva_n._24.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2164/mensagem_1.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2168/mensagem_1926_plo_26-2023.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2174/mensagem_n.o_020.2023_plo_27-2023_agente_c.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2187/mensagem_n.o_21_plos_28_e_29-2023.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2209/mensagem_243233_-_plos_32_e_33-2023.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2219/mensagem_n.o_28.2023_4_projetos.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2239/mensagem_3042_-_plo_42-2023.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2251/mensagem_n.o_031.2023_plo_43-2023.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2302/mensagem_n.o_39.2023_plo_54.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2304/mensagem_n.o_40.2023_plo_55.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2308/mensagem_n.o_41_plos_52_e_53.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2316/mensagem_n.o_42-56.2023_plo_56-2023.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2318/mensagem_n.o_43.2023_plo_57-2023_credito.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2337/mensagem_n.o_44.2023_plo_58-2023.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2343/mensagem_45_plo_60-2023.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2339/mensagem_n.o_046.2023_plo_59-2023.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2345/mensagem_n.o_47.2023_-_plo_61-2023.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2352/mensagem_48_plo_62_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2358/mensagem_n.o_049.2023_plo_63_cargo_vigilancia.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2360/mensagem_50_majoracao_plo_64-2023.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2362/mensagem_51_farmacias_plo_65-2023.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2367/mensagem_52_plos_65_e_66.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2324/requerimento_registro_candidatura_geovan_eleicao_mesa_2023_pdf_assss.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2330/requerimento_registro__maria_elena_carg_vice_pres_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2328/requerimento_registro__claudia__candidatura_eleicao_mesa_2023_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2329/requerimento_registro__marly_cargo_vice.doc.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2325/requerimento_registro__juliana__candidatura_eleicao_mesa_2023_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2326/requerimento_registro__m_elena_carg_secretaria_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2331/requerimento_fabiano_corregedor_28_de_nov._de_2023.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2332/requerimento_marly_vice_corregedor_28_de_nov._de_2023_1.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2114/redacao_final_do_proj._complementar_01.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2153/parecer_redacao_final_proposta_emenda_lom.doc_1.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2169/redacao_final_plo_13-2023.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2178/comissao_de_legislacao_parecer_redacao_final_proj._18.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2151/sind_adm_01-23.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2152/sind_adm_02-23.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2045/mensagem-n.o-01.2023-com-projeto-de-lei.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2046/mensagem-n.o-02.2023-com-projeto-de-lei.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2049/mensagem_n.o_003.2023_com_projeto_de_lei_reajuste.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2052/mensagem-n.o-04.2023-com-projeto-de-lei.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2053/mensagem-n.o-05.2023-com-projeto-de-lei.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2056/mensagem-n.o-07.2023-com-projeto-de-lei_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2062/plo_07-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2064/plo_08-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2065/plo_09-2023_com_mensagem.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2070/projeto_de_lei_no10-23_-_protocolo_seguranca_mulher_ass.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2085/pl_msg_09.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2087/pl_msg_10.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2112/projeto_de_lei_13-2022_ldo_-_anexos.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2119/projeto_de_lei_n_14_fixa_vencimento_cargo_coordenadoria_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2123/projeto_lei_15__bdmg_maquinario.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2124/projeto_lei_n_16_bdmg_saneamento_usina.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2130/pj_fumtur.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2135/mensagem_n.o_016.2023_-_com_projeto_de_lei_ordinaria_18-23.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2139/plo_19-2023_fundo_m_assist_100_mil.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2140/plo_20-2023_subv_chame.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2147/mensagem_n.o_17.2023_-_com_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2154/plo_22-2023_funcao_gratificada_coord_pedag.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2156/plo_23-2023_alteracao_lei_277.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2160/projeto_de_lei_impositiva_n._24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2161/projeto_de_lei_n._25_parque.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2166/projeto_de_lei_26-23_urgencia_especial_atencao_primaria.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2173/plo_27-2023_-_criacao_cargo_comissionado_agente_contratacao.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2185/projeto_de_lei_28_-_abrir_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2186/projeto_de_lei_29-2023_-_abrir_credito_adicional_suplementar_9chame_lar_sao_vicente_de_paulo_e_apae.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2192/projeto_de_lei_no__30_visao_monocular_m._elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2205/plo_no_31-2023_-_diretor_escola.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2207/plo_no32-2023_-_credito_man_blmac.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2208/plo_no33-2023_-_credito_ref_vig_epidemiologica.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2210/plo_no34-2023_-_rat_consorcio_ameg.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2212/plo_no35-2023_-_credito_manutencao_uai.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2215/plo_no36-2023_-_credito_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2218/plo_no37-2023_-_altera_lei_municipal_n.o_1.245.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2220/plo_no38-2023-_autoriza_concessao_de_subvencoes.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2221/plo_no39-2023_-_estima_a_receita_e_fixa_a_despesa.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2222/plo_no40-2023_-_altera_lei_municipal_n.o_1152_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2227/projeto_de_lei_41-_abertura_de_credito_adicional_suplementar_fundacao_itau.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2238/plo_no42-2023_-_processo_de_avaliacao_e_indicacao_-_diretor.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2250/projeto_de_lei_43-23_-_assistencia_financeira.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2264/projeto_de_lei_44_-_alteracao_da_lei_n.o_758.2009_-_contratacao_por_tempo_determinado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2265/projeto_de_lei_45_-_majoracao_do_limite.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2277/mensagem_035_c._projeto_de_lei_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2280/projeto_de_lei_n_47_-_utilidade_publica_afraim_-_rotariana_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2281/mensagem_036.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2282/mensagem_037.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2283/projeto_de_lei_terno_de_congo_50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2285/projeto_de_lei_no__01_fixa_vencimentos_uai_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2298/projeto_de_lei_52_-_utilidade_publica_-_aicau.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2299/projeto_de_lei_53_-_utilidade_publica__-_afrim_rotary.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2301/projeto_de_lei_54-_credito_adicional_suplementar_sec_saude.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2303/projeto_de_lei_55_-_credito_adicional_especial_vigilancia_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2314/projeto_de_lei_56-2023_-_abertura_de_credito_adicional_suplementar_p_vigilancia_epid.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2317/projeto_de_lei_57-23_-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2336/projeto_de_lei_58-2023_-_credito_adicional_especial_sec_plenej.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2338/projeto_de_lei_59-2023_-_desafetacao_de_area.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2342/projeto_de_lei_60-2023_-_pl_codes.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2344/projeto_de_lei_61-2023_-_pl_mcmv_far.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2351/plo_62-2023_credito_adicional_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2356/projeto_de_lei_63_-_criacao_vigilancia_em_saude.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2359/projeto_de_lei_64_-_majoracao.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2365/projeto_de_lei_65-2023_doacao_afrim.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2366/projeto_de_lei_66-2023_doacao_aicau.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2048/projeto_de_resolucao_no__01_reajuste_servidores_camara.doc.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2074/projeto_de_resolucao_no_02-2023___-_censura_escrita_-_roberto_pad_02.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2120/projeto_de_resolucao_plano_carreiras_tranforma_cargo_angelita_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2137/pr_04-2023_e_mens.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2202/projeto_de_resolucao_no_05-2023_-_devolucao_recursos_prefeitura_ass.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2284/projeto_de_resolucao__06__altera_plano_de_carreira_cargos_uai_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2369/projeto_de_resolucao_no_07-2023_-_pad_03-22.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2091/pl_msg_11.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2196/projeto_de_lei_complementar_02-2023__-_altera_a_lei_complementar_n.o_02.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2263/projeto_lc_03_terrenos_ipsim-_alteracao_da_lei_complementar_n.o_16.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2364/projeto_de_lei_complementar_04-2023_-_farmacias.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2248/projeto_de_decreto__no_01-2023_-_contas_2020_ronilton.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2309/projeto_de_decreto_darci_revisado_e_dados_biograficos_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2051/indicacao_no_01_m._elena_-_placa_pare_rua_eni_ass.doc.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2058/indicacao_no_02.23_-_maria_elena_e_geovan.docx_1.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2059/indicacao_no_03.23_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2060/indicacao_no_04.23_-_claudia_1.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2061/indicacao_no_05.23_-_claudia_2.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2068/indicacao_06-2022_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2072/indicacao_07-2022_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2073/indicacao_no_08_-_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2077/indicacao_no_09_-_marly_contrata_tecn_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2078/indicacao_no_10_-_marly_-_vigias_no_pronto_socorro_e_no_cras.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2079/indicacao_no_11_-_marly_-_retirada_dos_caes_da_praca_nossa_senhora.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2080/indicacao_no_12_-_marly_-_revisao_das_condicoes_insalubres_de_todos_os_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2081/indicacao_no_13_-_marly_-_epidemia_da_dengue_como_prioridade.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2082/indicacao_no_14_-_marly_-_iluminacao_da_praca_nossa_monsenhor_ernesto.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2083/indicacao_no_15-_marly_-pinturas_em_bueiros_e_tampas_de_bocas_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2084/indicacao_no_16_-_claudia_-estacionamento_de_frente_ao_laboratorio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2098/indicacao_17_marly_garis.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2099/indicacao_no_18_m_elena_beach_tenis.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2103/indicacao_no_19_detector_de_metais_m._elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2104/indicacao_no_20__fabiano_ruas_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2105/indicacao_no_21_geovan_triturador_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2106/indicacao_no_22_claudia_escola_monse._muros_e_portas_ass.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2115/indicacao_no_23_claudia_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2116/indicacao_no_24_marlu_corrego_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2117/indicacao_no_25_praca_congo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2126/indicacao_no_26_chamines_m._elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2127/indicacao_no_27_marly_bancos_e_floreiras_calcadao.doc_1.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2128/indicacao_no_28_rua_hospital_marly.doc.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2132/indicacao_no_29_geovan_estacionamento_rua.pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2133/indicacao_no_30_marly_uniformes_coral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2134/indicacao_no_31_fanfarra_e_filarmonica.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2142/indicacao_no_32_m_elena_escadas_ambulancias.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2143/indicacao_no_33_marly_calcamento_praca_matriz.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2145/indicacao_no_34_marly_corte_de_arvore.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2146/indicacao_no_35_fabiano_placa_sinalizacao.doc_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2149/indicacao_36_cameras_pronto_socorro_marly.doc.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2150/indicacao_no_37__anfitatro_climatizador_m._elena.doc_pdf_ass_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2157/indicacao_no_38_ponte_liberdade_marly.doc.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2158/indicacao_no_39__veiculo_marcenaria_marly.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2159/indicacao_no_40_pronto_socorro_marly.doc.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2180/indicacao_no_41_iluminacao_atras_cecoi_chacara_sao_geraldo_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2181/indicacao_no_42_uniformes_gari_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2182/indicacao_no__43_iluminacao_toldo_pronto_socorro_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2183/indicacao_no__44_boca_de_lobo_jardim_bela_vista_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2184/indicacao_no_45_calcadao_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2189/indicacao_n_46_valetas_cecoi__marly_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2190/indicacao_no__47_equipamentos_pronto_socorro_marly_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2191/indicacao_48_m_elena_sede_produtores_rurais_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2195/indicacao_49_uniformes_pronto_socorro_marly_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2198/indicacao_no_50_marly_redutores_velocidade.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2199/indicacao_no_51_marly_asfaltamento_rua.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2200/indicacao_no_52_marly_coral_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2201/indicacao_no_53_marly_rua_do_clube.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2223/indicacao_no_54_elena_revisao_codigo_posturas_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2233/indicacao_55_maria_elena_cemiterio.pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2244/indicacao_no_56_calcadao_sao_lucas_marly_pdf_ass.doc.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2245/indicacao_57_aula_canto__marly_pds_ass.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2246/indicacao_58_maria_elena_claudia_busto_e_placa_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2259/indicacao_no_59_marly_uniformes_e_chapeus_gari_reforco_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2258/indicacao_no_60__marly_limpesa_tulipas_belvedere_e_bueiro_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2260/indicacao_no_61_marly_casa_abandonada_univ._pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2261/indicacao_no_62_marly_praca_congo_urgente_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2262/indicacao_no_63_marly_redutor_velocidade_rua_madre_paulina_vicentinos_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2268/indicacao_no_64_elena_bueiro_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2269/indicacao_no_65_chacara_geraldo_marly_ratifica__pedido_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2270/indicacao_no_66_marly_bueiros_jardim_pinheiro_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2271/indicacao_no_67_marly_pronto_socorro_melhorias_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2272/indicacao_no__68_marly_nivel_iii_motorista_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2273/indicacao_no_69_marly_iluminacao_lampadas_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2274/indicacao_no_70_morada_sol_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2275/indicacao_no_71_ventiladores_salas_aulas_escolas_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2276/indicacao_no_72_elena_barracao_cohab_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2290/indicacao__73_marly_laboratorio_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2292/indicacao_no_74_marly_cesta_natal_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2297/indicacao_no__75_roberto_ferias_premio_e_piso_enfermagem_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2310/indicacao_no_76_fabiano_academia_ar_livre_tres_marias_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2311/indicacao_no_77_elena_bueiro_rua_pedro_oscar_queiroz.doc.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2350/indicacao_no_78_roberto_passagem_uai_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2340/indicacao_no__79__marly_nivel_iii_motorista_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2341/indicacao_no_80_juliana_apoio__escolar_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2354/indicacao_no_81_m_elena_telhado_casa_dos_aposentados.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2355/indicacao_no_82_m_elena_parque_cohab_ii.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2076/mocao_01-2022_enfermagem_marly.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2235/mocao_02-2023__servidores_parque_eventos_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2242/mocao_de_repudio_no_03_aborto_claudia_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2047/requerimento_no_01.23_-_urgencia_especial_-_convoca.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2050/requerimento_no_02.23_-_urgencia_especial_-_convoca.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2054/requerimento_no_03.23_-_urgencia_especial_-_convoca.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2057/requerimento_no_04.23_-_urgencia_especial_-_proj._06.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2066/requerimento_no_05.23_maria_elena_e_marly.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2067/requerimento_no_06.23_-_urgencia_especial_-_convoca.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2069/requerimento_no_07.23_-_urgencia_especial_-_servicos_medicos.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2092/requerimento_no_08.23_-_urgencia_especial_plo_12.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2093/requerimento_no_09-23_-_urgencia_especial_plc_01.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2094/requerimento_no_10.23_-_urgencia_especial_-.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2100/requerimento_no_11_-_maria_elena_agentes.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2110/requerimento_urgencia_especial_plc_01_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2111/requerimento_n_13_roberto_convoca_secretario_roriz_pdf_ass1.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2118/requerimento_14-2023_convoca_mackson.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2121/requerimento_14_urgencia_especial_proj_lei_14_d_proj_resolucao_01._cargos_angelita_pdf.doc.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2125/requerimento_no_16.23_-_urgencia_especial_projetos_15_e_16_bdmg_ass.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2129/requerimento_no_17_insalubridade_m._elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2131/requerimento_no_18__urgencia_especial_proj._17.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2144/requerimento_19_urgencia.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2148/requerimento_n._20_urgencia_especial_projeto_n.21_-_amplia_vaga_educador.doc_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2165/requerimento_21_urgencia_especial_proj_lei_24_e_25_credito_pdf_ass_ok.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2167/requerimento_no_22.23_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2172/requerimento_n._23_maria_elena_devolucao_ferias_premio_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2175/requerimento_24_juliana_margem_rodovia_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2176/requerimento_n._25_cecoi__juliana_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2177/requerimento_no_26_urgencia_simples_proj._27_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2188/requerimento_no_27.23_-_urgencia_especial_projetos_28_e_29_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2203/requerimento_no_28.23_-_urgencia_especial_adiantamento.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2204/requerimento_no_29-2023_-_juliana_mattar_informacoes_dengue.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2214/requerimento_no__30_urgencia_proj._32_33_35_e_36_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2224/requerimento_no_31_urgencia_simples_proj._31_diretor_ass_pdf.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2225/requerimento_no__32_urgencia_proj.34_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2229/requerimento_no_33_urgencia_especial_fundacao_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2236/requerimento_34_roberto_relatorios_gastos_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2237/requerimento_no__35__urgencia_projeto_eleicao_diretores_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2247/requerimento_no__36_informacoes_sobre_seleo_sim_elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2252/requerimento_37_urgencia_proj_43_1.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2266/requerimento_138_urgencia_projeto_lc_03_terrenos_ipsim_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2267/requerimento_39_urgencia_projeto_44_contratacao_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2278/requerimento_n._40_urgencia_diretores_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2279/requerimento_no__41_urgencia_proj._proj_45_majoracao_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2287/requerimento_42_urgencia_projeto_48_cargos_agente_saude_e_endemias_pdf_ass_ok.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2288/requerimento_no_43_proj._49__credito_rodoviaria_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2289/requerimento_no_44_proj._50_congo_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2286/requerimento_no__45_urgencia_proj._cargos_uai_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2291/requerimento_46_roberto_convoca_secretario_mackson_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2294/requerimento_no__47_fabiano_lima_pecas_e_licitacao_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2300/requerimento_48_revisado_urgencia_especial_utilidade_publica_afrim_e_aicau_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2307/requerimento_no_49_-_urgencia__projetos_54_e_55_creditos.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2312/requerimento_n_50_urgencia_decreto_legislativo_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2313/requerimento_n_51_elena_empresa_exames_servidores_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2319/requerimento_52_urgencia_especial_proj._56_e_57_credito_folha_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2334/requerimento__53_-_cei_folha_da_manha_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2333/requerimento_n_54_elena_insalubridade_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2335/requerimento_n_55_sempre_elena_insalubridade_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2346/requerimento_n_56_urgencia__proj._59_desafetacao_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2347/requerimento_n_57_urgencia__proj._60_codes_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2348/requerimento_n_58_urgencia__proj._61_casas_far_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2349/requerimento_59_roberto_receita_folha_pagamento_bradesco_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2353/requerimento_n_60_urgencia_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2357/requerimento_no__61_urgencia_proj._63.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2363/requerimento_no__62_urgencia_proj._64.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2368/requerimento_no__63_urgencia_plc_04_e_plos_65_e_66.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2109/parecer__ljr_projeto_lei_complementar_01_ass.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2240/parecer_proj_lc_02_-_ljr_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2101/parecer_cljrf_-_parecer_proposta_emenda_lei_organica_1.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2102/parecer_ljr_projeto_de_lei_10.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2097/comissao_de_legislacao_parecer_redacao_final_proj._12.23_conselho.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2170/parecer_cljr_claudia_projeto_18_cargo_diretor_ps.doc_pdf_ass_todos_membros.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2232/parecer_proj._23_cljr_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2179/comissao_de_legislacao_proj_27_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2305/parecer_fabiano_comissao_de_legislacao_proj._30_visao_monocular_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2295/parecer_ljr_projeto_de_lei_51-2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2095/parecer_cljr__do_projeto_de_lei_n_64.22.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2107/comissao_de_legislacao_parecer_redacao_final_plos_10-23_e_64-2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2253/proposicao_de_emenda_impositiva_01_geovan_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2254/proposicao_de_emenda_impositiva_n02_roberto_e_fabiano_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2255/proposicao_de_emenda_impositiva_n03_marly_custodio_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2256/proposicao_de_emenda_impositiva_n04_claudia_e_juliana_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2257/proposicao_de_emenda_impositiva_n05_maria_elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2241/proposicao_de_emenda_n.01_proj._42_diretores_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2234/novo_parecer_relatora_cfo_claudia.pdf_ass_1.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2226/parecer_relator_comissao_de_financas_e_orcamento_pdf_ass_1.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2138/parecer_cfo_plo_n_13.23_ldo_pdf.doc_ass.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2171/parecer_cfo_claudia_projeto_18_cargo_diretor_ps_psf_ass_todos_membros.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2296/parecer_cfo_projeto_de_lei_51-2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2231/novo_parecer_relatora_cfo_claudia.pdf_ass_contas_2020.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2293/parecer_cf_projetos_orcamento_2024_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2096/parecer_cospaicmadste-__do_projeto_de_lei_n_64.22.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2306/parecer_geovan_comissao_de_educacao_saude_proje_30_visao_monocular_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2249/parecer_cljr_redacao_final_ao_projeto_de_lei_compl._no_02.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2243/comissao_de_legislacao_parecer_redacao_final_proj._23_pdf.doc.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2230/comissao_de_legislacao_parecer_redacao_final_proj._27_pdf.doc_ass.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2323/red._final_proj.37.23__ldo_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2321/red._final_proj.38.23__subvencoes_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2320/red._final_proj.39.23__estima_receita_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2322/red._final_proj.40.23___ppa_dpf_ass.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2108/proposicao_emenda_01_projeto_lei_complementar_plano_diretor_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2194/proposta_revisada_orcamentaria_2024_revisada_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2075/mensagem_ao_projeto_de_resolucao_no_02-2023___-_censura_escrita_-_roberto_pad_02.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2063/mensagem_plos_07_e_08-2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2071/mensagem_projeto_de_lei_no10-23.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2206/mensagem_2331_plo_31-23_-_diretor_escola.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2211/mensagem_2534_-_plo_34_-_consorcio_ameg.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2213/mensagem_2635_-_plo_35-2023_-_credito_manutencao_uai.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2216/mensagem_2736_-_plo_36-2023_-_credito_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2228/mensagem_29_plo_41-2023_proj_credito_fundacao_itau.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2197/mensagem_n.o_022.2023_plc_02-2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2090/msg_11_plc_01-23.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2113/mensagem_n.o_12.2023_plo_13-2023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2136/mensagem__plo_18-23.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2141/mensagem__plos_19_e_20-23_creditos.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2193/mensagem_proj._30_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2086/mensagem_09_plo_11-22.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2088/mensagem_10_plo_12-23.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2122/mensagem_projeto_lei_14_e_proj._resolucao_03_cargos.doc_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2155/mensagem_18_plos_no_22_e_23-2023.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2162/projeto_de_lei_impositiva_n._24.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2164/mensagem_1.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2168/mensagem_1926_plo_26-2023.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2174/mensagem_n.o_020.2023_plo_27-2023_agente_c.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2187/mensagem_n.o_21_plos_28_e_29-2023.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2209/mensagem_243233_-_plos_32_e_33-2023.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2219/mensagem_n.o_28.2023_4_projetos.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2239/mensagem_3042_-_plo_42-2023.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2251/mensagem_n.o_031.2023_plo_43-2023.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2302/mensagem_n.o_39.2023_plo_54.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2304/mensagem_n.o_40.2023_plo_55.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2308/mensagem_n.o_41_plos_52_e_53.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2316/mensagem_n.o_42-56.2023_plo_56-2023.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2318/mensagem_n.o_43.2023_plo_57-2023_credito.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2337/mensagem_n.o_44.2023_plo_58-2023.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2343/mensagem_45_plo_60-2023.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2339/mensagem_n.o_046.2023_plo_59-2023.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2345/mensagem_n.o_47.2023_-_plo_61-2023.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2352/mensagem_48_plo_62_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2358/mensagem_n.o_049.2023_plo_63_cargo_vigilancia.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2360/mensagem_50_majoracao_plo_64-2023.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2362/mensagem_51_farmacias_plo_65-2023.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2367/mensagem_52_plos_65_e_66.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2324/requerimento_registro_candidatura_geovan_eleicao_mesa_2023_pdf_assss.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2330/requerimento_registro__maria_elena_carg_vice_pres_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2328/requerimento_registro__claudia__candidatura_eleicao_mesa_2023_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2329/requerimento_registro__marly_cargo_vice.doc.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2325/requerimento_registro__juliana__candidatura_eleicao_mesa_2023_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2326/requerimento_registro__m_elena_carg_secretaria_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2331/requerimento_fabiano_corregedor_28_de_nov._de_2023.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2332/requerimento_marly_vice_corregedor_28_de_nov._de_2023_1.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2114/redacao_final_do_proj._complementar_01.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2153/parecer_redacao_final_proposta_emenda_lom.doc_1.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2169/redacao_final_plo_13-2023.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2178/comissao_de_legislacao_parecer_redacao_final_proj._18.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2151/sind_adm_01-23.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2152/sind_adm_02-23.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H321"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="47.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="107.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="175.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="174.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>