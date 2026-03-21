--- v0 (2026-02-03)
+++ v1 (2026-03-21)
@@ -54,2947 +54,2947 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2370/projeto_de_lei_01-23_-_revisao_geral_servidores.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2370/projeto_de_lei_01-23_-_revisao_geral_servidores.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2371/projeto_de_lei_02-23_-_piso_agentes_comunitario_de_saude_e_endemias.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2371/projeto_de_lei_02-23_-_piso_agentes_comunitario_de_saude_e_endemias.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE O PAGAMENTO DO PISO NACIONAL DOS AGENTES COMUNITÁRl10S DE SAÚDE E DOS AGENTES DE COMBATE A ENDEMIAS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2372/projeto_de_lei_03-23_-_piso_magisterio.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2372/projeto_de_lei_03-23_-_piso_magisterio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DO PISO NACIONAL DOS PROFlSSIONAIS DO MAGISTÉRIO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2379/projeto_de_lei_04-24_-_abertura_de_credito_adicional_suplementar.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2379/projeto_de_lei_04-24_-_abertura_de_credito_adicional_suplementar.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar na Lei n' 1.275/2023, que - ''Estima a receita e fixa a despesa do Município de ltaú_x000D_
 de Minas-MG para o exercício financeiro de 2024'' - e dá outras providências.</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2386/projeto_de_lei_05-24_-_abertura_de_credito_adicional_suplementar_pavimentacao_de_vias.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2386/projeto_de_lei_05-24_-_abertura_de_credito_adicional_suplementar_pavimentacao_de_vias.pdf</t>
   </si>
   <si>
     <t>- Autoriza a abertura de crédito adicional suplementar na Lei nº 1.275/2023, que - "Estima a receita e fixa a despesa do Município de ltaú de Minas/MG para o exercício financeiro de 2024" - e dá outras providências. (PAVIMENTAÇÃO DE VIAS)</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2387/projeto_de_lei_06-24_-_abertura_de_credito_adicional_suplementar_-_aterro_sanitario.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2387/projeto_de_lei_06-24_-_abertura_de_credito_adicional_suplementar_-_aterro_sanitario.pdf</t>
   </si>
   <si>
     <t>- Autoriza a abertura de crédito adicional suplementar na Lei nº 1.275/2023, que - "Estima a receita e fixa a despesa do Município de ltaú de Minas/MG para o exercício financeiro de 2024" - e dá outras providências. (AMPLIAÇÃO DO ATERRO SANITÁRIO)</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2388/projeto_de_lei_07-24_-_abertura_de_credito_adicional_suplementar_-_manutencao_da_saude_e_farmacia_basica.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2388/projeto_de_lei_07-24_-_abertura_de_credito_adicional_suplementar_-_manutencao_da_saude_e_farmacia_basica.pdf</t>
   </si>
   <si>
     <t>- Autoriza a abertura de crédito adicional suplementar na Lei Orçamentária Anual nº 1.275/2023, que - "Estima a receita e fixa a despesa do Município de ltaú de Minas/MG para o exercício financeiro de 2024" - e dá outras providências. (MANUTENÇÃO DA SAÚDE E FARMACIA BASICA)</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2398/projeto_de_lei_08-24_-.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2398/projeto_de_lei_08-24_-.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI N.º 1275/2023 – QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS -.</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2404/projeto_de_lei_09-2024_direito_crianca_e_adolescente.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2404/projeto_de_lei_09-2024_direito_crianca_e_adolescente.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº1052/2019 QUE "DISCIPLINA AS DIRETRIZES FUNDAMENTAIS PARA A APLICABILIDADE DOS DIREITOS DA CRIANÇA E_x000D_
 DO ADOLESCENTE NO AMBITO DO MUNICÍPIO DE ITAU DE MINAS" E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2413/projeto_de_lei_10-2024_-_institui_fundo_municipal_do_meio_ambiente.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2413/projeto_de_lei_10-2024_-_institui_fundo_municipal_do_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal do Meio Ambiente e dá outras providências.</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA, Fabiano Gomes de Lima, Geovan dos Santos, JULIANA MATTAR, MARIA ELENA DE OLIVEIRA FARIA, MARLY CUSTODIO, ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2415/projeto_de_lei_n._11_-_denominacao_de_rua_vicente_amorim_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2415/projeto_de_lei_n._11_-_denominacao_de_rua_vicente_amorim_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Altera a denominação de logradouro público que menciona – (Rua Vicente Antônio Amorim).</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2421/projeto_de_lei_-_ldo_2025.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2421/projeto_de_lei_-_ldo_2025.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2428/projeto_de_lei_13-24_-_abrir_credito_adicional_especial_na_lei_n.o_1275.2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2428/projeto_de_lei_13-24_-_abrir_credito_adicional_especial_na_lei_n.o_1275.2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1275/2023 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCICIO FINANCIRO DE 2024 -, E DÁ OUTRAS PROVIDÊNCIAS. (ATIVIDADES CULTURAIS - LEI PAULO GUSTAVO)</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2431/projeto_de_lei_14-_-_credito_adicional_suplementar_chame.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2431/projeto_de_lei_14-_-_credito_adicional_suplementar_chame.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA LEI Nº 1.275/2023 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÜ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2024 -. E DA OUTRAS PROVIDENCIAS. (SUBVENÇÃO AO CHAME)</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2443/projeto_de_lei_15-2024__-_abpaim.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2443/projeto_de_lei_15-2024__-_abpaim.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO DE PROTEÇÃO E BEM ESTAR ANIMAL DE ITAÚ DE MINAS.</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2452/projeto_de_lei_16_dia_combate_maus_tratos_animais_maria_elena_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2452/projeto_de_lei_16_dia_combate_maus_tratos_animais_maria_elena_pdf_ass.pdf</t>
   </si>
   <si>
     <t>“Institui no Calendário Oficial do Município de Itaú de Minas o Mês de Abril como Mês de Combate a Violência, Maus-Tratos e Abandono de Animais – Abril Laranja”.</t>
   </si>
   <si>
     <t>2470</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2470/projeto_17_e_mensagem_proj._lei_audir_blanc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2470/projeto_17_e_mensagem_proj._lei_audir_blanc.pdf</t>
   </si>
   <si>
     <t>Projeto de lei n. 17 - AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI N. 1275/2023 - QUE ESTIMA RECEITA E FIXA DESPESAS DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2473/projeto_de_lei_18-24_-_terno_de_congo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2473/projeto_de_lei_18-24_-_terno_de_congo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ITAÚ DE MINAS A CONCEDER AUXÍLIO FINANCEIRO AOS REPRESENTANTES DOS TERNOS DE CONGO E DE MOÇAMBIQUE EM ATIVIDADE NO MUNICÍPIO, POR OCASIÃO DE SUAS RESPECTIVAS PARTICIPAÇÇÕES NA 75º FESTA DAS CONGADAS DE ITAÚ DE MINAS - MG, NO ANO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2476/projeto_de_lei_19-2024_-_fund_itau_-_blmac_-_mensagem_n.o_13.2024.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2476/projeto_de_lei_19-2024_-_fund_itau_-_blmac_-_mensagem_n.o_13.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar na Lei Orçamentária Anual nº 1.275/2023 de 04/12/2023 e dá outras providências. (CONTR. A FUND. ITAU DE ASSIST. SOCIAL - BLMAC)</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2477/projeto_de_lei_20-2024_-_assoc._servicos_de_acao_socialda_igreja_do_evangelho_quadrangular_-_mensagem_n.o_13.2024.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2477/projeto_de_lei_20-2024_-_assoc._servicos_de_acao_socialda_igreja_do_evangelho_quadrangular_-_mensagem_n.o_13.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial na Lei Orçamentária Anual nº 1.275/2023 de 04/12/2023 e dá outras providências. (Contribuição para a Assoc. Serviços de Ação Socialda Igreja do Evangelho Quadrangular)</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2480/projeto_de_lei_21-24_reforma_de_creches.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2480/projeto_de_lei_21-24_reforma_de_creches.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO_x000D_
 ADICIONAL SUPLEMENTAR NA LEI NO_x000D_
 1.275/2023 - QUE ESTIMA A RECEITA E FIXA_x000D_
 A DESPESA DO MUNICÍPIO DE ITAÚ DE_x000D_
 MINAS PARA O EXERCÍCIO FINANCEIRO DE_x000D_
 2024 -, E DA OUTRAS PROVIDÊNCIAS. (Reforma de Creches)</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2487/projeto_de_lei_22-24_-_contr_fundacao_assist_social_-_blmac.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2487/projeto_de_lei_22-24_-_contr_fundacao_assist_social_-_blmac.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional_x000D_
 suplementar na Lei nº 1.275/2023 - Que Estima a_x000D_
 Receita e fixa a Despesa do Município de ltaú de_x000D_
 Minas-MG para o exercício financeiro de 2024 -_x000D_
 e dá outras providências. (CONTR. A FUNDAÇÃO ITAÚ DE ASSISTÊNCIA SOCIAL BLMAC)</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2489/projeto_de_lei_23-24__-_subvencao_a_apae.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2489/projeto_de_lei_23-24__-_subvencao_a_apae.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial_x000D_
 na Lei nº 1.275/2023 - Estima a Receita e fixa a_x000D_
 Despesa do Município de ltaú de Minas-MG para_x000D_
 o exercício financeiro de 2024 - e dá outras_x000D_
 providências. (Repasse de Subvenção a APAE).</t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2495/projeto_de_lei_24_-_pagamento_ferias_premio.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2495/projeto_de_lei_24_-_pagamento_ferias_premio.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar na Lei nº 1.275/2023 - Que Estima a Receita e fixa a Despesa do Município de ltaú de Minas-MG para o exercício financeiro de 2024 - e dá outras providências.</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2501/projeto_de_lei_25_-_altera_a_lei_municipal_n.o_1152_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2501/projeto_de_lei_25_-_altera_a_lei_municipal_n.o_1152_1.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1152, de 29 de novembro de 2021, que – “Dispõe sobre o Plano Plurianual para o período de 2022 a 2025” e dá outras providências.</t>
   </si>
   <si>
     <t>2502</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2502/projeto_de_lei_26_ldo_-_altera_a_lei_municipal_n.o_1299.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2502/projeto_de_lei_26_ldo_-_altera_a_lei_municipal_n.o_1299.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.299, de 24 de junho de 2024 que – “Dispõe sobre as diretrizes para a elaboração da proposta orçamentária para o exercício financeiro de 2025” – e dá outras providências.</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2503/projeto_de_lei_27_-_estima_a_receita_e_fixa_a_despesa_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2503/projeto_de_lei_27_-_estima_a_receita_e_fixa_a_despesa_1.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Itaú de Minas-MG para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>2504</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2504/projeto_de_lei_28_-_autoriza_concessao_de_subvencoes_2.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2504/projeto_de_lei_28_-_autoriza_concessao_de_subvencoes_2.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS  E CONTRIBUIÇÕES  NO   EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2520/projeto_de_lei_29-2024_-_loa_30.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2520/projeto_de_lei_29-2024_-_loa_30.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MAJORAÇÃO DO LIMITE DE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES AO ORÇAMENTO DO MUNICÍPIO DE ITAÚ DE MINAS, EXERCICIO DE 2024.</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2537/projeto_de_lei_30-24__-_iac_-_ass_estudantes_e_chame_revisada.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2537/projeto_de_lei_30-24__-_iac_-_ass_estudantes_e_chame_revisada.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA LEI ORÇAMENTÁRIA ANUAL Nº 1.275/2023- QUE ESTIMA A_x000D_
 RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2024 - E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2538/projeto_de_lei_31-2024_-_alteracoes_na_1276_de_2023.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2538/projeto_de_lei_31-2024_-_alteracoes_na_1276_de_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI Nº 1276, DE 04 DE DEZEMBRO DE 2023, QUE - AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXILIOS E CONTRIBUIÇÕES NO EXERCICIO DE 2024 - E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2539/projeto_de_lei_32-2024_-_emenda_parlamentar_impositiva_-_consep.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2539/projeto_de_lei_32-2024_-_emenda_parlamentar_impositiva_-_consep.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA LEI ORÇAMENTÁRIA ANUAL Nº 1.275/2023- QUE ESTIMA A_x000D_
 RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2024 - E DA OUTRAS PROVIDENCIAS (CONSEP)</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>JULIANA MATTAR</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2548/projeto_de_lei_33_esporte_paraolimpico__2024.docx.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2548/projeto_de_lei_33_esporte_paraolimpico__2024.docx.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a política pública de incentivo à criação do Projeto de Esporte Paraolímpico nas Escolas do Município de Itaú de Minas/MG e dá outras providências.”</t>
   </si>
   <si>
     <t>2567</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2567/projeto_de_lei__34_-__protocolo__fibromialgia_maria_elena.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2567/projeto_de_lei__34_-__protocolo__fibromialgia_maria_elena.doc.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal N ° 1078, de 10 de Junho de 2020 “Que Estabelece diretrizes gerais para o atendimento prestado pelo Sistema Municipal de Saúde às pessoas acometidas por síndrome de fibromialgia ou fadiga crônica”, estabelecendo o Protocolo de Atendimento a Portadores de Fibromialgia, e dá outras providências.</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2568/projeto_de_lei_35_-_vales_funcionarios.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2568/projeto_de_lei_35_-_vales_funcionarios.pdf</t>
   </si>
   <si>
     <t>Institui o Auxílio Vale Alimentação aos servidores públicos do Poder Executivo do Municipio de Itaú de Minas/MG e dá outras providências.</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2571/projeto_de_lei_36_honorarios_advocaticios.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2571/projeto_de_lei_36_honorarios_advocaticios.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Regulamentação do Disposto no §19 do art. 85, da Lei nº13.105/15 (Código de Processo Civil) que trata dos honorários advocatícios oriundos do princípio da sucumbência, por arbitramento, acordo judicial e/ou extrajudicial, nas ações, causas e procedimentos em que o Municipio de Itaú de Minas/MG for representado por sua Procuradoria Jurídica e dá outras providencias.</t>
   </si>
   <si>
     <t>2580</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2580/projeto_de_lei_37-2024_-_subvencao_apae.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2580/projeto_de_lei_37-2024_-_subvencao_apae.pdf</t>
   </si>
   <si>
     <t>Que  Autoriza a abertura de crédito adicional suplementar na Lei Orçamentária Anual nº 1.275/2023 de 04/12/2023 e dá outras providências. (SUBVENÇÃO A APAE);</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2591/projeto_de_lei_38-2024_-_majoracao_limite_creditos.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2591/projeto_de_lei_38-2024_-_majoracao_limite_creditos.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MAJORAÇÃO DO LIMITE DE ABERTURA DE CREDITOS ADICIONAIS SUPLEMENTARES À LEI Nº1275, DE 04 DE DEZEMBRO DE 2023 - LEI ORÇAMENTÁRIA ANUAL DO MUNICIPIO DE ITAU DE MINAS, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2374/projeto_de_resol._no__01_reajuste_servidores_ok_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2374/projeto_de_resol._no__01_reajuste_servidores_ok_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral dos vencimentos dos servidores da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2426/projeto_de_resolucao_02_devolucao_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2426/projeto_de_resolucao_02_devolucao_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal antecipar, ao Executivo Municipal, a devolução de recursos financeiros em disponibilidade no Legislativo.</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2450/projeto_de_resolucao_aplica_censura_escrita_pad_04_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2450/projeto_de_resolucao_aplica_censura_escrita_pad_04_pdf_ass.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 03/24_x000D_
 _x000D_
 PROCESSO DISCIPLINAR n. 04/22, que tem por objeto: “Apuração quanto a Nota de Repúdio apresentada por todos os servidores do setor jurídico do Legislativo narrando supostas ofensas feitas pelo Vereador Roberto Gonçalves Vieira”._x000D_
 _x000D_
 A Câmara Municipal de Itaú de Minas, aprova a seguinte Resolução: _x000D_
 Art. 1º - O Plenário da Câmara Municipal de Itaú de Minas, tendo sido reprovado o Relatório Final da Corregedoria do Conselho de Ética e Decoro Parlamentar, mantém o posicionamento do voto divergente apresentado nos autos do Processo Administrativo Disciplinar nº 04/22 (“PAD 04/22”) que tem por objeto: “Apuração quanto a Nota de Repúdio apresentada por todos os servidores do setor jurídico do Legislativo narrando supostas ofensas feitas pelo Vereador Roberto Gonçalves Vieira”._x000D_
 Art. 2º - Fica declarada a procedência da referida representação, nos termos do art. 28, § 2º, do Código de Ética e Decoro Parlamentar (Resolução nº 270/2019), aplicando ao Vereador Roberto Gonçalves Vieira a sanção de “Censura” disposta no art. 18, inciso I, sob a forma “escrita” do art. 19, inciso II, haja vista ter ele agido de forma “incompatível com o decoro parlamentar” (art. 18, caput) e sem observância dos “deveres funcionais dos Vereadores” (art. 9º, caput) consubstanciado na prática de ato que infringe “as regras de boa conduta nas dependências da Casa” (art. 11, inciso X) com uso indevido dos “poderes e prerrogativas do cargo para constranger, ofender (...) ou aliciar (...) colega (...) com o fim de obter qualquer espécie de favorecimento” (art. 11, inciso XII), tudo nos expressos termos do Código de Ética e Decoro Parlamentar (Resolução nº 270/2019).</t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2491/projeto_de_resolucao_04-22_-_devolucao_de_recursos.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2491/projeto_de_resolucao_04-22_-_devolucao_de_recursos.pdf</t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2506/projeto_de_resolucao_05-24_-_devolucao_de_recursos_andressa.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2506/projeto_de_resolucao_05-24_-_devolucao_de_recursos_andressa.pdf</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2541/projeto_resolucao_n.06_devolucao_recursos.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2541/projeto_resolucao_n.06_devolucao_recursos.pdf</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2569/projeto_de_resolucao_07-2024_-_vale_alimentacao_-_apos_alteracoes_minhas.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2569/projeto_de_resolucao_07-2024_-_vale_alimentacao_-_apos_alteracoes_minhas.pdf</t>
   </si>
   <si>
     <t>Institui o Auxílio Vale Alimentação aos servidores públicos da Câmara Municipal de Itaú de Minas/MG e dá outras providências.</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2405/projeto_de_lei_complementar_01-2024_-_farmacias.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2405/projeto_de_lei_complementar_01-2024_-_farmacias.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS QUE MENCIONA NA LEI COMPLEMENTAR NO 02/93 MODIFICADA PELA LEI COMPLEMENTAR NO 70/ DE 22 DE DEZEMBRO DE 2023 - CÓDIGO DE POSTURAS DO MUNICÍPIO DE ITAU DE MINAS.</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>CLAUDIA CALIXTO SIMÃO FONSECA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2458/projeto_de_decreto_legislativo_no_01_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2458/projeto_de_decreto_legislativo_no_01_pdf_ass.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE ITAÚ DE MINAS _x000D_
 REFERENTE AO EXERCÍCIO FINANCEIRO DE 2015._x000D_
 A Câmara Municipal de Itaú de Minas/MG aprova:_x000D_
 Art. 1º. Ficam aprovadas integralmente as Contas da Prefeitura Municipal de Itaú de _x000D_
 Minas referente ao Exercício Financeiro de 2015._x000D_
 Art. 2º. Este Decreto Legislativo entra em vigor na data de sua publicação._x000D_
 Art. 3º - Revogam-se as disposições em contrário.</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2376/indicacao_no_01_m._elena_folhas_coqueiros_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2376/indicacao_no_01_m._elena_folhas_coqueiros_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, para que seja feito um cronograma mensal visando a retirada de folhas secas que ficam dependuradas nas palmeiras e coqueiros, especialmente na avenida Eng. Manoel Batista.</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2377/indicacao_no_02_maria_elena_mgo50_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2377/indicacao_no_02_maria_elena_mgo50_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal para que acione a AB Nascentes no sentido de melhorar o traçado do trecho de_x000D_
 entroncamento da rodovia MG 050 onde acontece o acesso dos veículos de Itaú ao adentrarem na pista_x000D_
 para Passos e se encontram com os veículos que vem na pista dupla (SSParaíso) no novo anel viário de_x000D_
 Itaú de Minas; ou proporcionar meios para reduzir a velocidade destes veículos e melhorar a_x000D_
 sinalização do referido trecho.</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2378/indicacao_no__03_caes_praca_claudia_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2378/indicacao_no__03_caes_praca_claudia_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, mais uma vez no sentido de que medidas urgentes sejam tomadas para resolver a situação dos cães soltos na Praça Nossa Senhora das Graças realocando estes animais em outro local ou dando uma destinação apropriada para eles.</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
     <t>MARLY CUSTODIO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2381/indicacao_no_04_uniformes_marly_ps_dpf.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2381/indicacao_no_04_uniformes_marly_ps_dpf.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica novamente a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal através da Secretaria Municipal de Saúde, para que sejam adquiridos e doados_x000D_
 uniformes para os servidores do Pronto Socorro e Ambulatório: enfermagem, escritório administrativo,_x000D_
 recepção e motoristas.</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2382/indicacao_no_05_dengue_marly_dpf.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2382/indicacao_no_05_dengue_marly_dpf.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo_x000D_
 Municipal, no sentido de que a Administração trate a epidemia da Dengue como prioridade máxima_x000D_
 implementando todas as ações possíveis e necessárias para combate à esta doença.</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2383/indicacao_no_06_marly_calcada_sao_lucas_pdf.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2383/indicacao_no_06_marly_calcada_sao_lucas_pdf.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica novamente a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal através da Secretaria Municipal de Saúde, para que construído ao longo da_x000D_
 avenida de acesso ao Bairro São Lucas um calçadão para pedestres.</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2384/indicacao_n_07_plantio_arvores_av._brasiel_ferreira_marly_pdf.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2384/indicacao_n_07_plantio_arvores_av._brasiel_ferreira_marly_pdf.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo_x000D_
 Municipal, no sentido de que a Administração faça o plantio de árvores frutíferas de pequeno porte na_x000D_
 Avenida Braziel Ferreira Amorim.</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2385/indicacao_no_08_marly_uniforme_garis_epidemiologia_pdf.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2385/indicacao_no_08_marly_uniforme_garis_epidemiologia_pdf.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, que venha reforçar junto ao_x000D_
 Executivo Municipal para que seja atendida as Indicações no qual solicitam a doação de uniformes,_x000D_
 luvas e capas de chuvas para os garis e para equipe da epidemiologia, bem como que seja feita a_x000D_
 doação de guarda-sóis de cabeça como os modelos que já seguiram anexos.</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2393/indicacao_09_maria_elena_limpeza_areas_verdes_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2393/indicacao_09_maria_elena_limpeza_areas_verdes_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que seja feita a limpeza dos terrenos destinados para áreas verdes localizados nos seguintes locais:_x000D_
 - Rua Eni no início do Belvedere;_x000D_
 - Rua Luiz Carlos de Oliveira com a Rua Tuffy Lemos;_x000D_
 - Rua Antônio Pereira de Brito, em frente ao n.º 445 ou em frente a Dona Fia;_x000D_
 - Rua Antônio Domingos Júnior no São Lucas e_x000D_
 - Rua Zezé Duquinha perto de onde está caixa d´água</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2394/indicacao_no_10_marly_material_construcao_ruas_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2394/indicacao_no_10_marly_material_construcao_ruas_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal para que seja solucionada a situação da Rua Brasiel Ferreira Amorim cruzamento com a Rua_x000D_
 Pará em relação ao material de construção depositado na rua, mesmo que seja necessário a construção de_x000D_
 um murinho ou barragem para contenção destes materiais.</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2400/indicacao_no_11_marly__belvedere_cobras_limpeza_pdf.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2400/indicacao_no_11_marly__belvedere_cobras_limpeza_pdf.pdf</t>
   </si>
   <si>
     <t>para que seja feita a limpeza geral dos terrenos baldios do Bairro Belvedere, com retirada de lixo e a carpina de mato.</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
     <t>ROBERTO GONÇALVES VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2402/indicacao_no_12_roberto_praca_sagrada_familia_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2402/indicacao_no_12_roberto_praca_sagrada_familia_pdf_ass.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal para que sejam realizadas as seguintes ações no terreno destinado para área verde localizado na_x000D_
 Rua Margarida de Oliveira imediações do n. 480 no Bairro Sagrada Família quais sejam:_x000D_
 - inicialmente, que se faça a limpeza e carpina de toda área;_x000D_
 - construção de muro ou cercas nas divisas;_x000D_
 - iluminação do local;_x000D_
 - melhoria do projeto paisagístico e urbanístico com a construção definitiva de uma praça de lazer com a_x000D_
 instalação de uma academia de ginástica ao Ar Livre;</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2403/indicacao_no__13_av_liberdade_roberto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2403/indicacao_no__13_av_liberdade_roberto.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que sejam feitas as seguintes ações na avenida Liberdade imediações do Colégio COC quais sejam:_x000D_
 -instalação de redutor de velocidade (quebra molas);_x000D_
 - construção de mais uma passarela de frente ao segundo portão da referida escola e_x000D_
 - instalação de placas de sinalização com aviso de perímetro escolar e redução de velocidade.</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2408/indicacao_14_marly_quebra_mola_rua_noraldino_pimenta_pdf.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2408/indicacao_14_marly_quebra_mola_rua_noraldino_pimenta_pdf.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, para que faça a implantação de redutores de velocidade (lombada, quebra mola) quais sejam mais adequados no decorrer da Rua Noraldino Pimenta dos Santos imediações do nº 98, (frente à casa da Sra. Dayane Felizardo) com certa urgência.</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2409/indicacao_no_15_parque_cohab_2_marly_pdf.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2409/indicacao_no_15_parque_cohab_2_marly_pdf.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, para que sejam tomadas as seguintes providências no Parque Infantil do Conjunto Habitacional Bela Vista (Bairro Cohab 2):_x000D_
 - que faça capina e uma limpeza geral;_x000D_
 - faça a manutenção da rede elétrica do local,_x000D_
 - seja feita uma reforma geral dos brinquedos e revitalização do referido parque Infantil,_x000D_
 - construção de um redutor de velocidade na rua de frente ao Parque. (Rua das Acácias).</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2411/indicacao_no_16_guarda_corpo_avenida_m_elena_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2411/indicacao_no_16_guarda_corpo_avenida_m_elena_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal para que sejam instalados postinhos de cimento com guarda corpo de metal em uma parte da_x000D_
 margem canalizada do Córrego do Ferro no prolongamento da Avenida Liberdade sentido bairro Marieta_x000D_
 Vieira Amorim, para evitar acidentes no prolongamento da Avenida da Liberdade, conforme imagens em anexo._x000D_
 Também solicito que a Prefeitura tome as providencias cabíveis junto a Telinvest, oficiando a_x000D_
 Empresa para que providencie o guarda corpo de metal no local mais frente que já tem os postinhos mas_x000D_
 não proteção.</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2416/indicacao_no__17_limpeza_corrego_m._elena_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2416/indicacao_no__17_limpeza_corrego_m._elena_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, que faça a limpeza do Córrego do Ferro em toda a sua extensão e também nas imediações da Vila Santo Antônio, através de uma limpeza geral tanto dentro do canal como em suas imediações.</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2417/indicacao_no__18__marly_uniformes_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2417/indicacao_no__18__marly_uniformes_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, apresenta pedido de_x000D_
 reforço junto ao Executivo Municipal para que seja atendida as Indicações no qual solicitam que a_x000D_
 Administração forneça uniformes para todos os servidores municipais, especialmente os abaixo_x000D_
 relacionados:_x000D_
 - uniformes e chapéus de proteção aos servidores da limpeza urbana;_x000D_
 - uniformes para os servidores do Pronto Socorro: enfermagem, escritório administrativo,_x000D_
 recepção e motoristas</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2427/indicacao_no_19_sinalizacao_nomes_ruas_postes_m.elena_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2427/indicacao_no_19_sinalizacao_nomes_ruas_postes_m.elena_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal no sentido de que:_x000D_
 - seja feita a sinalização contendo a denominação das vias e logradouros públicos do município, sinalizando com placas ou com a pintura em postes como vem sendo feita ultimamente pela Administração.</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2434/indicacao_20_marly_aula_de_canto_pdf.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2434/indicacao_20_marly_aula_de_canto_pdf.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal através da Secretaria Municipal de Cultura para que seja implementado aula de Canto em nossa cidade através da contratação de profissionais capacitados para tal função.</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2435/indicacao_no_21_marly_queimadas.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2435/indicacao_no_21_marly_queimadas.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para fazer uma campanha de orientação contra queimadas, visando orientar as pessoas que, ao fazerem a  limpeza ou a carpina de quintais e terrenos, que peçam a caçamba  pois é proibido atear fogo ficando a pessoa sujeita às penalidades da LEI MUNICIPAL N° 617, DE 16.08.2006,  QUE DISPÕE SOBRE A PROIBIÇÃO  DE QUEIMADAS NO MUNICIPIO DE ITAÚ DE MINAS E DÁ OUTRAS PROVIDÊNCIAS, alterada pela LEI No 1012, DE 28.12.17.28.</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
     <t>Fabiano Gomes de Lima</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2439/indicacao_22_fabiano_iluminacao_braziel_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2439/indicacao_22_fabiano_iluminacao_braziel_pdf_ass.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que seja feita a ligação do sistema de iluminação pública no final da Rua Joaquim Carlos dos Reis, acesso à Rodovia MG 344 - (Braziel Amorim).</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2442/indicacao_no_23_bloquetes_azarias_-_m_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2442/indicacao_no_23_bloquetes_azarias_-_m_elena.pdf</t>
   </si>
   <si>
     <t>- Seja realizada a manutenção e substituição dos bloquetes localizados na esquina da rua Azarias Emerenciano Campos com a rua João Batista Arantes, no Bairro Santa Terezinha.</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2445/indicacao_no_24_uniformes_coral_santa_terezinha_marly_pdf_ass_ok.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2445/indicacao_no_24_uniformes_coral_santa_terezinha_marly_pdf_ass_ok.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, reiterando o pedido para que sejam adquiridos e doados novos uniformes, microfones e instrumentos musicais ao Coro Paroquial Santa Terezinha de Itaú de Minas.</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2446/indicacao_no__25_m._elena_lixeira_praca_dpf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2446/indicacao_no__25_m._elena_lixeira_praca_dpf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, solicitando a colocação de lixeiras grandes em grades vazadas na Praça Heleno de Andrade, de preferência que se instale uma no início da Praça e outra no final.</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2447/indicacao_no__26_roberto_aguar_rua_pipa_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2447/indicacao_no__26_roberto_aguar_rua_pipa_pdf_ass.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo subscreve, indica a Mesa desta Casa providências junto ao Executivo Municipal  e junto ao Setor de Serviços Urbanos da Prefeitura Municipal no sentido de que:_x000D_
 - seja aguada regularmente com caminhão pipa, a Rua Vitalino Antônio Cezário, Bairro Belvedere - Acesso pra Lagoa.</t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2451/indicacao_no_27_claudia_painel_pronto_socorro_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2451/indicacao_no_27_claudia_painel_pronto_socorro_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, solicitando a aquisição de um Painel de Senhas para o Pronto Socorro Municipal.</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2457/indicacao_no_28_marly_pronto_socorro_melhorias_seguranca_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2457/indicacao_no_28_marly_pronto_socorro_melhorias_seguranca_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto _x000D_
 ao Executivo Municipal para que sejam feitas as seguintes melhorias no Pronto Socorro_x000D_
 Municipal:_x000D_
 a) Revisão do sistema de iluminação da fachada do prédio;_x000D_
 b) Instalação da placa contendo o nome PRONTO SOCORRO MUNICIPAL MARIA _x000D_
 GUERRA_x000D_
 c) Instalação de toldos de proteção nos fundos do PS;_x000D_
 d) Contratação de guardas/vigias/segurança 24 horas;_x000D_
 e) Instalação de sistema de monitoramento com câmeras.</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2460/indicacao_no__29_m._elena_levantamento_castracao_pdf_ass_ok.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2460/indicacao_no__29_m._elena_levantamento_castracao_pdf_ass_ok.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo _x000D_
 Municipal, solicitando que quando em visitas domiciliares feitas pelas agentes de saúde e pelos agentes de _x000D_
 epidemiologia, que seja feito um levantamento junto aos moradores para verificar se a casa possui animal_x000D_
 de estimação, quantos são e se há interesse em promover a castração do animal.</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2464/indicacao_no_30_marly_praca_congo_reforma_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2464/indicacao_no_30_marly_praca_congo_reforma_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, ratifica o pedido de providências junto ao Executivo Municipal através das Secretarias competentes no sentido de que seja agilizado o processo de reforma da Praça do Congo com a maior brevidade possível antes mesmo de iniciar as festas de fim de ano.</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2465/indicacao_no_31_marly_poliesportivo_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2465/indicacao_no_31_marly_poliesportivo_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa providências junto ao Executivo Municipal solicitando mais agilidade para início imediato das obras de reforma do Poliesportivo Tancredo Neves em nosso Município.</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2466/indicacao_no_32_marly_praca_iluminacao_igreja_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2466/indicacao_no_32_marly_praca_iluminacao_igreja_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve ratifica seu pedido indicando à Mesa desta Casa, providências junto ao Executivo Municipal, no sentido de que a Administração faça projeto para um novo sistema de iluminação da Praça Nossa Monsenhor Ernesto – especialmente nos passeios das imediações da Igreja Matriz Santa Terezinha.</t>
   </si>
   <si>
     <t>2467</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2467/indicacao_no__33_m._elena_vales_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2467/indicacao_no__33_m._elena_vales_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, solicitando o aumento no valor do vale mensal que é concedido aos servidores à partir do dia 15 de cada mês.</t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2468/indicacao_no__34_m._elena_canais_digitais_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2468/indicacao_no__34_m._elena_canais_digitais_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo _x000D_
 Municipal, solicitando esforços junto aos órgãos e empresas competentes para que a TV Alterosa_x000D_
 (Varginha) e TV Bandeirantes (Belo Horizonte) implementem a instalação destes canais de transmissão_x000D_
 destas respectivas emissoras aqui em Itaú de Minas.</t>
   </si>
   <si>
     <t>2469</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2469/indicacao_no_35__juliana_calcada_perto_trevo_sagrada_familia_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2469/indicacao_no_35__juliana_calcada_perto_trevo_sagrada_familia_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo _x000D_
 Municipal, solicitando que seja refeita a calçada do trecho da Rua Antônio F. Silva (imediações da sede do _x000D_
 Moto Grupo Anjos de Pedra, ABS Minimercado), até acesso ao pontilhão.</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2472/indicacao_no_36_roberto_reboque_tumulos_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2472/indicacao_no_36_roberto_reboque_tumulos_pdf_ass.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa providências junto ao Executivo Municipal para que, quando da venda de túmulos (carneiras) no cemitério Municipal, que estes sejam vendidos já rebocados, e que também sejam disponibilizados mais túmulos duplos (casal) à pronta entrega.</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2494/indicacao_no_37_parque_cohab_2_juliana.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2494/indicacao_no_37_parque_cohab_2_juliana.pdf</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Itaú de Minas. _x000D_
 A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, urgentemente a viabilidade de uma total restauração e revitalização do Parque Infantil do Conjunto Habitacional Bela Vista (Bairro Cohab 2) e seu entorno como ruas e calçadas. Sugerimos as seguintes providencias:_x000D_
 - Restauração e revitalização do parquinho, ex. brinquedos, banheiros, rede elétrica, capina, etc._x000D_
 - Deixar totalmente aberto, sem obstáculos os acessos de entrada, com guarda se possível; _x000D_
 - Iluminação do local e todo seu entorno com as ruas de acesso;_x000D_
 - Delegar manutenção periódica junto aos setores competentes; _x000D_
 - Imediata instalação de Redutores de velocidade nas imediações e ruas de acesso, fazendo também melhorias no trânsito, com placas de PARE e demais sinalizações de alerta no local.</t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2498/indicacao_no_38_fabiano_poeira.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2498/indicacao_no_38_fabiano_poeira.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa providências junto ao Executivo Municipal_x000D_
 para que seja feita a pavimentação com cascalho e saibro ou que se interdite o acesso da continuação da_x000D_
 Rua Amazonas que liga esta via à Rua Edna no Bairro Universitário.</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2499/indicacao_no_39_sinalizacao_cohab_2_juliana.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2499/indicacao_no_39_sinalizacao_cohab_2_juliana.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, um projeto detalhado com posterior execução de Sinalização Viária (Sinalização de transito), que contemple tanto a sinalização vertical (sinalização normalmente por placa, fixado ao lado ou suspenso sobre as ruas), quanto a horizontal (sinalização que está na via, ou seja, no chão ou calçadas), com o objetivo principal de indicar e orientar o trânsito uniformemente no Conjunto Habitacional Bela Vista (Bairro Cohab 2), a fim de organizar o movimento de todos os motoristas e pedestres. Em continuidade a solicitação supra, pedimos ao setor responsável da Administração Pública a revitalização da pintura de sinalização horizontal das faixas de pedestres e pintura de meio-fio em toda a extensão do bairro mencionado, pois há tempos verifica-se a precariedade da sinalização e o abandono deste setor no tocante a segurança dos transeuntes na localidade.</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2500/indicacao_40_juliana_quebra_mola_rua_magnolias.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2500/indicacao_40_juliana_quebra_mola_rua_magnolias.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, para que faça a implantação de redutores de velocidade (lombada, quebra mola) quais sejam mais adequados no decorrer da rua Magnólias próximo ao cruzamento com a rua Samambaias nº590, no bairro Cohab II, com certa urgência. O residente do endereço mencionado, Sr. Antônio Carlos dos Reis, fez pessoalmente esta reivindicação com apoio maciço dos moradores da localidade, o que demanda a urgência no atendimento.</t>
   </si>
   <si>
     <t>2509</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2509/indicacao_no__41_fabiano_placas_farmacia.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2509/indicacao_no__41_fabiano_placas_farmacia.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa providências junto ao Executivo Municipal_x000D_
 para que sejam devidamente instaladas as placas abaixo relacionadas conforme Decreto n. 1285, de 28 de_x000D_
 Maio de 2018:_x000D_
 - Placa alusiva à denominação da Farmácia Básica Municipal Wilson Rachid;_x000D_
 - Placa alusiva à denominação da Policlínica Municipal Geraldo Rodrigues de Oliveira</t>
   </si>
   <si>
     <t>2510</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Geovan dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2510/indicacao_42_geovan_ferias_premio.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2510/indicacao_42_geovan_ferias_premio.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa providências junto ao Executivo Municipal _x000D_
 para que, no processo de pagamento das férias prêmios aos servidores municipais, que pelo menos sejam pagos 50% dos requerimentos antigos dando sequencia ao pagamento para aqueles servidores que receberam parcialmente (01 ou 02 meses nos mandatos passados) e os demais 50% sejam pagos os requerimentos mais recentes.</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>JULIANA MATTAR, MARLY CUSTODIO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2512/indicacao_43_juliana_e_marly_poeira_coha_ii.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2512/indicacao_43_juliana_e_marly_poeira_coha_ii.pdf</t>
   </si>
   <si>
     <t>As Vereadoras que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, para que realize colocação de brita, ou o que a administração entender mais eficaz no combate ao excesso de poeira que ocorre na estrada saindo da Rua das Magnólias cruzamento com a Rua Begônias sentido usina de reciclagem no bairro Cohab II, com máxima urgência. (conforme fotos anexadas).</t>
   </si>
   <si>
     <t>2514</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2514/indicacao_no__44_juliana_barracao.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2514/indicacao_no__44_juliana_barracao.doc.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº  44/24_x000D_
 _x000D_
 	 A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que se promova a ampla reforma do prédio e resolva a situação precária do Barracão da COHAB II que necessita de urgente reparação._x000D_
 _x000D_
 Justificativa_x000D_
 _x000D_
 Já há vários anos esta situação vem se arrastando e temos que dar resolutividade  para que o Barracão do Conjunto Habitacional II, tenha a sua estrutura da construção restabelecida e volte a oferecer todas as atividades ali praticadas pela comunidade local_x000D_
 _x000D_
 _x000D_
 	Sala das Sessões, em 25 de Setembro de 2024._x000D_
 _x000D_
 _x000D_
 JULIANA MATTAR_x000D_
 VEREADORA</t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2515/indicacao_no__45_juliana_caps.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2515/indicacao_no__45_juliana_caps.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que se promova a instalação no Município do CAPS – Centro de Atenção Psicossocial.</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2516/indicacao_no__46_juliana_psicologos.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2516/indicacao_no__46_juliana_psicologos.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que sejam contratados 01 psicólogo para atendimento aos alunos do ensino infantil e 01 psicólogo destinado ao aluno do ensino fundamental, como já acontecia tempos atrás.</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2517/indicacao_no__47_m._elena_creas.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2517/indicacao_no__47_m._elena_creas.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, solicitando a instalação do CREAS (Centro de Referencia Especializado em Assistencia Social).</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2518/indicacao_no__48_m._elena_brigada_emergencia.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2518/indicacao_no__48_m._elena_brigada_emergencia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, solicitando a instalação da brigada de emergência.</t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2522/indicacao_no_49_associacao_autista_marly.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2522/indicacao_no_49_associacao_autista_marly.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, indica providências junto ao Executivo_x000D_
 Municipal através das Secretarias competentes no sentido de que seja incentivada e organizada uma_x000D_
 Associação das Pessoas com Transtorno do Espectro Autista em nosso Município.</t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2523/indicacao_no_50_uniformes_marly.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2523/indicacao_no_50_uniformes_marly.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, pedido de reforço_x000D_
 junto ao Executivo Municipal para que seja atendida as Indicações no qual solicitam que a_x000D_
 Administração forneça uniformes e chapéus aos servidores da limpeza urbana (garis), bem_x000D_
 como que também doe uniformes para os funcionários do Pronto Socorro, Sala de Vacinação,_x000D_
 Laboratório e Ambulatório Municipal.</t>
   </si>
   <si>
     <t>2524</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2524/indicacao_no_51_praca_do_congo_marly.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2524/indicacao_no_51_praca_do_congo_marly.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, ratifica o pedido de providências_x000D_
 junto ao Executivo Municipal através das Secretarias competentes no sentido de que seja agilizado o_x000D_
 processo de reforma da Praça do Congo (Praça Dionísio Pereira) com a maior brevidade possível, e_x000D_
 que também seja feita e instalada no local uma Placa homenageando o Sr. José Custódio Filho.</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2525/indicacao_no_52_pedras_soltas_cruzamento_marly.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2525/indicacao_no_52_pedras_soltas_cruzamento_marly.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal para que seja solucionada a situação da Rua Juventino Dias cruzamento com a Rua Ary Bastos_x000D_
 em relação a pavimentação solta no local devido à areia que se desprendeu e soltou a pavimentação.</t>
   </si>
   <si>
     <t>2526</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2526/indicacao_no_53_seguranca_ps_e_cras_marly.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2526/indicacao_no_53_seguranca_ps_e_cras_marly.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto_x000D_
 ao Executivo Municipal reiterando pedidos já feitos para que sejam feitas as seguintes_x000D_
 melhorias no Pronto Socorro Municipal e no CRAS:_x000D_
 a) Contratação de guardas/vigias/segurança 24 horas;_x000D_
 b) Instalação de sistema de monitoramento com câmeras.</t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2527/indicacao_no_54_limpesa_corrego_marly.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2527/indicacao_no_54_limpesa_corrego_marly.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal, no sentido de que sejam tomadas providências para minimizar o mal_x000D_
 cheiro advindo do Córrego do Ferro nas imediações do Bairro Santo Antônio, através de uma_x000D_
 limpeza geral tanto dentro do canal como em suas imediações.</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2528/indicacao_no_55_iluminacao_chacara_marly.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2528/indicacao_no_55_iluminacao_chacara_marly.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto_x000D_
 ao Executivo Municipal ratificando o meu pedido para que sejam feitas as seguintes_x000D_
 melhorias nas imediações da Chácara São Geraldo - levar iluminação pública para o local o_x000D_
 que poderia ser facilitado puxando energia do Cecoi, sinalizar com placa indicativa o nome da_x000D_
 referida chácara e também instalação de uns holofotes no paredão assim proporcionaria mais_x000D_
 claridade para os moradores daquela área.</t>
   </si>
   <si>
     <t>2530</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2530/indicacao_no_56_cesta_basica_servidores_juliana.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2530/indicacao_no_56_cesta_basica_servidores_juliana.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal, no sentido de que sejam estendido o benefício da cesta básica/auxílio_x000D_
 alimentação para todos os servidores e funcionários públicos, sem fazer distinção entre os_x000D_
 colaboradores da Administração Pública</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2531/indicacao_no__57_plano_saude_juliana.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2531/indicacao_no__57_plano_saude_juliana.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal, no sentido de que seja custeado o pagamento integral do Plano de Saúde_x000D_
 ao Servidor Público, independente do avanço da idade mas considerando toda a contribuição do_x000D_
 servidor à Administração Pública quanto à prestação de serviços relevantes à comunidade.</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2532/indicacao_no__58_estrada_familia_ariane_juliana.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2532/indicacao_no__58_estrada_familia_ariane_juliana.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal, no sentido de que sejam feitas melhorias na Rua Estrada São João –_x000D_
 Bairro Santo Antonio, através do patrolamento e regularização dos declíveis que escoa água de_x000D_
 chuvas de forma irregular, ou provoca muita poeira na estiagem. Solicitamos assim uma_x000D_
 manutenção periódica nestas imediações.</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2533/indicacao_no__59_transforma_cargo_auxiliar_enfermagem_juliana.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2533/indicacao_no__59_transforma_cargo_auxiliar_enfermagem_juliana.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal, no sentido de que seja analisada junto Procuradoria Jurídica a_x000D_
 possibilidade de implantação de uma Lei nos moldes do modelo adotado no Município de_x000D_
 Ibiraci que “Dispõe sobre a transformação do cargo de Auxiliar de Enfermagem para o cargo_x000D_
 em Técnico de Enfermagem, criando o cargo de Enfermeiro e dá outras providências”.</t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2543/indicacao_no__60_maria_elena_cohab2.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2543/indicacao_no__60_maria_elena_cohab2.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao_x000D_
 Executivo Municipal no sentido de que sejam feitas as seguintes melhorias no Bairro COHAB II:_x000D_
 - sejam instalados redutores de velocidade (quebra molas); no cruzamento da Rua_x000D_
 Crisântemo com a Rua Acácias no Bairro COHAB II;_x000D_
 - sejam derrubados e retirados os restos dos pilares do alambrado do Parque;_x000D_
 - seja construída uma área de lazer com academia ao ar livre com um parque adequado_x000D_
 para uso das crianças;_x000D_
 - seja feita a extração das árvores que foram autorizadas pelo CODEMA.</t>
   </si>
   <si>
     <t>2544</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2544/indicacao_no__61_ambulantes_juliana.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2544/indicacao_no__61_ambulantes_juliana.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal, no sentido de que implementadas ações visando regularizar o trabalho_x000D_
 dos ambulantes em nosso Município, procedendo o levantamento destas pessoas, traçando_x000D_
 medidas para legalizar esta atividade através da cessão de espaço adequado, solução quanto à_x000D_
 energia elétrica, enfim, tudo o que for possível e legal fazer para darmos apoio, especialmente_x000D_
 aos ambulantes residentes em nossa cidade.</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2545/indicacao_no__62_cemei_otavio_amorim_juliana.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2545/indicacao_no__62_cemei_otavio_amorim_juliana.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal, no sentido de que sejam feitas reformas e melhorias no CEMEI Otávio_x000D_
 Rodrigues Amorim (Bairro Icaraí) quais sejam:_x000D_
 - melhorias no cercamento (muro/alambrado) para tomar o espaço mais seguro e_x000D_
 privativo;_x000D_
 - manutenção da área externa, incluindo a reforma da calçada do estacionamento_x000D_
 - troca da piscina para melhor aproveitamento das crianças._x000D_
 JUSTIFICATIVA_x000D_
 Estas ações são medidas simples mas muito necessárias para a segur</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2546/indicacao_no__63_cemei_sonio_salete_juliana.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2546/indicacao_no__63_cemei_sonio_salete_juliana.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal, no sentido de que sejam feitas reformas e melhorias no CEMEI Sônia_x000D_
 Salete Arantes Cintra (Bairro Sagrada Família) quais sejam:_x000D_
 - Revitalização do Parquinho;_x000D_
 - Substituição do toldo de proteção localizado na entrada da Creche;_x000D_
 - Colocação de um toldo no pátio de atividades de recreação e refeição;_x000D_
 - Estudo para acessibilidade na entrada, visto que atualmente o acesso é somente por escada;_x000D_
 - Pintura externa</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2547/indicacao_no__64_filarmonica_juliana.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2547/indicacao_no__64_filarmonica_juliana.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal, no sentido de que seja implementado incentivo financeiro aos membros_x000D_
 da Fanfarra Municipal por ocasião de apresentações realizadas na cidade e região, bem como_x000D_
 que seja fornecida ou garantida alimentação (lanche) quando houver participação em eventos.</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2550/indicacao_no_65_limpeza_fundos_cecoi_-_m_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2550/indicacao_no_65_limpeza_fundos_cecoi_-_m_elena.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal no sentido de que:_x000D_
 - Seja realizada uma limpeza geral, bem como a retirada de entulhos localizados nos fundos do CECOI entre o bairro Acácias e o final da Rua Dr José Balbino (antiga linha do trem), conforme fotos anexadas.</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2551/indicacao_no_66_academia_juliana.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2551/indicacao_no_66_academia_juliana.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, no sentido de que seja feita a revitalização da Academia da Saúde no Bairro Sagrada Família _x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 Trata-se de um espaço público, destinado à promoção da saúde e modos de vida saudáveis e sustentáveis da população. _x000D_
 É um local para se exercitar e socializar. Por isso merece especial atenção da Administração Municipal.</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2555/indicacao_no__67__arborizacao__juliana.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2555/indicacao_no__67__arborizacao__juliana.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao _x000D_
 Executivo Municipal, no sentido de que seja implementada as ações prevista na lei municipal _x000D_
 nº 727, de 27 de maio de 2009 que “Autoriza o Executivo implantar o Plano de Arborização _x000D_
 Urbana do Município de Itaú de Minas/MG e dá outras providências”, e que seja feito um _x000D_
 trabalho de conscientização dos munícipes quanto aos benefícios do plantio de árvores bem _x000D_
 como a continuação de doação de mudas por parte da Administração Municipal.</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2556/indicacao_no__68_geovan_passarela.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2556/indicacao_no__68_geovan_passarela.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo _x000D_
 Municipal para que seja feita a instalação de uma passarela para pedestres encima do Córrego do Ferro na _x000D_
 avenida Liberdade frente à Praça Adelaide Lobato imediações Salão Bola de Sabão.</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2557/indicacao_no_69_maria_elena_carteira_fibromialgia.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2557/indicacao_no_69_maria_elena_carteira_fibromialgia.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal no sentido de que:_x000D_
 - seja implementada a criação do Protocolo de Atendimento à pacientes portadores de Fibromialgia, norteando e regulamentando a Lei Municipal n.º 1078, de 10 de junho de 2020; _x000D_
 - seja criada e implementada a confecção da Carteira de Identificação da Pessoa com Fibromialgia (CIPF), que é um documento que garante atendimento prioritário e reconhecimento da condição de pessoas com fibromialgia. A CIPF é emitida gratuitamente e pode ser solicitada mediante a apresentação de alguns documentos, como: _x000D_
 •	Requerimento preenchido e assinado _x000D_
 •	Relatório médico que ateste o diagnóstico de fibromialgia _x000D_
 •	Documento oficial com foto, como RG ou certidão de nascimento</t>
   </si>
   <si>
     <t>2558</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2558/indicacao_no_70_fabiano_cobertura_quadra_sao_lucas.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2558/indicacao_no_70_fabiano_cobertura_quadra_sao_lucas.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que seja feita a construção da cobertura da quadra de esportes do Bairro São Lucas.</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2559/indicacao_no_71_marly_uniforme_karateca.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2559/indicacao_no_71_marly_uniforme_karateca.doc.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve indica a mesa desta casa, providencias junto ao Executivo Municipal para que sejam doados uniformes para as crianças que praticam capoeira no Projeto da Irmã Fabiola "Construindo o Futuro" - no Bairro São Lucas.</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2561/indicacao_72_rampas_maria_elena.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2561/indicacao_72_rampas_maria_elena.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para que sejam construídas rampas de acesso nos seguintes locais:_x000D_
 - acesso ao Parque de Evento próximo a Casa dos Aposentados; _x000D_
 - na Rua Dr. José Balbino, próximo ao semáforo; _x000D_
 - na esquina da Empresa Stiller Calçados;_x000D_
 Também que sejam refeitas as rampas em lugares que tem rampas mas estão fora da continuidade das faixas de pedestres à exemplo das existentes entre o Posto de combustível localizado na Rua José Balbino/Rua João Kirchner (posto do Ronaldo) e os comércios daquelas imediações. _x000D_
 Também reforço o pedido para que que sejam construídas rampas para acesso de cadeirantes na Praça Monsenhor Ernesto Cavicchioli.</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2564/indicacao_no_73_parque_estacao_fabiano_lima.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2564/indicacao_no_73_parque_estacao_fabiano_lima.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, restauração e revitalização do Parque Infantil e quadra poliesportiva situados na estação cultura, Praça da Estação Itaú. Sugerimos as seguintes providencias:_x000D_
 - Restauração e revitalização do parquinho como  brinquedos, banheiros, rede elétrica, capina, etc._x000D_
 - Se possível verificar a presença de guarda e um cuidador;</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2574/indicacao_74_lista_celular_maria_elena.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2574/indicacao_74_lista_celular_maria_elena.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal para que a Administração disponibilize uma listagem com os números_x000D_
 dos telefones celulares de todos os setores e também dos órgãos essenciais como_x000D_
 Ambulatório, Farmácia Municipal, Sala de Vacina, serviço de caçambas, serviços de reparos_x000D_
 na iluminação pública, etc...</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2575/indicacao_75_lixo_maria_elena.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2575/indicacao_75_lixo_maria_elena.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para que seja feita a retirada do lixo que está novamente na margem da linha férrea próximo ao Centro de Cultura, e ainda instalar placa advertindo à população e pedindo para não jogar lixo nesse local.</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2577/indicacao_no_76_roberto_auxilio_alim.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2577/indicacao_no_76_roberto_auxilio_alim.doc.pdf</t>
   </si>
   <si>
     <t>Indicação 76 Roberto Vale Alimentação</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2578/indicacao_no_77_cameras_cemiterio_claudia.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2578/indicacao_no_77_cameras_cemiterio_claudia.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para que seja instalação sistema de monitoramento com câmeras no velório/cemitério Municipal.</t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2579/indicacao_no_78_cesta_natal_roberto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2579/indicacao_no_78_cesta_natal_roberto.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve apresenta à Vossas Excelências Indicação ao Executivo_x000D_
 solicitando a seguinte providência:_x000D_
 - a aquisição e doação de cestas de natal para todos os nossos servidores municipais.</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2581/indicacao_79_marly_enfermagem_ps.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2581/indicacao_79_marly_enfermagem_ps.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal em caráter de urgência para que sejam contratados mais técnicos em enfermagem e enfermeiras para atendimento do Pronto Socorro Municipal.</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2590/indicacao_no80__roberto_dr._jose_balbino.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2590/indicacao_no80__roberto_dr._jose_balbino.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa junto ao Executivo as seguintes providências para melhorar a situação de trânsito na Rua Dr. José Balbino:_x000D_
 - que seja colocada mão única de direção (só descida) também no trecho entre o Posto de Combustível do Ronaldo até o cruzamento com a Rua Inácio Dal Monte;_x000D_
 - que sejam criados estacionamento em 45º graus ao menos de um lado do referido trecho;_x000D_
 - que as vias do entorno da Rua Dr. José Balbino (Rua Juventino Dias, Rua Prefeito José Soares de Melo e Inácio Dal Monte) sejam recuperadas para melhorar o tráfego dando sustentação à saída de veículos pelas citadas ruas;_x000D_
 - que seja movido o poste de iluminação que se encontra no início da Rua Inácio Dal Monte para mais distante do cruzamento com a Rua José Balbino, visando alargar o cruzamento melhorando o fluxo de veículos no local.</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
     <t>MOÇ</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2438/mocao_no_01.24__coral_santa_terezinha_-_marly_pdf_.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2438/mocao_no_01.24__coral_santa_terezinha_-_marly_pdf_.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS, à ser encaminhada ao Coro Paroquial Santa Teresinha de Itaú de Minas para manifestar os cumprimentos desta Casa de Leis pelos 10 anos de criação do Coral e pela majestosa participação na Santa Missa do 4° Domingo da Páscoa no Santuário Nacional de Aparecida havida no dia 21 de abril de 2024.</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2375/requerimento_no_01_urgencia_projetos_reajuste_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2375/requerimento_no_01_urgencia_projetos_reajuste_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial aos Projetos que mencionam._x000D_
 Senhores Vereadores:_x000D_
 A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de_x000D_
 urgência especial aos seguintes projetos:_x000D_
 - PROJETO DE LEI N. 01 QUE DISPÕE SOBRE A REVISÃO GERAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDENCIAS;_x000D_
 - PROJETO DE LEI N. 02 QUE DISPOE SOBRE O PAGAMENTO DO PISO NACIONAL DOS AGENTES COMUNITÁRIOS DE SAÚDE E DOS AGENTES DE COMBATE A ENDEMIAS E DÁ OUTRAS PROVIDENCIAS;_x000D_
 - PROJETO DE LEI N. 03 QUE DISPÕE SOBRE O PAGAMENTO DO PISO NACIONAL DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS E - PROJETO DE RESOLUÇÃO Nº 01 - DISPÕE SOBRE A REVISÃO GERAL DOS VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 Requer também que sejam dispensados os pareceres das competentes comissões.</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2390/requerimento_02_urgencia_especial_proj._040506_e_07.24_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2390/requerimento_02_urgencia_especial_proj._040506_e_07.24_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de urgência_x000D_
 especial aos seguintes projetos de leis todos eles que: Autorizam a abertura de crédito adicional_x000D_
 suplementar na Lei no 1.275/2023, que - "Estima a receita e fixa a despesa do Município de Itaú de_x000D_
 Minas/MG para o exercício financeiro de 2024" - e dá outras providências”, com as seguintes finalidades:_x000D_
 a) Projeto de Lei N. 04 - CONSTRUÇÃO SEDE PSF 03;_x000D_
 b) Projeto de Lei N. 05 - PAVIMENTAÇÃO DE VIAS CECOI;_x000D_
 c) Projeto de Lei N. 06 - AMPLIAÇÃO DO ATERRO SANITÁRIO;_x000D_
 d) Projeto de Lei N. 07 - MANUTENÇÃO DA SAÚDE E FARMÁCIA BÁSICA.</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
     <t>SECRETARIA LEGISLATIVA - SECRETLEG</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2391/requerimento_no__03__cei_treat_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2391/requerimento_no__03__cei_treat_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo-assinados, conforme dispositivos regimentais, requerem a instalação de uma Comissão Especial de Inquérito tendo por objeto:_x000D_
 – Apuração de possíveis omissões da Prefeitura Municipal de Itaú de Minas no caso da_x000D_
 doação do imóvel para a TREAT INDÚSTRIA E COMÉRCIO DE COUROS LTDA. no ano de_x000D_
 2023.</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2392/requerimento_no__04_maria_elena_terrenos_com_foto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2392/requerimento_no__04_maria_elena_terrenos_com_foto.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, requer do Executivo Municipal as seguintes informações:_x000D_
 - A Administração Municipal autorizou a colocação de entulho na área de prolongamento da Rua Sebastião Francklim (Acácias)?_x000D_
 - Qual a previsão da Prefeitura para iniciar as obras de pavimentação desta via?</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2396/requerimento_no_05_m._elena_imoveis__nao_ocupados_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2396/requerimento_no_05_m._elena_imoveis__nao_ocupados_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Relação de todos os imóveis doados à empresas, associações e instituições que ainda não foram devidamente ocupadas, contendo o nome e endereço tanto do imóvel como do responsável pela área recebida para melhor localizá-los.</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2399/requerimento_no_06_urgencia_projeto_lei_n.08_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2399/requerimento_no_06_urgencia_projeto_lei_n.08_pdf_ass.pdf</t>
   </si>
   <si>
     <t>requer concessão do regime de urgencia especial ao Projeto de lei n. 08 AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI N.º 1275/2023 – QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS -.</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2407/requerimento_no_07_maria_elena_poliesportivo_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2407/requerimento_no_07_maria_elena_poliesportivo_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A vereadora que abaixo subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - qual a previsão da Administração para início das obras de reforma do Poliesportivo Tancredo Neves?</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2410/requerimento_n8__juliana_plano_saude_prefeitura_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2410/requerimento_n8__juliana_plano_saude_prefeitura_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A vereadora que abaixo subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - a Administração Municipal pretende promover alguma melhoria para o funcionalismo em relação ao_x000D_
 Plano de Saúde dos servidores Municipais ainda este ano?_x000D_
 - Há condições do Executivo em aumentar o percentual de 50% para 100% visando isentar o servidor da_x000D_
 mensalidade do Plano?_x000D_
 - Seria possível que a Administração junto com o Sindicato, busquem novas propostas de operadoras e_x000D_
 novas modalidades de planos de saúde que sejam mais benéficas e com custos mais baixos para o servidor?_x000D_
 - Seria possível subsidiar junto ao SEMPRE parte do plano de saúde para os aposentados que não recebem_x000D_
 complemento salarial?</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2418/requerimento_no_09_ferias_premio_julianja_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2418/requerimento_no_09_ferias_premio_julianja_pdf_ass.pdf</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2425/requerimento_no_10_urgencia_projetos_reajuste_pdf_ass_2.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2425/requerimento_no_10_urgencia_projetos_reajuste_pdf_ass_2.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de urgência_x000D_
 especial ao PROJETO DE RESOLUÇÃO Nº 02/24 que Autoriza a Câmara Municipal antecipar, ao_x000D_
 Executivo Municipal, a devolução de recursos financeiros em disponibilidade no Legislativo._x000D_
 Requer também que sejam dispensados os pareceres das competentes comissões.</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2430/requerimento_no_11_transporte_escola_m._elena_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2430/requerimento_no_11_transporte_escola_m._elena_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A vereadora que abaixo subscreve, requer as seguintes informações do Executivo Municipal junto à Secretaria Municipal de Educação:_x000D_
 - Haveria a possibilidade do mesmo veículo que é utilizado pelos alunos da rede municipal de ensino transportar também os alunos da Escola Estadual Ary Pimenta Bugelli?</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2433/requerimento_12_urgencia_especial_proj._10_13_e_14_de_2024.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2433/requerimento_12_urgencia_especial_proj._10_13_e_14_de_2024.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de urgência especial ao PROJETO DE LEI Nº 10/24 que INSTITUI O FUNDO MUNICIPAL DO MEIO AMBIENTE E DÁ OUTRAS PROVIDÊNCIAS e ao PROJETO DE LEI Nº 13/24 que AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1275/2023 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCICIO FINANCIRO DE 2024 -, E DÁ OUTRAS PROVIDÊNCIAS. (ATIVIDADES CULTURAIS - LEI PAULO GUSTAVO) e PROJETO DE LEI Nº14/24 – QUE AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA LEI Nº 1.275/2023 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÜ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2024 -. E DA OUTRAS PROVIDENCIAS. (SUBVENÇÃO AO CHAME)</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2436/requerimento_no__13_maria_elena_lei_paulo_gustavo_pdf_ass_.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2436/requerimento_no__13_maria_elena_lei_paulo_gustavo_pdf_ass_.pdf</t>
   </si>
   <si>
     <t>A vereadora que abaixo subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - relação contendo o nome dos artistas beneficiados com a Lei Paulo Gustavo, bem como o nome do Projeto proposto e o valor recebido por cada artista.</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2441/requerimento_no__14_fabiano_rpv_passarinho_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2441/requerimento_no__14_fabiano_rpv_passarinho_pdf_ass.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, atendendo ao pedido do servidor interessado, requer do Executivo Municipal as seguintes informações junto à Procuradoria Jurídica do Município à saber:_x000D_
 - Em relação ao Processo de trabalhista no qual o Servidor Itamar Maciel Silva Neto, CPF n. 06326427690 e RG MG- 12 280 549 move contra o Município, como está o andamento do processo e se há alguma previsão para pagamento do RPV ao mesmo.</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2448/requerimento_no_15_maria_elena_plano_carreiras_pdf.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2448/requerimento_no_15_maria_elena_plano_carreiras_pdf.pdf</t>
   </si>
   <si>
     <t>A vereadora que abaixo subscreve, requer as seguintes informações e ações do Executivo Municipal:_x000D_
 - pergunto se há interesse e qual o planejamento da Administração para proceder a revisão do plano de carreira dos servidores municipais?_x000D_
 - Requeiro que seja feita a reformulação do Plano de Carreiras dos Servidores Municipais visando rever a situação dos cargos isolados, entre outras situações que precisam ser corrigidas.</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2454/requerimento_no_16__retroativo_insalubridade_pandemia_roberto_pdf_corrigido.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2454/requerimento_no_16__retroativo_insalubridade_pandemia_roberto_pdf_corrigido.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, atendendo ao pedido de alguns servidores interessado, requer do Executivo Municipal as seguintes informações:_x000D_
 - como foram feitos os cálculos para o pagamento retroativo do adicional de insalubridade de 40% aos servidores da saúde (Período Pandêmico) que se refere o Memorando emitido ao Setor de Pessoal na data de 26.03.24.?</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2455/requerimento_no_17__ferias_cargos_substuticao_roberto_pdf_corrigido.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2455/requerimento_no_17__ferias_cargos_substuticao_roberto_pdf_corrigido.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, requer do Executivo Municipal as seguintes informações:_x000D_
 - na Administração pode um servidor com carga horária de 60 hs ocupar cumulativamente outro cargo distinto também de 60 hs semanais?  _x000D_
 - para substituição de servidor comissionado em férias, pode um servidor contratado substituí-lo? Pode um servidor com carga horária de 60 hs dar férias ao servidor comissionado?</t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2456/requerimento_18_urgencia_especial_proj._15_abpaim_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2456/requerimento_18_urgencia_especial_proj._15_abpaim_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, atendendo a solicitação do Executivo _x000D_
 Municipal manifestada no Ofício 77/24, de 24.05.24, requer a concessão de Regime de urgência especial ao _x000D_
 PROJETO DE LEI n.15/24 que “Declara de Utilidade Pública Municipal a Associação de Proteção e Bem _x000D_
 Estar Animal de Itaú de Minas – ABPAIM”.</t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2459/requerimento_no_19_roberto_audiencia_poluicao_votorantim_ok._pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2459/requerimento_no_19_roberto_audiencia_poluicao_votorantim_ok._pdf_ass.pdf</t>
   </si>
   <si>
     <t>O Regimento Interno da CMIM prevê em seu Art. 286 que “Cada Comissão Permanente _x000D_
 poderá realizar, isoladamente ou em conjunto, audiências públicas com entidades da sociedade civil _x000D_
 para instruir matéria legislativa em trâmite, bem como para tratar de assuntos de interesse público _x000D_
 relevante, atinentes à sua área de atuação, mediante proposta de qualquer membro ou a pedido da _x000D_
 entidade interessada. _x000D_
 Desta forma requeiro à esta Comissão a realização de Audiência Pública Municipal para tratar _x000D_
 do tema sobre “Poluição Industrial” (pó, poeira) nas imediações da Votorantim Cimentos, que está _x000D_
 afetando o meio ambiente e a qualidade do ar que respiramos em nosso Município, no prazo máximo _x000D_
 de 30 dias, em data e horário a serem definidos pela Comissão.</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2461/requerimento_no_20_maria_elena_cavalhada_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2461/requerimento_no_20_maria_elena_cavalhada_pdf_ass.pdf</t>
   </si>
   <si>
     <t>A vereadora que abaixo subscreve, requer as seguintes informações e ações do Executivo _x000D_
 Municipal:_x000D_
 - Haverá a realização de Cavalhada no Festival Raízes nas comemorações do aniversário de nossa cidade _x000D_
 em 2024?</t>
   </si>
   <si>
     <t>2471</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2471/requerimento_21_urgencia_especial_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2471/requerimento_21_urgencia_especial_pdf_ass.pdf</t>
   </si>
   <si>
     <t>requer a concessão de Regime de urgência especial às seguintes matérias:_x000D_
 _x000D_
 Projeto de Lei nº 12 que: Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária do Exercício de 2025 e dá outras providências;_x000D_
 Projeto de lei n. 17 -  AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI N. 1275/2023 - QUE ESTIMA RECEITA E FIXA DESPESAS DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 Requer também que sejam dispensados os pareceres das competentes comissões.</t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2475/requerimento__22_urgencia.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2475/requerimento__22_urgencia.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, por seus membros abaixo assinados, requer que seja apreciado em regime de URGÊNCIA ESPECIAL o Projeto de Lei Ordinária n.18 que AUTORIZA O MUNICÍPIO DE ITAÚ DE MINAS A CONCEDER AUXÍLIO FINANCEIRO AOS REPRESENTANTES DOS TERNOS DE CONGO E DE MOÇAMBIQUE EM ATIVIDADE NO MUNICÍPIO, POR OCASIÃO DE SUAS RESPECTIVAS PARTICIPAÇÇÕES NA 75º FESTA DAS CONGADAS DE ITAÚ DE MINAS - MG, NO ANO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 Solicito também a dispensa de pareceres das comissões permanentes.</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2479/requerimento_23_urgencia_especial_plos_19_e_20-2024.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2479/requerimento_23_urgencia_especial_plos_19_e_20-2024.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, atendendo a solicitação do Executivo Municipal, requer a concessão de Regime de urgência especial às seguintes matérias: Projetos de Leis nº 19 e 20/24 ambos: Autorizam a abertura de crédito adicional suplementar na Lei Orçamentária Anual nº 1.275/2023 de 04/12/2023 e dá outras providências._x000D_
 Requer também que sejam dispensados os pareceres das competentes comissões.</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2483/requerimento_24_urgencia_especial_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2483/requerimento_24_urgencia_especial_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial aos Projetos que menciona._x000D_
 A Mesa Diretora por seus membros abaixo assinados, atendendo a solicitação do Executivo Municipal, requer a concessão de Regime de urgência especial às seguintes matérias:_x000D_
 a)	Proposta orçamentária do Legislativo para o exercício financeiro de 2025;_x000D_
 b)	Projeto de Lei n. 21/24 que Autoriza a abertura de crédito adicional suplementar na lei no 1.275/2023 - que “Estima a receita e fixa a despesa do município de Itaú de Minas para o exercício financeiro de 2024 -, e da outras providências. (Reforma de Creches)._x000D_
 _x000D_
 Requer também que sejam dispensados os pareceres das competentes comissões.</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2492/requerimento_25_urgencia_especial_proj._resol._04_devolucao_e_plo_22.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2492/requerimento_25_urgencia_especial_proj._resol._04_devolucao_e_plo_22.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial aos Projetos que menciona._x000D_
 _x000D_
 		_x000D_
 Senhores Vereadores:_x000D_
 _x000D_
 A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de urgência especial ao PROJETO DE RESOLUÇÃO Nº 04/24 que Autoriza a Câmara Municipal antecipar, ao Executivo Municipal, a devolução de recursos financeiros em disponibilidade no Legislativo, ao PROJETO DE LEI Nº22/24 QUE Autoriza a abertura de crédito adicional suplementar na Lei nº 1.275/2023 - Que Estima a Receita e fixa a Despesa do Município de ltaú de Minas-MG para o exercício financeiro de 2024 - e dá outras providências. (CONTR. A FUNDAÇÃO ITAÚ DE ASSISTÊNCIA SOCIAL BLMAC) e ao PROJETO DE LEI Nº23/24 QUE Autoriza a abertura de crédito adicional especial na Lei nº 1.275/2023 - Que Estima a Receita e fixa a Despesa do Município de ltaú de Minas-MG para o exercício financeiro de 2024 - e dá outras providências. (Repasse de Subvenção a APAE)._x000D_
 Requer também que sejam dispensados os pareceres das competentes comissões.</t>
   </si>
   <si>
     <t>2496</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2496/requerimento_26_urgencia_especial_plo_24_-_pagamento_ferias_premio.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2496/requerimento_26_urgencia_especial_plo_24_-_pagamento_ferias_premio.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial ao Projeto que menciona._x000D_
 _x000D_
 		_x000D_
 Senhores Vereadores:_x000D_
 _x000D_
 _x000D_
 A Mesa Diretora por seus membros abaixo assinados, atendendo a solicitação do Executivo Municipal, requer a concessão de Regime de urgência especial à seguinte matéria:_x000D_
 _x000D_
 a)	Projeto de Lei n. 24/24 que Autoriza a abertura de crédito adicional suplementar na lei no 1.275/2023 - que “Estima a receita e fixa a despesa do município de Itaú de Minas para o exercício financeiro de 2024 -, e da outras providências. (pagamento de férias prêmio aos servidores).</t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2507/requerimento_27_urgencia_especial_proj._resol._05_devolucao_andressa.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2507/requerimento_27_urgencia_especial_proj._resol._05_devolucao_andressa.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial ao Projeto que menciona._x000D_
 _x000D_
 		_x000D_
 A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de urgência especial ao PROJETO DE RESOLUÇÃO Nº 05/24 que Autoriza a Câmara Municipal antecipar, ao Executivo Municipal, a devolução de recursos financeiros em disponibilidade no Legislativo._x000D_
 Requer também que sejam dispensados os pareceres das competentes comissões.</t>
   </si>
   <si>
     <t>2508</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2508/requerimento_no__28_juliana_cirurgias_eletivas.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2508/requerimento_no__28_juliana_cirurgias_eletivas.pdf</t>
   </si>
   <si>
     <t>A vereadora que abaixo subscreve, requer as seguintes informações do Executivo Municipal, especificamente da Secretaria de Saúde:_x000D_
 _x000D_
 - O número atualizado de pessoas aguardando tratamento cirúrgico eletivo e quais os tipos de procedimentos, como por exemplo: quantidade de pessoas aguardando na cirurgia de catarata.</t>
   </si>
   <si>
     <t>2511</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2511/requerimento_no_29_geovan_cesta_basica.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2511/requerimento_no_29_geovan_cesta_basica.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer as seguintes informações do Executivo Municipal:_x000D_
  - quais os motivos pelos frequentes atrasos na entrega das cestas básicas dos servidores municipais? Como podem ser solucionados com a maior brevidade possível esta situação de demora pra entrega das referidas cestas?_x000D_
 - Muitos funcionários reclamam da má qualidade de alguns produtos da cesta, o que está acontecendo já que os produtos são licitados e avaliados quando da licitação? O que pode ser feito pra resolver esta situação?_x000D_
 - há algum estudo ou pesquisa junto aos servidores ou junto ao SEMPRE para que seja transformado o benefício da cesta básica em vale compra? _x000D_
 - Mantendo o sistema de cesta básica não seria viável que Prefeitura em comum acordo, transferisse pro Sindicato os recursos necessários para que o SEMPRE gerisse o processo de compra e distribuição das cestas à exemplo dos moldes do Plano de Saúde? _x000D_
 - Para 2025 há perspectiva de aumento do valor da cesta? Se não, deste já pedimos para que esta pauta seja inclusa quando da revisão salarial em janeiro/25.</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2513/requerimento_no_30_m_elena_ferias_premios_criterios.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2513/requerimento_no_30_m_elena_ferias_premios_criterios.doc.pdf</t>
   </si>
   <si>
     <t>A vereadora que abaixo subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - quais são os critérios utilizados para o pagamento de férias prêmio nos exercícios de 2021, 2022, 2023 e 2024?_x000D_
 - qual o valor estimado que falta para pagar até o presente requerimento?</t>
   </si>
   <si>
     <t>2529</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2529/requerimento_31_urgencia_especial_plo_29-24_majoracao_limite.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2529/requerimento_31_urgencia_especial_plo_29-24_majoracao_limite.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requerem a concessão de Regime de urgência_x000D_
 especial ao PROJETO DE LEI Nº 29/24 QUE AUTORIZA A MAJORAÇÃO DO LIMITE DE_x000D_
 ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES AO ORÇAMENTO DO_x000D_
 MUNICÍPIO DE ITAÚ DE MINAS, EXERCICIO DE 2024._x000D_
 Requer também que sejam dispensados os pareceres das competentes comissões.</t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2542/requerimento_32_urgencia_especial_plos_30-31_e_32_e_pr_06-2024.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2542/requerimento_32_urgencia_especial_plos_30-31_e_32_e_pr_06-2024.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, atendendo a solicitação do Executivo Municipal,_x000D_
 requer a concessão de Regime de urgência especial às seguintes matérias:_x000D_
 - PROJETO DE RESOLUÇÃO Nº 06/24 - QUE AUTORIZA A CÂMARA MUNICIPAL ANTECIPAR,_x000D_
 AO EXECUTIVO MUNICIPAL, A DEVOLUÇÃO DE RECURSOS FINANCEIROS EM_x000D_
 DISPONIBILIDADE NO LEGISLATIVO._x000D_
 - PROJETO DE LEI Nº30/2024 – QUE AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL_x000D_
 SUPLEMENTAR NA LEI ORÇAMENTÁRIA ANUAL Nº 1.275/2023- QUE ESTIMA A RECEITA E_x000D_
 FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE_x000D_
 2024 - E DA OUTRAS PROVIDENCIAS. (IAC, ASS. PAIS E ESTUDANTES E CHAME)._x000D_
 - PROJETO DE LEI Nº31/2024 – QUE DISPÕE SOBRE ALTERAÇÃO DA LEI Nº 1276, DE 04 DE_x000D_
 DEZEMBRO DE 2023, QUE - AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXILIOS E_x000D_
 CONTRIBUIÇÕES NO EXERCICIO DE 2024 - E DÁ OUTRAS PROVIDENCIAS._x000D_
 - PROJETO DE LEI Nº32/2024 – QUE AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL_x000D_
 ESPECIAL NA LEI ORÇAMENTÁRIA ANUAL Nº 1.275/2023- QUE ESTIMA A RECEITA E FIXA A_x000D_
 DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2024 - E_x000D_
 DA OUTRAS PROVIDENCIAS (CONSEP).</t>
   </si>
   <si>
     <t>2570</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2570/requerimento_33_urgencia_especial_plos_35_e_pr_07-2024.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2570/requerimento_33_urgencia_especial_plos_35_e_pr_07-2024.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, atendendo a solicitação do Executivo Municipal, requer a concessão de Regime de urgência especial às seguintes matérias: _x000D_
 - PROJETO DE RESOLUÇÃO Nº 07/24 – Que Institui o Auxílio Vale Alimentação aos servidores públicos da Câmara Municipal de Itaú de Minas/MG e dá outras providências._x000D_
 - PROJETO DE LEI Nº35/2024 – QUE Institui o Auxílio Vale Alimentação aos servidores públicos do Poder Executivo do Municipio de Itaú de Minas/MG e dá outras providências..</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2576/requerimento_34_roberto_patrol_revis.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2576/requerimento_34_roberto_patrol_revis.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, requer do Executivo Municipal as seguintes informações referentes_x000D_
 aos serviços de máquina Patrol no período de 01/2021 até a presente data, quais sejam:_x000D_
 1- Quantas máquinas Patrol a Administração Municipal possui atualmente?_x000D_
 2- Quais as condições atuais de uso e funcionamento de cada máquina?_x000D_
 3- Como são realizadas as manutenções destes veículos? Relacionar o custo anual de manutenção_x000D_
 destes equipamentos nos anos de 2021, 2022, 2023 e 2024 até a presente data._x000D_
 4- Quais os valores gastos com locação de máquinas Patrol no período descrito acima?_x000D_
 5- Qual o montante de horas trabalhadas pagas pela Administração no período citado? E qual o valor_x000D_
 da hora trabalhada?_x000D_
 6- Quais são os tipos de serviço executados pela máquina Patrol e quais são as maiores demandas para_x000D_
 o uso da máquina?</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2583/requerimento_35_urgencia_especial.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2583/requerimento_35_urgencia_especial.doc.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, atendendo a solicitação do Executivo Municipal, requer a concessão de Regime de urgência especial ao Projeto de Lei n.37 que “Autoriza a abertura de crédito adicional suplementar na Lei nº 1.275/23 - Que Estima a Receita e fixa a Despesa do Município de Itaú de Minas-MG para o exercício financeiro de 2024 - e dá outras providências”;_x000D_
 _x000D_
 Requer também que sejam dispensados os pareceres das competentes comissões.</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2593/requerimento_36_urgencia_especial_majoracao.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2593/requerimento_36_urgencia_especial_majoracao.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, atendendo a solicitação do Executivo Municipal, requer a concessão de Regime de urgência especial ao Projeto de Lei n.38 que “AUTORIZA A MAJORAÇÃO DO LIMITE DE ABERTURA DE CREDITOS ADICIONAIS SUPLEMENTARES À LEI Nº1275, DE 04 DE DEZEMBRO DE 2023 - LEI ORÇAMENTÁRIA ANUAL DO MUNICIPIO DE ITAU DE MINAS, E DÁ OUTRAS PROVIDENCIAS.”;_x000D_
 _x000D_
 Requer também que sejam dispensados os pareceres das competentes comissões.</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
     <t>10124</t>
   </si>
   <si>
     <t>PCLJR</t>
   </si>
   <si>
     <t>PARECER CLJR</t>
   </si>
   <si>
     <t>CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2424/parecer_cljr__projeto_lc_01_farmacia__claudia_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2424/parecer_cljr__projeto_lc_01_farmacia__claudia_pdf_ass.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – Projeto de Lei Complementar n. 01 QUE ALTERA DISPOSITIVOS QUE MENCIONA NA LEI COMPLEMENTAR N. 02/93 MODIFICADA PELA LEI COMPLEMENTAR N. 70, DE 22 DE DEZEMBRO DE 2023 - CÓDIGO DE POSTURAS DO MUNICÍPIO DE ITAU DE MINAS._x000D_
 RELATORA – Cláudia Calixto Simão Fonseca</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
     <t>10924</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2420/parecer_cljr__projeto_09_fundo_menor__claudia_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2420/parecer_cljr__projeto_09_fundo_menor__claudia_pdf_ass.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA –Projeto de Lei n. 09 - ALTERA A LEI Nº1052/2019 QUE "DISCIPLINA AS DIRETRIZES_x000D_
 FUNDAMENTAIS PARA A APLICABILIDADE DOS DIREITOS DA CRIANÇA E DO_x000D_
 ADOLESCENTE NO AMBITO DO MUNICÍPIO DE ITAU DE MINAS" E DA OUTRAS_x000D_
 PROVIDENCIAS._x000D_
 RELATORA – Cláudia Calixto Simão Fonseca</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
     <t>11124</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2534/parecer_cljr_ao_proj._de_lei_n._11_denominacao_rua_sr._vicente.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2534/parecer_cljr_ao_proj._de_lei_n._11_denominacao_rua_sr._vicente.doc.pdf</t>
   </si>
   <si>
     <t>PARECER ao Projeto de Lei n. 11/24 que “Altera denominação de logradouro público”. (Rua Vicente Antonio Amorim);_x000D_
 RELATORA – Cláudia Calixto Simão Fonseca_x000D_
 Analisando a matéria, manifesto pela legalidade do projeto por estar de acordo com as nomas pertinentes._x000D_
 Quanto ao mérito é justa a iniciativa em render homenagem à tão ilustre cidadão de nossa_x000D_
 cidade ao dar a denominação de Vicente Antonio Amorim à um logradouro público onde reside grande_x000D_
 parte de seus familiares e a sua querida Viúva, D. Tereza Marcília._x000D_
 Sou pela aprovação.</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
     <t>11624</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2486/parecer_cljr_ao_proj._de_lei_n._16_maus_tratos_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2486/parecer_cljr_ao_proj._de_lei_n._16_maus_tratos_pdf_ass.pdf</t>
   </si>
   <si>
     <t>PARECER _x000D_
 ASSUNTO - Projeto de Lei n. 16/24, que “Institui no Calendário Oficial do Município de Itaú de Minas o Mês de Abril como Mês de Combate a Violência, Maus-Tratos e Abandono de Animais – Abril Laranja”.</t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
     <t>13324</t>
   </si>
   <si>
     <t>CESACELT - COMISSÃO DE EDUCAÇÃO, SAÚDE, ASSISTÊNCIA, CULTURA, ESPORTE, LAZER E TURISMO, CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2589/parecer_conjunto_legislacao_e_educacao_projeto_33_paralimpico_escolas.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2589/parecer_conjunto_legislacao_e_educacao_projeto_33_paralimpico_escolas.doc.pdf</t>
   </si>
   <si>
     <t>PARECER  EM CONJUNTO_x000D_
 ASSUNTO - Projeto de Lei n.º 33/24 - Dispõe sobre a política pública de incentivo à criação do Projeto de Esporte Paralímpico nas Escolas do Município de Itaú de Minas/MG e dá outras providências._x000D_
 RELATORA – Marly da Penha Custódio_x000D_
 Analisando a matéria, podemos concluir que ela está em conformidade com a Legislação pertinente._x000D_
 O presente Projeto de Lei é oportuno pois tem como objetivo a inclusão do esporte paralímpico nas escolas na rede municipal de ensino, tendo em vista que, a inclusão do esporte paralímpico é justificada por diversos fatores. Além de ser uma forma de inclusão social, o esporte paralímpico é uma oportunidade para que pessoas com deficiência possam praticar atividades físicas com orientações de profissionais capacitados._x000D_
 Sou pela aprovação. É o meu parecer. Salvo melhor juízo.</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
     <t>13624</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2594/parecer_projeto_36_honorarios_encaminha_substituto__relatora_claudia.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2594/parecer_projeto_36_honorarios_encaminha_substituto__relatora_claudia.doc.pdf</t>
   </si>
   <si>
     <t>PARECER EM CONJUNTO COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO COMISSÃO DE FINANÇAS E ORÇAMENTO_x000D_
 _x000D_
 ASSUNTO – PROJETO DE LEI N. 36/24 Dispõe sobre a regulamentação do disposto no §19 do art. 85, da Lei nº 13.105/15 (Código de Processo Civil) que trata dos honorários advocatícios oriundos do princípio da sucumbência, por arbitramento, acordo judicial e/ou extrajudicial, nas ações, causas e procedimentos em que o Município de Itaú de Minas/MG for representado por sua Procuradoria Jurídica e dá outras providências._x000D_
 RELATORA – Cláudia Calixto Simão Fonseca</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
     <t>111124</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2584/parecer_cljr_pec_lom_01_e_emenda_horario_e_posse.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2584/parecer_cljr_pec_lom_01_e_emenda_horario_e_posse.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 ASSUNTO - Proposição de emenda n. 01 à Proposta de Emenda à LOM n. 01/24 que “Altera_x000D_
 dispositivos que menciona na Lei Orgânica Municipal que trata dos horários de posse dos eleitos e dá_x000D_
 outras providências”, bem como da referida proposta;_x000D_
 RELATORA – Maria Elena de Oliveira Faria_x000D_
 Analisando as matérias, podemos concluir que elas estão em conformidade com a Legislação_x000D_
 pertinente e recomendamos que posteriormente seja feita a adequação das regras aprovadas também no_x000D_
 Regimento Interno._x000D_
 As alterações quanto ao horário e local são relevantes e oportunas pois visam melhor acomodar_x000D_
 os familiares e convidados nas solenidades de posse dos eleitos._x000D_
 Sou pela aprovação._x000D_
 É o meu parecer.</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Proposição de Emenda</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2519/proposicao_de_emenda_impositiva_n._01.25.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2519/proposicao_de_emenda_impositiva_n._01.25.doc.pdf</t>
   </si>
   <si>
     <t>Proposição de Emenda Orçamentária Impositivas n. 01/24_x000D_
 PROJETO DE LEI ORDINÁRIA n. 27/24 que “Estima a receita e fixa a despesa do Município de Itaú de Minas-MG para o exercício financeiro de 2025”.</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2562/proposicao_de_emenda_01_pec_01_-_altera_sede_e_horario_posse.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2562/proposicao_de_emenda_01_pec_01_-_altera_sede_e_horario_posse.doc.pdf</t>
   </si>
   <si>
     <t>Proposição de Emenda 01_x000D_
 PROPOSTA DE EMENDA À LOM N. 01/24_x000D_
  _x000D_
 _x000D_
 Altera dispositivos que menciona na Lei Orgânica Municipal que trata dos horários de posse dos eleitos e dá outras providências.</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>PCFO</t>
   </si>
   <si>
     <t>PARECER CFO</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS O ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2553/parecer_final_cf_projetos_orcamento_2024_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2553/parecer_final_cf_projetos_orcamento_2024_ass.pdf</t>
   </si>
   <si>
     <t>PARECER _x000D_
 ASSUNTO - Projetos de Leis n. 25 que “Altera a Lei Municipal n. 1152, que dispõe sobre o Plano Plurianual para o período de 2022/2025”; _x000D_
 n. 26 que “Altera a Lei Municipal n. 1245, que Dispõe sobre as diretrizes para a elaboração da proposta orçamentária para o exercício financeiro de 2025”; _x000D_
 n. 27 que “Estima a receita e fixa a despesa do Município para o exercício de 2025”, e _x000D_
 n. 28 que “Autoriza a concessão de subvenções, auxílios e contribuições no exercício de 2025 e dá outras providências”;_x000D_
 RELATORA – Marly da Penha Custódio_x000D_
 _x000D_
 _x000D_
 O Projeto de lei n. 27/24 sofreu 01 emenda impositiva global que já está incorporada aos seus devidos anexos. As demais matérias em análise não sofreram emendas em seus textos originais e nada houve o que retocá-las para adequá-las ao bom vernáculo._x000D_
 Sou pela aprovação.</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2463/parecer_relatora_cfo_contas_2025_pdf_ass_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2463/parecer_relatora_cfo_contas_2025_pdf_ass_1.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – Prestação de Contas do Exercício Financeiro de 2015 no Município de Itaú de Minas._x000D_
 RELATORA – CLÁUDIA CALIXTO SIMÃO FONSECA</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2560/parecer_ljr_e_fo_claudia_proc._denuncia_advogada_e_afastamento_roberto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2560/parecer_ljr_e_fo_claudia_proc._denuncia_advogada_e_afastamento_roberto.pdf</t>
   </si>
   <si>
     <t>PARECER EM CONJUNTO COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 COMISSÃO DE FINANÇAS E ORÇAMENTO_x000D_
 _x000D_
 _x000D_
 PARECER _x000D_
 ASSUNTO – Questionamentos recebidos através do sistema da Ouvidoria Legislativa intituladas “Despesas com Advogada”, e “Afastamento de Vereador”._x000D_
 RELATORA – Cláudia Calixto Simão Fonseca_x000D_
 _x000D_
 Analisando a matéria, em relação ao questionamento sobre “Afastamento de vereador”, entendo que o Conselho de Ética sugeriu a aplicação da pena de Censura Escrita ao Vereador Roberto Gonçalves Vieira nos autos dos Procedimentos Administrativos Disciplinar PAD – n. 02, 03 e 04/24, por entender ser a penalidade cabível frente as infrações cometidas pelo referido vereador, o que foi corroborado pelo Plenário da Câmara Municipal. Assim, não há que se rever nenhum dos atos à nível desta Casa Legislativa._x000D_
 Com relação ao tópico “Despesas com Advogada”, o setor jurídico desta Casa Legislativa foi autor e co-autor das notas de repúdio que ensejaram o PAD 02 e 03 em desfavor do citado vereador. Assim, o Con</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
     <t>11224</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2440/parecer_cfo_financas_plo_12-_ldo_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2440/parecer_cfo_financas_plo_12-_ldo_pdf_ass.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – Projeto de Lei nº 12 que: Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária do Exercício de 2025 e dá outras providências._x000D_
 RELATORA – CLÁUDIA CALIXTO SIMÃO FONSECA._x000D_
 _x000D_
 _x000D_
 O presente projeto de lei trata da LDO para o exercício de 2025 e tem como finalidade fixar os parâmetros para a elaboração da Lei Orçamentária para o exercício de 2025, atendendo a todos os requisitos legais previstos no art. 165, parágrafo 2o, da Constituição da República e na Lei Complementar no 101/2000, portanto a matéria apta à ser aprovada. _x000D_
 _x000D_
 Sou pela aprovação. É o meu parecer. Salvo Melhor Juízo.</t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
     <t>12724</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2535/parecer_cf_projetos_orcamento_2025.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2535/parecer_cf_projetos_orcamento_2025.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS E ORÇAMENTO_x000D_
 _x000D_
 PARECER_x000D_
 MATÉRIAS – Projetos de Leis e respectivas emendas impositivas:_x000D_
 n. 25 que “Altera a Lei Municipal n. 1152, que dispõe sobre o Plano Plurianual para o período de 2022/2025”;_x000D_
 n. 26 que “Altera a Lei Municipal n. 1299, que Dispõe sobre as diretrizes para a elaboração da proposta orçamentária para o exercício financeiro de 2025”;_x000D_
 n. 27 que “Estima a receita e fixa a despesa do Município para o exercício de 2025”;_x000D_
 n. 28 que “Autoriza a concessão de subvenções, auxílios e contribuições no exercício de 2025 e dá outras providências”;</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
     <t>POSAI</t>
   </si>
   <si>
     <t>PARECER COSAIC</t>
   </si>
   <si>
     <t>COSAIC - COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS, AGRONEGÓCIO, IND., COM., MEIO AMBIENTE, TRABALHO E EMPREGO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2423/parecer_cosp_fabiano_proj_lc_01_farmacia_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2423/parecer_cosp_fabiano_proj_lc_01_farmacia_pdf_ass.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – Projeto de Lei Complementar n. 01 QUE ALTERA DISPOSITIVOS QUE MENCIONA NA LEI COMPLEMENTAR N. 02/93 MODIFICADA PELA LEI COMPLEMENTAR N. 70, DE 22 DE DEZEMBRO DE 2023 - CÓDIGO DE POSTURAS DO MUNICÍPIO DE ITAU DE MINAS_x000D_
 RELATOR – Fabiano Gomes de Lima</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
     <t>LOM</t>
   </si>
   <si>
     <t>Proposta de Emenda a LOM</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2554/proposta_de_emenda_a_lom_n01_horario_posse.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2554/proposta_de_emenda_a_lom_n01_horario_posse.doc.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos que menciona na Lei Orgânica Municipal que trata dos horários de _x000D_
 posse dos eleitos e dá outras providências.</t>
   </si>
   <si>
     <t>2587</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>ANTEPROJETO DE LEI</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2587/anteprojeto_de_lei_no01_fibromialgia_m_elena.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2587/anteprojeto_de_lei_no01_fibromialgia_m_elena.doc.pdf</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
     <t>POL</t>
   </si>
   <si>
     <t>PROPOSTA ORÇAMENTÁRIA DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2482/proposta_e_mensagem__orcamentaria_para_2025_pdf.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2482/proposta_e_mensagem__orcamentaria_para_2025_pdf.pdf</t>
   </si>
   <si>
     <t>Proposta Orçamentária para o Exercício de 2025</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>MENSAGEM</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2373/mensagem_n.o_001.2024_revisao_salario.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2373/mensagem_n.o_001.2024_revisao_salario.pdf</t>
   </si>
   <si>
     <t>MENSAGEM 01/2024 autoria do executivo que trata das seguintes matérias:_x000D_
 DISPÕE SOBRE A REVISÃO GERAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS, agentes de saude e magistério.</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2380/mensagem_n.o_02.2024_plo_04-24.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2380/mensagem_n.o_02.2024_plo_04-24.pdf</t>
   </si>
   <si>
     <t>MENSAGEM QUE ENCAMINHA O PLO 04/2024 - QUE Autoriza a abertura de crédito adicional suplementar na Lei n' 1.275/2023, que - ''Estima a receita e fixa a despesa do Município de ltaú de Minas-MG para o exercício financeiro de 2024'' - e dá outras providências.</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2389/mensagem_n.o_03.2024_-_plos_nos_05-06_e_07_de_2024.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2389/mensagem_n.o_03.2024_-_plos_nos_05-06_e_07_de_2024.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AOS PROJETOS DE LEI NºS 05, 06 E 07 DE 2024 -  Autorizam a abertura de crédito adicional suplementar na Lei Nº 1.275/2023, que - "Estima. a receita e fixa a despesa do Município de ltaú de Minas/MG para o exercício financeiro de 2024" - e dá outras providências.</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2401/mensagem_n.o_04.2024_plo_08-24.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2401/mensagem_n.o_04.2024_plo_08-24.pdf</t>
   </si>
   <si>
     <t>Mensagem do Executivo que encaminha o Projeto de lei n. 08/24 que AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI N.º 1275/2023 – QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS – (destina recursos para combate à Dengue)</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2406/mensagem_n.o_05_plo_09_e_plc_01_de_2024.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2406/mensagem_n.o_05_plo_09_e_plc_01_de_2024.pdf</t>
   </si>
   <si>
     <t>MENSAGEM QUE ENCAMINHA OS PROJETOS  sobre as seguintes matérias :_x000D_
 PLO 09/2024 - QUE ALTERA A LEI N.1052/2019 (2UE "DlSClPLINA AS DIRETRIZES FUNDAMENTAIS PARA A APLICABILIDADE DOS DIREITAS DA CRIANÇA E DO ADOLESCENTE NO AMBITO DO MUNICÍPIO DE ITAÚ DE MINAS" E DÃ OUTRAS PRQVIDENCIAS_x000D_
 PLC Nº01/2024- QUE ALTERA DISPOSITIVOS QUE MENCIONA NA LEI COMPLEMENTAR NO 02/93 MODIFICADA PELA LEI COMPLEMENTAR NO 70/ DE 22 DE DEZEMBRO DE 2023 - CÓDIGO DE POSTURAS DO MUNICÍPIO DE ITAU DE MINAS.</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2414/mensagem_n.o_06.2024_plo_10-24.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2414/mensagem_n.o_06.2024_plo_10-24.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 10/2024 - QUE Institui o Fundo Municipaldo Meio Ambiente e dá outras providências.</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2422/mensagem_n.o_07.2024.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2422/mensagem_n.o_07.2024.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 12/2024 - DISPOE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO EXERCÍCIO DE 2025 E DÁ OUTRAS_x000D_
 PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2429/mensagem_n.o_08.2024_plo_13-2024_credito_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2429/mensagem_n.o_08.2024_plo_13-2024_credito_especial.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 13/2024 - QUE AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1275/2023 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÚ DE MINAS PARA O EXERCICIO FINANCIRO DE 2024 -, E DÁ OUTRAS PROVIDÊNCIAS. (ATIVIDADES CULTURAIS - LEI PAULO GUSTAVO)</t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2478/mensagem_n.o_13.2024_plos_19_e_20_credito_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2478/mensagem_n.o_13.2024_plos_19_e_20_credito_especial.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AOS PLOS Nº19 E 20 DE 2024 - QUE Autoriza a abertura de crédito adicional especial na Lei Orçamentária Anual nº 1.275/2023 de 04/12/2023 e dá outras providências.</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2481/mensagem_n.o_14.2024_plo_21-2024.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2481/mensagem_n.o_14.2024_plo_21-2024.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 21/2024 - QUE AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA LEI NO 1.275/2023 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIOD E ITAÚ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2024 -, E DA OUTRAS PROVIDÊNCIAS. (CONSTR. AMPL. E REFORMA DE CRECHES)</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2444/mensagem_10.2024_plo_15_ass_protecao_aninal.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2444/mensagem_10.2024_plo_15_ass_protecao_aninal.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 15/2024 - QUE DECLARA DE UTILIDADE PUBLICA MUNICIPAL A ASSOCIAÇÃO DE PROTEÇÃO E BEM ESTAR ANIMAL DE ITAÚ DE MINAS.</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2505/mensagem_n.o_18.2024_orcamentario_ldo_loa.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2505/mensagem_n.o_18.2024_orcamentario_ldo_loa.pdf</t>
   </si>
   <si>
     <t>MENSAGEM 18 QUE ENCAMINHA AS SEGUINTES MATÉRIAS:_x000D_
 - PLO Nº25 - QUE Altera a Lei Municipal nº 1152, de 29 de novembro de 2021, que – “Dispõe sobre o Plano Plurianual para o período de 2022 a 2025” e dá outras providências. _x000D_
 - PLO Nº26 - QUE Altera a Lei Municipal nº 1.299, de 24 de junho de 2024 que – “Dispõe sobre as diretrizes para a elaboração da proposta orçamentária para o exercício financeiro de 2025” – e dá outras providências._x000D_
 - PLO Nº27 - QUE Estima a receita e fixa a despesa do Município de Itaú de Minas-MG para o exercício financeiro de 2025._x000D_
 - PLO Nº28 - QUE AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS  E CONTRIBUIÇÕES  NO   EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2540/mensagem_n.o_20.2024_plos_30-31_e_32.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2540/mensagem_n.o_20.2024_plos_30-31_e_32.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AOS PROJETOS DE LEI Nº30, 31 E 32 DE 2024.</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2588/mensagem_anteprojeto_lei_01.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2588/mensagem_anteprojeto_lei_01.doc.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO ANTEPROJETO DE LEI Nº01/24 - QUE Altera a Lei Municipal N ° 1078, de 10 de Junho de 2020 “Que Estabelece diretrizes gerais para o atendimento prestado pelo Sistema Municipal de Saúde às pessoas acometidas por síndrome de fibromialgia ou fadiga crônica”, estabelecendo o Protocolo de Atendimento a Portadores de Fibromialgia, e dá outras providências.</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2453/mensagem_n.o_proj._lei_16_-_maus_tratos_animais_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2453/mensagem_n.o_proj._lei_16_-_maus_tratos_animais_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Mensagem ao PLO 16/2024_x000D_
 Servi-me do presente para encaminhar a apreciação desta Egrégia Casa, o Projeto de Lei n. 16/24, de minha autoria, que “Institui no Calendário Oficial do Município de Itaú de Minas o Mês de Abril como Mês de Combate a Violência, Maus-Tratos e Abandono de Animais – Abril Laranja”.</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2549/mensagem_plo_33_projeto_paralimpico_-_juliana.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2549/mensagem_plo_33_projeto_paralimpico_-_juliana.pdf</t>
   </si>
   <si>
     <t>MENSAGEM ao PROJETO DE LEI N.º 33/24 - Dispõe sobre a política pública de incentivo à criação do Projeto de Esporte Paralímpico nas Escolas do Município de Itaú de Minas/MG e dá outras providências.</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
     <t>31424</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2432/mensagem_n.o_03.2024_plo_14-2024_chame.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2432/mensagem_n.o_03.2024_plo_14-2024_chame.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 14/2024 QUE AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA LEI Nº 1.275/2023 - QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAÜ DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2024 -. E DA OUTRAS PROVIDENCIAS. (SUBVENÇÃO AO CHAME).</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
     <t>111624</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2485/mensagem_substitutivo_ao_projeto_de_lei_16_dia_combate_maus_tratos_animais._maria_elena_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2485/mensagem_substitutivo_ao_projeto_de_lei_16_dia_combate_maus_tratos_animais._maria_elena_pdf_ass.pdf</t>
   </si>
   <si>
     <t>Mensagem ao Substitutivo n. 01 ao Projeto de Lei n. 16/24, de minha autoria, que “Institui no Calendário Oficial do Município de Itaú de Minas o_x000D_
 Mês de Abril como Mês de Combate a Violência, Maus-Tratos e Abandono de Animais – Abril Laranja”.</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
     <t>121824</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2474/mensagem_n.o_12.2024_plo_18-24_-_ternos_de_congo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2474/mensagem_n.o_12.2024_plo_18-24_-_ternos_de_congo.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 18/2024 - QUE AUTORIZA O MUNICÍPIO DE ITAÚ DE MINAS A CONCEDER AUXÍLIO FINANCEIRO AOS REPRESENTANTES DOS TERNOS DE CONGO E DE MOÇAMBIQUE EM ATIVIDADE NO MUNICÍPIO, POR OCASIÃO DE SUAS RESPECTIVAS PARTICIPAÇÇÕES NA 75º FESTA DAS CONGADAS DE ITAÚ DE MINAS - MG, NO ANO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
     <t>152224</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2488/mensagem_n.o_15.2024_plo_22-24_-_contr._a_fundacao_itau_de_assistencia_social_blmac.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2488/mensagem_n.o_15.2024_plo_22-24_-_contr._a_fundacao_itau_de_assistencia_social_blmac.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 22/2024 - QUE - Autoriza a abertura de crédito adicional suplementar na Lei Nº 1.275/2023 - que estima a receita e fixa a despesa do Município de ltaú de Minas/MG para o exercício financeiro de 2024 - e dá outras providências. (CONTR. A FUNDAÇÃO ITAÚ DE ASSISTÊNCIA SOCIAL BLMAC)</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
     <t>162324</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2490/mensagem_n.o_16.2024_plo_23-24_subvencao_apae.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2490/mensagem_n.o_16.2024_plo_23-24_subvencao_apae.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 23/2024 QUE Autoriza a abertura de crédito adicional especial na Lei nº 1.275/2023 - Estima a Receita e fixa a_x000D_
 Despesa do Município de ltaú de Minas-MG para o exercício financeiro de 2024 - e dá outras providências. (Repasse de Subvenção a APAE).</t>
   </si>
   <si>
     <t>2497</t>
   </si>
   <si>
     <t>172424</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2497/mensagem_17_plo_24-24_ferias_premio.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2497/mensagem_17_plo_24-24_ferias_premio.pdf</t>
   </si>
   <si>
     <t>MENSAGEM QU ENCAMINHA O PLO 24/2024 - QUE Autoriza a abertura de crédito adicional suplementar na lei no 1.275/2023 - que “Estima a receita e fixa a despesa do município de Itaú de Minas para o exercício financeiro de 2024 -, e da outras providências. (pagamento de férias prêmio aos servidores).</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
     <t>192924</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2521/mensagem_19_plo_19-2024_-_loa_30.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2521/mensagem_19_plo_19-2024_-_loa_30.pdf</t>
   </si>
   <si>
     <t>MENSAGEM PLO 29/2024 - QUE AUTORIZA A MAJORAÇÃO DO LIMITE DE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES AO ORÇAMENTO DO MUNICÍPIO DE ITAÚ DE MINAS, EXERCICIO DE 2024.</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
     <t>213624</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2572/mensagem_21_ao_plo_36-2024.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2572/mensagem_21_ao_plo_36-2024.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 36/2024 QUE Dispõe sobre a Regulamentação do Disposto no §19 do art. 85, da Lei nº13.105/15 (Código de Processo Civil) que trata dos honorários advocatícios oriundos do princípio da sucumbência, por arbitramento, acordo judicial e/ou extrajudicial, nas ações, causas e procedimentos em que o Municipio de Itaú de Minas/MG for representado por sua Procuradoria Jurídica e dá outras providencias.</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
     <t>223524</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2573/mensagem_22_plo_35-2024.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2573/mensagem_22_plo_35-2024.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PROJETO DE LEI Nº35/2024 – QUE Institui o Auxílio Vale Alimentação aos servidores públicos do Poder Executivo do Municipio de Itaú de Minas/MG e dá outras providências.</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
     <t>233724</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2582/mensagem_n.o_23.2024_plo_37-2024_-_sub_apae.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2582/mensagem_n.o_23.2024_plo_37-2024_-_sub_apae.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 37/2024 - QUE   Autoriza a abertura de crédito adicional suplementar na Lei Orçamentária Anual nº 1.275/2023 de 04/12/2023 e dá outras providências. (SUBVENÇÃO APAE)</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
     <t>243824</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2592/mensagem_n.o_24.2024_plo_38-2024_majoracao.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2592/mensagem_n.o_24.2024_plo_38-2024_majoracao.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 38/2024 - QUE AUTORIZA A MAJORAÇÃO DO LIMITE DE ABERTURA DE CREDITOS ADICIONAIS SUPLEMENTARES À LEI Nº1275, DE 04 DE DEZEMBRO DE 2023 - LEI ORÇAMENTÁRIA ANUAL DO MUNICIPIO DE ITAU DE MINAS, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
     <t>SUBST</t>
   </si>
   <si>
     <t>SUBSTITUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2484/substitutivo_n._01_projeto_de_lei_16_dia_combate_maus_tratos_animais._maria_elena_pdf_ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2484/substitutivo_n._01_projeto_de_lei_16_dia_combate_maus_tratos_animais._maria_elena_pdf_ass.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO N. 01 AO PROJETO DE LEI Nº16/24_x000D_
 “Institui no Calendário Oficial do Município de Itaú de Minas o Mês de Abril como Mês de Combate a Violência, Maus-Tratos e Abandono de Animais – Abril Laranja”.</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2595/substitutivo_n01_projeto_de_lei_36_-_honorarios.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2595/substitutivo_n01_projeto_de_lei_36_-_honorarios.doc.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO N. 01_x000D_
 PROJETO DE LEI N. 36/24 - Dispõe sobre a regulamentação do disposto no §19 do art. 85, da Lei nº_x000D_
 13.105/15 (Código de Processo Civil) que trata dos honorários advocatícios oriundos do princípio da_x000D_
 sucumbência, por arbitramento, acordo judicial e/ou extrajudicial, nas ações, causas e procedimentos em que_x000D_
 o Município de Itaú de Minas/MG for representado por sua Procuradoria Jurídica e dá outras providências.</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
     <t>REDF</t>
   </si>
   <si>
     <t>REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2437/parecer_em_redacao_final_plo_09-2024_pdf.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2437/parecer_em_redacao_final_plo_09-2024_pdf.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL ao Projeto de Lei Ordinária n. 09/2024 - QUE ALTERA A LEI Nº1052/2019 QUE "DISCIPLINA AS DIRETRIZES FUNDAMENTAIS PARA A APLICABILIDADE DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE NO AMBITO DO MUNICÍPIO DE ITAU DE MINAS" E DA OUTRAS PROVIDÊNCIAS_x000D_
 RELATORA – Marly da Penha Custódio_x000D_
 _x000D_
 A matéria em análise não sofreu emendas em seu texto original e nada houve o que retocá-la para adequá-la ao bom vernáculo._x000D_
 Sou pela aprovação.</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2462/parecer_em_redacao_final_pr_contas.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2462/parecer_em_redacao_final_pr_contas.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 ASSUNTO - Decreto Legislativo n. 01 que APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE ITAÚ DE MINAS REFERENTE AO EXERCÍCIO FINANCEIRO DE 2015._x000D_
 RELATORA – Marly da Penha Custódio_x000D_
 _x000D_
 A matéria em análise não sofreu emendas em seu texto original e nada houve o que retocá-la para adequá-la ao bom vernáculo._x000D_
 Sou pela aprovação.</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2536/parecer_em_redacao_final_plo_11-2024.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2536/parecer_em_redacao_final_plo_11-2024.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 ASSUNTO - Projeto de Lei n. 11/24 que “Altera denominação de logradouro público”. (Rua Vicente Antonio Amorim);_x000D_
 RELATORA – Marly da Penha Custódio_x000D_
 _x000D_
 A matéria em análise não sofreu emendas em seu texto original e nada houve o que retocá-la para adequá-la ao bom vernáculo._x000D_
 Sou pela aprovação. _x000D_
 É o meu parecer. _x000D_
 Salvo melhor juízo.</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2493/redacao_final_projeto_de_lei_n._16_-.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2493/redacao_final_projeto_de_lei_n._16_-.doc.pdf</t>
   </si>
   <si>
     <t>REDAÇÃO FINAL_x000D_
 ASSUNTO – Substitutivo nº 01 ao Projeto de Lei n. 16/24, que “Institui no Calendário Oficial do Município de Itaú de Minas o Mês de Abril como Mês de Combate a Violência, Maus-Tratos e Abandono de Animais – Abril Laranja”._x000D_
 _x000D_
 RELATORA – Maria Elena de Oliveira Faria</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2596/parecer_em_redacao_final_plo_33-24.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2596/parecer_em_redacao_final_plo_33-24.pdf</t>
   </si>
   <si>
     <t>PARECER – REDAÇÃO FINAL_x000D_
 ASSUNTO - Proposta de Emenda à LOM n. 01/24 que “Altera dispositivos que menciona na Lei Orgânica Municipal que trata dos horários de posse dos eleitos e dá outras providências”; e Projeto de Lei n.º 33/24 - Dispõe sobre a política pública de incentivo à criação do Projeto de Esporte Paralímpico nas Escolas do Município de Itaú de Minas/MG e dá outras providências_x000D_
 RELATORA – Marly da Penha Custódio</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
     <t>CEI</t>
   </si>
   <si>
     <t>COMISSÃO ESPECIAL DE INQUÉRITO</t>
   </si>
   <si>
     <t>ROBERTO GONÇALVES VIEIRA, Fabiano Gomes de Lima, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2395/cei_01-2024_-_folha_da_manha_-_peca_inicial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2395/cei_01-2024_-_folha_da_manha_-_peca_inicial.pdf</t>
   </si>
   <si>
     <t>Apuração de responsabilidade acerca da notícia falsa com Título de Capa “CÂMARA APROVA INSTALAÇÃO DE UNIDADE DE UAI EM ITAÚ, publicada pelo Jornal “Folha da Manhã” de Passos e pelo Site “Clic Folha”.</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2397/cei_02-2024_-_peca_inicial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2397/cei_02-2024_-_peca_inicial.pdf</t>
   </si>
   <si>
     <t>Apuração de possíveis omissões da Prefeitura Municipal de Itaú de Minas no caso da doação do imóvel para a TREAT INDÚSTRIA E COMÉRCIO DE COUROS LTDA. no ano de 2021.</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
     <t>DP</t>
   </si>
   <si>
     <t>DELIBERAÇÃO PLENÁRIA</t>
   </si>
   <si>
     <t>PLENÁRIO - PLEN</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>APROVA o Impedimento do Vereador Roberto Vieira na composição da CEI n. 02 que tem por objeto: Apuração de possíveis omissões da Prefeitura Municipal de Itaú de Minas no caso da doação do imóvel para a TREAT INDÚSTRIA E COMÉRCIO DE COUROS LTDA. no ano de 2021.</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
     <t>PEDIDO DE ADIAMENTO DO PROJETO DE LEI COMPLEMENTAR Nº01/2024 POR 20 DIAS.</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
     <t>REL</t>
   </si>
   <si>
     <t>RELATÓRIO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2449/voto_-_pesidencia_do_cedp_pad_04_-_fabiano.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2449/voto_-_pesidencia_do_cedp_pad_04_-_fabiano.pdf</t>
   </si>
   <si>
     <t>RELATÓRIO FINAL/VOTO RELATOR_x000D_
 Trata-se de Processo Administrativo Disciplinar instaurado para apuração quanto a nota de repúdio apresentada pelo Setor Jurídico da CMIM narrando supostas ofensas feitas pelo Vereador Roberto Gonçalves Vieira, configurando, em tese, desrespeito aos deveres funcionais dos Vereadores e ato incompatível com o decoro parlamentar, visando a emissão do parecer final pelo Conselho._x000D_
 O voto do Relator é pelo ACOLHIMENTO DA PRELIMINAR, do non bis in idem e da coisa julgada administrativa suscitada pela defesa, motivo pelo qual, deverá ser julgada a IMPROCEDÊNCIA DA REPRESENTAÇÃO e o ARQUIVAMENTO do presente processo administrativo disciplinar, em consonância com o disposto no art. 28, §1º do Código de Ética e Decoro Parlamentar.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -3303,67 +3303,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2370/projeto_de_lei_01-23_-_revisao_geral_servidores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2371/projeto_de_lei_02-23_-_piso_agentes_comunitario_de_saude_e_endemias.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2372/projeto_de_lei_03-23_-_piso_magisterio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2379/projeto_de_lei_04-24_-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2386/projeto_de_lei_05-24_-_abertura_de_credito_adicional_suplementar_pavimentacao_de_vias.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2387/projeto_de_lei_06-24_-_abertura_de_credito_adicional_suplementar_-_aterro_sanitario.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2388/projeto_de_lei_07-24_-_abertura_de_credito_adicional_suplementar_-_manutencao_da_saude_e_farmacia_basica.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2398/projeto_de_lei_08-24_-.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2404/projeto_de_lei_09-2024_direito_crianca_e_adolescente.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2413/projeto_de_lei_10-2024_-_institui_fundo_municipal_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2415/projeto_de_lei_n._11_-_denominacao_de_rua_vicente_amorim_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2421/projeto_de_lei_-_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2428/projeto_de_lei_13-24_-_abrir_credito_adicional_especial_na_lei_n.o_1275.2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2431/projeto_de_lei_14-_-_credito_adicional_suplementar_chame.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2443/projeto_de_lei_15-2024__-_abpaim.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2452/projeto_de_lei_16_dia_combate_maus_tratos_animais_maria_elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2470/projeto_17_e_mensagem_proj._lei_audir_blanc.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2473/projeto_de_lei_18-24_-_terno_de_congo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2476/projeto_de_lei_19-2024_-_fund_itau_-_blmac_-_mensagem_n.o_13.2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2477/projeto_de_lei_20-2024_-_assoc._servicos_de_acao_socialda_igreja_do_evangelho_quadrangular_-_mensagem_n.o_13.2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2480/projeto_de_lei_21-24_reforma_de_creches.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2487/projeto_de_lei_22-24_-_contr_fundacao_assist_social_-_blmac.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2489/projeto_de_lei_23-24__-_subvencao_a_apae.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2495/projeto_de_lei_24_-_pagamento_ferias_premio.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2501/projeto_de_lei_25_-_altera_a_lei_municipal_n.o_1152_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2502/projeto_de_lei_26_ldo_-_altera_a_lei_municipal_n.o_1299.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2503/projeto_de_lei_27_-_estima_a_receita_e_fixa_a_despesa_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2504/projeto_de_lei_28_-_autoriza_concessao_de_subvencoes_2.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2520/projeto_de_lei_29-2024_-_loa_30.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2537/projeto_de_lei_30-24__-_iac_-_ass_estudantes_e_chame_revisada.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2538/projeto_de_lei_31-2024_-_alteracoes_na_1276_de_2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2539/projeto_de_lei_32-2024_-_emenda_parlamentar_impositiva_-_consep.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2548/projeto_de_lei_33_esporte_paraolimpico__2024.docx.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2567/projeto_de_lei__34_-__protocolo__fibromialgia_maria_elena.doc.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2568/projeto_de_lei_35_-_vales_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2571/projeto_de_lei_36_honorarios_advocaticios.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2580/projeto_de_lei_37-2024_-_subvencao_apae.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2591/projeto_de_lei_38-2024_-_majoracao_limite_creditos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2374/projeto_de_resol._no__01_reajuste_servidores_ok_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2426/projeto_de_resolucao_02_devolucao_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2450/projeto_de_resolucao_aplica_censura_escrita_pad_04_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2491/projeto_de_resolucao_04-22_-_devolucao_de_recursos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2506/projeto_de_resolucao_05-24_-_devolucao_de_recursos_andressa.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2541/projeto_resolucao_n.06_devolucao_recursos.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2569/projeto_de_resolucao_07-2024_-_vale_alimentacao_-_apos_alteracoes_minhas.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2405/projeto_de_lei_complementar_01-2024_-_farmacias.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2458/projeto_de_decreto_legislativo_no_01_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2376/indicacao_no_01_m._elena_folhas_coqueiros_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2377/indicacao_no_02_maria_elena_mgo50_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2378/indicacao_no__03_caes_praca_claudia_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2381/indicacao_no_04_uniformes_marly_ps_dpf.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2382/indicacao_no_05_dengue_marly_dpf.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2383/indicacao_no_06_marly_calcada_sao_lucas_pdf.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2384/indicacao_n_07_plantio_arvores_av._brasiel_ferreira_marly_pdf.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2385/indicacao_no_08_marly_uniforme_garis_epidemiologia_pdf.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2393/indicacao_09_maria_elena_limpeza_areas_verdes_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2394/indicacao_no_10_marly_material_construcao_ruas_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2400/indicacao_no_11_marly__belvedere_cobras_limpeza_pdf.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2402/indicacao_no_12_roberto_praca_sagrada_familia_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2403/indicacao_no__13_av_liberdade_roberto.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2408/indicacao_14_marly_quebra_mola_rua_noraldino_pimenta_pdf.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2409/indicacao_no_15_parque_cohab_2_marly_pdf.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2411/indicacao_no_16_guarda_corpo_avenida_m_elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2416/indicacao_no__17_limpeza_corrego_m._elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2417/indicacao_no__18__marly_uniformes_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2427/indicacao_no_19_sinalizacao_nomes_ruas_postes_m.elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2434/indicacao_20_marly_aula_de_canto_pdf.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2435/indicacao_no_21_marly_queimadas.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2439/indicacao_22_fabiano_iluminacao_braziel_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2442/indicacao_no_23_bloquetes_azarias_-_m_elena.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2445/indicacao_no_24_uniformes_coral_santa_terezinha_marly_pdf_ass_ok.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2446/indicacao_no__25_m._elena_lixeira_praca_dpf_ass.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2447/indicacao_no__26_roberto_aguar_rua_pipa_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2451/indicacao_no_27_claudia_painel_pronto_socorro_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2457/indicacao_no_28_marly_pronto_socorro_melhorias_seguranca_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2460/indicacao_no__29_m._elena_levantamento_castracao_pdf_ass_ok.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2464/indicacao_no_30_marly_praca_congo_reforma_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2465/indicacao_no_31_marly_poliesportivo_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2466/indicacao_no_32_marly_praca_iluminacao_igreja_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2467/indicacao_no__33_m._elena_vales_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2468/indicacao_no__34_m._elena_canais_digitais_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2469/indicacao_no_35__juliana_calcada_perto_trevo_sagrada_familia_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2472/indicacao_no_36_roberto_reboque_tumulos_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2494/indicacao_no_37_parque_cohab_2_juliana.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2498/indicacao_no_38_fabiano_poeira.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2499/indicacao_no_39_sinalizacao_cohab_2_juliana.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2500/indicacao_40_juliana_quebra_mola_rua_magnolias.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2509/indicacao_no__41_fabiano_placas_farmacia.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2510/indicacao_42_geovan_ferias_premio.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2512/indicacao_43_juliana_e_marly_poeira_coha_ii.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2514/indicacao_no__44_juliana_barracao.doc.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2515/indicacao_no__45_juliana_caps.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2516/indicacao_no__46_juliana_psicologos.doc.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2517/indicacao_no__47_m._elena_creas.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2518/indicacao_no__48_m._elena_brigada_emergencia.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2522/indicacao_no_49_associacao_autista_marly.doc.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2523/indicacao_no_50_uniformes_marly.doc.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2524/indicacao_no_51_praca_do_congo_marly.doc.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2525/indicacao_no_52_pedras_soltas_cruzamento_marly.doc.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2526/indicacao_no_53_seguranca_ps_e_cras_marly.doc.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2527/indicacao_no_54_limpesa_corrego_marly.doc.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2528/indicacao_no_55_iluminacao_chacara_marly.doc.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2530/indicacao_no_56_cesta_basica_servidores_juliana.doc.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2531/indicacao_no__57_plano_saude_juliana.doc.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2532/indicacao_no__58_estrada_familia_ariane_juliana.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2533/indicacao_no__59_transforma_cargo_auxiliar_enfermagem_juliana.doc.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2543/indicacao_no__60_maria_elena_cohab2.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2544/indicacao_no__61_ambulantes_juliana.doc.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2545/indicacao_no__62_cemei_otavio_amorim_juliana.doc.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2546/indicacao_no__63_cemei_sonio_salete_juliana.doc.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2547/indicacao_no__64_filarmonica_juliana.doc.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2550/indicacao_no_65_limpeza_fundos_cecoi_-_m_elena.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2551/indicacao_no_66_academia_juliana.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2555/indicacao_no__67__arborizacao__juliana.doc.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2556/indicacao_no__68_geovan_passarela.doc.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2557/indicacao_no_69_maria_elena_carteira_fibromialgia.doc.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2558/indicacao_no_70_fabiano_cobertura_quadra_sao_lucas.doc.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2559/indicacao_no_71_marly_uniforme_karateca.doc.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2561/indicacao_72_rampas_maria_elena.doc.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2564/indicacao_no_73_parque_estacao_fabiano_lima.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2574/indicacao_74_lista_celular_maria_elena.doc.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2575/indicacao_75_lixo_maria_elena.doc.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2577/indicacao_no_76_roberto_auxilio_alim.doc.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2578/indicacao_no_77_cameras_cemiterio_claudia.doc.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2579/indicacao_no_78_cesta_natal_roberto.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2581/indicacao_79_marly_enfermagem_ps.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2590/indicacao_no80__roberto_dr._jose_balbino.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2438/mocao_no_01.24__coral_santa_terezinha_-_marly_pdf_.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2375/requerimento_no_01_urgencia_projetos_reajuste_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2390/requerimento_02_urgencia_especial_proj._040506_e_07.24_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2391/requerimento_no__03__cei_treat_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2392/requerimento_no__04_maria_elena_terrenos_com_foto.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2396/requerimento_no_05_m._elena_imoveis__nao_ocupados_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2399/requerimento_no_06_urgencia_projeto_lei_n.08_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2407/requerimento_no_07_maria_elena_poliesportivo_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2410/requerimento_n8__juliana_plano_saude_prefeitura_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2418/requerimento_no_09_ferias_premio_julianja_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2425/requerimento_no_10_urgencia_projetos_reajuste_pdf_ass_2.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2430/requerimento_no_11_transporte_escola_m._elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2433/requerimento_12_urgencia_especial_proj._10_13_e_14_de_2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2436/requerimento_no__13_maria_elena_lei_paulo_gustavo_pdf_ass_.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2441/requerimento_no__14_fabiano_rpv_passarinho_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2448/requerimento_no_15_maria_elena_plano_carreiras_pdf.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2454/requerimento_no_16__retroativo_insalubridade_pandemia_roberto_pdf_corrigido.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2455/requerimento_no_17__ferias_cargos_substuticao_roberto_pdf_corrigido.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2456/requerimento_18_urgencia_especial_proj._15_abpaim_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2459/requerimento_no_19_roberto_audiencia_poluicao_votorantim_ok._pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2461/requerimento_no_20_maria_elena_cavalhada_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2471/requerimento_21_urgencia_especial_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2475/requerimento__22_urgencia.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2479/requerimento_23_urgencia_especial_plos_19_e_20-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2483/requerimento_24_urgencia_especial_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2492/requerimento_25_urgencia_especial_proj._resol._04_devolucao_e_plo_22.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2496/requerimento_26_urgencia_especial_plo_24_-_pagamento_ferias_premio.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2507/requerimento_27_urgencia_especial_proj._resol._05_devolucao_andressa.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2508/requerimento_no__28_juliana_cirurgias_eletivas.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2511/requerimento_no_29_geovan_cesta_basica.doc.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2513/requerimento_no_30_m_elena_ferias_premios_criterios.doc.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2529/requerimento_31_urgencia_especial_plo_29-24_majoracao_limite.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2542/requerimento_32_urgencia_especial_plos_30-31_e_32_e_pr_06-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2570/requerimento_33_urgencia_especial_plos_35_e_pr_07-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2576/requerimento_34_roberto_patrol_revis.doc.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2583/requerimento_35_urgencia_especial.doc.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2593/requerimento_36_urgencia_especial_majoracao.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2424/parecer_cljr__projeto_lc_01_farmacia__claudia_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2420/parecer_cljr__projeto_09_fundo_menor__claudia_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2534/parecer_cljr_ao_proj._de_lei_n._11_denominacao_rua_sr._vicente.doc.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2486/parecer_cljr_ao_proj._de_lei_n._16_maus_tratos_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2589/parecer_conjunto_legislacao_e_educacao_projeto_33_paralimpico_escolas.doc.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2594/parecer_projeto_36_honorarios_encaminha_substituto__relatora_claudia.doc.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2584/parecer_cljr_pec_lom_01_e_emenda_horario_e_posse.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2519/proposicao_de_emenda_impositiva_n._01.25.doc.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2562/proposicao_de_emenda_01_pec_01_-_altera_sede_e_horario_posse.doc.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2553/parecer_final_cf_projetos_orcamento_2024_ass.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2463/parecer_relatora_cfo_contas_2025_pdf_ass_1.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2560/parecer_ljr_e_fo_claudia_proc._denuncia_advogada_e_afastamento_roberto.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2440/parecer_cfo_financas_plo_12-_ldo_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2535/parecer_cf_projetos_orcamento_2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2423/parecer_cosp_fabiano_proj_lc_01_farmacia_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2554/proposta_de_emenda_a_lom_n01_horario_posse.doc.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2587/anteprojeto_de_lei_no01_fibromialgia_m_elena.doc.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2482/proposta_e_mensagem__orcamentaria_para_2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2373/mensagem_n.o_001.2024_revisao_salario.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2380/mensagem_n.o_02.2024_plo_04-24.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2389/mensagem_n.o_03.2024_-_plos_nos_05-06_e_07_de_2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2401/mensagem_n.o_04.2024_plo_08-24.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2406/mensagem_n.o_05_plo_09_e_plc_01_de_2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2414/mensagem_n.o_06.2024_plo_10-24.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2422/mensagem_n.o_07.2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2429/mensagem_n.o_08.2024_plo_13-2024_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2478/mensagem_n.o_13.2024_plos_19_e_20_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2481/mensagem_n.o_14.2024_plo_21-2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2444/mensagem_10.2024_plo_15_ass_protecao_aninal.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2505/mensagem_n.o_18.2024_orcamentario_ldo_loa.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2540/mensagem_n.o_20.2024_plos_30-31_e_32.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2588/mensagem_anteprojeto_lei_01.doc.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2453/mensagem_n.o_proj._lei_16_-_maus_tratos_animais_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2549/mensagem_plo_33_projeto_paralimpico_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2432/mensagem_n.o_03.2024_plo_14-2024_chame.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2485/mensagem_substitutivo_ao_projeto_de_lei_16_dia_combate_maus_tratos_animais._maria_elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2474/mensagem_n.o_12.2024_plo_18-24_-_ternos_de_congo.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2488/mensagem_n.o_15.2024_plo_22-24_-_contr._a_fundacao_itau_de_assistencia_social_blmac.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2490/mensagem_n.o_16.2024_plo_23-24_subvencao_apae.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2497/mensagem_17_plo_24-24_ferias_premio.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2521/mensagem_19_plo_19-2024_-_loa_30.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2572/mensagem_21_ao_plo_36-2024.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2573/mensagem_22_plo_35-2024.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2582/mensagem_n.o_23.2024_plo_37-2024_-_sub_apae.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2592/mensagem_n.o_24.2024_plo_38-2024_majoracao.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2484/substitutivo_n._01_projeto_de_lei_16_dia_combate_maus_tratos_animais._maria_elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2595/substitutivo_n01_projeto_de_lei_36_-_honorarios.doc.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2437/parecer_em_redacao_final_plo_09-2024_pdf.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2462/parecer_em_redacao_final_pr_contas.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2536/parecer_em_redacao_final_plo_11-2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2493/redacao_final_projeto_de_lei_n._16_-.doc.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2596/parecer_em_redacao_final_plo_33-24.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2395/cei_01-2024_-_folha_da_manha_-_peca_inicial.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2397/cei_02-2024_-_peca_inicial.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2449/voto_-_pesidencia_do_cedp_pad_04_-_fabiano.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2370/projeto_de_lei_01-23_-_revisao_geral_servidores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2371/projeto_de_lei_02-23_-_piso_agentes_comunitario_de_saude_e_endemias.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2372/projeto_de_lei_03-23_-_piso_magisterio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2379/projeto_de_lei_04-24_-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2386/projeto_de_lei_05-24_-_abertura_de_credito_adicional_suplementar_pavimentacao_de_vias.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2387/projeto_de_lei_06-24_-_abertura_de_credito_adicional_suplementar_-_aterro_sanitario.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2388/projeto_de_lei_07-24_-_abertura_de_credito_adicional_suplementar_-_manutencao_da_saude_e_farmacia_basica.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2398/projeto_de_lei_08-24_-.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2404/projeto_de_lei_09-2024_direito_crianca_e_adolescente.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2413/projeto_de_lei_10-2024_-_institui_fundo_municipal_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2415/projeto_de_lei_n._11_-_denominacao_de_rua_vicente_amorim_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2421/projeto_de_lei_-_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2428/projeto_de_lei_13-24_-_abrir_credito_adicional_especial_na_lei_n.o_1275.2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2431/projeto_de_lei_14-_-_credito_adicional_suplementar_chame.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2443/projeto_de_lei_15-2024__-_abpaim.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2452/projeto_de_lei_16_dia_combate_maus_tratos_animais_maria_elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2470/projeto_17_e_mensagem_proj._lei_audir_blanc.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2473/projeto_de_lei_18-24_-_terno_de_congo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2476/projeto_de_lei_19-2024_-_fund_itau_-_blmac_-_mensagem_n.o_13.2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2477/projeto_de_lei_20-2024_-_assoc._servicos_de_acao_socialda_igreja_do_evangelho_quadrangular_-_mensagem_n.o_13.2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2480/projeto_de_lei_21-24_reforma_de_creches.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2487/projeto_de_lei_22-24_-_contr_fundacao_assist_social_-_blmac.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2489/projeto_de_lei_23-24__-_subvencao_a_apae.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2495/projeto_de_lei_24_-_pagamento_ferias_premio.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2501/projeto_de_lei_25_-_altera_a_lei_municipal_n.o_1152_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2502/projeto_de_lei_26_ldo_-_altera_a_lei_municipal_n.o_1299.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2503/projeto_de_lei_27_-_estima_a_receita_e_fixa_a_despesa_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2504/projeto_de_lei_28_-_autoriza_concessao_de_subvencoes_2.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2520/projeto_de_lei_29-2024_-_loa_30.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2537/projeto_de_lei_30-24__-_iac_-_ass_estudantes_e_chame_revisada.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2538/projeto_de_lei_31-2024_-_alteracoes_na_1276_de_2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2539/projeto_de_lei_32-2024_-_emenda_parlamentar_impositiva_-_consep.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2548/projeto_de_lei_33_esporte_paraolimpico__2024.docx.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2567/projeto_de_lei__34_-__protocolo__fibromialgia_maria_elena.doc.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2568/projeto_de_lei_35_-_vales_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2571/projeto_de_lei_36_honorarios_advocaticios.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2580/projeto_de_lei_37-2024_-_subvencao_apae.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2591/projeto_de_lei_38-2024_-_majoracao_limite_creditos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2374/projeto_de_resol._no__01_reajuste_servidores_ok_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2426/projeto_de_resolucao_02_devolucao_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2450/projeto_de_resolucao_aplica_censura_escrita_pad_04_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2491/projeto_de_resolucao_04-22_-_devolucao_de_recursos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2506/projeto_de_resolucao_05-24_-_devolucao_de_recursos_andressa.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2541/projeto_resolucao_n.06_devolucao_recursos.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2569/projeto_de_resolucao_07-2024_-_vale_alimentacao_-_apos_alteracoes_minhas.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2405/projeto_de_lei_complementar_01-2024_-_farmacias.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2458/projeto_de_decreto_legislativo_no_01_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2376/indicacao_no_01_m._elena_folhas_coqueiros_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2377/indicacao_no_02_maria_elena_mgo50_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2378/indicacao_no__03_caes_praca_claudia_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2381/indicacao_no_04_uniformes_marly_ps_dpf.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2382/indicacao_no_05_dengue_marly_dpf.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2383/indicacao_no_06_marly_calcada_sao_lucas_pdf.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2384/indicacao_n_07_plantio_arvores_av._brasiel_ferreira_marly_pdf.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2385/indicacao_no_08_marly_uniforme_garis_epidemiologia_pdf.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2393/indicacao_09_maria_elena_limpeza_areas_verdes_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2394/indicacao_no_10_marly_material_construcao_ruas_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2400/indicacao_no_11_marly__belvedere_cobras_limpeza_pdf.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2402/indicacao_no_12_roberto_praca_sagrada_familia_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2403/indicacao_no__13_av_liberdade_roberto.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2408/indicacao_14_marly_quebra_mola_rua_noraldino_pimenta_pdf.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2409/indicacao_no_15_parque_cohab_2_marly_pdf.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2411/indicacao_no_16_guarda_corpo_avenida_m_elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2416/indicacao_no__17_limpeza_corrego_m._elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2417/indicacao_no__18__marly_uniformes_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2427/indicacao_no_19_sinalizacao_nomes_ruas_postes_m.elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2434/indicacao_20_marly_aula_de_canto_pdf.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2435/indicacao_no_21_marly_queimadas.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2439/indicacao_22_fabiano_iluminacao_braziel_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2442/indicacao_no_23_bloquetes_azarias_-_m_elena.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2445/indicacao_no_24_uniformes_coral_santa_terezinha_marly_pdf_ass_ok.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2446/indicacao_no__25_m._elena_lixeira_praca_dpf_ass.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2447/indicacao_no__26_roberto_aguar_rua_pipa_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2451/indicacao_no_27_claudia_painel_pronto_socorro_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2457/indicacao_no_28_marly_pronto_socorro_melhorias_seguranca_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2460/indicacao_no__29_m._elena_levantamento_castracao_pdf_ass_ok.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2464/indicacao_no_30_marly_praca_congo_reforma_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2465/indicacao_no_31_marly_poliesportivo_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2466/indicacao_no_32_marly_praca_iluminacao_igreja_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2467/indicacao_no__33_m._elena_vales_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2468/indicacao_no__34_m._elena_canais_digitais_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2469/indicacao_no_35__juliana_calcada_perto_trevo_sagrada_familia_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2472/indicacao_no_36_roberto_reboque_tumulos_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2494/indicacao_no_37_parque_cohab_2_juliana.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2498/indicacao_no_38_fabiano_poeira.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2499/indicacao_no_39_sinalizacao_cohab_2_juliana.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2500/indicacao_40_juliana_quebra_mola_rua_magnolias.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2509/indicacao_no__41_fabiano_placas_farmacia.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2510/indicacao_42_geovan_ferias_premio.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2512/indicacao_43_juliana_e_marly_poeira_coha_ii.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2514/indicacao_no__44_juliana_barracao.doc.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2515/indicacao_no__45_juliana_caps.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2516/indicacao_no__46_juliana_psicologos.doc.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2517/indicacao_no__47_m._elena_creas.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2518/indicacao_no__48_m._elena_brigada_emergencia.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2522/indicacao_no_49_associacao_autista_marly.doc.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2523/indicacao_no_50_uniformes_marly.doc.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2524/indicacao_no_51_praca_do_congo_marly.doc.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2525/indicacao_no_52_pedras_soltas_cruzamento_marly.doc.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2526/indicacao_no_53_seguranca_ps_e_cras_marly.doc.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2527/indicacao_no_54_limpesa_corrego_marly.doc.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2528/indicacao_no_55_iluminacao_chacara_marly.doc.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2530/indicacao_no_56_cesta_basica_servidores_juliana.doc.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2531/indicacao_no__57_plano_saude_juliana.doc.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2532/indicacao_no__58_estrada_familia_ariane_juliana.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2533/indicacao_no__59_transforma_cargo_auxiliar_enfermagem_juliana.doc.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2543/indicacao_no__60_maria_elena_cohab2.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2544/indicacao_no__61_ambulantes_juliana.doc.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2545/indicacao_no__62_cemei_otavio_amorim_juliana.doc.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2546/indicacao_no__63_cemei_sonio_salete_juliana.doc.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2547/indicacao_no__64_filarmonica_juliana.doc.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2550/indicacao_no_65_limpeza_fundos_cecoi_-_m_elena.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2551/indicacao_no_66_academia_juliana.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2555/indicacao_no__67__arborizacao__juliana.doc.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2556/indicacao_no__68_geovan_passarela.doc.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2557/indicacao_no_69_maria_elena_carteira_fibromialgia.doc.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2558/indicacao_no_70_fabiano_cobertura_quadra_sao_lucas.doc.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2559/indicacao_no_71_marly_uniforme_karateca.doc.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2561/indicacao_72_rampas_maria_elena.doc.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2564/indicacao_no_73_parque_estacao_fabiano_lima.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2574/indicacao_74_lista_celular_maria_elena.doc.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2575/indicacao_75_lixo_maria_elena.doc.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2577/indicacao_no_76_roberto_auxilio_alim.doc.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2578/indicacao_no_77_cameras_cemiterio_claudia.doc.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2579/indicacao_no_78_cesta_natal_roberto.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2581/indicacao_79_marly_enfermagem_ps.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2590/indicacao_no80__roberto_dr._jose_balbino.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2438/mocao_no_01.24__coral_santa_terezinha_-_marly_pdf_.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2375/requerimento_no_01_urgencia_projetos_reajuste_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2390/requerimento_02_urgencia_especial_proj._040506_e_07.24_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2391/requerimento_no__03__cei_treat_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2392/requerimento_no__04_maria_elena_terrenos_com_foto.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2396/requerimento_no_05_m._elena_imoveis__nao_ocupados_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2399/requerimento_no_06_urgencia_projeto_lei_n.08_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2407/requerimento_no_07_maria_elena_poliesportivo_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2410/requerimento_n8__juliana_plano_saude_prefeitura_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2418/requerimento_no_09_ferias_premio_julianja_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2425/requerimento_no_10_urgencia_projetos_reajuste_pdf_ass_2.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2430/requerimento_no_11_transporte_escola_m._elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2433/requerimento_12_urgencia_especial_proj._10_13_e_14_de_2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2436/requerimento_no__13_maria_elena_lei_paulo_gustavo_pdf_ass_.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2441/requerimento_no__14_fabiano_rpv_passarinho_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2448/requerimento_no_15_maria_elena_plano_carreiras_pdf.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2454/requerimento_no_16__retroativo_insalubridade_pandemia_roberto_pdf_corrigido.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2455/requerimento_no_17__ferias_cargos_substuticao_roberto_pdf_corrigido.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2456/requerimento_18_urgencia_especial_proj._15_abpaim_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2459/requerimento_no_19_roberto_audiencia_poluicao_votorantim_ok._pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2461/requerimento_no_20_maria_elena_cavalhada_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2471/requerimento_21_urgencia_especial_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2475/requerimento__22_urgencia.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2479/requerimento_23_urgencia_especial_plos_19_e_20-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2483/requerimento_24_urgencia_especial_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2492/requerimento_25_urgencia_especial_proj._resol._04_devolucao_e_plo_22.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2496/requerimento_26_urgencia_especial_plo_24_-_pagamento_ferias_premio.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2507/requerimento_27_urgencia_especial_proj._resol._05_devolucao_andressa.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2508/requerimento_no__28_juliana_cirurgias_eletivas.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2511/requerimento_no_29_geovan_cesta_basica.doc.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2513/requerimento_no_30_m_elena_ferias_premios_criterios.doc.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2529/requerimento_31_urgencia_especial_plo_29-24_majoracao_limite.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2542/requerimento_32_urgencia_especial_plos_30-31_e_32_e_pr_06-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2570/requerimento_33_urgencia_especial_plos_35_e_pr_07-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2576/requerimento_34_roberto_patrol_revis.doc.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2583/requerimento_35_urgencia_especial.doc.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2593/requerimento_36_urgencia_especial_majoracao.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2424/parecer_cljr__projeto_lc_01_farmacia__claudia_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2420/parecer_cljr__projeto_09_fundo_menor__claudia_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2534/parecer_cljr_ao_proj._de_lei_n._11_denominacao_rua_sr._vicente.doc.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2486/parecer_cljr_ao_proj._de_lei_n._16_maus_tratos_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2589/parecer_conjunto_legislacao_e_educacao_projeto_33_paralimpico_escolas.doc.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2594/parecer_projeto_36_honorarios_encaminha_substituto__relatora_claudia.doc.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2584/parecer_cljr_pec_lom_01_e_emenda_horario_e_posse.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2519/proposicao_de_emenda_impositiva_n._01.25.doc.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2562/proposicao_de_emenda_01_pec_01_-_altera_sede_e_horario_posse.doc.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2553/parecer_final_cf_projetos_orcamento_2024_ass.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2463/parecer_relatora_cfo_contas_2025_pdf_ass_1.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2560/parecer_ljr_e_fo_claudia_proc._denuncia_advogada_e_afastamento_roberto.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2440/parecer_cfo_financas_plo_12-_ldo_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2535/parecer_cf_projetos_orcamento_2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2423/parecer_cosp_fabiano_proj_lc_01_farmacia_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2554/proposta_de_emenda_a_lom_n01_horario_posse.doc.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2587/anteprojeto_de_lei_no01_fibromialgia_m_elena.doc.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2482/proposta_e_mensagem__orcamentaria_para_2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2373/mensagem_n.o_001.2024_revisao_salario.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2380/mensagem_n.o_02.2024_plo_04-24.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2389/mensagem_n.o_03.2024_-_plos_nos_05-06_e_07_de_2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2401/mensagem_n.o_04.2024_plo_08-24.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2406/mensagem_n.o_05_plo_09_e_plc_01_de_2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2414/mensagem_n.o_06.2024_plo_10-24.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2422/mensagem_n.o_07.2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2429/mensagem_n.o_08.2024_plo_13-2024_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2478/mensagem_n.o_13.2024_plos_19_e_20_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2481/mensagem_n.o_14.2024_plo_21-2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2444/mensagem_10.2024_plo_15_ass_protecao_aninal.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2505/mensagem_n.o_18.2024_orcamentario_ldo_loa.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2540/mensagem_n.o_20.2024_plos_30-31_e_32.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2588/mensagem_anteprojeto_lei_01.doc.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2453/mensagem_n.o_proj._lei_16_-_maus_tratos_animais_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2549/mensagem_plo_33_projeto_paralimpico_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2432/mensagem_n.o_03.2024_plo_14-2024_chame.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2485/mensagem_substitutivo_ao_projeto_de_lei_16_dia_combate_maus_tratos_animais._maria_elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2474/mensagem_n.o_12.2024_plo_18-24_-_ternos_de_congo.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2488/mensagem_n.o_15.2024_plo_22-24_-_contr._a_fundacao_itau_de_assistencia_social_blmac.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2490/mensagem_n.o_16.2024_plo_23-24_subvencao_apae.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2497/mensagem_17_plo_24-24_ferias_premio.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2521/mensagem_19_plo_19-2024_-_loa_30.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2572/mensagem_21_ao_plo_36-2024.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2573/mensagem_22_plo_35-2024.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2582/mensagem_n.o_23.2024_plo_37-2024_-_sub_apae.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2592/mensagem_n.o_24.2024_plo_38-2024_majoracao.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2484/substitutivo_n._01_projeto_de_lei_16_dia_combate_maus_tratos_animais._maria_elena_pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2595/substitutivo_n01_projeto_de_lei_36_-_honorarios.doc.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2437/parecer_em_redacao_final_plo_09-2024_pdf.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2462/parecer_em_redacao_final_pr_contas.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2536/parecer_em_redacao_final_plo_11-2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2493/redacao_final_projeto_de_lei_n._16_-.doc.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2596/parecer_em_redacao_final_plo_33-24.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2395/cei_01-2024_-_folha_da_manha_-_peca_inicial.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2397/cei_02-2024_-_peca_inicial.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2449/voto_-_pesidencia_do_cedp_pad_04_-_fabiano.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H222"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="160.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="189.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="188.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>