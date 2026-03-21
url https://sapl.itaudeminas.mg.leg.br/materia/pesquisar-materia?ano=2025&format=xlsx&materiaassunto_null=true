--- v0 (2026-02-02)
+++ v1 (2026-03-21)
@@ -54,6631 +54,6631 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2644/plo_01_revisao_geral_do_servidores_publicos.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2644/plo_01_revisao_geral_do_servidores_publicos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL DOS_x000D_
 VENCIMENTOS DOS SERVIDORES PÚBLICOS_x000D_
 MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2645/plo_02_piso_magisterio.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2645/plo_02_piso_magisterio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DO PISO_x000D_
 NACIONAL DOS PROFISSIONAIS DO MAGISTÉRIO_x000D_
 PÚBLICO MUNICIPAL E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2646/plo_03_piso_agentes_de_saude_e_endemias.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2646/plo_03_piso_agentes_de_saude_e_endemias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DO PISO_x000D_
 NACIONAL DOS AGENTES COMUNITÁRIIOS DE_x000D_
 SAÚDE E DOS AGENTES DE COMBATE A_x000D_
 ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2647/plo_04_-_reajuste_vale_alimentacao.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2647/plo_04_-_reajuste_vale_alimentacao.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n.º 1317/24 que - Institui o Auxílio Vale_x000D_
 Alimentação aos servidores públicos do Poder Executivo_x000D_
 Município de Itaú de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Geovan dos Santos, RAYAN SILVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2678/projeto_de_lei_05_musicas_improprias_rayan_e_geovan.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2678/projeto_de_lei_05_musicas_improprias_rayan_e_geovan.doc.pdf</t>
   </si>
   <si>
     <t>Veda a apresentações de músicas cujas letras sejam compostas por palavras de baixo calão, que façam apologia ao crime, ao sexo ou ao uso de drogas nos locais que especifica.</t>
   </si>
   <si>
     <t>2681</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2681/plo_06-2025_-_plano_carreira_educador_1a_infancia.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2681/plo_06-2025_-_plano_carreira_educador_1a_infancia.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A ALTERAÇÃO DO ANEXO III, DA LEI Nº 40/90 - PLANO DE CARREIRAS DO MUNICIPIO DE ITAÚ DE MINAS-, ALTERADA PELAS LEIS Nº 977/2017, 1179/2022 E 1242/2023, DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2682/plo_07-2025_-_ratifica_ameg.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2682/plo_07-2025_-_ratifica_ameg.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RATIFICAÇÃO DO MUNICÍPIO DE ITAU DE MINAS AO CONTRATO DE CONSORCIO PÚBLICO DA ASSOCIAÇÃO PÚBLICA DOS MUNICIPIOS DA MICROREGIÃO DO MÉDIO RIO GRANDE - AMEG, CONSOLIDADO COM O TERCEIRO TERMO ADITIVO.</t>
   </si>
   <si>
     <t>2697</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2697/redacao_final_projeto_de__lei_n._08__fixa_salarios_cargos_uai_2025.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2697/redacao_final_projeto_de__lei_n._08__fixa_salarios_cargos_uai_2025.pdf</t>
   </si>
   <si>
     <t>Fixa vencimento de cargos que menciona do Poder Legislativo de Itaú de Minas/MG e dá outras providências.</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>RAYAN SILVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2698/projeto_de_lei_no_09-25_-_foco_dengue_rayan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2698/projeto_de_lei_no_09-25_-_foco_dengue_rayan.pdf</t>
   </si>
   <si>
     <t>Estabelece sanções aos proprietários e/ou possuidores de imóveis que permitam e/ou possibilitem a proliferação do mosquito Aedes Aegypti no Município de Itaú de Minas/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>2706</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2706/projeto_de_lei_10_-_2025_-_concessao_de_incentivo_economico.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2706/projeto_de_lei_10_-_2025_-_concessao_de_incentivo_economico.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A REPASSAR VALORES PARA FOMENTO DE ATIVIDADE INDUSTRIAL NOS TERMOS DA LEI Nº 889/2013 E 1278/2023 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2718/projeto_de_lei_11_-_2025_-_credito_praca_alvorada.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2718/projeto_de_lei_11_-_2025_-_credito_praca_alvorada.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar na Lei nº 1.313/2024 - Estima a Receita_x000D_
 e fixa a Despesa do Município de Itaú de MinasMG para o exercício financeiro de 2025 - e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2736/projeto_de_lei_12_-_cargos_esporte.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2736/projeto_de_lei_12_-_cargos_esporte.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A MODIFICAÇÃO DOS ANEXOS II E VI, DA LEI MUNICIPAL Nº 40/90 E SUAS ALTERAÇÕES POSTERIORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2737/projeto_de_lei_13_-_estrutura_adm.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2737/projeto_de_lei_13_-_estrutura_adm.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal n.º 873/2013 e alterações posteriores, que - Estabelece a Estrutura Organizacional da Prefeitura Municipal de Itaú de Minas - e dá outras providências.</t>
   </si>
   <si>
     <t>2749</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2749/projeto_de_lei_14_-_codes.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2749/projeto_de_lei_14_-_codes.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº1.278, DE 08 DE DEZEMBRO DE 2023, QUE DISPÕE SOBRE O CODES - CONSELHO MUNICIPAL DE DESENVOLVIMENTO ECONOMICO E SOCIAL DE ITAÚ DE MINAS -, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2751/projeto_de_lei_15_-_direitos_da_pessoa_com_deficiencia.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2751/projeto_de_lei_15_-_direitos_da_pessoa_com_deficiencia.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA POLITICA MUNICIPAL DOS DIREITOS DA PESSOA COM DEFICIÊNCIA E SOBRE CRIAÇÃO DO CONSELHO MUNICIPAL DE DEFESA DOS DIREITOS DA PESSOA COM DEFICIÊNCIA DE ITAÚ DE MINAS.</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2753/projeto_de_lei_16_-_fundacao_itau_assstencia_social.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2753/projeto_de_lei_16_-_fundacao_itau_assstencia_social.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar na Lei Orçamentária Anual nº 1.313 de 13/11/2024 — Que Estima a Receita e Fixa a Despesa do Município de Itaú de Minas-MG para o exercício financeiro de 2025 - e dá outras providências. (FUNDAÇÃO ASSISTENCIA SOCIAL)</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2754/projeto_de_lei_17_-_chame_e_apae.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2754/projeto_de_lei_17_-_chame_e_apae.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar na Lei nº 1.313 de 13/11/2024 — Que Estima a Receita e Fixa a Despesa do Município de Itaú de Minas-MG para o exercício financeiro de 2025 - e dá outras providências. (LAR S. V. P, CHAME E APAE)</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2755/projeto_de_lei_18_-_alteracao_subvencao_auxilios_e_contribuicoes.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2755/projeto_de_lei_18_-_alteracao_subvencao_auxilios_e_contribuicoes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DE VALORES DE SUBVENÇÕES À LEI N.º 1316/2024, QUE - AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS E CONTRIBUIÇÕES NO EXERCÍCIO DE 2025 - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2764/projeto_lei_n._19_e_mensagem_fiacao_rayan_padronizacao.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2764/projeto_lei_n._19_e_mensagem_fiacao_rayan_padronizacao.doc.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a padronização, alinhamento e identificação da fiação aérea no Município de Itaú de Minas, e dá outras providências.</t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2774/projeto_de_lei_20_-_pl_emendas_impositivas_saude.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2774/projeto_de_lei_20_-_pl_emendas_impositivas_saude.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar na Lei Orçamentária Anual nº 1.313 de 13/11/2024, que - Estima a receita e fixa a despesa do Município de Itaú de Minas-MG para o exercício financeiro de 2025 - e dá outras providências.</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2775/projeto_de_lei_21_-_pl_apbaim.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2775/projeto_de_lei_21_-_pl_apbaim.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial na Lei Orçamentária Anual nº 1.313 de 13/11/2024, que - Estima a receita e fixa a despesa do Município de Itaú de Minas-MG para o exercício financeiro de 2025 - e dá outras providências.</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2776/projeto_de_lei_22_-_pl_subvencao_apbaim.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2776/projeto_de_lei_22_-_pl_subvencao_apbaim.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RECLASSIFICAÇÃO DE ELEMENTO DE DESPESA À LEI N.º 1316/2024, QUE - AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS E CONTRIBUIÇÕES NO EXERCÍCIO DE 2025 - E ALTERAÇÕES POSTERIORES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2793/projeto_de_lei_23-2025_-_ldo_2026_final.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2793/projeto_de_lei_23-2025_-_ldo_2026_final.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>DYONATAN CAMILO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2813/projeto_de__lei_n.24__fila_transparente_dyonatan.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2813/projeto_de__lei_n.24__fila_transparente_dyonatan.doc.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a instituir a ‘Fila Transparente’ na Saúde Pública Municipal e dá outras providências.”</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2803/projeto_de_lei_25__educacao_financeira_dyonatan.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2803/projeto_de_lei_25__educacao_financeira_dyonatan.doc.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a instituir o Programa de Educação Financeira nas Escolas da Rede Municipal de Ensino e dá outras providências.”</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2833/projeto_de_lei_n._26_altera_lei_bolsa_atleta_maria_elena.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2833/projeto_de_lei_n._26_altera_lei_bolsa_atleta_maria_elena.doc.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n. 26/25 que “Altera a Lei Municipal nº 823, de 04 de Agosto de 2011 que “Institui o Programa Bolsa-Atleta e adota outras providências</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2861/projeto_de_lei_n27_e_mensagem_dioninho_inclue_materias_constituicao_e_educacao_financeira.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2861/projeto_de_lei_n27_e_mensagem_dioninho_inclue_materias_constituicao_e_educacao_financeira.doc.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a inclusão do estudo sobre Educação Financeira e estudo sobre a Constituição Federal como temas transversais no currículo de educação infantil e ensino fundamental das escolas municipais de Itaú de Minas".</t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2864/projeto_de_lei_28-25_-_dispoe_sobre_o_plano_de_carreiras_prefeitura.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2864/projeto_de_lei_28-25_-_dispoe_sobre_o_plano_de_carreiras_prefeitura.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A MODIFICAÇÃO DA LEI MUNICIPAL N.º 873, DE 02 DE ABRIL DE 2013, QUE - Estabelece a Estrutura Organizacional da Prefeitura Municipal de Itaú de Minas – E DOS ANEXOS II E VI, DA LEI MUNICIPAL N.º 40/90 E SUAS ALTERAÇÕES POSTERIORES QUE - Dispõe sobre o plano de carreiras da Prefeitura Municipal de Itaú de Minas - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2879</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2879/projeto_de_lei_29-25_-_conselho_tutelar.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2879/projeto_de_lei_29-25_-_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1052/2019 QUE - DISCIPLINA AS DIRETRIZES FUNDAMENTAIS PARA A APLICABILIDADE DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE NO ÂMBITO DO MUNICÍPIO DE ITAÚ DE MINAS - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2881</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2881/plo_30-25_-_abpaim_apae.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2881/plo_30-25_-_abpaim_apae.pdf</t>
   </si>
   <si>
     <t>Altera as leis municipais n.º s 1333/2025 e n.º 1335/2025 - e dá outras providências.</t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2892/projeto_de_lei_31-2025_-_dotacao_boa_nova_motoclube.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2892/projeto_de_lei_31-2025_-_dotacao_boa_nova_motoclube.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial na Lei Orçamentária Anual nº 1313, de 13/11/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2893/projeto_de_lei_32-2025_-alteracao_lei_subvencoes_boa_nova_motoclube.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2893/projeto_de_lei_32-2025_-alteracao_lei_subvencoes_boa_nova_motoclube.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO À LEI N.º 1316/2024 , QUE - AUTORIZA A CONCESSÃO DE SUBVENÇÕES,AUXÍLIOS E CONTRIBUIÇÕES NO_x000D_
 EXERCÍCIO DE 2025 - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2895</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2895/projeto_de_lei_n.33_e__mensagem_queimadas_rayan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2895/projeto_de_lei_n.33_e__mensagem_queimadas_rayan.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n.33 que “Altera a Lei nº 617, de 16 de agosto de 2.006 que “Dispõe sobre a proibição de queimadas no município de Itaú de Minas e dá outras providências.”</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2914/projeto_de_lei_34_-_turismo_2025.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2914/projeto_de_lei_34_-_turismo_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional Especial na Lei Orçamentária Anual nº 1.313 de 13/11/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>2916</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2916/projeto_35_e_mensagem_dioninho_inclue_educacao_financeira.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2916/projeto_35_e_mensagem_dioninho_inclue_educacao_financeira.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a implementação do estudo sobre Educação Financeira conforme relação dos temas transversais do currículo de educação infantil e ensino fundamental das escolas municipais de Itaú de Minas".</t>
   </si>
   <si>
     <t>2929</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Fabiano Gomes de Lima</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2929/projeto_de_lei_no_36__corrigi_lei_vicente_amorim.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2929/projeto_de_lei_no_36__corrigi_lei_vicente_amorim.doc.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei Municipal n. 1328, de 11 de março de 2025, que “Altera a denominação de logradouro público que menciona – (Rua Vicente Antônio Amorim)”.</t>
   </si>
   <si>
     <t>2951</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2951/projeto_de_lei_37-25_-_cred._supl._itau_de_minas_psf_iv.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2951/projeto_de_lei_37-25_-_cred._supl._itau_de_minas_psf_iv.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar na Lei Orçamentária Anual nº 1.313/2024 de 13/11/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>2952</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2952/projeto_de_lei_38-25_altera_nome_de_loteamento_1_nilza_amorim.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2952/projeto_de_lei_38-25_altera_nome_de_loteamento_1_nilza_amorim.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n.º 1117, de 07 de abril de 2021, que - “Altera a denominação de logradouros públicos que menciona. (Homenagem à Sra. Nilza Amorim Morais e Sr. Milton Xiol Moraes)” -, e dá outras providências.</t>
   </si>
   <si>
     <t>2953</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2953/projeto_de_lei_39_altera_nome_de_loteamento_marieta_amorim.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2953/projeto_de_lei_39_altera_nome_de_loteamento_marieta_amorim.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n.º 1116, de 07 de abril de 2021, que - “Altera a denominação de logradouro público” -, e dá outras providências</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2965/projeto_de_lei_40-2025_-__uae.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2965/projeto_de_lei_40-2025_-__uae.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial na Lei nº Lei Orçamentária Anual nº 1.313/2024 de 13/11/2024 - que estima a Receita e Fixa a Despesa do Município de Itaú de Minas para o Exercício Financeiro de 2025 e dá Outras Providências.</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2966/projeto_lei_41-25_-__turismo_novo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2966/projeto_lei_41-25_-__turismo_novo.pdf</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2969/projeto_de_lei_n_42_projeto_e_mensagem_dioninho_inclui__constituicao_materia_transversal.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2969/projeto_de_lei_n_42_projeto_e_mensagem_dioninho_inclui__constituicao_materia_transversal.doc.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a inclusão do estudo sobre a Constituição Federal como tema transversal no currículo do ensino fundamental das escolas municipais de Itaú de Minas".</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2970/projeto_de_lei_43__cred._suplem._poliesportivo-ass.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2970/projeto_de_lei_43__cred._suplem._poliesportivo-ass.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar na Lei nº 1.313/2024 de 13/11/2024, que - Estima a receita e fixa a despesa do Município de Itaú de Minas-MG para o exercício financeiro de 2025 - e dá outras providências.</t>
   </si>
   <si>
     <t>2977</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2977/projeto_de_lei_n_44_fixa_vencimento_funcao_gratificada_uae.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2977/projeto_de_lei_n_44_fixa_vencimento_funcao_gratificada_uae.doc.pdf</t>
   </si>
   <si>
     <t>FIXA VENCIMENTOS DE CARGO QUE MENCIONA DO PODER LEGISLATIVO DE ITAÚ DE MINAS/MG.</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2982/projeto_de_lei_45-2025_-_gratificacao_de_funcao_ao_especialista_da_educacao.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2982/projeto_de_lei_45-2025_-_gratificacao_de_funcao_ao_especialista_da_educacao.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N.º 278, DE 01/09/1998 ALTERADA PELA LEI MUNICIPAL N.º 525, DE 25/03/2003 E LEI N.º 929, DE 01/04/2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2995/projeto_de_lei_n46_rayan_calendario_abuso_infantil.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2995/projeto_de_lei_n46_rayan_calendario_abuso_infantil.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial do Município de Itaú de Minas o “Dia Municipal de Combate ao Abuso Infantil e dá outras providências".</t>
   </si>
   <si>
     <t>2996</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2996/projeto_de_lei_n._47__m._elena_padronizacao_de_predios_publicos.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2996/projeto_de_lei_n._47__m._elena_padronizacao_de_predios_publicos.doc.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a padronização das cores de imóveis públicos pertencentes e/ou mantidos pelo Município de Itaú de Minas e dá outras providências"</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>DYONATAN CAMILO, MARIA ELENA DE OLIVEIRA FARIA, PATRICK GOULART</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3005/projeto_de_lei_n._48__hinos_escolas.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3005/projeto_de_lei_n._48__hinos_escolas.doc.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A IMPLEMENTAÇÃO DO ESTUDO SOBRE O HINO MUNICIPAL E HINO NACIONAL NA SEMANA DO HINO EM ESTABELECIMENTOS DE ENSINO DO MUNICÍPIO E DA OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3006/projeto_de_lei_n_49__semana_do_brincar_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3006/projeto_de_lei_n_49__semana_do_brincar_maria_elena.pdf</t>
   </si>
   <si>
     <t>"Institui, no Município de Itaú de Minas, a "Semana Municipal Do Brincar", e dá outras providencias."</t>
   </si>
   <si>
     <t>3008</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3008/projeto_de_lei_no_50_soros_rayan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3008/projeto_de_lei_no_50_soros_rayan.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a disponibilização de soro antiofídico e demais imunobiológicos no Pronto Socorro Municipal Maria Guerra de Itaú de Minas e dá outras providências”.</t>
   </si>
   <si>
     <t>3013</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3013/projeto_de_lei_51-2025_-_ppa_26.29_final.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3013/projeto_de_lei_51-2025_-_ppa_26.29_final.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA OPERÍODO 2026/2029.</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3014/projeto_de_lei_52-2025_-_loa_final.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3014/projeto_de_lei_52-2025_-_loa_final.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Itaú de Minas-MG para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3015/projeto_de_lei_53-2025_-_subvencoes_2026_final.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3015/projeto_de_lei_53-2025_-_subvencoes_2026_final.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS E CONTRIBUIÇÕES NO EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3035</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3035/projeto_de_lei_n_54__programa_escola_amiga_meio_ambiente.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3035/projeto_de_lei_n_54__programa_escola_amiga_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa “Escola Amiga do Meio Ambiente” no Município de Itaú de Minas/MG e dá outras providências.</t>
   </si>
   <si>
     <t>3040</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3040/projeto_de_lei_55-2025_-__suas.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3040/projeto_de_lei_55-2025_-__suas.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA PÚBLICA DE ASSISTÊNCIA SOCIAL DO MUNICÍ-PIO ITAÚ DE MINAS-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3042</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>HELIEL CUSTODIO, RAYAN SILVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3042/projeto_de_lei_n56__cameras_unidades_de_saude_rayan_heliel.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3042/projeto_de_lei_n56__cameras_unidades_de_saude_rayan_heliel.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de sistema de segurança e vigilância por câmeras de vídeo nos locais que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>3050</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>PATRICK GOULART</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3050/projeto_de_lei_n_57_folga_aniversario.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3050/projeto_de_lei_n_57_folga_aniversario.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n. 457, de 25 de Novembro de 2002, que “Dispõe sobre a concessão de folga aos servidores públicos da Administração Direta e Indireta e do Poder Legislativo de Itaú de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>3059</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3059/projeto_lei_58-2025_-_patrick_saude_mental_escolar.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3059/projeto_lei_58-2025_-_patrick_saude_mental_escolar.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa de Saúde Mental para comunidade escolar nas unidades escolares públicas municipais de Itaú de Minas/MG.</t>
   </si>
   <si>
     <t>3063</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3063/projeto_de_lei_n59_elena_direito_acompanhante.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3063/projeto_de_lei_n59_elena_direito_acompanhante.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o direito de mulheres de terem um acompanhante de sua livre escolha, nas_x000D_
 consultas, exames e procedimentos em geral, nos estabelecimentos de saúde públicos e privados do_x000D_
 Município de Itaú de Minas/MG e dá outras providências.</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3065/projeto_de_lei_60-2025_-__codema.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3065/projeto_de_lei_60-2025_-__codema.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS QUE MENCIONA NA_x000D_
 LEI N.º 318/1999, QUE DISPÕE SOBRE A CRI-_x000D_
 AÇÃO DO CODEMA - Conselho Municipal de_x000D_
 Desenvolvimento Ambiental – E ALTERAÇÕES_x000D_
 POSTERIORES E DÁ OUTRAS PROVIDÊN-_x000D_
 CIAS.</t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3076/projeto_de_lei_61-2025_casamento_civil.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3076/projeto_de_lei_61-2025_casamento_civil.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional_x000D_
 especial na Lei Orçamentária Anual – Lei_x000D_
 Municipal nº 1.313 de 13/11/2024 - e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>3086</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>HELIEL CUSTODIO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3086/projeto_de_lei_n_62_dispensario_farmacia_pronto_socorro_heliel_revisado.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3086/projeto_de_lei_n_62_dispensario_farmacia_pronto_socorro_heliel_revisado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de diretrizes para a ampliação do acesso a medicamentos de_x000D_
 uso emergencial através da criação do Dispensário de Medicamentos no Pronto Socorro_x000D_
 Municipal Maria Guerra, no âmbito do Sistema Único de Saúde - SUS no Município de_x000D_
 Itaú de Minas/MG._x000D_
 "</t>
   </si>
   <si>
     <t>3101</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3101/projeto_de_lei_n_63_elena_dia_hino_municipal.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3101/projeto_de_lei_n_63_elena_dia_hino_municipal.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial do Município de Itaú de Minas o “Dia do Hino Municipal de Itaú de Minas” e dá outras providências.</t>
   </si>
   <si>
     <t>3099</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3099/projeto_de_lei_64_-_majoracao_orc._2025_timbre.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3099/projeto_de_lei_64_-_majoracao_orc._2025_timbre.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MAJORAÇÃO DO LIMITE DE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES AO ORÇAMENTO DO MUNICÍPIO DE ITAÚ DE MINAS EXERCÍCIO DE 2025 – LEI N.º 1313, DE 13 NOVEMBRO DE 2024 – E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3109/projeto_de_lei_65-25_-_cred_suplem_vale_alimentacao_timbre_final.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3109/projeto_de_lei_65-25_-_cred_suplem_vale_alimentacao_timbre_final.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DE DISPOSITIVOS QUE MENCIONA NA LEI N.º 1317, DE 02/12/2024 E ALTERAÇÃO POSTERIOR, QUE – INSTITUI O AUXILIO VALE ALIMENTAÇÃO AOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO DO MUNICÍPIO DE ITAÚ DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3126</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3126/projeto_de_lei_66-2025_cred_suplem_cesta_natalina_timbre.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3126/projeto_de_lei_66-2025_cred_suplem_cesta_natalina_timbre.pdf</t>
   </si>
   <si>
     <t>- “Autoriza o Poder Executivo Municipal a conceder Cesta Natalina aos Servidores Públicos Municipais e dá outras providências”.</t>
   </si>
   <si>
     <t>3132</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Fabiano Gomes de Lima, HELIEL CUSTODIO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3132/projeto_de_lei_no__67-2025_-__fixacao_subsidios.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3132/projeto_de_lei_no__67-2025_-__fixacao_subsidios.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Agentes Políticos do Município de Itaú de Minas/MG para a Legislação 2029/2032 e dá outras providências.</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3144/plo_68-25_-_subvencao_avcc_25.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3144/plo_68-25_-_subvencao_avcc_25.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial_x000D_
 na Lei Orçamentária Anual nº 1313 de 13/11/2024_x000D_
 que “Estima a receita e fixa a despesa do_x000D_
 Município de Itaú de Minas-MG para o exercício_x000D_
 financeiro de 2025” e dá outras providências.</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3145/projeto_de_lei_69-25_-__fme_timbre.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3145/projeto_de_lei_69-25_-__fme_timbre.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE ESPORTES – FME – E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3154</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3154/projeto_de_lei_70-2025_-_vale_alimentacao_13a_timbre.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3154/projeto_de_lei_70-2025_-_vale_alimentacao_13a_timbre.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Auxílio Vale Alimentação aos servidores públicos do Município de Itaú de Minas - e dá outras providências.</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2609/projeto_de_resolucao_no_01_horario_protocolo_materias_defin_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2609/projeto_de_resolucao_no_01_horario_protocolo_materias_defin_1.pdf</t>
   </si>
   <si>
     <t>ALTERA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ITAÚ DE MINAS, DISPONDO SOBRE PRAZO PARA RECEBIMENTO DE MATÉRIAS.</t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2630/projeto_de_resolucao__n._02__instala_o_uai_2025.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2630/projeto_de_resolucao__n._02__instala_o_uai_2025.doc.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo Municipal, por intermédio da Secretaria de Estado de Planejamento e Gestão – SEPLAG, a proceder a implantação, operação, gerenciamento e manutenção de uma Unidade de Atendimento Integrado – UAI no Município de Itaú de Minas/MG e dá outras providências.</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2649/projeto_de_resolucao_n_03_reajuste_servidores__2025_correto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2649/projeto_de_resolucao_n_03_reajuste_servidores__2025_correto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral dos vencimentos dos servidores da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2650/projeto_de_resolucao_n_04_vale_servidores.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2650/projeto_de_resolucao_n_04_vale_servidores.doc.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução n. 310, de 28 de Novembro de 2024, que “Institui o Auxílio Vale Alimentação dos servidores públicos da Câmara Municipal de Itaú de Minas/MG e dá outras providências.”</t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2696/projeto_de__resolucao_no_05_cargos_uai_2025_com_anexos.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2696/projeto_de__resolucao_no_05_cargos_uai_2025_com_anexos.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução nº 57, de 26/12/90 – Plano de Carreiras da Câmara Municipal de Itaú de Minas/MG dá outras providências, dispondo sobre a extinção, transformação e criação de cargos que menciona no quadro geral de servidores do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2726</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2726/projeto_de_resolucao__n.06_pronto_pagamento.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2726/projeto_de_resolucao__n.06_pronto_pagamento.doc.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA, NO ÂMBITO DA CÂMARA MUNICIPAL DE ITAÚ DE MINAS, A NORMA DO ART. 95, § 2º, DA LEI FEDERAL Nº 14.133/21, INSTITUINDO O SISTEMA DE PRONTO PAGAMENTO PARA PEQUENAS COMPRAS E/OU PRESTAÇÃO DE SERVIÇOS.</t>
   </si>
   <si>
     <t>2920</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2920/projeto_resolucao_no_07_devolucao_recursos.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2920/projeto_resolucao_no_07_devolucao_recursos.doc.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal antecipar, ao Executivo Municipal, a devolução de recursos financeiros em disponibilidade no Legislativo.</t>
   </si>
   <si>
     <t>2933</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2933/projeto_resolucao_08_e_mensagem_-_autoriza_uae_eleitoral.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2933/projeto_resolucao_08_e_mensagem_-_autoriza_uae_eleitoral.doc.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo do Município de Itaú de Minas/MG à firmar Acordo de Cooperação Técnica com o Tribunal Regional Eleitoral de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>2976</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2976/projeto_resolucao_09_cargo_funcao_gratificada_uae_eleitoral.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2976/projeto_resolucao_09_cargo_funcao_gratificada_uae_eleitoral.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução nº 57, de 26/12/90 – Plano de Carreiras da Câmara Municipal de Itaú de Minas/MG dá outras providências, dispondo sobre a criação de cargo que menciona no quadro geral de servidores do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2978</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2978/projeto_resolucao_10_estrutura_admin_cargo_funcao_gratificada_uae_eleitoral.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2978/projeto_resolucao_10_estrutura_admin_cargo_funcao_gratificada_uae_eleitoral.doc.pdf</t>
   </si>
   <si>
     <t>Modifica a Resolução nº 56, de 26/12/90, que “Dispõe sobre a estrutura administrativa da Câmara Municipal de Itaú de Minas e dá outras providências, e suas alterações posteriores”.</t>
   </si>
   <si>
     <t>3067</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3067/projeto_de_resolucao_no_11.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3067/projeto_de_resolucao_no_11.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal antecipar, ao Executivo Municipal, a devolução de recursos_x000D_
 financeiros em disponibilidade no Legislativo.</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3094/projeto_resolucao_no_12_devolucao_recursos_casamento_coletivo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3094/projeto_resolucao_no_12_devolucao_recursos_casamento_coletivo.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal antecipar, ao Executivo Municipal, a devolução de_x000D_
 recursos financeiros em disponibilidade no Legislativo.</t>
   </si>
   <si>
     <t>3122</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3122/projeto_de__resolucao_n_13_devolucao_recurso_executivo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3122/projeto_de__resolucao_n_13_devolucao_recurso_executivo.pdf</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3156/projeto_de_resolucao_n14_vale.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3156/projeto_de_resolucao_n14_vale.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Auxílio Vale Alimentação aos servidores públicos do Poder Legislativo do Município de Itaú de Minas - e dá outras providências.</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
     <t>DYONATAN CAMILO, Fabiano Gomes de Lima, Geovan dos Santos, HELIEL CUSTODIO, MARIA ELENA DE OLIVEIRA FARIA, PATRICK GOULART, RAYAN SILVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2632/projeto_de_lei_n._01_complementar_farmacia_revisada.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2632/projeto_de_lei_n._01_complementar_farmacia_revisada.doc.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS QUE MENCIONA NA LEI COMPLEMENTAR N° 02/93, MODIFICADA PELA LEI COMPLEMENTAR N° 70, DE 22 DE DEZEMBRO DE 2023 - CÓDIGO DE POSTURAS DO MUNICÍPIO DE ITAÚ DE MINAS/MG, QUE TRATA DOS PLANTÕES DAS FARMÁCIAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2652/retificacao_parecer_em_redacao_final_chacreamento.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2652/retificacao_parecer_em_redacao_final_chacreamento.doc.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DE DISPOSITIVOS_x000D_
 DA LEI COMPLEMENTAR N.º 59, DE 26/10/2020_x000D_
 QUE - DISPÕE SOBRE O PARCELAMENTO DO_x000D_
 SOLO PARA FINS DE CHACREAMENTO NO_x000D_
 MUNICÍPIO DE ITAÚ DE MINAS - E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2765/projeto_de_lei_complementar_no_03_rayan_dengue.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2765/projeto_de_lei_complementar_no_03_rayan_dengue.doc.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 02, de 20 de abril de 1993 - Código de Posturas do Município de Itaú de Minas/MG, alterada pela Lei Municipal n. 48, de 19 de junho de 2017, dispondo sobre ações de combate ao mosquito Aedes Aegypti, e dá outras providências.</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2771/projeto_de_lei_complementar_n._04_rayan_obriga_cabeamento_subterraneo_loteamentos.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2771/projeto_de_lei_complementar_n._04_rayan_obriga_cabeamento_subterraneo_loteamentos.doc.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivos que menciona na Lei Complementar nº 31, de 27 de dezembro de 2010, que “Instituiu o Plano Diretor de Desenvolvimento Participativo de Itaú de Minas /MG e dá outras providências”, estabelecendo requisitos para novos loteamentos em relação à cabeamento de linhas de transmissão.</t>
   </si>
   <si>
     <t>2849</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2849/projeto_de_lei_terrenos.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2849/projeto_de_lei_terrenos.pdf</t>
   </si>
   <si>
     <t>- Dispõe sobre a alteração da Lei Complementar n.º 16, de 31 de dezembro de 1999 com redação dada pela Lei Complementar n.º 69, de 19 de outubro de 2023 que, - “Dispõe sobre a extinção do Instituto de Previdência dos Servidores Públicos do Município de Itaú de Minas - IPSIM - e dá outras providências.”</t>
   </si>
   <si>
     <t>2907</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2907/projeto_lei_compl._06_heliel_feiras_codigo_posturas.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2907/projeto_lei_compl._06_heliel_feiras_codigo_posturas.doc.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos que menciona na Lei Complementar n° 02/93, - Código de Posturas do município de Itaú de Minas/MG, que trata dos ambulantes e feirantes no Município e dá outras providências.</t>
   </si>
   <si>
     <t>3068</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3068/projeto_de_lei_complementar_n07_plano_diretor.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3068/projeto_de_lei_complementar_n07_plano_diretor.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de dispositivos que menciona na Lei Complementar n.° 56,_x000D_
 de 07 de novembro de 2019, que INSTITUI A REVISÃO DO PLANO DIRETOR DE ITAÚ_x000D_
 DE MINAS.</t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3066/projeto_de_lei_complementar_n08_revoga_lei_cabeamento_fiacao.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3066/projeto_de_lei_complementar_n08_revoga_lei_cabeamento_fiacao.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Complementar nº 76, de 29 de setembro de 2025 que Acrescenta dispositivos_x000D_
 que menciona na Lei Complementar nº 31, de 27 de dezembro de 2010, que “Instituiu o Plano_x000D_
 Diretor de Desenvolvimento Participativo de Itaú de Minas /MG e dá outras providências”,_x000D_
 estabelecendo requisitos para novos loteamentos em relação à cabeamento de linhas de_x000D_
 transmissão.</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3072/projeto_de_lei_compl._09-25_taxa_reciproca_timbre.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3072/projeto_de_lei_compl._09-25_taxa_reciproca_timbre.pdf</t>
   </si>
   <si>
     <t>Acrescenta o artigo 94-A, à Lei Complementar n.º 10, de 29/12/1997 e alterações posteriores – Código Tributário Municipal – e dá outras providências.</t>
   </si>
   <si>
     <t>3128</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3128/projeto_de_lei_complementar_10-2025_-_cod._tributario_com_timbre.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3128/projeto_de_lei_complementar_10-2025_-_cod._tributario_com_timbre.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos que menciona na Lei Complementar n.º 10, de 29/12/1997 e alterações posteriores – Código Tributário Municipal – e dá outras providências.</t>
   </si>
   <si>
     <t>2986</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2986/projeto_de_decreto_legislativo_no_01_honrarias.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2986/projeto_de_decreto_legislativo_no_01_honrarias.doc.pdf</t>
   </si>
   <si>
     <t>Concede Títulos e Honrarias à personalidades ilustres que menciona.</t>
   </si>
   <si>
     <t>3081</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS O ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3081/projeto_de_decreto_legislativo_02-2025_contas_ronilton_2019.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3081/projeto_de_decreto_legislativo_02-2025_contas_ronilton_2019.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE ITAÚ DE MINAS REFERENTE AO EXERCÍCIO FINANCEIRO DE 2019.</t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3091/projeto_de_decreto_legislativo_no_03.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3091/projeto_de_decreto_legislativo_no_03.pdf</t>
   </si>
   <si>
     <t>Concede o título de Honra ao Mérito ao Sr. Pedro Costa.</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2600/indicacao_01_maria_elena_cameras_santo_antonio.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2600/indicacao_01_maria_elena_cameras_santo_antonio.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal no sentido de que sejam instaladas câmeras de monitoramento e segurança nas imediações da Casa da Cultura no Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2601/indicacao_no_02_rayan_iluminacao_led_praca.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2601/indicacao_no_02_rayan_iluminacao_led_praca.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal no sentido de que seja substituída toda a iluminação da Praça Nossa Senhora das Graças para o sistema com luz de led, inclusive dos postinhos instalados pela praça.</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2602/indicacao_no__03_rayan_praca_bae.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2602/indicacao_no__03_rayan_praca_bae.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal no sentido de que sejam feitas as seguintes melhorias na Praça Heleno Andrade (Praça do Baé) de nossa cidade:_x000D_
 a)	instalação de bancos/mesas em cimento nos modelos que seguem anexo;_x000D_
 b)	instalação de brinquedos infantis (Parquinho) conforme imagens e modelos em anexo.</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
     <t>Geovan dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2605/indicacao_no__04_geovan_ponte_avenida_liberdade.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2605/indicacao_no__04_geovan_ponte_avenida_liberdade.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para que seja construída uma ponte interligando à Rua Joaquim Oliveira cruzamento com a Avenida Liberdade propiciando a travessia de veículos para os bairros Liberdade e outros.</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2606/indicacao_no__05_geovan_reforma_praca_congo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2606/indicacao_no__05_geovan_reforma_praca_congo.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal para que seja que seja agilizado o processo de reforma da Praça do_x000D_
 Congo com a maior brevidade possível visando a conclusão das obras antes das festas de fim_x000D_
 de ano.</t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2607/indicacao_no__06_geovan_ciclovia_liberdade.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2607/indicacao_no__06_geovan_ciclovia_liberdade.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal para que seja construída uma pista de ciclovia ou ciclofaixa na Avenida_x000D_
 Liberdade em nossa cidade, com a instalação de um bebedouro se possível nas imediações da_x000D_
 Academia ao Ar Livre ali existente.</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2610/indicacao_no__07_geovan_reforma_praca_adelaide_universitario_rev.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2610/indicacao_no__07_geovan_reforma_praca_adelaide_universitario_rev.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal para que seja reformada a Praça Adelaide Lobato no Bairro_x000D_
 Universitário em Itaú de Minas.</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2611/indicacao_no__08_piso_terceira_idade_patrick.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2611/indicacao_no__08_piso_terceira_idade_patrick.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal para que sejam feitas as seguintes melhorias nas instalações onde_x000D_
 funcionam o Grupo da Melhor Idade “Com Muito Pique” e as atividades da Família Rotariana_x000D_
 de Itaú de Minas (Rotary Club, Rotaracty, Interacty e a Casa da Amizade) quais sejam:_x000D_
 - substituição do piso de tacos lá existentes por outro piso mais apropriado antiderrapante;_x000D_
 - instalação de sistema de ventilação (pelos menos 03 ventiladores).</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2612/indicacao_no_09_reforma_barracao_cohab_11_m._elena.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2612/indicacao_no_09_reforma_barracao_cohab_11_m._elena.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que proceda a reforma do Barracão do Conjunto Habitacional Bela Vista – COHAB II, e que após a reforma tão necessária, que este local passe a abrigar o Serviço de Convivência e Fortalecimento de Vínculo.</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2613/indicacao_10_fabiano_placas_farmarcia_e_policlinica.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2613/indicacao_10_fabiano_placas_farmarcia_e_policlinica.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve ratifica a sua Indicação à Mesa desta Casa pedindo providências junto ao Executivo Municipal para que sejam devidamente instaladas as placas abaixo relacionadas conforme Decreto n. 1285, de 28 de Maio de 2018: _x000D_
 - Placa alusiva à denominação da Farmácia Básica Municipal Wilson Rachid;_x000D_
 - Placa alusiva à denominação da Policlínica Municipal Geraldo Rodrigues de Oliveira</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2615/indicacao_no__11_heliel_pedras_soltas_juventino_dias.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2615/indicacao_no__11_heliel_pedras_soltas_juventino_dias.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que seja reformada a pavimentação do cruzamento da Rua Ary Bastos com a Rua Juventino Dias em relação aos paralelepípedos soltos no referido local.</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2616/indicacao_12_dyonatan_redutor.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2616/indicacao_12_dyonatan_redutor.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para_x000D_
 que sejam instalados redutores de velocidade na Rua Dr. José Balbino nas imediações do Lava à Jato ali_x000D_
 existente, próximo ao cruzamento com a rua José Mário Oliva.</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2617/indicacao_no_13_dyonatan_limpeza_mato_campo_de_malha_posto.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2617/indicacao_no_13_dyonatan_limpeza_mato_campo_de_malha_posto.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para_x000D_
 que seja feita a carpina e limpeza geral tanto no antigo Campo de Malha localizado na Marginal da_x000D_
 Rodovia/Rua Madre Paulina, como em todas as imediações deste campo e do Posto de Combustível ali_x000D_
 existente.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
     <t>DYONATAN CAMILO, HELIEL CUSTODIO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2618/indicacao_no_14_dyonatan_e_heliel_escoamento_agua_casa_cohab_2.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2618/indicacao_no_14_dyonatan_e_heliel_escoamento_agua_casa_cohab_2.doc.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, indicam à Mesa desta Casa providências junto ao Executivo para que seja feito um trabalho de escoamento de águas nas imediações da residência localizada na Rua das Palmas 156 COHAB 2 e posterior limpeza e carpina do local.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2619/indicacao_no__15_patrick_bebedouro_rodoviaria.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2619/indicacao_no__15_patrick_bebedouro_rodoviaria.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para que seja instalado um bebedouro de água refrigerada no Terminal Rodoviário Clarice Calixto Pedroso de nosso Município.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2620/indicacao_no__16_patrick_canil_conselho_e_fundo_municipal.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2620/indicacao_no__16_patrick_canil_conselho_e_fundo_municipal.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para que seja sejam implementadas as seguintes ações:_x000D_
 - que adquira ou disponibilize uma ampla área, para a implementação do CANIL MUNICIPAL - PARQUE de PROTEÇÃO ANIMAL, onde serão acolhidos todos os animais de rua, abandonados ou em situação crítica; ou de perigo; tanto para cães, gatos como para animais de grande porte; _x000D_
 - criação do Conselho Municipal de Proteção e Defesa dos Animais e do Fundo Municipal de Bem-Estar Animal;</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2621/indicacao_no__17_patrick_creche_nas_ferias.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2621/indicacao_no__17_patrick_creche_nas_ferias.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao_x000D_
 Executivo Municipal para que as Creches Municipais de nosso Município prestem serviço_x000D_
 contínuo de suas atividades nos períodos de férias escolares.</t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2627/indicacao_18_heliel_cobertura_psfs.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2627/indicacao_18_heliel_cobertura_psfs.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que sejam instaladas ou ampliadas as coberturas externas para proteção das pessoas que vão de manhãzinha ou mesmo de madrugada, aos PFSs para aguardar a distribuição das fichas de consultas, quais sejam:_x000D_
 PSF 1 - Roberto Ferreira de Oliveira, _x000D_
 PSF 2 – Maria José de Oliveira_x000D_
 PSF 3 – Celestina Alves Bandeira_x000D_
 PSF 4 – Dr. Lino Boschi_x000D_
 PSF 5 - Maria da Conceição de Faria</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2628/indicacao_no_19_rayan_av_eng_manoel_batista.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2628/indicacao_no_19_rayan_av_eng_manoel_batista.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que sejam feitas as seguintes melhorias na infraestrutura e segurança na Avenida Engenheiro Manoel Batista quais sejam: _x000D_
 1. Poda de galhos de árvores localizadas ao longo da referida Avenida, e retiradas das folhas prestes à caírem; _x000D_
  2. Substituição do piso da calçada por piso tipo paver garantindo maior segurança e acessibilidade;_x000D_
  3. Instalação de guarda-corpo como medida de segurança adicional, principalmente em áreas onde há maior circulação de pedestres.</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2629/indicacao__no_20_uniformes_garis_rayan.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2629/indicacao__no_20_uniformes_garis_rayan.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que  faça a doação novos uniformes para os servidores municipais dos setor de serviços urbanos, e da coleta seletiva de nosso município.</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2635/indicacao_no_21_patrick_rua_miltom_meirelhes.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2635/indicacao_no_21_patrick_rua_miltom_meirelhes.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para que seja reformado o asfaltamento da Rua Milton Souza Meireles nas imediações do n. 144 ao lado da Empresa Logma.</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2637/indicacao_22_heliel_agua_chuva_casa_cohab_2_rua_das_palmas.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2637/indicacao_22_heliel_agua_chuva_casa_cohab_2_rua_das_palmas.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que sejam feitas as obras necessárias visando a melhoria no escoamento das águas das chuvas no cruzamento da Rua das Palmas com a Rua Azaléias - imediações da residência do Sr. Gaspar.</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2638/indicacao_no_23_geovan_passarela.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2638/indicacao_no_23_geovan_passarela.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que seja feita a instalação de uma passarela para pedestres em cima do Córrego do Ferro na avenida Liberdade frente à Praça Adelaide Lobato imediações Salão Bola de Sabão.</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2639/indicacao_no__24__patrick_parque_odelio_de_brito.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2639/indicacao_no__24__patrick_parque_odelio_de_brito.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal as seguintes providências no Parque Municipal Odélio de Brito: _x000D_
 •	Tampar os buracos, pintar o piso e refazer as demarcações das medidas das quadras de tênis, de peteca e da pista de caminhada;_x000D_
 •	Dar manutenção nas redes de peteca, tênis e de vôlei nas quadras respectivas, bem como na cesta de pontos de basquete;</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2640/indicacao_no25__rayan_lixeiras_rev.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2640/indicacao_no25__rayan_lixeiras_rev.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que sejam adquiridas e instaladas lixeiras para a coleta seletiva em todas as praças e parques, nas principais vias do centro da cidade, bem como a disponibilização de containers de lixo reciclável no centro, com o objetivo de atender o comércio e os restaurantes locais.</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2641/indicacao_no_26__patrick_prj._ibiraci_transforma_cargo_enfermagem.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2641/indicacao_no_26__patrick_prj._ibiraci_transforma_cargo_enfermagem.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal no sentido de que seja feito um estudo de viabilidade junto Procuradoria Jurídica visando a implantação de uma Lei Municipal nos moldes do Projeto aprovado no Município de Ibiraci que “Dispõe sobre a transformação do cargo de Auxiliar de Enfermagem para o cargo em Técnico de Enfermagem, criando o cargo de Enfermeiro e dá outras providências”.</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2642/indicacao_no__27__patrick_acacias_arvore_e_quebra_molas.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2642/indicacao_no__27__patrick_acacias_arvore_e_quebra_molas.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal as seguintes providências no Bairro Acácias III:_x000D_
 - na Rua Maria de Lourdes Roriz, proceder a retirada de uma enorme árvore morta e seca, que está com risco de queda sobre pessoas e casas; _x000D_
 - retirada de um quebra-molas que foi colocado de frente a garagem da residência da Sra. Lílian Pádua também na mesma rua.</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2643/indicacao_no28_m._elena_quadra_monsenhor_refletores.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2643/indicacao_no28_m._elena_quadra_monsenhor_refletores.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que sejam trocados os refletores queimados da quadra de esportes da Escola Monsenhor Cavicchioli no bairro Bela Vista.</t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
     <t>Geovan dos Santos, HELIEL CUSTODIO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2660/indicacao_no_29_limpeza_atras_cecoi_rua_minas_gerais_heliel_e_geovan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2660/indicacao_no_29_limpeza_atras_cecoi_rua_minas_gerais_heliel_e_geovan.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que seja feita uma limpeza geral, com a capina do mato, retirada de entulhos e lixo acumulado nas imediações da Rua Minas Gerais, fundos do CECOI – Bairro Acácias III.</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2661/indicacao_no_30_heliel__limpeza_rua_maria_aparecida_melo.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2661/indicacao_no_30_heliel__limpeza_rua_maria_aparecida_melo.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que se faça uma limpeza geral, retirando os entulhos e lixo acumulado em todo Bairro Alvorada e especialmente nas imediações da Rua Maria Rodrigues Melo.</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2662/indicacao_no_31_dyonatan_placas_sinalizacao.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2662/indicacao_no_31_dyonatan_placas_sinalizacao.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que o Município faça aquisição através de processo licitatório, de placas de sinalização visando instalar novas e substituir as placas existentes na cidade. Também pedimos que seja feita a sinalização no chão posto que ajuda imensamente o motorista.</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2663/indicacao_no_32_maria_elena_epis_garis.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2663/indicacao_no_32_maria_elena_epis_garis.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que o Município faça aquisição dos seguintes EPIs:  luva, chapéu com proteção solar e calçado para serem doados aos servidores da limpeza pública e os que trabalham na coleta seletiva</t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2664/indicacao_no_33_patrick_rua_rodrigues_amorim.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2664/indicacao_no_33_patrick_rua_rodrigues_amorim.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que o Município faça a limpeza geral da rua Rodrigues Amorim – subindo nas imediações do Lar São Vicente posto que o mato tomou conta do local e ainda há árvores quebradas caída pela rua.</t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2665/indicacao_no_34_limpeza_acacias_12_3_geovan_heliel.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2665/indicacao_no_34_limpeza_acacias_12_3_geovan_heliel.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que seja elaborado um cronograma mensal de limpeza geral através de mutirão, com a capina do mato, retirada de entulhos e lixo acumulado nos Bairros Acácias I, II e III.</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2667/indicacao_no_35_geovan_rotatoria_joao_kirchner.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2667/indicacao_no_35_geovan_rotatoria_joao_kirchner.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que seja feita construída uma pequena rotatória no cruzamento da Rua João Kirchner com a Rua Rodrigues Amorim, e também um redutor de velocidade antes e outro depois desta rotatória.</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2668/indicacao_no_36_dyonatan_iluminacao_joao_belarmino.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2668/indicacao_no_36_dyonatan_iluminacao_joao_belarmino.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que seja refeito o sistema de iluminação do Estádio João Belarmino em nossa cidade.</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2669/indicacao_no_37_patrick_local_treino_karate.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2669/indicacao_no_37_patrick_local_treino_karate.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que seja reformado o local onde atualmente está sendo usado para os treinamentos do projeto do Karatê, ou mesmo que seja disponibilizado um outro imóvel mais apropriado e limpo.</t>
   </si>
   <si>
     <t>2670</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2670/indicacao_no_38_maria_elena_cemiterio.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2670/indicacao_no_38_maria_elena_cemiterio.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que sejam feitas as seguintes melhorias no Cemitério Municipal:_x000D_
 a)	Reforma da rampa de acesso que liga a parte nova com a parte velha do cemitério que está bem danificada;_x000D_
 b)	Construção de uma rampa de acesso do saguão principal para o cemitério tanto para atender os carrinhos de transporte de caixões como para acesso à cadeirantes;_x000D_
 c)	Reforçando pedido já feito, também pedimos para que, quando da venda de túmulos (carneiras) no cemitério Municipal, que estes sejam vendidos já rebocados, e que também sejam disponibilizados mais túmulos duplos (casal) à pronta entrega.</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2671/indicacao_no_39_heliel_limpeza_lixo_inacio_dalmont.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2671/indicacao_no_39_heliel_limpeza_lixo_inacio_dalmont.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que seja feita uma limpeza geral, com a capina do mato, retirada de entulhos e lixo acumulado nas imediações da Rua Dom Inácio cruzamento com a Avenida Liberdade.</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2672/indicacao_no40_patrick_cabos_caido_silvia.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2672/indicacao_no40_patrick_cabos_caido_silvia.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que os setores competentes dêm solução para os fios e cabos soltos nas imediações da casa da Sra. Silvia Stefanelli, que mora na rua Antonio Domingos Junior, n.170, Bairro Santo Antonio</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2673/indicacao__no_41_rayan_quadra.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2673/indicacao__no_41_rayan_quadra.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 para que seja feita a revitalização e limpeza da quadra localizada no bairro Sagrada Família, ao lado_x000D_
 da Escola Carmélia Drâmis Malaguti.</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2674/indicacao__no_42_rayan_sinalizacao.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2674/indicacao__no_42_rayan_sinalizacao.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo considerando a necessidade de garantir um trânsito mais seguro e organizado, sugere a revitalização da sinalização viária, incluindo pintura de faixas, placas de sinalização, quebra-molas e intensificação da limpeza urbana nos bairros Maria Parreira, Sagrada Família, Novo Horizonte, bem como em todo o perímetro do município.</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2675/indicacao__no_43_rayan_poda_arvores_fias.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2675/indicacao__no_43_rayan_poda_arvores_fias.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que seja feita a limpeza e poda das árvores das imediações do Hospital Itaú, especialmente, nas ruas de frente à Fias.</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2676/indicacao__no_44_rayan_odelio_de_brito.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2676/indicacao__no_44_rayan_odelio_de_brito.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos regimentais, indica ao Executivo Municipal que sejam realizadas melhorias no Parque Odélio de Brito, incluindo:_x000D_
 	•	Substituição dos brinquedos nos parquinhos públicos, garantindo maior segurança e acessibilidade para as crianças;_x000D_
 	•	Reposição e manutenção da areia nas áreas de recreação;_x000D_
 	•	Revitalização do espaço esportivo, substituindo o atual campinho de futebol por uma quadra de futebol society, estruturada com gramado sintético, alambrado e iluminação adequada;_x000D_
 	•	Revitalização da pista de skate, com manutenção da estrutura, a pintura e correção de rachaduras e melhorias na iluminação.</t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2677/indicacao__no_45_geovan_e__rayan_parque_praca_mon..doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2677/indicacao__no_45_geovan_e__rayan_parque_praca_mon..doc.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, indicam à Mesa desta Casa providências junto ao Executivo Municipal para que seja construído ou instalado um parquinho infantil, ou área de lazer no terreno lateral localizado ao lado da Igreja Matriz Santa Terezinha.</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2683/indicacao_no_46_rayan_praca_artur_torres.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2683/indicacao_no_46_rayan_praca_artur_torres.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos regimentais, indica ao Executivo Municipal para que seja feita uma limpeza geral na Praça Artur Torres, com a retirada de lixo, entulhos, e também que haja a poda de árvores bem como a revitalização do ajardinamento no referido local.</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2684/indicacao_no_47_dyonatan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2684/indicacao_no_47_dyonatan.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que o Município faça a reforma dos aparelhos da Academia ao Ar Livre instalada na Praça Adelaide Lobato – Avenida Liberdade.</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2686/indicacao_no_48_maria_elena_placa.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2686/indicacao_no_48_maria_elena_placa.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que seja instalada uma placa na Rua Juventino Dias - Praça Nossa Senhora das Graças para que outros motoristas não estacionem no referido local nos horários das 6:30min, 12:00h e das17:00h às 18:30h. horários dos transportes escolares.</t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2687/indicacao__no_49_heliel_cachorros.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2687/indicacao__no_49_heliel_cachorros.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, mais_x000D_
 uma vez no sentido de que medidas urgentes sejam tomadas para resolver a situação dos cães soltos na_x000D_
 Praça Nossa Senhora das Graças realocando estes animais em outro local ou dando uma destinação_x000D_
 apropriada para eles</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2688/indicacao__no_50_toldo_sala_aula_patrick.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2688/indicacao__no_50_toldo_sala_aula_patrick.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para_x000D_
 que seja instalado toldos de proteção nas salas de aulas da escola Municipal Carmélia Drâmis Malaguti_x000D_
 onde necessário for, especialmente na sala da Professora Anselma Oliveira.</t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2689/indicacao__no_51_redutor_velocidade_escola_joao_kirchner_patrick.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2689/indicacao__no_51_redutor_velocidade_escola_joao_kirchner_patrick.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal para que seja feita construída redutores de velocidade na Rua João Kirchner nas imediações da_x000D_
 portaria da Escola Municipal Engenheiro Jorge Oliva.</t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2690/indicacao__no_52_rayan_buraco_rua_eni.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2690/indicacao__no_52_rayan_buraco_rua_eni.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal para seja dada solução ao um buraco à céu aberto localizado na Rua Eni frente ao n. 321_x000D_
 no Bairro Universitário.</t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
     <t>HELIEL CUSTODIO, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2691/indicacao_no_53_heliel_e__maria_elena_rua_praca_3_marias.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2691/indicacao_no_53_heliel_e__maria_elena_rua_praca_3_marias.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem indicam à Mesa desta Casa, providências junto ao Executivo Municipal, para que sejam feitas as seguintes ações nas imediações da quadra Três Marias._x000D_
 a)	instalação de cadeado ou outro meio de fechamento apropriado para coibir o acesso à quadra no horário da noite;_x000D_
 b)	limpeza geral e poda das árvores da Rua Aparecida Borges Carvalho, via de acesso à referida quadra;_x000D_
 c)	varrição da Rua Aparecida Borges Carvalho e imediações (Rua Rio de Janeiro) ao menos 03 dias na semana.</t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2692/indicacao__no_54_heliel_cozinha_oficina.doc_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2692/indicacao__no_54_heliel_cozinha_oficina.doc_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, no sentido de que seja providenciado um local apropriado e limpo na Oficina Municipal adequado para que os funcionários possam almoçar e se alimentarem com mais higiene.</t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2693/indicacao_no_55_maria_elena_soro.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2693/indicacao_no_55_maria_elena_soro.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que sejam adquiridos e disponibilizados em tempo integral no Pronto Socorro Municipal, soro Antiofídico e soro antiescorpiônico</t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2701/indicacao__no_56_fabiano_faixa_pedestres.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2701/indicacao__no_56_fabiano_faixa_pedestres.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo_x000D_
 Municipal, no sentido de que sejam construídas uma faixa de pedestres nas esquinas da Rua Braziel_x000D_
 Ferreira Amorim, nas imediações do Centro de Vigilância Sanitária e também nas imediações da esquina da_x000D_
 Rua Massaud Mattar com a Rua Juventino Dias.</t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
     <t>Geovan dos Santos, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2702/indicacao__no_57_elena__geovan__ar_cond_e_bebedouros_escolas.doc_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2702/indicacao__no_57_elena__geovan__ar_cond_e_bebedouros_escolas.doc_1.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem indicam à Mesa desta Casa, providências junto ao Executivo_x000D_
 Municipal, para que sejam feitas as seguintes ações nas escolas municipais:_x000D_
 - que sejam instalados condicionadores de ar em todas as salas de aula;_x000D_
 - que sejam instalados bebedores elétricos refrigerados em todas as salas de aula;</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2703/indicacao__no_58_elena__geovan_lousas_escolas.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2703/indicacao__no_58_elena__geovan_lousas_escolas.doc.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem indicam à Mesa desta Casa, providências junto ao Executivo_x000D_
 Municipal, para que sejam feitas a troca ou manutenção, quando for o caso, das lousas (quadro negro) de_x000D_
 todas as escola, especialmente da Escola Municipal Monsenhor Ernesto.</t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2705/indicacao__no_59_patrick_limp.rua_rodrigues_amorim.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2705/indicacao__no_59_patrick_limp.rua_rodrigues_amorim.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal para que seja uma limpeza geral na Rua Rodrigues Amorim, imediações do n. 794, com serviço_x000D_
 de carpina e retirada de lixo alí existente.</t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2704/indicacao__no_60_chame.doc_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2704/indicacao__no_60_chame.doc_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal para que seja uma limpeza geral nas imediações do CHAME – Centro de Atendimento ao_x000D_
 Menor, que precisa do serviço de carpina e retirada de lixo a existente.</t>
   </si>
   <si>
     <t>2711</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2711/indicacao_no_61_m._elena_iluminacao_cemiterio.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2711/indicacao_no_61_m._elena_iluminacao_cemiterio.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal para que seja instalado sistema de iluminação pública no Cemitério Municipal, se possível com_x000D_
 rede subterrânea pra evitar o roubo de fiação, e posterior instalação de câmeras de segurança.</t>
   </si>
   <si>
     <t>2712</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2712/indicacao_no_62_m._elena_contratacao_garis.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2712/indicacao_no_62_m._elena_contratacao_garis.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal para que seja feita a contratação de servidores públicos aprovados em Processo Seletivo para a_x000D_
 limpeza do município junto à Secretaria Municipal de Serviços Urbanos.</t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2713/indicacao_no_63_m._elena_praca_acacias.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2713/indicacao_no_63_m._elena_praca_acacias.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que seja construída uma praça com uma academia da saúde na área verde localizada na Rua Luzia de Freitas Arantes – Bairro Acácias.</t>
   </si>
   <si>
     <t>2715</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2715/indicacao_no_64__rayan_parquinho_cohab_ii_pdf.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2715/indicacao_no_64__rayan_parquinho_cohab_ii_pdf.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal para seja feita inicialmente uma limpeza geral e posterior revitalização do Espaço de_x000D_
 Lazer do Conjunto Habitacional Bela Vista (COHAB II), bem como a substituição dos brinquedos_x000D_
 ali existentes.</t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2716/indicacao_no_65__rayan_limpeza_terreno_universitario.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2716/indicacao_no_65__rayan_limpeza_terreno_universitario.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal para que, se for área verde da Prefeitura, que se faça a limpeza e carpina do terreno_x000D_
 localizado entre a Avenida Liberdade com a Rua Milton de Souza Meirelles (Bairro Universitário),_x000D_
 ou caso não seja imóvel público, que seja notificado o(s) proprietário(s) pedindo esta providência.</t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2717/indicacao_no_66__rayan_iluminacao_solar_trevo_rod..doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2717/indicacao_no_66__rayan_iluminacao_solar_trevo_rod..doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal para que, seja feita a iluminação do trecho do novo acesso da Rodovia MG 050 entrada_x000D_
 para Itaú de Minas (vindo de Rodoshoping) e chegando até a Transportadora N. Lima, com sistema_x000D_
 de energia solar como nos exemplos em anexo.</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2719/indicacao_no___67_elena_zoonose.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2719/indicacao_no___67_elena_zoonose.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, solicita ao Executivo Municipal a seguinte providência:_x000D_
 - que seja implantado o Centro de Zoonoses na Prefeitura de Itaú de Minas visando o seguinte:_x000D_
 O Centro de Controle de Zoonoses (CCZ) será um órgão da Secretaria Municipal de Saúde que terá_x000D_
 a função de controlar doenças que podem ser transmitidas aos seres humanos pelos animais, como _x000D_
 leptospirose, doença de Chagas, leishmaniose, leptospirose, raiva entre tantas outras que podem até levar as _x000D_
 pessoas à morte._x000D_
 Mas isso não quer dizer que o CCZ seja insensível aos animais. Pelo contrário! Outro engano muito _x000D_
 comum é as pessoas acreditarem que a Zoonoses é uma clínica que oferece atendimento veterinário. O _x000D_
 atendimento veterinário no local é realizado voltado a problemas específicos de zoonoses e castração. Além _x000D_
 disso, um forte trabalho de conscientização contra maus tratos e combate a doenças nos bichinhos que _x000D_
 possam infectar humanos._x000D_
 Serviços que deverão ser oferecidos pelo CCZ_x000D_
 CASTRAÇÃO – A Zoonoses oferecerá gratuitamente a castração de cães e gatos, para evitar que animais _x000D_
 sejam abandonados nas ruas sem cuidados, levando doenças para a população._x000D_
 VACINAÇÃO ANTIRRÁBICA – Durante todo o ano, cães e gatos serão imunizados contra a raiva. A _x000D_
 campanha de vacinação antirrábica percorrerá os bairros da cidade para imunizar os animais._x000D_
 EUTANÁSIA – A única exceção para a eutanásia será quando o dono apresenta laudo médico veterinário _x000D_
 atestando que o animal está em estado terminal e que não responde mais a tratamentos. Sem esse _x000D_
 documento o procedimento não poderá ser realizado._x000D_
 RECOLHIMENTO DE ANIMAIS – O CCZ também recolherá animais nas ruas, em parceria com_x000D_
 Secretaria de Meio Ambiente, que são posteriormente postos à adoção._x000D_
 DESRATIZAÇÃO – Para evitar doenças aos humanos, o trabalho de desratização deverá ser executado _x000D_
 pelos agentes do CCZ em logradouros públicos como bueiros, lixeiras comunitárias e outros locais que _x000D_
 possam se tornar criadouros de ratos._x000D_
 MICROCHIPAGEM - O Microchip funcionará como um RG do animal, facilitando a sua identificação _x000D_
 caso ele fuja ou se perca. A chipagem é uma forma de evitar o abandono de animais. Caso um animal _x000D_
 microchipado seja encontrado em via pública e será recolhido pelo Centro de Zoonoses e terá o _x000D_
 tutor/proprietário será identificado.</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2720/indicacao__no_68_heliel_climatizadores_pfss.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2720/indicacao__no_68_heliel_climatizadores_pfss.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica à Mesa desta Casa, providências junto ao Executivo_x000D_
 Municipal, para que sejam instalados ventiladores ou climatizadores nas salas de espera de todas as_x000D_
 unidades dos PSFs do Município.</t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2723/indicacao__no_69_patrick_transporte_alunos_especiais.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2723/indicacao__no_69_patrick_transporte_alunos_especiais.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa junto ao Executivo Municipal para que_x000D_
 seja providenciado transporte específico para os alunos Henrique de Jesus Costa Copertino, Miguel Costa_x000D_
 Copertino, estudantes da 6ª série da Escola Municipal Engenheiro Jorge Oliva, residentes à Rua Dr. Ary_x000D_
 Siqueira n. 260, e também para ao aluno autista Rafael Henrique Nascimento de Paulo, residente à Rua do_x000D_
 Corredor n. 381 - Bairro Universitário, tendo em vista que são portadores de necessidades especiais e_x000D_
 dependem de outras pessoas para levá-los à escola.</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2724/indicacao_no_70_geovan_elena_bancos_praca.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2724/indicacao_no_70_geovan_elena_bancos_praca.doc.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal para que sejam substituídas as madeiras dos bancos da Praça Nossa Senhora das Graças e_x000D_
 repostas nos locais onde já não existem mais a madeira.</t>
   </si>
   <si>
     <t>2727</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2727/indicacao_no_71_buraco_dyonatan.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2727/indicacao_no_71_buraco_dyonatan.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo _x000D_
 Municipal para seja dada solução ao buraco no calçamento localizado no cruzamento da Rua Ary _x000D_
 Bastos Siqueira com a Rua Prefeito José Soares de Melo - centro</t>
   </si>
   <si>
     <t>2731</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2731/indicacao_no_72_pfs1_dyonatan.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2731/indicacao_no_72_pfs1_dyonatan.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo_x000D_
 Municipal para que sejam efetivadas as seguintes ações no PSF1 quais sejam:_x000D_
 - mutirão mensal de consultas, com no mínimo 02 médicos dando atendimento no dia do mutirão;_x000D_
 - uma vez por semana que seja dado atendimento com o Dr. Silvio (por exemplo) e com a Dr. Rita;_x000D_
 - mutirão de exames;_x000D_
 - colocar mais uma técnica em enfermagem no referido PSF;_x000D_
 - ampliação do atendimento com no mínimo 2 profissionais de Estomoterapia com maior_x000D_
 frequência.;_x000D_
 - criação de banco digital para acompanhamento dos pedidos de exames que são solicitados ao_x000D_
 Setor de Regulação para que as pessoas possam acompanhar sua posição na lista de espera.</t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2730/indicacao_no_73_rua_eni__redutor_velocidade_crayan.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2730/indicacao_no_73_rua_eni__redutor_velocidade_crayan.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que sejam instalados redutores de velocidade (quebra-molas) na Rua Eni (localizada no bairro Belvedere).</t>
   </si>
   <si>
     <t>2733</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2733/indicacao_no_74__geovan_praca_sebastiao_pedro_alvorada.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2733/indicacao_no_74__geovan_praca_sebastiao_pedro_alvorada.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal ratificar o pedido para que seja dada a denominado de “Praça Vereador Sebastião Pedro de Oliveira” na futura Praça à ser construída no Bairro Alvorada.</t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2734/indicacao_no_75__rayan_identificacao_veiculo_uso_obrig..doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2734/indicacao_no_75__rayan_identificacao_veiculo_uso_obrig..doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que seja efetivamente aplicado o disposto no Art. 147. Da Lei Orgânica Municipal de Itaú de Minas onde determina: “Art. 147 - É obrigatório a inscrição “uso obrigatório em serviço” em todos os veículos,_x000D_
 máquinas e equipamentos de propriedade do Poder Público Municipal.”</t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2744/indicacao_no_76_educador_primeira_infancia_patrick.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2744/indicacao_no_76_educador_primeira_infancia_patrick.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que o cargo de Educador de Primeira Infância seja equiparado ao cargo de Professores Regentes/Professores de Apoio, visto que atualmente os educadores de primeira infância estão lotados no quadro administrativo.</t>
   </si>
   <si>
     <t>2745</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2745/indicacao_no_77_buraco_m_elena.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2745/indicacao_no_77_buraco_m_elena.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, solicita ao Executivo Municipal a seguinte providência:_x000D_
 - seja feito reparo em um buraco nas imediações da calçada da casa localizada na Rua Ana Carvalho dos Santos 165 Acácias.</t>
   </si>
   <si>
     <t>2758</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2758/indicacao_no_78_matagal_sao_lucas_m_elena.doc_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2758/indicacao_no_78_matagal_sao_lucas_m_elena.doc_1.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, solicita ao Executivo Municipal a seguinte providência:_x000D_
 - que seja feita a limpeza e capina de todo terreno localizado atrás das casas da Rua Antonio Vitor Fioravanti no Bairro São Lucas.</t>
   </si>
   <si>
     <t>2759</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2759/indicacao_no_79_rayan_guarda_corpo_avenida_liberdade_com_fotos.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2759/indicacao_no_79_rayan_guarda_corpo_avenida_liberdade_com_fotos.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, reforça pedidos no qual indicam à Mesa desta Casa providências junto ao Executivo Municipal a instalação de guarda corpo no trecho da margem canalizada do Córrego do Ferro na Avenida Liberdade._x000D_
 Também se faz necessário que a Administração oficie a Empresa responsável pelo Loteamento Marieta Vieira Amorim para que também proceda a instalação de guarda corpo na parte de responsabilidade da empresa Telinvest.</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2760/indicacao_no_80_fabiano_faixa_pedestre.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2760/indicacao_no_80_fabiano_faixa_pedestre.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto a Executivo Municipal para que sejam refeitas todas as faixas de pedestres localizadas nas imediações das escolas municipais de nossa cidade, à exemplo da faixa localizada de frente à escola Municipal Carmélia Dramis Malaguti.</t>
   </si>
   <si>
     <t>2761</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2761/indicacao_no_81_fabiano_drenagem_olaria.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2761/indicacao_no_81_fabiano_drenagem_olaria.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto a Executivo Municipal para que seja feita ações visando a correta drenagem das águas pluviais da Rua Olaria prolongamento da Rua Braziel Vieira Amorim – bairro Olaria.</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2762/indicacao_no_82_patric_gratificacao_cargos_educ..doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2762/indicacao_no_82_patric_gratificacao_cargos_educ..doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto a Executivo Municipal para que seja feita a equiparação com reajuste da gratificação salarial do cargo de Supervisor Pedagógico e do Orientador Educacional, com um acréscimo de 5% (cinco por cento), a fim de equipará-lo à gratificação concedida ao Coordenador Pedagógico.</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2768/indicacao_no_83___elena_denominacao_meirinha.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2768/indicacao_no_83___elena_denominacao_meirinha.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, solicita ao Executivo Municipal a seguinte providência:_x000D_
 - que seja dada a denominação de “Josmeire Mariosa Martins” à sede dos conselhos Municipais de nossa cidade em homenagem à esta servidora muito querida e amada pela comunidade que faleceu à exatos 2 anos.</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2769/indicacao_no_84_banco_quebrado_calcadao_m_elena.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2769/indicacao_no_84_banco_quebrado_calcadao_m_elena.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, solicita ao Executivo Municipal a seguinte providência:_x000D_
 - que sejam feitos os reparos necessários no madeiramento do banco quebrado ou mesmo que seja substituído o mesmo que se encontra no calçadão da rua João Kirchner imediações do Banco Itaú.</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2770/indicacao_no_85_patrick_reforma_banheiro_coreto_praca.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2770/indicacao_no_85_patrick_reforma_banheiro_coreto_praca.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto a Executivo Municipal para que seja feita a reforma dos banheiros do coreto na Praça Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>2778</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2778/indicacao_no_86_dyonatan_faixa_correios.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2778/indicacao_no_86_dyonatan_faixa_correios.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que estude a possibilidade de aumentar a extensão da faixa amarela na Rua João Kirchinner, em frente a Agência dos Correios, compreendendo toda extensão do prédio que abriga aquela agência conforme as fotos em anexo.</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2779/indicacao_no_87_m._elena_atualizacao_portal.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2779/indicacao_no_87_m._elena_atualizacao_portal.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que seja atualizado o portal da transparência da Prefeitura Municipal de Itaú de Minas as leis referentes aos anos de 1993 e 1994, mais especificamente as Leis Ordinárias do nº 97/93 ao nº138/94, esclarecendo que não consta este intervalo de leis para consulta no referido portal.</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2781/indicacao__no_88_rayan_asfalto_praca_monsenhor.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2781/indicacao__no_88_rayan_asfalto_praca_monsenhor.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos regimentais, indica ao Executivo Municipal para que seja asfaltadas as ruas situadas no entorno da Praça Monsenhor Ernesto, sentido Juventino dias e Gasparino de Andrade até Praça Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2782/indicacao__no_89_rayan_limpeza_belvedere.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2782/indicacao__no_89_rayan_limpeza_belvedere.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e nos termos regimentais, vem respeitosamente indicar ao Poder Executivo para que seja realizada a limpeza do terreno localizado ao fundo da Rua Eni, no bairro Belvedere.</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2783/indicacao_no_90__patrick_parquinho_praca_estacao.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2783/indicacao_no_90__patrick_parquinho_praca_estacao.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, urgência na limpeza e capina do Parque Infantil e quadra poliesportiva situados na estação cultura, Praça da Estação Itaú. Sugerimos as seguintes providencias:_x000D_
 - Sejam trocadas lâmpadas e melhorado todo sistema de iluminação, pois o local está escuro;_x000D_
 - Reforma, Restauração e Revitalização do parquinho como brinquedos,  rede elétrica, capina, etc;_x000D_
 - Se possível verificar a presença de guarda e um cuidador periódico e constante para não acumular sujeira e mato nas dependências do parquinho;</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2785/indicacao_no_91_m._elena_fanfarra_municipal.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2785/indicacao_no_91_m._elena_fanfarra_municipal.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que sejam adquiridos uniformes e materiais necessários para as apresentações da fanfarra como:_x000D_
 1 -  2 pares de pratos 13 polegadas _x000D_
 2 - 2 bumbos _x000D_
 3 - 4 tarois _x000D_
 4 - 4 atabaques ( timba)_x000D_
 5 - 2 surdoes ( treme terra) de madeira_x000D_
 6 - 4 surdos médios _x000D_
 7 - 4 surdos mor_x000D_
 8 - 4 caixa de guerra ( marcação)_x000D_
 9 - 4 cornetas ou trompetes. _x000D_
 Esclarecemos que toda essa demanda adveio dos próprios integrantes da Fanfarra Municipal, que ainda reivindicam lanches em dias de ensaios e apresentações.</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2787/indicacao_no_92_patrick_buracos_na_rua_dom_inacio.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2787/indicacao_no_92_patrick_buracos_na_rua_dom_inacio.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal no sentido de que:_x000D_
 - Seja realizada urgentemente a manutenção nos paralelepípedos localizados na esquina da rua Gasparino de Andrade com rua Dom Inácio Dal Monte, tapando o buraco ali existente._x000D_
 - Seja analisada junto ao setor de transito, a possibilidade de asfaltamento ou substituição dos bloquetes que se encontram em mal estado de conservação.</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2788/indicacao_no_93__limpeza_academia_ginastica_av_liberdade.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2788/indicacao_no_93__limpeza_academia_ginastica_av_liberdade.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, seja feita manutenção periódica da Academia da Saúde ao ar livre, localizada na Avenida da Liberdade. Sugerimos as seguintes providencias:_x000D_
 - Seja feita capina, limpeza e melhorada iluminação;_x000D_
 - Se possível verificar a possiblidade de doação de colchonetes e equipamentos para utilização de ginastica para os usuários contínuos da academia.</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2789/indicacao_no_94_esco_agua_belvedere_dyonatan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2789/indicacao_no_94_esco_agua_belvedere_dyonatan.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que seja feito um trabalho de escoamento de águas com a construção de bocas de lobo e mais o que a administração municipal entender necessário para sanar os problemas que os moradores do bairro Belvedere estão enfrentando com as chuvas. O ponto crítico situa-se no cruzamento das ruas Vitalino Antônio Cesário e a rua dos Crisantemos, altura do nº 211 no bairro Cohab II.</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2790/indicacao_no__95__dyonatan_campinho_parque_odelio_de_brito.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2790/indicacao_no__95__dyonatan_campinho_parque_odelio_de_brito.pdf</t>
   </si>
   <si>
     <t>Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 	O Vereador que esta subscreve, indica ao Executivo Municipal as seguintes providências no Campinho de futebol Society do Parque Municipal Odélio de Brito: _x000D_
 •	Seja feito um estudo para colocação de grama sintética no local, pois as gramas naturais que ali se encontram fica boa parte do ano sem condições para uso;_x000D_
 •	Dar manutenção na iluminação do campinho com colocação de refletores de led que são mais eficazes;_x000D_
 •	Reforma das traves e alambrados.</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2792/indicacao_no_96_m._elena_calcadas_escolas_centro_corr.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2792/indicacao_no_96_m._elena_calcadas_escolas_centro_corr.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que seja feita a devida restauração do calçamento situado em frente a Escola Estadual Ary Pimenta Bugelli e a Escola Municipal Itaú de Minas, compreendendo toda a extensão daquele passeio.</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2796/indicacao_no__97__estagiarios_engenharia_e_saude_m._elena.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2796/indicacao_no__97__estagiarios_engenharia_e_saude_m._elena.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve apresenta à este Plenário Indicação ao Executivo solicitando urgentemente a seguinte providência:_x000D_
 - que sejam contratados estagiários para auxiliar nos trabalhos do setor de Engenharia e setor de Saúde da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2797/indicacao_no__98_geovan_idosos_iptu.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2797/indicacao_no__98_geovan_idosos_iptu.doc.pdf</t>
   </si>
   <si>
     <t>Apresento à este Plenário a presente Indicação, pedindo para que o Executivo através dos órgãos competentes, elaborem projeto de lei isentando o pagamento do IPTU aos aposentados e idosos acima de 60 anos, que percebam até dois salários mínimos mensais e que possuem único lote urbano e que se destine exclusivamente para moradia própria</t>
   </si>
   <si>
     <t>2891</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2891/indicacao_no_99_rayan_mao_unica_arthur_vieira.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2891/indicacao_no_99_rayan_mao_unica_arthur_vieira.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal providências junto ao Setor Municipal de Trânsito para que seja implementado o sistema de mão única de direção na Rua Arthur Vieira – (Rua do Clube), com entrada a partir da Rua Dr. José Balbino sentido à Rua Rio de Janeiro.</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2808/indicacao_no_100_rayan_vaga_moto_joao_kirchner.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2808/indicacao_no_100_rayan_vaga_moto_joao_kirchner.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal providências junto ao Setor Municipal de Trânsito para que analise a possibilidade de destinar uma vaga para motocicletas na rua João Kirchner, próximo ao Sicoob Credicitrus.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>Fabiano Gomes de Lima, Geovan dos Santos, HELIEL CUSTODIO, PATRICK GOULART, RAYAN SILVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2807/indicacao_no_101_revitalizacao_estadio_jorge_oliva_rayan_de_outros.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2807/indicacao_no_101_revitalizacao_estadio_jorge_oliva_rayan_de_outros.doc.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, indicam à Mesa desta Casa providências junto a Executivo Municipal para que seja feita uma ampla reforma a revitalização do Estádio de Futebol Jorge Dias de Oliva de nosso Município, tendo em vista a necessidade de melhorias no estádio quais sejam:_x000D_
 • Recuperação do gramado._x000D_
 • Instalação de novos equipamentos, como iluminação, arquibancadas, banheiros e vestiários._x000D_
 • Melhoria da infraestrutura, como calçadas, rampas e áreas de lazer._x000D_
 • Adequação para pessoas com deficiência ou mobilidade reduzida</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2809/indicacao_no_102_capina_rua_patrick.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2809/indicacao_no_102_capina_rua_patrick.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto a Executivo Municipal para que seja feita a carpina e limpeza da rua Esmeralda Pereira dos Santos (marginal da antiga Rodovia MG050), imediações do fundo da Transportadora N. Lima.</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2810/indicacao_no_103_rampa_juventino_dias_geovan_e_rayan.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2810/indicacao_no_103_rampa_juventino_dias_geovan_e_rayan.doc.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, indicam à Mesa desta Casa providências junto a Executivo Municipal para que seja feita a construção de rampa redutora de velocidade com faixa de segurança na Rua Juventino Dias, imediações das Lojas Paula Araújo e SaMaria.</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2811/indicacao_no_104_interdicao_calcadao_geovan_e_rayan.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2811/indicacao_no_104_interdicao_calcadao_geovan_e_rayan.doc.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, indicam à Mesa desta Casa providências junto a Executivo Municipal para que seja feita a interdição do calçadão da Rua Joaquim Oliveira nos dias de sábado, domingos e feriados, à partir das 18 horas, liberando somente para os veículos dos moradores da referida rua acessarem suas respectivas garagens.</t>
   </si>
   <si>
     <t>2822</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2822/indicacao_no_105_sinalizacao_avenida_liberdade_geovan_e_rayan.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2822/indicacao_no_105_sinalizacao_avenida_liberdade_geovan_e_rayan.doc.pdf</t>
   </si>
   <si>
     <t>Solicita sinalização de rampas e faixas de pedestres na Avenida Liberdade._x000D_
 _x000D_
 Co autor vereador Geovan dos Santos</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>RAYAN SILVEIRA, Geovan dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2823/indicacao_no_106_show_mensal_praca_geovan_e_rayan.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2823/indicacao_no_106_show_mensal_praca_geovan_e_rayan.doc.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de Show mensal na Praça N. Senhora das Graças</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2824/indicacao_no_107_festival_gastronomico_rayan.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2824/indicacao_no_107_festival_gastronomico_rayan.doc.pdf</t>
   </si>
   <si>
     <t>Indica a realização e festival Gastronômico</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2825/indicacao_no_108_quadra_tenis_dyoninho.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2825/indicacao_no_108_quadra_tenis_dyoninho.doc.pdf</t>
   </si>
   <si>
     <t>Indica providencias nas quadras de tênis do parque Odélio de Brito</t>
   </si>
   <si>
     <t>2826</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2826/indicacao_no_109_sinalizar_caminhonete_trinton_adesiva_rayan.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2826/indicacao_no_109_sinalizar_caminhonete_trinton_adesiva_rayan.doc.pdf</t>
   </si>
   <si>
     <t>Pede identificação com adesivo da caminhonete Triton da Vigilancia Sanitária</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2827/indicacao_no_110__rayan_heliel_seguranca_farmacinha.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2827/indicacao_no_110__rayan_heliel_seguranca_farmacinha.doc.pdf</t>
   </si>
   <si>
     <t>Pede sistema de segurança na Farmácia Municipal</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2830/indicacao_no_111_maia_elena_estacao_cultura_refoma.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2830/indicacao_no_111_maia_elena_estacao_cultura_refoma.doc.pdf</t>
   </si>
   <si>
     <t>Pede reforma na Estação Cultura</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2831/indicacao_no_112_estatuas_cristas_entrada_cidade_rayan.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2831/indicacao_no_112_estatuas_cristas_entrada_cidade_rayan.doc.pdf</t>
   </si>
   <si>
     <t>para que estude a_x000D_
 viabilidade de adquirir ou confeccionar e, posteriormente instalar uma imagem religiosa cristã na entrada_x000D_
 de nosso município</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2834/indicacao_no_113_heliel_rampa_cartorio.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2834/indicacao_no_113_heliel_rampa_cartorio.doc.pdf</t>
   </si>
   <si>
     <t>Pede rampa na calçada do cartório</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2835/indicacao_no_114_lixeira_latao_praca_bae__dyoninho.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2835/indicacao_no_114_lixeira_latao_praca_bae__dyoninho.doc.pdf</t>
   </si>
   <si>
     <t>Pede lixeiras em latão Praça do Baé</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2836/indicacao_115_dyonatan_limpesa_rua.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2836/indicacao_115_dyonatan_limpesa_rua.pdf</t>
   </si>
   <si>
     <t>que sejam adotadas providências quanto à limpeza e manutenção de terreno público localizado na Rua Antônio Naia, no Bairro Icaraí, com a remoção de entulhos, limpeza total da área e nivelamento com máquina adequada (patrolamento), substituindo o simples corte de mato, que tem se mostrado ineficaz a longo prazo.</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2837/indicacao_116_dyonatan_iuminacao_poste.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2837/indicacao_116_dyonatan_iuminacao_poste.doc.pdf</t>
   </si>
   <si>
     <t>que seja restabelecida a iluminação no poste existente na Rua Antônio Naia, (atrás_x000D_
 do PSF) no Bairro Icaraí.</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2838/indicacao_no_117_heliel_asfalto_tres_marias.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2838/indicacao_no_117_heliel_asfalto_tres_marias.doc.pdf</t>
   </si>
   <si>
     <t>seja feita a pavimentação das pistas do Complexo Três Marias de nossa cidade.</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2839/indicacao_no_118_heliel_academia_3_marias.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2839/indicacao_no_118_heliel_academia_3_marias.doc.pdf</t>
   </si>
   <si>
     <t>seja feita academia ao ar livre no Complexo Três Marias de nossa cidade.</t>
   </si>
   <si>
     <t>2840</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2840/indicacao_no_119_rayan_areia_praca.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2840/indicacao_no_119_rayan_areia_praca.pdf</t>
   </si>
   <si>
     <t>seja retirada a areia que foi colocada na Praça Nossa Senhora das Graças no fim de ano mais ainda se encontra no local.</t>
   </si>
   <si>
     <t>2841</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2841/indicacao_no_120_rayan_nivelar_pavimentacao_caixa.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2841/indicacao_no_120_rayan_nivelar_pavimentacao_caixa.doc.pdf</t>
   </si>
   <si>
     <t>seja nivelada a pavimentação no entorno da caixa (água ou esgoto) localizada no meio da Rua João Nunes Amorim imediações do n. 344 Sagrada Família</t>
   </si>
   <si>
     <t>2842</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2842/indicacao_no_121_rayan_rua_maria_rodrigues_reforma_calcada.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2842/indicacao_no_121_rayan_rua_maria_rodrigues_reforma_calcada.pdf</t>
   </si>
   <si>
     <t>providencias na Rua Maria Rodrigues de Melo no Bairro Alvorada:_x000D_
 - revitalização da calçada.</t>
   </si>
   <si>
     <t>2843</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2843/indicacao_no_122_tapa_buraco_bairro_santa_terezinha_rayan.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2843/indicacao_no_122_tapa_buraco_bairro_santa_terezinha_rayan.doc.pdf</t>
   </si>
   <si>
     <t>sejam tomadas as seguintes providências:_x000D_
 - que seja feita uma operação tapa buraco no bairro Santa Terezinha.</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>PATRICK GOULART, RAYAN SILVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2844/indicacao_no_123_repor_blocos_rua_milton_meirelhes_rayan_patrick.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2844/indicacao_no_123_repor_blocos_rua_milton_meirelhes_rayan_patrick.doc.pdf</t>
   </si>
   <si>
     <t>-  que urgentemente, sejam realizados serviços de manutenção nas pedras de sextavado, bem como a instalação de meio-fio, na Rua Milton Sousa Meirelles, em frente ao número 144.</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2845/indicacao_no_124_impesa_terreno_bela_vista_patrick.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2845/indicacao_no_124_impesa_terreno_bela_vista_patrick.doc.pdf</t>
   </si>
   <si>
     <t>- que seja dada uma atenção especial ao Bairro Bela Vista, mais especificamente nas imediações do n. 784 na rua Afonso Lance, com limpeza e carpina geral nos terrenos ali localizados.</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2846/indicacao_no_125_rayan_campeonato_ciclismo.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2846/indicacao_no_125_rayan_campeonato_ciclismo.doc.pdf</t>
   </si>
   <si>
     <t>- Que a Prefeitura estude a viabilidade de realização de um campeonato de ciclismo, nas modalidades Mountain Bike e Speed, em nosso município, buscando apoio de empresas parceiras, como a Votorantim e outras da região, para viabilizar a estrutura, premiações e entrega de troféus, a exemplo de eventos realizados com sucesso em outras cidades.</t>
   </si>
   <si>
     <t>2847</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2847/indicacao_no_126_rayan_campeonato_atletismo.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2847/indicacao_no_126_rayan_campeonato_atletismo.doc.pdf</t>
   </si>
   <si>
     <t>- Que a Prefeitura estude a viabilidade de realização de um campeonato de atletismo</t>
   </si>
   <si>
     <t>2850</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2850/indicacao_no_127_rayan_redutor_engenheiro_cras.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2850/indicacao_no_127_rayan_redutor_engenheiro_cras.doc.pdf</t>
   </si>
   <si>
     <t>Pede redutor velocidade frente CRAS</t>
   </si>
   <si>
     <t>2851</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2851/indicacao_no_128_fabiano_iluminacao_barracao.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2851/indicacao_no_128_fabiano_iluminacao_barracao.doc.pdf</t>
   </si>
   <si>
     <t>sejam refeito o sistema de iluminação da academia ao Ar Livre localizada nas imediações do Barracão da COHAB II.</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>DYONATAN CAMILO, MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2855/indicacao_n.129____dioninho_e_m._elena_tres_marias.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2855/indicacao_n.129____dioninho_e_m._elena_tres_marias.doc.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Casa Legislativa, INDICAMOS ao Executivo Municipal através do Setores competentes a revitalização completa do espaço esportivo conhecido como "Três Marias", com a realização das seguintes melhorias:_x000D_
 1. Instalação de grades de proteção lateral e alambrado no fundo da quadra coberta, para evitar que a bola saia constantemente do espaço de jogo;_x000D_
 2. Asfaltamento e nivelamento da pista de caminhada que circunda as quadras, com retirada de entulhos e limpeza geral;_x000D_
 3. Instalação e/ou substituição da iluminação em todo o perímetro das "Três Marias", garantindo a segurança e a possibilidade de uso noturno adequado do espaço;_x000D_
 4. Substituição das tabelas e aros de basquete, atendendo aos pedidos dos atletas que frequentam o local.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2856/indicacao_no_130_pronto_socorro_melhorias_rayan.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2856/indicacao_no_130_pronto_socorro_melhorias_rayan.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para que sejam feitas as seguintes melhorias no Pronto Socorro Municipal:_x000D_
 a) Reforma e pintura de suas instalações e banheiros;_x000D_
 b) Manutenção de todos os equipamentos;_x000D_
 c) Revisão do sistema de iluminação da fachada do prédio;_x000D_
 d) Instalação de toldos de proteção nos fundos do PS;_x000D_
 e) Instalação de sistema de monitoramento com câmeras;_x000D_
 f) Aquisição e doação de uniformes para os servidores: enfermagem, escritório administrativo, recepção e motoristas</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2857/indicacao_131_rayan_limpeza_terreno_rua_luiz_carlos_oliveira.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2857/indicacao_131_rayan_limpeza_terreno_rua_luiz_carlos_oliveira.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos regimentais, indica ao Executivo Municipal para que seja tomada a seguinte providência:_x000D_
 - que seja feita a carpina e limpeza dos terrenos e da área verde localizada nas imediações da Rua Luiz Carlos de Oliveira no Bairro Acácias.</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2859/indicacao_132_rayan_lixeiras_escolas.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2859/indicacao_132_rayan_lixeiras_escolas.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos regimentais, indica ao Executivo Municipal por meio das Secretarias competentes para que seja tomada as seguintes providências:_x000D_
 - que seja realizada a implantação de lixeiras com separação adequada de resíduos (orgânico, reciclável e rejeito) em todas as unidades escolares da rede municipal de ensino.</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2858/indicacao_133_fabiano_abertura_cemiterio_dias_especiais.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2858/indicacao_133_fabiano_abertura_cemiterio_dias_especiais.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos regimentais, indica ao Executivo Municipal por meio das Secretarias competentes para que seja tomada as seguintes providências: - que seja determinado a funcionamento do velório municipal no dia das mães, dos pais e finados.</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2860/indicacao_n134_rayan_reforma_quadras.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2860/indicacao_n134_rayan_reforma_quadras.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos regimentais, indica ao Executivo Municipal por meio das Secretarias competentes para que seja tomada as seguintes providências:_x000D_
 - que seja feita a revitalização e modernização de todas as quadras de esportes de nossa cidade; com nova pintura, reparo de telas de proteção e alambrados, pois muitas encontram-se com aberturas, peças soltas e enferrujadas, conserto das traves de futebol e das cestas de basquete, ou ainda está em falta destes equipamentos.</t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2866/indicacao_n135_rayan_limpeza_praca_sagrada_familia.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2866/indicacao_n135_rayan_limpeza_praca_sagrada_familia.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos regimentais, indica ao Executivo Municipal por meio das Secretarias competentes para que seja tomada as seguintes providências:_x000D_
 - que seja feita uma limpeza geral na Praça Sagrada Família de nossa cidade;_x000D_
 - que seja realizada a substituição da iluminação por lâmpadas de led, devido o local à noite se encontrar muito escuro.</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2867/indicacao_n136_rayan_pavimentacao_rua_cemiterio.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2867/indicacao_n136_rayan_pavimentacao_rua_cemiterio.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos regimentais, indica ao Executivo Municipal por meio das Secretarias competentes para que seja tomada as seguintes providências:_x000D_
 - que seja dada manutenção na pavimentação e calçadas da Avenida José Carrilho Amorim, (Rua do Cemitério).</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2868/indicacao_no__137_m._elena_brigada_emergencia.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2868/indicacao_no__137_m._elena_brigada_emergencia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, solicitando a instalação da brigada de emergência.</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2869/indicacao_no_138_maria_elena_carteira_fibromialgia.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2869/indicacao_no_138_maria_elena_carteira_fibromialgia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal no sentido de que:_x000D_
 - seja implementada a criação do Protocolo de Atendimento à pacientes portadores de Fibromialgia, norteando e regulamentando a Lei Municipal n.º 1078, de 10 de junho de 2020; _x000D_
 - seja criada e implementada a confecção da Carteira de Identificação da Pessoa com Fibromialgia (CIPF), que é um documento que garante atendimento prioritário e reconhecimento da condição de pessoas com fibromialgia. A CIPF é emitida gratuitamente e pode ser solicitada mediante a apresentação de alguns documentos, como: _x000D_
 •	Requerimento preenchido e assinado _x000D_
 •	Relatório médico que ateste o diagnóstico de fibromialgia _x000D_
 •	Documento oficial com foto, como RG ou certidão de nascimento</t>
   </si>
   <si>
     <t>2871</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2871/indicacao_no_139__limpeza_praca_congo_patrick.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2871/indicacao_no_139__limpeza_praca_congo_patrick.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, que seja feita manutenção da Praça Dionísio Pereira Fonseca (Praça do Gongo) com máxima urgência possível. Sugerimos as seguintes providencias:_x000D_
  - Limpeza e revitalização da Praça, como pinturas e poda da vegetação com retirada de matos; _x000D_
 - Reforma dos banheiros;_x000D_
 - Reforma do teto do barracão, sanando as goteiras verificadas pelos usuários.</t>
   </si>
   <si>
     <t>2874</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2874/indicacao_no_140_rayan_limpeza_bocas_de_lobo.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2874/indicacao_no_140_rayan_limpeza_bocas_de_lobo.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao Excelentíssimo Senhor Prefeito Municipal, por meio do setor competente, que seja realizada, com urgência, a manutenção e limpeza dos bueiros e bocas de lobo em toda a extensão urbana do município, especialmente durante este período de estiagem.</t>
   </si>
   <si>
     <t>2875</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2875/indicacao_no_141_dioninho_rua_sebastiao_francklin.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2875/indicacao_no_141_dioninho_rua_sebastiao_francklin.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais, nos termos do Regimento Interno desta Casa Legislativa, vem  respeitosamente indicar ao Senhor Prefeito Municipal que sejam tomadas as providências cabíveis para a conclusão do asfaltamento da Rua Sebastião Franklin Ribeiro, no bairro Acácias, especificamente no trecho final da via, que atualmente permanece sem pavimentação e possui extensão aproximada de 27 metros.</t>
   </si>
   <si>
     <t>2876</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2876/indicacao_no_142_dioninho_quadra_icarai.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2876/indicacao_no_142_dioninho_quadra_icarai.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, INDICA ao Excelentíssimo Senhor Prefeito Municipal que, por meio da secretaria competente, sejam realizados serviços de manutenção e revitalização da quadra esportiva do Bairro Icaraí, bem como a recuperação da calçada da rua que atende à referida quadra e também à creche situada ao lado. Dessa forma, solicitamos com urgência:_x000D_
 A revitalização completa da quadra esportiva (substituição das traves, limpeza, pintura, poda do mato e demais reparos estruturais);_x000D_
 A remoção de entulhos e nivelamento da rua e das vagas de estacionamento ao redor;_x000D_
 A reforma das calçadas que atendem à quadra e à creche, garantindo segurança e acessibilidade a_x000D_
 todos.</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2877/indicacao_no_143_patrick_iluminacao_patio_monsenhor.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2877/indicacao_no_143_patrick_iluminacao_patio_monsenhor.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao Executivo para que seja refeita a iluminação do Pátio da Escola M. Monsenhor Ernesto.</t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2878/indicacao_no_144_rayan_feira_emprego.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2878/indicacao_no_144_rayan_feira_emprego.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao Excelentíssimo Senhor Prefeito Municipal, para que seja promovida a Feira do Emprego em nossa cidade, em parceria com as Secretarias Municipais, SEBRAE, Sala Mineira do Empreendedor e ACCIM,</t>
   </si>
   <si>
     <t>2883</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2883/indicacao_no_145_geovan_parquinho_sagrada_familia.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2883/indicacao_no_145_geovan_parquinho_sagrada_familia.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que seja construído ou instalado um parquinho infantil, no terreno localizado ao lado da Praça Sagrada Família no referido bairro (Rua Benedito Jandir Barbosa).</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2884/indicacao_no_146_geovan_cameras_escolas.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2884/indicacao_no_146_geovan_cameras_escolas.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que sejam instalados sistemas de monitoramento por câmera em todas as escolas municipais com critérios e locais a serem definidos pela Secretaria Municipal de Educação.</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2885/indicacao_no_147_farmacinha_aberto_horario_almoco_geovan.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2885/indicacao_no_147_farmacinha_aberto_horario_almoco_geovan.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que a Farmácia Municipal permaneça aberta no horário de almoço tendo o seu horário de funcionamento aberto sem intervalo.</t>
   </si>
   <si>
     <t>2886</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2886/indicacao_no_148_elena_reparos_capela_cemiterio.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2886/indicacao_no_148_elena_reparos_capela_cemiterio.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, para que sejam feitos reparos na Capela São Judas Tadeu (capela dentro do cemitério) quais sejam:_x000D_
 - troca dos vidros que estão soltos ou quebrados,_x000D_
 - reparo nas duas portas que não trancam, estão com ferrugem, danificadas e precisam ser ajustadas, - pintura e também a reposição da placa da referida capela.</t>
   </si>
   <si>
     <t>2887</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2887/indicacao_no_149__elena_reparos_rua_creche_e_boca_lobo.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2887/indicacao_no_149__elena_reparos_rua_creche_e_boca_lobo.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, para que sejam construídas bocas de lobo de dois lados na Rua Aparecido Donizette Campos Amorim – imediações da Creche Idê Sanjulião Pedroso Amorim, bem como proceder o nivelamento da pavimentação no referido trecho desta via pública.</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2888/indicacao_no_150_elena_campeonato_pipas.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2888/indicacao_no_150_elena_campeonato_pipas.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, para que, através de seu departamento competente, realizem um campeonato de pipas no em nossa cidade, em um local amplo e seguro para pratica dessa modalidade com regras a serem seguidas como uso proibido de linha cortante.</t>
   </si>
   <si>
     <t>2889</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2889/indicacao_no_151_elena_corrida_nos_bairros.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2889/indicacao_no_151_elena_corrida_nos_bairros.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, para que, através de seu departamento competente, realizem um campeonato de corrida de rua nos bairros em um circuito que seja seguro e viável.</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2896/indicacao_no_152_patrick_terreno_pamela_ana.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2896/indicacao_no_152_patrick_terreno_pamela_ana.doc.pdf</t>
   </si>
   <si>
     <t>Indicação 152 para que seja feito o serviço solicitado pela cidadã Pâmella Cristhiny Silva conforme Requerimento pro-tocolado em anexo datado de 10.04.25</t>
   </si>
   <si>
     <t>2897</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2897/indicacao_no_153_patrick_entrada_estadio_jorge_oliva_ok.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2897/indicacao_no_153_patrick_entrada_estadio_jorge_oliva_ok.pdf</t>
   </si>
   <si>
     <t>que seja feita a revitalização com um projeto paisagístico e de iluminação adequado nas imediações da entrada do Estádio Jorge Dias de Oliva de nossa cidade.</t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2898/indicacao_no_154_elena_campanha_agasalho.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2898/indicacao_no_154_elena_campanha_agasalho.doc.pdf</t>
   </si>
   <si>
     <t>para que seja realizada a Campanha do Agasalho em nossa cidade.</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2899/indicacao_no_155_elena_dyoninho_baile_rainha_do_rodeio.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2899/indicacao_no_155_elena_dyoninho_baile_rainha_do_rodeio.doc.pdf</t>
   </si>
   <si>
     <t>para que, como o concurso de Rainha do Rodeio de Itaú de Minas já se tornou tradição, que este seja realizado algumas semanas anteriores a festa de Peão e; em parceria com instituições de nossa cidade; seja realizado o desfile das candidatas, a apuração dos jurados e um baile para abrilhantar o evento</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2901/indicacao_no_156_elena_caps.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2901/indicacao_no_156_elena_caps.doc.pdf</t>
   </si>
   <si>
     <t>Indicação 156 - pede cadastramento do Município para instalação do CAPS</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2902/indicacao_no_157_dyonatan_e_demais_contrato_seguro_veiculos.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2902/indicacao_no_157_dyonatan_e_demais_contrato_seguro_veiculos.doc.pdf</t>
   </si>
   <si>
     <t>Vimos indicar ao Executivo Municipal a presente solicitação para que o Administração Municipal estude a viabilidade de realizar licitação pública com o objetivo de contratar seguro completo para todos os veículos pertencentes à frota municipal._x000D_
 O seguro pleiteado deverá contemplar:_x000D_
 - cobertura total contra colisões, roubos, incêndios, furtos, fenômenos da natureza, assistência de guincho 24 horas e danos a terceiros (responsabilidade civil);_x000D_
 - sem perfil de condutor (qualquer pessoa habilitada pode estar dirigindo o veículo;)_x000D_
 - monitoramento por rastreador;_x000D_
 - cobertura para acidentes pessoais de passageiros e condutores, com indenização em caso de invalidez ou morte;_x000D_
 - cobertura de despesas médicas, hospitalares e odontológicas para ocupantes do veículo envolvidos em eventual sinistro.</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2903/indicacao_no_158__elena_prog_idosos.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2903/indicacao_no_158__elena_prog_idosos.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, para iniciar um Programa de atividades com idosos em vulnerabilidade social onde acontecerá atividades em grupo ao menos duas vezes por semana.</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2904/indicacao_no_159_geovan_casamento_coletivo.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2904/indicacao_no_159_geovan_casamento_coletivo.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo para que seja realizado ainda em 2025 o Casamento Coletivo conforme determina a Lei Municipal n.822, de 19 de julho de 2011, nos moldes realizados em 2011 em nossa cidade.</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2905/indicacao_no_160_geovan_espacos_lanchonete_pracas.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2905/indicacao_no_160_geovan_espacos_lanchonete_pracas.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo para que a prefeitura construa e disponibilize espaços com construções apropriadas para que empresas licitadas possam instalar pontos comerciais tipo lanchonetes na Praça Nossa Senhora das Graças. Praça Monsenhor Ernesto e Praça Adelaide Lobato no Bairro Universitário.</t>
   </si>
   <si>
     <t>2906</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2906/indicacao_n161_patric_acolhimento_pronto_socorro.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2906/indicacao_n161_patric_acolhimento_pronto_socorro.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo para que a prefeitura implemente um protocolo de acolhimento na recepção do Pronto Socorro Municipal com servidor capacitado para receber, orientar e acolher tanto pacientes como seus acompanhantes quando em atendimento no PS.</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2908/indicacao_n162_elena_eco_ponto_sao_lucas.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2908/indicacao_n162_elena_eco_ponto_sao_lucas.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, para se seja instalado um ecoponto na última rua do Bairro Santo Antônio e que o caminhão de coleta retire o lixo deste ecoponto, com separação de lixo reciclável (seco) e húmido_x000D_
 (não reciclável).</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2917/indicacao_n163_rayan_reparos_passeio.doc_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2917/indicacao_n163_rayan_reparos_passeio.doc_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo para que a prefeitura Municipal através do setor responsável, tome as providências necessárias para que se faça os reparos na calçada da rua Gasparino de Andrade, imediações do estacionamento do Toninho e do Lanche Gabriel Burguer, para repor as pedras/mosaicos se for de responsabilidade da Prefeitura ou notifique o proprietário do imóvel_x000D_
 para que faça os reparos necessários.</t>
   </si>
   <si>
     <t>2922</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2922/indicacao_n164_heliel_bueiro_rua_corredor.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2922/indicacao_n164_heliel_bueiro_rua_corredor.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo para que a prefeitura Municipal através do setor responsável, tome as providências necessárias para que se faça os reparos no bueiro e dos buracos localizados nas imediações do cruzamento da Rua Piauí com a Rua José Martins Lins – Bela Vista.</t>
   </si>
   <si>
     <t>2923</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2923/indicacao_n165_dioninho_elena_calcada_jose_balbino.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2923/indicacao_n165_dioninho_elena_calcada_jose_balbino.doc.pdf</t>
   </si>
   <si>
     <t>Vimos indicar ao Executivo Municipal a presente solicitação para que a Administração Municipal faça os reparos necessários no calçamento das calçadas da Rua José Balbino no trecho compreendido entre a Escola Municipal Itaú de Minas até a Loja do Magazine Luiza.</t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2924/indicacao_n166_rayan_guarda_corpo.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2924/indicacao_n166_rayan_guarda_corpo.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo para que a prefeitura Municipal através do setor responsável, tome as providências necessárias para repor o guarda corpo na avenida Liberdade imediações do Depósito do Denilson.</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2925/indicacao_n167_rayan_limpesa_terrenos.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2925/indicacao_n167_rayan_limpesa_terrenos.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo para que a prefeitura Municipal através do setor responsável, tome as providências necessárias notificar os proprietários de todos os lotes e terrenos para que façam a limpeza e capina destes imóveis.</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2927/indicacao_n168_patric_lixo_entulho.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2927/indicacao_n168_patric_lixo_entulho.doc.pdf</t>
   </si>
   <si>
     <t>para seja feita a limpeza de entulho na Rua_x000D_
 Alcides Rodrigues de Souza imediações do n. 726 – Bairro Maria Parreira e que seja instalada uma_x000D_
 placa de “Proibido jogar lixo” no local.</t>
   </si>
   <si>
     <t>2926</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2926/indicacao_n169_patric_sinal_tv_rodoviaria.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2926/indicacao_n169_patric_sinal_tv_rodoviaria.doc.pdf</t>
   </si>
   <si>
     <t>indica ao Executivo para seja restabelecido o sinal de canais das TVs instaladas no Terminal Rodoviário Clarice Calixto.</t>
   </si>
   <si>
     <t>2931</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2931/indicacao_n170_rayan_centro_exames_cardio.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2931/indicacao_n170_rayan_centro_exames_cardio.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo para que a prefeitura Municipal através implemente com recursos próprios ou governamentais, um Centro de Diagnóstico Cardíaco em nossa cidade, através da aquisição de equipamentos para exames tais como Holter 24hs, MAPA, Ecocardiograma, Ecodoppler de carótidas, Teste Ergométrico 24h, Polissonógrafo, que não são equipamentos tão caros, e que não demandam especialistas em manuseá-los, mas somente, médicos que possam laudar estes exames, a fim de que tais exames sejam realizados em no município. Não podemos mais continuar pagamento para terceiros, exames que podemos oferecer gratuitamente_x000D_
 para a nossa comunidade de forma rápida. Este Centro poderia ser tanto dentro do próprio Hospital Itaú em se concretizando o convênio para transferência do Pronto Socorro para aquele local, ou no prédio do Pronto Socorro se desocupado com a transferência, ou ainda em imóvel locado para esta finalidade</t>
   </si>
   <si>
     <t>2935</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2935/indicacao__171_rayan_redutor_velocidade_gasparino_andrade.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2935/indicacao__171_rayan_redutor_velocidade_gasparino_andrade.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos regimentais, indica ao Executivo Municipal para que sejam tomadas as seguintes providências:_x000D_
 - seja construído um redutor de velocidade na Rua Gasparino de Andrade imediações do n. 44 – próximo ao Poliesportivo.</t>
   </si>
   <si>
     <t>2937</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2937/indicacao_n172_elena_e_dioninho_rua_sebastiao_franklin.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2937/indicacao_n172_elena_e_dioninho_rua_sebastiao_franklin.doc.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, no uso de suas atribuições legais, vem ratificar a Indicação de n. 141, no qual solicitou providências cabíveis para a conclusão do asfaltamento da Rua Sebastião Franklin Ribeiro, no bairro Acácias, especificamente no trecho final da via, que atualmente permanece sem pavimentação e possui extensão aproximada de 27 metros._x000D_
 Além disso, pedimos também que seja arrumado um buraco que está aberto na referida via pública.</t>
   </si>
   <si>
     <t>2938</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2938/indicacao__173_rayan_rampas_revisada.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2938/indicacao__173_rayan_rampas_revisada.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais, vem respeitosamente indicar ao Excelentíssimo Senhor Prefeito Municipal, por meio do setor competente, a instalação de rampa de acessibilidade na calçada da praça situada no bairro Sagrada Família, especificamente no cruzamento das ruas João Nunes Amorim e também da Benedito Jandir Barbosa com Av. Benedito Damasceno_x000D_
 Silva.</t>
   </si>
   <si>
     <t>2947</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2947/indicacao_no_174__redutores_bela_vista_patrick.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2947/indicacao_no_174__redutores_bela_vista_patrick.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que seja realizado a construção de um redutor de velocidade entre as ruas: José Talibert Sobrinho cruzamento com a rua Joaquim Carlos Reis, altura do nº845 no bairro Bela Vista.</t>
   </si>
   <si>
     <t>2948</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2948/indicacao_no__175_patrick_seguranca_no_municipio.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2948/indicacao_no__175_patrick_seguranca_no_municipio.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, solicitando esforços no sentido de aprimorar o patrulhamento preventivo em nossa cidade, no perímetro urbano, bem como para que o Conselho Comunitário de Segurança Pública (CONSEP) adote medidas efetivas, como por exemplo ampliar para os bairros a instalação de câmeras de segurança em pontos estratégicos.</t>
   </si>
   <si>
     <t>2949</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2949/indicacao__176_rayan_brinq._parque_odelio_brito.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2949/indicacao__176_rayan_brinq._parque_odelio_brito.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos regimentais, ratifica a Indicação Nº 44/25, de sua autoria, no qual indica ao Executivo Municipal que sejam realizadas melhorias no Parque Odélio de Brito, incluindo:_x000D_
 • Substituição dos brinquedos nos parquinhos públicos, garantindo maior segurança e_x000D_
 acessibilidade para as crianças;_x000D_
 • Reposição e manutenção da areia nas áreas de recreação;_x000D_
 • Revitalização do espaço esportivo, substituindo o atual campinho de futebol por uma quadra de futebol society, estruturada com gramado sintético, alambrado e iluminação adequada;_x000D_
 • Revitalização da pista de skate, com manutenção da estrutura, a pintura e correção de rachaduras e melhorias na iluminação.</t>
   </si>
   <si>
     <t>2956</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2956/indicacao_no__177_patrick_esporte_no_bairro.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2956/indicacao_no__177_patrick_esporte_no_bairro.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica junto a mesa dessa casa, visando apresentar uma importante sugestão e total apoio ao Executivo Municipal: a criação do programa "Esporte no Bairro"._x000D_
 Essa iniciativa inovadora busca revitalizar os espaços comunitários e oferecer lazer, esporte e integração social para todos. Com foco nas manhãs de domingo, o programa visa proporcionar atividades para todas as idades, fortalecendo os laços entre os moradores e promovendo a união em nossos bairros._x000D_
 O programa "Esporte no Bairro" incluiria:_x000D_
 - Torneios de Truco: Uma tradição que promove a interação entre adultos e idosos, resgatando a cultura local e incentivando a competitividade saudável._x000D_
 - Competições de Atletismo: Para os entusiastas do esporte e para estimular a prática de atividades físicas entre jovens e adultos. Serão diversas modalidades para que todos possam participar._x000D_
 - Pula-Pula e Pipoca: Pensando nas crianças, o programa oferecerá diversão garantida com brinquedos infláveis e a clássica pipoca, criando um ambiente familiar e acolhedor.</t>
   </si>
   <si>
     <t>2958</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2958/indicacao__178_patrick_pista_corrida_parque_odelio_brito.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2958/indicacao__178_patrick_pista_corrida_parque_odelio_brito.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos regimentais, indica ao Executivo Municipal que sejam realizadas melhorias nas pistas de caminhada e atletismo do Parque Odélio de Brito,</t>
   </si>
   <si>
     <t>2959</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2959/indicacao_no_179_corrimao_praca_monsenhor_rayan.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2959/indicacao_no_179_corrimao_praca_monsenhor_rayan.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos regimentais, indica ao Executivo Municipal que sejam inclusos corrimãos ou guarda corpos, nas rampas de acessibilidade e escadas que houverem na reforma da Praça Monsenhor Ernesto antes da finalização da referida obra.</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>DYONATAN CAMILO, PATRICK GOULART</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2961/indicacao_no__180_patrick_e_dyone_reforma_praca_da_estacao.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2961/indicacao_no__180_patrick_e_dyone_reforma_praca_da_estacao.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, nos termos regimentais, indicam à Mesa desta Casa a urgente necessidade de providências junto ao Executivo Municipal diante das gravíssimas denúncias apresentadas por moradores, expressas em vídeo anexado, para a interdição total e emergencial do Parque Infantil e da quadra poliesportiva situados na Estação Cultura, Praça da Estação Itaú. Esta medida visa garantir a segurança dos frequentadores enquanto são realizadas as reformas necessárias._x000D_
 Sugiro as seguintes ações prioritárias:_x000D_
 - Interdição Imediata e Sinalização Clara: Determinar a interdição imediata de todo o parque infantil e da quadra poliesportiva, com a instalação de sinalização clara e visível sobre os riscos e a proibição de uso até a conclusão das obras._x000D_
 - Troca Urgente de Brinquedos Sucateados e Traves de Gol: Substituição completa e imediata de todos os brinquedos sucateados por novos. Além disso, a troca das traves de gol da quadra poliesportiva é imperativa, pois sua condição atual pode causar acidentes graves._x000D_
 - Reforma Estrutural: Além da troca dos equipamentos, realizar uma reforma estrutural completa do espaço, incluindo a modernização da rede elétrica, e limpeza regular de toda a área, eliminando crescimento de mato que propicia a presença de animais peçonhentos._x000D_
 - Iluminação e Segurança Permanente: Instalação de um sistema de iluminação potente e abrangente em todo o parque e quadra. Após a reforma, designar um guarda municipal para patrulhamento periódico e um cuidador para a manutenção diária e constante, garantindo a segurança e a limpeza do local.</t>
   </si>
   <si>
     <t>2960</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2960/indicacao__181_rayan_cartao_cidadao.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2960/indicacao__181_rayan_cartao_cidadao.doc.pdf</t>
   </si>
   <si>
     <t>Assunto: Implantação do Cartão Cidadão Itaú como ferramenta de unificação de dados e melhoria no atendimento dos serviços públicos municipais._x000D_
 Senhores Vereadores._x000D_
 Indico ao Excelentíssimo Senhor Prefeito Municipal que estude a viabilidade de implantação do Cartão Cidadão Itaú, um documento unificado de identificação e acesso aos serviços públicos, que possibilita a centralização das informações sociais, de saúde, educacionais e de assistência de cada cidadão itauense, facilitando o atendimento nas repartições públicas municipais._x000D_
 1- Finalidade do Cartão:_x000D_
 - O Cartão Cidadão Itaú funcionará como uma chave de acesso digital e físico para facilitar o_x000D_
 reconhecimento do cidadão dentro dos sistemas da Prefeitura, oferecendo:_x000D_
 - Consulta imediata ao histórico de atendimentos em unidades de saúde;_x000D_
 - Identificação da situação socioeconômica (se recebe ou não algum benefício);_x000D_
 - Dados sobre composição familiar, residência, escolaridade e ocupação;_x000D_
 - Registro de participação em programas sociais, educacionais ou habitacionais;_x000D_
 - Cadastro único para filas de vagas escolares, habitação, bolsa universitária e outros._x000D_
 2 - Benefícios do Cartão (sem movimentação financeira):_x000D_
 - Reduz a burocracia em atendimentos públicos;_x000D_
 - Facilita a triagem em unidades de saúde, assistência e educação;_x000D_
 - Cria um banco de dados real e atualizado sobre a população local;_x000D_
 - Melhora a gestão pública com dados integrados para planejamento;_x000D_
 - Garante mais agilidade no atendimento de emergências sociais;_x000D_
 - Evita duplicidade de cadastro e reduz fraudes._x000D_
 3 - Aplicações práticas:_x000D_
 - Na saúde: o cidadão apresenta o cartão, e o agente acessa o histórico de exames, consultas anteriores e vulnerabilidades;_x000D_
 - Na assistência social: o cartão informa se a pessoa já recebe benefícios, qual o perfil familiar, e permite acompanhamento técnico;_x000D_
 - Na educação: cadastro de alunos, identificação de famílias prioritárias para creche ou transporte_x000D_
 escolar;_x000D_
 - Na defesa civil: cadastro de residências em áreas de risco e perfil dos moradores;_x000D_
 - No planejamento urbano: mapeamento das regiões com maior demanda por serviços.</t>
   </si>
   <si>
     <t>2963</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2963/indicacao__182_geovan_parquinhos_bela_vista.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2963/indicacao__182_geovan_parquinhos_bela_vista.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve nos termos regimentais, indica à Mesa desta Casa providências junto ao Executivo Municipal, para que sejam tomadas as seguintes providências:_x000D_
 - a interdição total e emergencial do Parque Infantil situado no Bairro Bela Vista – COHAB 2;_x000D_
 - que seja feito um projeto técnico com cronograma para a troca e substituição dos brinquedos infantis de todos os parques de nossa cidade por modelos mais modernos confeccionado em plástico ou fibra_x000D_
 conforme sugestão de modelos anexos.</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2964/indicacao__183_patrick_passeios_joao_kirchner.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2964/indicacao__183_patrick_passeios_joao_kirchner.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve nos termos regimentais, indica à Mesa desta Casa providências junto ao Executivo Municipal, para que sejam tomadas as seguintes providências:_x000D_
 - que seja refeito o passeio localizado nas imediações do Lar São Vicente de Paulo - Rua João_x000D_
 Kirchner até cruzamento com a Avenida Liberdade</t>
   </si>
   <si>
     <t>2972</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2972/indicacao_no_184_red._velocidade_av_liberdade_rayanpatrick.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2972/indicacao_no_184_red._velocidade_av_liberdade_rayanpatrick.doc.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, indicam à Mesa desta Casa providências junto ao Executivo Municipal para que sejam instalados redutores de velocidade (quebra-molas) nos dois lados da Avenida Liberdade – tanto nas imediações do Estádio João Berlarmino como também nas imediações a Academia Power Coup.</t>
   </si>
   <si>
     <t>2973</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2973/indicacao_no_185_dioninho_raio_x_ambulatorio.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2973/indicacao_no_185_dioninho_raio_x_ambulatorio.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que retorne o atendimento de exames de raio X no Ambulatório Municipal, nos moldes como eram feitos há anos atrás.</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2981/indicacao_no_186_dyonatan_terreno_limpeza_liberdade.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2981/indicacao_no_186_dyonatan_terreno_limpeza_liberdade.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que seja feita a carpina e limpeza geral no terreno baldio localizado na rua Álvaro Andrade esquina com Rua Lázaro José da Costa no Residencial Liberdade, ou que seja notificado o proprietário do lote para que proceda a limpeza do mesmo.</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2984/indicacao__187_elena_revisao_planos_e_codigos.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2984/indicacao__187_elena_revisao_planos_e_codigos.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, no uso de suas atribuições legais, indica ao Executivo Municipal que seja feita a contratação de empresas ou órgão de assessoria técnico jurídica para proceder a revisão das seguintes normas municipais: Plano Diretor, Código de Postura e Código Tributário, como também a possibilidade de criação do Código de Obras Municipal.</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2985/indicacao__188_rayan_limpeza_corrego.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2985/indicacao__188_rayan_limpeza_corrego.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal para que faça a limpeza do Córrego do Ferro em toda a sua extensão, através de uma limpeza geral tanto dentro do canal como em suas imediações.</t>
   </si>
   <si>
     <t>2988</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2988/indicacao_no189_m._elena_piscina_odelio.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2988/indicacao_no189_m._elena_piscina_odelio.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, para que, seja reformada ao menos uma das piscinas públicas do Parque Municipal Odélio de Brito em Itaú de Minas.</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2989/indicacao_no_190_rayan_placa_sinalizacao_praca_bae.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2989/indicacao_no_190_rayan_placa_sinalizacao_praca_bae.doc.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal que seja feita, com urgência, a pintura da sinalização de “PARE” no asfalto, colocação de placas e demarcação de faixas de pedestres no cruzamento da Praça do Baé - Praça Heleno de Andrade.</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2992/indicacao_no_191_rayan_melhorias_cemei_otavio_amorim.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2992/indicacao_no_191_rayan_melhorias_cemei_otavio_amorim.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve, no uso de suas atribuições legais, indica ao Executivo Municipal, por intermédio dos setores competentes, que sejam realizadas melhorias no CEMEI Otávio Rodrigues Amorim, contemplando:_x000D_
 1. Poda das árvores no entorno da escola;_x000D_
 2. Limpeza do contorno externo da unidade;_x000D_
 3. Poda da grama e limpeza interna do pátio escolar;_x000D_
 4. Limpeza e manutenção da quadra de esportes;_x000D_
 5. Construção de muro com instalação de concertinas; ao fundo da escola, visando evitar que pessoas cortem caminho pelo local, o que tem ocasionado danos à grade existente;_x000D_
 6. Execução da calçada lateral da escola para melhor circulação e segurança.</t>
   </si>
   <si>
     <t>2993</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2993/indicacao_no_192_rayan_melhorias_brinquedos_cemei_otavio_amorim.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2993/indicacao_no_192_rayan_melhorias_brinquedos_cemei_otavio_amorim.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve, no uso de suas atribuições legais, indica ao Executivo Municipal, por intermédio da Secretaria Municipal de Educação, que sejam providenciadas as seguintes melhorias no CEMEI Otávio Rodrigues Amorim:_x000D_
 1. Aquisição de brinquedos novos para o pátio, adequados à faixa etária atendida;_x000D_
 2. Troca das mesas do refeitório, visto que as atuais já não oferecem condições adequadas de uso;_x000D_
 3. Pintura geral da unidade escolar;_x000D_
 4. Manutenções preventivas e corretivas periódicas, incluindo avaliação e adequação das condições de segurança na cozinha;_x000D_
 5. Melhoria das condições de trabalho para todos os servidores da unidade.</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2994/indicacao_no__193_patrick_beach_tenis_escola_jorge_oliva.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2994/indicacao_no__193_patrick_beach_tenis_escola_jorge_oliva.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Excelentíssimo Senhor Prefeito, para que, através da Secretaria competente, realize a construção de 01 quadra de beach tennis na Escola Municipal Engenheiro Jorge Oliva.</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2997/indicacao_no__194_patrick_redutor_velocidade_ja.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2997/indicacao_no__194_patrick_redutor_velocidade_ja.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, a instalação de um redutor de velocidade (lombada) na Rua Juventino Dias, em frente ao estabelecimento "Açougue do J.A.".</t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2998/indicacao__195_dyonatan_parquinho_cobah_2.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2998/indicacao__195_dyonatan_parquinho_cobah_2.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para sejam implementadas as seguintes ações no Espaço de Lazer do Conjunto Habitacional Bela Vista (COHAB II) e suas imediações:_x000D_
 - limpeza geral e reparos dos muros;_x000D_
 - revitalização do local com projeto urbanístico adequado;_x000D_
 - troca dos brinquedos ali existentes por modelos mais modernos e duráveis;_x000D_
 - construção de uma guarita com cobertura no local onde os alunos aguardam o transporte escolar;</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3001/indicacao__196_dyonatan_rua_joao_kirchner_correio.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3001/indicacao__196_dyonatan_rua_joao_kirchner_correio.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica mais uma vez à Mesa desta Casa providências junto ao Executivo Municipal para que faça a ampliação da extensão da faixa amarela na Rua João Kirchnner, em frente a Agência dos Correios, compreendendo toda extensão do prédio que abriga_x000D_
 aquela agência conforme imagens e o Abaixo Assinado que seguem anexo</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3002/indicacao__197_dyonatan_heliel_gratificacao_funcoes_pra_todos_servidores.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3002/indicacao__197_dyonatan_heliel_gratificacao_funcoes_pra_todos_servidores.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem, no uso de suas atribuições legais, indicam ao Executivo Municipal, para que a Lei Municipal n. 1159/21, que – Instituiu a gratificação de função a servidores municipais e dá outras providências, seja reavaliada e ampliada para beneficiar todos_x000D_
 os servidores que desempenham outras funções além das suas de origem conforme a intenção da norma.</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3003/indicacao_no198_m._elena_redutor.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3003/indicacao_no198_m._elena_redutor.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, para que seja construído 01 redutor de velocidade nas imediações do Centro Municipal de Vigilância ou que se transforme o quebra-molas próximo a rotatória em uma passarela elevada com a devida sinalização.</t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3007/indicacao_no199_geovan_praca_rodrigues_amorim_revitalizacao_ok.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3007/indicacao_no199_geovan_praca_rodrigues_amorim_revitalizacao_ok.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para que seja feita a revitalização através de um projeto arquitetônico de reurbanização da Praça Rodrigues Amorim de nosso Município</t>
   </si>
   <si>
     <t>3009</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3009/indicacao_no200_patrick_limpeza_terrreno_rua_eni.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3009/indicacao_no200_patrick_limpeza_terrreno_rua_eni.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que, se for área verde da Prefeitura, que se faça a limpeza e carpina do terreno localizado na Rua Eni n.700 (Bairro Universitário), ou caso não seja imóvel público, que seja notificado o(s) proprietário(s) pedindo esta providência com maior brevidade possível.</t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3010/indicacao_n._201_rayan_limpeza_escorpioes_3_marias.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3010/indicacao_n._201_rayan_limpeza_escorpioes_3_marias.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve, nos termos regimentais, indica ao Excelentíssimo Senhor Prefeito Municipal, Norival Lima, que determine ao setor competente a realização de serviço de dedetização contra escorpiões e limpeza geral na Quadra Três Marias e imediações, visando garantir_x000D_
 mais segurança e qualidade de vida aos moradores.</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3011/indicacao_n._202_dioninho_rua_danificada_olaria.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3011/indicacao_n._202_dioninho_rua_danificada_olaria.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que seja os reparos necessários na pavimentação da Rua Geraldo Antônio Mendes imediações do n.35 – Bairro Olaria, em nosso Município.</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3012/indicacao_n._203_gratificacao_brigada_incendios.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3012/indicacao_n._203_gratificacao_brigada_incendios.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem, no uso de suas atribuições legais, indicam ao Executivo Municipal, para que todos os membros servidores da Brigada de Combate à Incêndios de nosso Município, sejam beneficiados pela Lei Municipal n. 1159/21, que – Instituiu a gratificação de função a servidores municipais e dá outras providências.</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3017/indicacao_204_heliel_insalubridade_sassa.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3017/indicacao_204_heliel_insalubridade_sassa.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve, indica ao Executivo Municipal, para que os servidores que trabalham no caminhão quais sejam: Sassá, Sr. Jorge, Lucas e Cleber, também recebam o percentual de 40% de insalubridade/periculosidade, à exemplo do pessoal que trabalha com a Keila da Secretaria Municipal de Serviços Urbanos.</t>
   </si>
   <si>
     <t>3018</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3018/indicacao_n._205_tvs_ps_heliel.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3018/indicacao_n._205_tvs_ps_heliel.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve, indica ao Executivo Municipal, para que sejam instaladas Tvs nos seguintes locais do Pronto Socorro Maria Guerra:_x000D_
 a) Recepção e_x000D_
 b) Nas alas de observação e de internação de espera para o SUS Fácil;</t>
   </si>
   <si>
     <t>3019</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3019/indicacao_no_206_pintura_redutores_velocidade_cano_heliel.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3019/indicacao_no_206_pintura_redutores_velocidade_cano_heliel.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve, indica ao Executivo Municipal, para que seja feita a pintura e sinalização nos redutores de velocidade localizados na Rua Pará nas imediações da Capela Nossa Senhora Aparecida e do Centro de Vigilância e Vacinação, no Bairro Jardim Pinheiro, e que seja retirado um cano quebrado localizado também nestas imediações.</t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3020/indicacao_207_invesao_mao_direcao_massaud_mattar_geovan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3020/indicacao_207_invesao_mao_direcao_massaud_mattar_geovan.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve, indica ao Executivo Municipal, para que seja feita a inversão de mão de direção de Parada Obrigatória na rua Massaud Mattar nos cruzamentos com a Rua Juventino Dias, com a Rua Gasparino de Andrade e Rua Rodrigues Amorim</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3021/indicacao_208_m.elena_tres_fiscais.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3021/indicacao_208_m.elena_tres_fiscais.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, indica ao Executivo Municipal para que, sejam contratados 03 (três), servidores Fiscais aprovados no Processo Seletivo n.03/25, e que seja dividido o trabalho destes de forma individualmente para fiscal de Obras, fiscal de Posturas e fiscal de Meio Ambiente, visto ter finalizado o referido processo seletivo para a contratação de fiscais de posturas, obras e meio ambiente.</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3022/indicacao_209__m._elena_descongela_.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3022/indicacao_209__m._elena_descongela_.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, indica ao Executivo Municipal para que, tão logo o Projeto de Lei Complementar n.143/20 seja aprovado pelo Senado e sancionado pelo Governo Federal, que a Prefeitura retome a contagem de tempo dos servidores municipais, considerando o período entre 28 de maio de 2020 e 31 de dezembro de 2021, para a concessão de direitos e vantagens, como quinquênio e férias-prêmio, que por esses 19 meses foram congelados nas carreiras dos servidores públicos de todo o Brasil por meio da Lei Complementar Federal 173/2020, como contrapartida ao auxílio financeiro que estados, municípios e Distrito Federal receberam da União para o enfrentamento à pandemia de Covid-19.</t>
   </si>
   <si>
     <t>3023</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3023/indicacao_n.210_rayan_cameras_monitoramento.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3023/indicacao_n.210_rayan_cameras_monitoramento.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal as seguintes providências:_x000D_
 - que seja ampliado o sistema de videomonitoramento integrado com aquisição de mais câmeras para atender à toda cidade, especialmente nos pontos mais sensíveis no ponto de vista da segurança pública, através de parceria com a Polícia Militar e CONSEP – Conselho de Segurança Pública de Itaú de Minas/MG.</t>
   </si>
   <si>
     <t>3024</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3024/indicacao_no_211_guaritas_rayan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3024/indicacao_no_211_guaritas_rayan.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, indica ao Executivo Municipal para que sejam instaladas placas de sinalização e que sejam construídas guaritas em todos os pontos de ônibus para embarque e desembarque de alunos que utilizam o transporte escolar.</t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3025/indicacao_212_estacionamento_45_graus_pracas.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3025/indicacao_212_estacionamento_45_graus_pracas.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, indica ao Executivo Municipal para que sejam adotado o sistema de estacionamento em 45 graus no entorno das praças e parques públicos da cidade, visando além de acomodar melhor os veículos, coibir o estacionamento de veículos de carga longos e pesados nestes locais.</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3030/indicacao_213_rayan_jardim_progresso_pomar_e_revitalizacao.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3030/indicacao_213_rayan_jardim_progresso_pomar_e_revitalizacao.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente indicar ao Excelentíssimo Senhor Prefeito Municipal, juntamente com a Secretaria competente, que seja realizada a revitalização da área verde situada sob as torres de energia, contemplando:_x000D_
 • a criação de um pomar comunitário com árvores frutíferas, como limão, laranja, manga, goiaba e outras espécies adequadas;_x000D_
 • a execução de calçada em todo o contorno da área;_x000D_
 • a instalação de bancos e pontos de descanso;_x000D_
 • ações de paisagismo e arborização, de modo a assegurar a preservação e o melhor aproveitamento do espaço._x000D_
 J</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3031/indicacao_214_rayan_sinalizacao_no_progresso.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3031/indicacao_214_rayan_sinalizacao_no_progresso.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente indicar ao Excelentíssimo Senhor Prefeito Municipal, juntamente com a Secretaria competente, que seja providenciada a sinalização viária nas esquinas do Bairro Jardim Progresso, instalando placas de PARE, a pintura de faixas de pedestres e a instalação de quebra-molas/lombadas, conforme avaliação técnica.</t>
   </si>
   <si>
     <t>3032</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3032/indicacao_no_215_cameras_ps_rayan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3032/indicacao_no_215_cameras_ps_rayan.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para que seja instalado, com a maior brevidade possível, sistema de monitoramento com vigilância através de câmeras no Pronto Socorro Municipal Maria Guerra.</t>
   </si>
   <si>
     <t>3033</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3033/indicacao_no_216__repor_blocos_rua_joao_vitalino_cezario_dyonatan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3033/indicacao_no_216__repor_blocos_rua_joao_vitalino_cezario_dyonatan.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos regimentais, indica ao Executivo Municipal para que sejam tomadas as seguintes providências:_x000D_
 - que urgentemente, sejam realizados serviços de manutenção nas pedras de paralelepípedos soltos Rua João Vitalino Cezário.</t>
   </si>
   <si>
     <t>3034</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3034/indicacao_n._217_patrick_estacionamento_veiculos_pesados_pracas.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3034/indicacao_n._217_patrick_estacionamento_veiculos_pesados_pracas.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, indica ao Executivo Municipal para que seja instalada sinalização de proibido estacionamento de veículos de carga, longos e maquinários pesados no entorno das praças e parques públicos da cidade.</t>
   </si>
   <si>
     <t>3037</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3037/indicacao_218_patrick_mao_unica_rua_piaui.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3037/indicacao_218_patrick_mao_unica_rua_piaui.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal providências junto ao Setor Municipal de Trânsito para que seja implementado o sistema de mão única de direção na Rua Piauí.</t>
   </si>
   <si>
     <t>3039</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3039/indicacao_n._219_heliel_curso_brigada_incendio.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3039/indicacao_n._219_heliel_curso_brigada_incendio.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, para que seja criada a Brigada Florestal Municipal através da realização de convênio à ser firmado entre o município de Itaú de Minas e 2ª Companhia de Bombeiros Militar de Passos, nos moldes do convenio feito com o Município de São José da Barra.</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3045/indicacao_no_220_bueiro_quebrado_patrick_zeferino_paiva.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3045/indicacao_no_220_bueiro_quebrado_patrick_zeferino_paiva.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal, através da Secretaria de Serviços Urbanos, para que seja feita a limpeza e os reparos no bueiro quebrado e sem proteção localizado no cruzamento da Rua Braziel Ferreira Amorim com a Rua Zeferino Paiva.</t>
   </si>
   <si>
     <t>3047</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3047/indicacao_no_221_patrick_blocos_soltos_rua_gasparino_andrade.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3047/indicacao_no_221_patrick_blocos_soltos_rua_gasparino_andrade.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo para que a Prefeitura, através do setor responsável, tome as providências necessárias para que se faça os reparos no calçamento da rua Gasparino de Andrade, imediações Loja Andrads para repor as pedras/mosaicos que estão soltos.</t>
   </si>
   <si>
     <t>3048</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3048/indicacao_no__222_dyonatan_bloco_rua_jose_mario.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3048/indicacao_no__222_dyonatan_bloco_rua_jose_mario.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos regimentais, indica ao Executivo Municipal para que sejam tomadas as seguintes providências:_x000D_
 - que urgentemente, sejam realizados serviços de manutenção no calçamento da Rua de José Mário Tavares de Oliva imediações da Farmácia Entrefarma.</t>
   </si>
   <si>
     <t>3054</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3054/indicacao_no_223_buraco_e_redutor_velocidade_rayan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3054/indicacao_no_223_buraco_e_redutor_velocidade_rayan.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Excelentíssimo Senhor Prefeito Municipal que, por meio do setor competente, seja realizado o reparo da via e a instalação de um redutor de velocidade na Rua Antônio Calixto Callas, nas proximidades do número 575.</t>
   </si>
   <si>
     <t>3055</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3055/indicacao_no_224_heliel_passarela_margem_rodovia.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3055/indicacao_no_224_heliel_passarela_margem_rodovia.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal que, seja construída uma passarela na área da Prefeitura localizada às margens da Rodovia MG 050, para atender aos pedestres que por ali transitam sem proteção alguma</t>
   </si>
   <si>
     <t>3056</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3056/indicacao_no_225_heliel_galeria_agua_escoamento_rua_joaquim_januario_com_gasparino.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3056/indicacao_no_225_heliel_galeria_agua_escoamento_rua_joaquim_januario_com_gasparino.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal que, seja feita um trabalho no cruzamento da Rua Gasparino de Andrade com a Rua Joaquim Januário Garcia, para sanar o problema das águas das chuvas que se acumulam no local fazendo com que as casas mais baixas sejam inundas.</t>
   </si>
   <si>
     <t>3062</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3062/indicacao_no_226_fabiano_calcamento_rua_anesio_fernandes.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3062/indicacao_no_226_fabiano_calcamento_rua_anesio_fernandes.pdf</t>
   </si>
   <si>
     <t>mo. Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 O Vereador que esta subscreve, indica ao Executivo Municipal que, sejam feitos os reparos_x000D_
 necessários no calçamento da Rua Anézio Fernandes de Oliveira imediações do n.32.</t>
   </si>
   <si>
     <t>3064</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3064/indicacao_no_227_elena_rua_noraldino_pimenta.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3064/indicacao_no_227_elena_rua_noraldino_pimenta.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica ao Executivo Municipal que, seja feita uma análise do_x000D_
 Setor de engenharia para sanar o problema da Rua Noraldino Pimenta imediações da residência de n.53,_x000D_
 para posteriormente corrigir o problema da caída e escoamento de água no local.</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3071/indicacao_no_228_dioninho_sinalizacao_escolas.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3071/indicacao_no_228_dioninho_sinalizacao_escolas.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal que, seja feita as seguintes_x000D_
 melhorias nas imediações do Cemei Dona Nem e da Escola Municipal Itaú de Minas quais sejam:_x000D_
 - renovação da pintura da sinalização de Proibido estacionar no chão das entradas das referidas escolas;_x000D_
 - instalação de placa de sinalização de proibido estacionar na entrada do Cemei Dona Nem;_x000D_
 - substituição por outra nova da placa de sinalização de proibido estacionar na entrada lateral da escola_x000D_
 Municipal Itaú de Minas</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3073/indicacao_no_229_rayan_rotatoria_av.liberdade_sujeira_areia.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3073/indicacao_no_229_rayan_rotatoria_av.liberdade_sujeira_areia.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Excelentíssimo Senhor Prefeito Municipal que, por meio_x000D_
 do setor competente, seja feita a limpeza e retirada de areia e sujeira presentes no final da Avenida_x000D_
 Liberdade, na rotatória que dá acesso aos bairros São Lucas e Progresso.</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3079/indicacao_no__230_patrick_cemei_sonia_salete_pintura.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3079/indicacao_no__230_patrick_cemei_sonia_salete_pintura.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, a realização de um mutirão de obras e melhorias no CEMEI Sônia Salete Arantes Cintra, abrangendo:_x000D_
 1.	Pintura da quadra e demais áreas comuns, caso não disponha da mão de obra, solicitamos a doação dos materiais de pintura, para a própria comunidade realizar os serviços._x000D_
 2.	Restauração e reforma do paisagismo e jardinagem._x000D_
 3.	Realização de outras obras de manutenção necessárias para o bem-estar e segurança das crianças.</t>
   </si>
   <si>
     <t>3083</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3083/indicacao_no__231__dyonatan_campo_belarmino.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3083/indicacao_no__231__dyonatan_campo_belarmino.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal as seguintes providências no local denominado "Campo do Belarmino":_x000D_
 _x000D_
 -  Informe em que pé se encontra o processo para a recolocação definitiva dos fios da rede elétrica que foram furtados recentemente;_x000D_
 - Oficiar a empresa responsável pela manutenção e substituição dos fios para que cumpra imediatamente o serviço em atraso e realize os reparos necessários com a máxima urgência, a fim de viabilizar o funcionamento adequado do Campo do Belarmino; _x000D_
 - Restabelecer a iluminação para fins de segurança, se possível com uma vigilância patrimonial do local e dos frequentadores, coibindo novos furtos e vandalismo._x000D_
 - Garantir a funcionalidade dos pontos de energia para bebedouros elétricos e equipamentos de apoio (como máquinas de lavar uniformes, se existentes), cuja utilização está prejudicada._x000D_
 - Apresentar um plano de ação e cronograma para a conclusão da reinstalação elétrica e normalização de toda parte elétrica do referido campo.</t>
   </si>
   <si>
     <t>3084</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3084/indicacao_no__232_patrick_escola_monsenhor_ernesto_pombinhos.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3084/indicacao_no__232_patrick_escola_monsenhor_ernesto_pombinhos.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal as seguintes providências na Escola Municipal Monsenhor Ernesto:_x000D_
 - Determinar a execução imediata de uma limpeza geral e detalhada no telhado da Escola Municipal Monsenhor Ernesto;_x000D_
 - Remover o acúmulo de sujeira e fezes de pombos do telhado para solucionar o problema de higiene e odor;_x000D_
 - Realizar os reparos necessários para eliminar as goteiras nas salas de aula e demais dependências da escola.</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3085/indicacao_no_233__calcadas_area_verde_bela_vista_patrick.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3085/indicacao_no_233__calcadas_area_verde_bela_vista_patrick.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que seja realizada a continuação e confecção dos passeios (calçadas) em torno da área verde (praça/terreno) situada na Rua José Talibert Sobrinho, bairro Bela Vista, ao lado da Escola Municipal Monsenhor Ernesto Cavichiolli.</t>
   </si>
   <si>
     <t>3098</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3098/indicacao_no_234_patrick_santo_antonio_academia_limpeza_corrego_seguranca.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3098/indicacao_no_234_patrick_santo_antonio_academia_limpeza_corrego_seguranca.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos regimentais, atendendo aos moradores da rua Antonio Domingos Junior, indica ao Executivo Municipal para que seja tomadas as seguintes providências no Bairro Santo Antonio:_x000D_
 - limpeza do Córrego;_x000D_
 - melhoria do sistema de segurança com pedido de policiamento mais ostensivo e instalação de câmeras de monitoramento;_x000D_
 - instalação de uma academia ao Ar livre na área pertencente a Prefeitura</t>
   </si>
   <si>
     <t>3097</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3097/indicacao_no_235_rayan_reparos_rua_massaud_mattar_.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3097/indicacao_no_235_rayan_reparos_rua_massaud_mattar_.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos regimentais, indica ao Executivo Municipal para que_x000D_
 sejam feitos os reparos adequados no calçamento dos paralelepípedos soltos na Rua Massaud Mattar_x000D_
 imediações do Empresa Agropet.</t>
   </si>
   <si>
     <t>3116</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3116/indicacao_236_patrick_sinalizacao_e_limpeza_rua_ana_carvalho_dos_santos_.acacias.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3116/indicacao_236_patrick_sinalizacao_e_limpeza_rua_ana_carvalho_dos_santos_.acacias.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos regimentais, atendendo aos moradores da Rua Ana_x000D_
 Carvalho dos Santos no Bairro Acácias, indica ao Executivo Municipal que seja feita a sinalização do_x000D_
 redutor de velocidade ali existente, bem com a carpina e limpeza da referida via pública.</t>
   </si>
   <si>
     <t>3137</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3137/indicacao_no_237_maria_elena_entrega_cestas_natalinas.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3137/indicacao_no_237_maria_elena_entrega_cestas_natalinas.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscreve, indicam à Mesa desta Casa providências junto ao Executivo Municipal no sentido de que as cestas natalinas provenientes de devolução de recursos da Câmara Municipal sejam entregues nas residências dos servidores ou nos setores de trabalho dos servidores. Ainda tendo como principio da eficiência e economicidade, sugerimos que a própria empresa vencedora do fornecimento das referidas cestas natalinas seja a responsável pelas entregas.</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3138/indicacao_no__238_patrick_auxilio_po_de_giz.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3138/indicacao_no__238_patrick_auxilio_po_de_giz.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, a realização de estudos e a adoção de medidas legislativas e administrativas necessárias para a incorporação do "Auxílio Pó de Giz" ao vencimento base dos professores da Rede Municipal de Ensino, com o objetivo de integrá-lo aos cálculos do coeficiente de aposentadoria.</t>
   </si>
   <si>
     <t>3141</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3141/indicacao_no__239_m._elena_bueiro_psf2.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3141/indicacao_no__239_m._elena_bueiro_psf2.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, solicitando a imediata colocação de grades de proteção em bueiro aberto localizado próximo ao cruzamento da Rua Massaud Mattar com a Avenida da Liberdade, em frente ao PFS2.</t>
   </si>
   <si>
     <t>3149</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3149/indicacao_no_240____m._elena_pai_tania.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3149/indicacao_no_240____m._elena_pai_tania.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, nos termos regimentais, indica ao Executivo Municipal para que seja dada a denominação de Sebastião Luiz de Abreu à um logradouro público de nosso Município, para render homenagem à este grande cidadão que prestou grandes serviços à nossa comunidade na área de segurança pública conforme justificativa abaixo.</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3158/indicacao_no__241__dyonatan_ruas_massaud_e_gasparino.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3158/indicacao_no__241__dyonatan_ruas_massaud_e_gasparino.pdf</t>
   </si>
   <si>
     <t>Exmo.  Sr. Presidente da Câmara Municipal de Itaú de Minas._x000D_
 	O Vereador que esta subscreve, indica ao Executivo Municipal as seguintes providências na Rua Massaud Mattar e na Rua Gasparino de Andrade:_x000D_
 	- Pavimentação Asfáltica ou Recomposição Total: Que seja realizado estudo de viabilidade para o asfaltamento (CBUQ) ou, em caráter de urgência, a recomposição total do calçamento em blocos/paralelepípedos da Rua Gasparino de Andrade, no trecho entre a Praça Nossa Senhora e a Praça do Baé;_x000D_
 	- Recuperação de Pavimento: Que se execute a manutenção e regularização do piso da Rua Massaud Mattar, no trecho compreendido entre o Pré Dona Nen e a rotatória do Bairro Jardim Progresso;_x000D_
 	- Nivelamento e Drenagem: Que a intervenção contemple o nivelamento do solo para evitar o acúmulo de águas pluviais, que contribui para o desprendimento dos blocos.</t>
   </si>
   <si>
     <t>2680</t>
   </si>
   <si>
     <t>MOÇ</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2680/mocao_01-2025_fabiano_selo_nacional_alfabetizacao.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2680/mocao_01-2025_fabiano_selo_nacional_alfabetizacao.pdf</t>
   </si>
   <si>
     <t>MOÇÃO Nº01/2025_x000D_
 Moção, à ser encaminhada à Secretaria Municipal de Educação, para manifestar os votos de aplausos desta Câmara pela conquista do “Selo Nacional Compromisso com a Alfabetização 2024”.</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2732/mocao_no_02_times_handebol_m._elena.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2732/mocao_no_02_times_handebol_m._elena.doc.pdf</t>
   </si>
   <si>
     <t>A vereadora abaixo assinado, em conformidade com o Art. 192 do Regimento Interno, solicita a Vossa Excelência ouvido o Plenário, uma MOÇÃO DE APLAUSOS, às equipes de Handbol Feminino e Masculino de Itaú de Minas pela conquista da Copa Regional de Handbol que aconteceu nos dias 22 e 23 de fevereiro, onde, com campanhas impecáveis, as equipes garantiram os títulos de campeões da competição._x000D_
 Os times de Handebol masculino e feminino de Itaú de Minas, sob o comando da treinadora Talita Souza, foram campeões da 3ª Copa Regional de Handebol, realizada no Ginásio Poliesportivo Maurício Goulart, em São Tomás de Aquino, onde Itaú de Minas se destacou mais uma vez de forma honrosa, através destas conquistas._x000D_
 Parabéns aos atletas e equipe pela dedicação e esforço que colocaram a nossa cidade, no mais alto patamar do cenário esportivo em nossa região.</t>
   </si>
   <si>
     <t>2939</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2939/mocao_de_aplausos_no_03_karate.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2939/mocao_de_aplausos_no_03_karate.doc.pdf</t>
   </si>
   <si>
     <t>A vereadora abaixo assinado, em conformidade com o Art. 192 do Regimento Interno, solicita a Vossa Excelência ouvido o Plenário, uma MOÇÃO DE APLAUSOS, à equipe de Karatê que participou do Campeonato Mineiro de Karatê e do Campeonato Estudantil em Uberlândia acontecido nos dias 12 e 13.07.25 onde, com campanhas impecáveis, nossos atletas garantiram várias medalhas na competição sendo:_x000D_
 Final do Campeonato Mineiro - foram 10 medalhas de ouro, 06 medalhas de prata e 07 de bronze._x000D_
 Final do Estudantil - 12 medalhas de ouro, 04 medalhas de prata e 07 medalhas de bronze_x000D_
 As equipes masculino e feminino de Itaú de Minas mais uma vez se destacaram de forma honrosa, através destas conquistas o que muito nos enaltece por termos em nosso Município atletas tão dedicados e determinados._x000D_
 Parabéns aos atletas e toda a equipe pela dedicação e esforço que colocaram a nossa cidade, no mais alto patamar do cenário esportivo em nosso Estado.</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3004/mocao_de_aplausos_no_04-_combate_incendios.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3004/mocao_de_aplausos_no_04-_combate_incendios.pdf</t>
   </si>
   <si>
     <t>Os vereadores abaixo assinados, em conformidade com o Art. 192 do Regimento Interno, solicita a Vossa Excelência ouvido o Plenário, uma MOÇÃO DE APLAUSOS com o seguinte teor:_x000D_
 A Câmara Municipal de Itaú de Minas, vem manifestar público reconhecimento e aplausos pelas ações realizadas no combate aos incêndios ocorridos recentemente no território do Município pela equipe de servidores da Prefeitura Municipal de nosso Município.</t>
   </si>
   <si>
     <t>3036</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3036/mocao_n.05_parabeniza_festa_aniversario_cidade.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3036/mocao_n.05_parabeniza_festa_aniversario_cidade.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais, requeremos à Mesa, ouvido o Plenário, uma MOÇÃO DE APLAUSOS à Administração Municipal e em especial à equipe organizadora dos Eventos em Comemoração ao 38º Aniversário de Itaú de Minas havidos nos meses de agosto e setembro.</t>
   </si>
   <si>
     <t>3044</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3044/mocao_n._06_fanfarra_e_filarmonica.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3044/mocao_n._06_fanfarra_e_filarmonica.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais, requeremos à Mesa, ouvido o Plenário, uma MOÇÃO DE APLAUSOS pelas apresentações da Fanfarra Municipal e da Filarmônica Municipal durante os eventos comemorativos do 38º Aniversário do Municipal de Itaú de Minas.</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3082/mocao_07-2025_m_elena_equipes_lidarp.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3082/mocao_07-2025_m_elena_equipes_lidarp.pdf</t>
   </si>
   <si>
     <t>Os vereadores abaixo assinados, em conformidade com o Art. 192 do Regimento Interno, solicitam a Vossa Excelência, ouvido o Plenário, uma MOÇÃO DE APLAUSOS para expressar o reconhecimento e a profunda admiração pela brilhante participação e notáveis conquistas das equipes do município de ITAÚ DE MINAS na LIDARP (Liga Desportiva do Alto Rio Pardo).</t>
   </si>
   <si>
     <t>3117</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3117/mocao_08-25_-_karate_clube_heliel.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3117/mocao_08-25_-_karate_clube_heliel.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais, requeremos à Mesa, ouvido o Plenário, uma MOÇÃO DE APLAUSOS_x000D_
 à equipe de Karatê do Itaú Esporte Clube que participou de duas etapas do Campeonato Mineiro, da_x000D_
 Final do Mineiro, de circuitos, da etapa do Campeonato Brasileiro e também da Final do Campeonato_x000D_
 Brasileiro de Karatê e Segmento Estudantil.</t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2603/requerimento_no_01_dyonatan_caminhao_lixo.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2603/requerimento_no_01_dyonatan_caminhao_lixo.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, requer do Executivo Municipal relatório discriminado os prestadores de serviços e os valores pagos pela Prefeitura com locação de caminhão para a coleta de lixo nos anos de 2023, 2024  até a presente data.</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2604/requerimento_no_02_rayan_medicamentos_farmacia.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2604/requerimento_no_02_rayan_medicamentos_farmacia.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, requer do Executivo Municipal a lista dos medicamentos disponibilizados e distribuídos pela Farmácia Municipal em nosso Município, bem como a relação dos servidores colaboradores locados na referida Farmácia.</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2608/requerimento_no_03_mesa_informacoes_manutencao_veiculos_rev.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2608/requerimento_no_03_mesa_informacoes_manutencao_veiculos_rev.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer do Executivo Municipal as seguintes_x000D_
 informações e providências referentes ao Processo para aquisição de peças e manutenção de veículos da_x000D_
 PMIM:_x000D_
 a) Cópia de todos os processos de contratação individualizados das empresas tanto para serviços_x000D_
 de manutenção como para aquisição de peças feitas no mês de setembro de 2024;_x000D_
 b) Que sejam requisitadas à todas as empresas acima citadas que nos envie cópias das notas de_x000D_
 compras de origens das peças comprovando os valores pagos por elas e as marcas fornecidas à_x000D_
 PMIM.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2624/requerimento_no_04_dyonatan_creche_sao_lucas.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2624/requerimento_no_04_dyonatan_creche_sao_lucas.doc.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - Como está a situação da Creche do Bairro São Lucas?_x000D_
 - As obras já foram concluídas ou falta alguma coisa pra ser finalizada ?_x000D_
 - Qual a previsão da Prefeitura para início de funcionamento da referida creche?</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2625/requerimento_no_05_dyontahn_bairro_marieta_amorim.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2625/requerimento_no_05_dyontahn_bairro_marieta_amorim.doc.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - Como está a situação do Loteamento Marieta Vieira de Amorim? O processo já foi aprovado pela Prefeitura_x000D_
 - As obras já foram concluídas ou falta alguma coisa pra ser finalizada pela empresa responsável pelo loteamento?_x000D_
 - Há por parte da Administração algum impedimento para regularização deste loteamento que não permita que os moradores iniciem a construção de suas casas ?</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2626/requerimento_no_06_rayan_reforma_poliesportivo_.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2626/requerimento_no_06_rayan_reforma_poliesportivo_.doc.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo subscreve, requer as seguintes informações do Executivo Municipal relativas à Reforma do Poliesportivo Municipal Tancredo Neves, quais sejam:_x000D_
 1. Cronograma e Data Prevista para Início das Obras _x000D_
 • Informar a data prevista para o início da reforma e o prazo total estimado para conclusão._x000D_
 • Detalhar o cronograma parcial das etapas de execução. _x000D_
 • Esclarecer se já foi emitida a ordem de serviço para início dos trabalhos e, caso ainda não tenha sido, justificar o motivo. _x000D_
 _x000D_
 2. Investimento e Fontes de Recursos _x000D_
 • Apresentar o valor total do investimento destinado à reforma do Poliesportivo, especificando se os recursos são próprios do município, provenientes de convênios estaduais, federais ou de emendas parlamentares. _x000D_
 • Indicar se há previsão de incremento financeiro durante a execução da obra, em caso de aditivos ou revisões no orçamento inicial. _x000D_
 _x000D_
 3. Detalhamento do Projeto de Reforma _x000D_
 • Descrever as principais intervenções planejadas na estrutura do Poliesportivo (reformas em quadras, iluminação, cobertura, vestiários, arquibancadas, etc.). _x000D_
 • Informar se haverá inclusão de novas funcionalidades, como adequações para acessibilidade ou criação de áreas de lazer complementares. _x000D_
 _x000D_
 4. Gestão e Fiscalização da Obra _x000D_
 • Indicar o órgão municipal ou servidor responsável por acompanhar e fiscalizar a execução da reforma, bem como a regularidade do cumprimento do contrato._x000D_
 • Informar se haverá contratação de consultorias externas ou auditorias para assegurar a qualidade e o cumprimento do cronograma. _x000D_
 • Informar se houve outras empresas participantes do processo licitatório e as razões para a escolha da contratada. _x000D_
 _x000D_
 Detalhamento: Solicito cópia de todo processo relativos à referida obra, anexos, cópias do edital de licitação, contrato da empresa, projetos arquitetônicos ou relatórios preliminares. _x000D_
 • Peço informações sobre possíveis atrasos ou entraves burocráticos que possam afetar o início ou andamento das obras</t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2634/requerimento_07_urgencia_especial.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2634/requerimento_07_urgencia_especial.doc.pdf</t>
   </si>
   <si>
     <t>requer a concessão de Regime de urgência especial ao Projeto de Lei Complementar n. 01/25 que ALTERA DISPOSITIVOS QUE MENCIONA NA LEI COMPLEMENTAR N° 02/93, MODIFICADA PELA LEI COMPLEMENTAR N° 70, DE 22 DE DEZEMBRO DE 2023 - CÓDIGO DE POSTURAS DO MUNICÍPIO DE ITAÚ DE MINAS/MG, QUE TRATA DOS PLANTÕES DAS FARMÁCIAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2651/requerimento_08_urgencia_especial_reajustes.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2651/requerimento_08_urgencia_especial_reajustes.doc.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial à Projetos que menciona._x000D_
 _x000D_
 A Mesa Diretora por seus membros abaixo assinados, requer a concessão de Regime de urgência_x000D_
 especial seguintes projetos:_x000D_
 - Projeto de Lei n. 01 que “Dispõe sobre a revisão geral dos vencimentos dos servidores públicos municipais e dá outras providências”;_x000D_
 - projeto de Lei n. 02 que “Dispõe sobre o pagamento do piso nacional dos profissionais do magistério público municipal e dá outras providências”;_x000D_
 - Projeto de Lei n. 03 que “Dispõe sobre o pagamento do piso nacional dos agentes comunitários de saúde e dos agentes de combate a endemias e dá outras providências”;_x000D_
 - Projeto de Lei n. 04 que “Altera a lei n.º 1317/24 que - Institui o auxílio vale alimentação aos servidores públicos do Poder Executivo do município de Itaú de Minas e dá outras providências”;_x000D_
 - Projetos de Resolução nº 01, 03 e 04 DE 2025</t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2654/requerimento_09_luminarias.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2654/requerimento_09_luminarias.doc.pdf</t>
   </si>
   <si>
     <t>Os vereadores abaixo assinados requerem do Executivo Municipal as seguintes informações à_x000D_
 respeito dos braços das luminárias retiradas dos postes quando da substituição das lâmpadas comum por_x000D_
 lâmpadas de led, perguntamos:_x000D_
 a) Qual a destinação dada aos braços, capotes, fiação e lâmpadas retiradas?_x000D_
 b) Quais setores e servidores ficaram responsáveis pela guarda deste material?</t>
   </si>
   <si>
     <t>2658</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2658/requerimento_no_10_cesacelt_-_convoca_apeim.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2658/requerimento_no_10_cesacelt_-_convoca_apeim.doc.pdf</t>
   </si>
   <si>
     <t>Exmos. Srs. Membros da Comissão de Educação, Saúde, Assistência, Cultura, Esportes, Lazer e Turismo._x000D_
 _x000D_
 O vereador abaixo assinado requer desta Comissão a convocação da Diretoria da APEIM – Associação dos Pais e Estudantes de Itaú de Minas para tratar sobre assuntos referentes a contratação e despesas com transporte escolar, se possível em data antes do retorno às aulas – Sugestão dia 31.01.25 – Sexta-feira - às 17h.</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2659/requerimento_no_11_elena_lei_primeiros_socorros_escolas.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2659/requerimento_no_11_elena_lei_primeiros_socorros_escolas.doc.pdf</t>
   </si>
   <si>
     <t>A vereadora que abaixo subscreve, requer as seguintes informações do Executivo Municipal: _x000D_
 - A Secretaria Municipal de Educação já está realizando ou pretende fazer o treinamento de primeiros socorros com professores e educadores da rede de ensino público e privado, em atendimento à Lei Municipal n. 1143/21.</t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2685/requerimento_12_urgencia_especial_plo_06-2025.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2685/requerimento_12_urgencia_especial_plo_06-2025.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 12/25_x000D_
 Requer a concessão de Regime de urgência especial à Projeto que menciona._x000D_
 Senhores Vereadores:_x000D_
 A Mesa Diretora por seus membros abaixo assinados, requer a concessão de Regime de urgência _x000D_
 especial ao Projeto de Lei Ordinária n. 06/25 QUE DISPÕE SOBRE A ALTERAÇÃO DO ANEXO III, DA LEI Nº _x000D_
 40/90 - PLANO DE CARREIRAS DO MUNICIPIO DE ITAÚ DE MINAS-, ALTERADA PELAS LEIS Nº _x000D_
 977/2017, 1179/2022 E 1242/2023, DÁ OUTRAS PROVIDENCIAS._x000D_
 Requer também que sejam dispensados os pareceres das competentes comissões.</t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2694/requerimento_13_elena_e_heliel_exames_alterado.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2694/requerimento_13_elena_e_heliel_exames_alterado.pdf</t>
   </si>
   <si>
     <t>Os vereadores que abaixo assinado subscrevem requerem as seguintes informações do Executivo Municipal: _x000D_
 - Qual o motivo da suspensão dos convênio com os laboratórios para os pacientes que tinham pedido de exames de laboratoriais (sangue, urina e fezes)  e dos exames não são feitos pelo laboratório municipal ?_x000D_
 - Será criado outro fluxo de atendimento ? Qual?</t>
   </si>
   <si>
     <t>2695</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2695/requerimento_no_14_heliel_mundial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2695/requerimento_no_14_heliel_mundial.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo assinado subscreve requer as seguintes informações do Executivo Municipal: _x000D_
 - cópia dos empenhos e notas fiscais da Empresa Mundial Locações Pratápolis Ltda. dos últimos 06 meses;_x000D_
 - cópia das ordens de viagens emitidas pelo setor competente bem como os relatórios das viagens feitas pela citada empresa, contendo todos os deslocamentos feitos conforme as notas emitidas no referido período.</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2707/requerimento_15_urgencia_especial_aluguel_empresa.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2707/requerimento_15_urgencia_especial_aluguel_empresa.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão de Regime de urgência especial ao Projeto de Lei n. 10 que Autoriza o Executivo Municipal a repassar valores para fomento de atividade industrial nos termos da lei n. 889/13 e n.1278/23 e dá outras providências._x000D_
 Também solicitamos a dispensa dos pareceres das comissões permanentes.</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2714/requerimento_no_16_heliel_motorista_sem_habilitacao.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2714/requerimento_no_16_heliel_motorista_sem_habilitacao.doc.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo assinado subscreve requer as seguintes informações do Executivo Municipal junto à Secretaria Municipal de Educação: _x000D_
 - pedimos esclarecimentos quanto ao possível fato de que haveria um motorista dirigindo sem habilitação na linha rural: Curva do Perigo – Formoso da Serra</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2725/requerimento_17_urgencia_proj._11_alvorada.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2725/requerimento_17_urgencia_proj._11_alvorada.doc.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão de Regime de urgência_x000D_
 especial ao Projeto de Lei n.11/25 que “Autoriza a abertura de crédito adicional suplementar na Lei nº_x000D_
 1.313/2024 - Estima a Receita e fixa a Despesa do Município de Itaú de Minas-MG para o exercício_x000D_
 financeiro de 2025 - e dá outras providências.”_x000D_
 Também solicitamos a dispensa dos pareceres das comissões permanentes.</t>
   </si>
   <si>
     <t>2747</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2747/requerimento_18_rayan_levantamento_financeiro.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2747/requerimento_18_rayan_levantamento_financeiro.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, requer do Executivo Municipal para que elabore e apresente a esta Casa um estudo detalhado sobre a atual dependência econômica do município em relação aos repasses estaduais e federais, contemplando os seguintes pontos:_x000D_
 • Percentual da receita municipal que tem origem em repasses estaduais e federais._x000D_
 • Comparação entre a arrecadação própria do município e os valores recebidos por meio de transferências intergovernamentais._x000D_
 • Propostas e estratégias para fortalecer a arrecadação própria, promovendo maior autonomia financeira e diminuindo a dependência de recursos externos.</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2748/requerimento_19_rayan_relacao_cirurgias_eletivas.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2748/requerimento_19_rayan_relacao_cirurgias_eletivas.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, requer do Executivo Municipal a seguinte informação junto a à Secretaria Municipal de Saúde:_x000D_
 - relação contendo, por procedimento, a quantidade de pacientes que aguardam por cirurgias eletivas a serem agendadas e autorizadas pela Prefeitura Municipal;_x000D_
 - quais os critérios utilizados pela Secretaria para tratar como prioridade o agendamento das cirurgias eletivas solicitadas ?</t>
   </si>
   <si>
     <t>2757</t>
   </si>
   <si>
     <t>DYONATAN CAMILO, Geovan dos Santos, HELIEL CUSTODIO, MARIA ELENA DE OLIVEIRA FARIA, PATRICK GOULART, RAYAN SILVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2757/requerimento_no_20_vereadores_ferias_premio.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2757/requerimento_no_20_vereadores_ferias_premio.pdf</t>
   </si>
   <si>
     <t>Os vereadores que abaixo subscrevem, requerem as seguintes informações do Executivo Municipal: _x000D_
 _x000D_
 - o Executivo Municipal tem um planejamento ou previsões para o pagamento das férias prêmio vencidas dos servidores municipais que já fazem jus ao referido benefício?_x000D_
 - Qual a metodologia utilizada para relacionar a ordem dos  pagamentos das referidas férias premio?_x000D_
 - Caso haja previsão ou planejamento, solicitamos que nos seja enviada essa planilha ou documento equivalente.</t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2763/requerimento_21_urgencia_proj._credito.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2763/requerimento_21_urgencia_proj._credito.doc.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão do Regime de urgência especial aos seguintes projetos de lei:_x000D_
 - n.16 e 17/25 – ambos “Autoriza a abertura de crédito adicional suplementar na Lei Orçamentária Anual nº 1.313 - Que Estima a Receita e Fixa a Despesa do Município de Itaú de Minas-MG para o exercício financeiro de 2025 - e dá outras providências;” e - n. 18/2025 - Dispõe sobre a alteração de valores de subvenções à Lei n.º 1316/2024, que - Autoriza a Concessão de Subvenções, Auxílios e Contribuições no exercício de 2025 - e dá outras providências. (os referidos projetos visam destinação de recursos pro CHAME, APAE, Fundação Itaú e Lar São Vicente de Paulo).</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2780/requerimento_22_urgencia_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2780/requerimento_22_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão de Regime de urgência especial aos seguintes Projeto de Lei:_x000D_
 - Projeto de Lei Ordinária nº20 – Autoriza a abertura de crédito adicional suplementar na Lei Orçamentária Anual nº 1.313 de 13/11/2024 que, - Estima a receita e fixa a despesa do Município de Itaú de Minas-MG para o exercício financeiro de 2025 - e dá outras providências._x000D_
 - Projeto de Lei Ordinária nº21 – Autoriza a abertura de crédito adicional especial na Lei Orçamentária Anual nº 1.313 de 13/11/2024 que, - Estima a receita e fixa a despesa do Município de Itaú de Minas-MG para o exercício financeiro de 2025 - e dá outras providências._x000D_
 - Projeto de Lei Ordinária nº22 – Dispõe sobre a reclassificação de elemento de despesa à Lei n.º 1316/2024, que - Autoriza a Concessão de Subvenções, Auxílios e Contribuições no exercício de 2025 - e alterações posteriores, e dá outras providências.</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2805/requerimento_23_rayan_agendamento_consulta_psf_1.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2805/requerimento_23_rayan_agendamento_consulta_psf_1.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, requer do Executivo junto à Secretaria Municipal de Saúde, as seguintes informações acerca do PSF 1 – Roberto Oliveira, quais sejam:_x000D_
 - como são feitos os agendamentos e quais os critérios pra reagendamentos de consultas médicas?_x000D_
 - qual o número de consultas reagendadas nos últimos 03 meses?</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
     <t>DYONATAN CAMILO, HELIEL CUSTODIO, MARIA ELENA DE OLIVEIRA FARIA, PATRICK GOULART</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2806/requerimento_24_bolsa_atleta.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2806/requerimento_24_bolsa_atleta.doc.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, requerem do Executivo às seguintes informações:_x000D_
 a)	A Lei Municipal nº 823/11, de 04 de agosto de 2011, que INSTITUI O PROGRAMA BOLSA-ATLETA E ADOTA OUTRAS PROVIDÊNCIAS, está em vigência?_x000D_
 b)	Se sim, foi composta a Comissão à que se refere o Art. 3º da referida Lei?_x000D_
 c)	Foram definidos, através de Decreto do Executivo, os valores e demais normas reguladoras como determina no Art. 8º da citada Lei?</t>
   </si>
   <si>
     <t>2821</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2821/requerimento_25_maria_elena_fralda.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2821/requerimento_25_maria_elena_fralda.doc.pdf</t>
   </si>
   <si>
     <t>Requer informações aquisição e doação de fraldas geriátricas</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2863/requerimento_26_urgencia_proj._terrenos_ipsim.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2863/requerimento_26_urgencia_proj._terrenos_ipsim.doc.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão do Regime de urgência especial ao seguinte projeto de lei:_x000D_
 _x000D_
 - PROJETO DE LEI COMPLEMENTAR n. 05 - Dispõe sobre a alteração da Lei Complementar n.º 16, de 31 de dezembro de 1999 com redação dada pela Lei Complementar n.º 69, de 19 de outubro de 2023 que, - “Dispõe sobre a extinção do Instituto de Previdência dos Servidores Públicos do Município de Itaú de Minas - IPSIM - e dá outras providências.”</t>
   </si>
   <si>
     <t>2870</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2870/requerimento_27_urgencia_proj._28_cargos_prefeitura.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2870/requerimento_27_urgencia_proj._28_cargos_prefeitura.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão do Regime de urgência especial ao seguinte projeto de lei:_x000D_
 _x000D_
 - Projeto de lei n. 28/2025 que DISPÕE SOBRE A MODIFICAÇÃO DA LEI MUNICIPAL N.º 873, DE 02 DE ABRIL DE 2013, QUE - Estabelece a Estrutura Organizacional da Prefeitura Municipal de Itaú de Minas – E DOS ANEXOS II E VI, DA LEI MUNICIPAL N.º 40/90 E SUAS ALTERAÇÕES POSTERIORES QUE - Dispõe sobre o plano de carreiras da Prefeitura Municipal de Itaú de Minas - E DÁ OUTRAS PROVIDÊNCIAS. (trata da criação dos cargos do Setor de Saúde e Regulação)</t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2890/requerimento_28_urgencia_proj._30.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2890/requerimento_28_urgencia_proj._30.doc.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão do Regime de urgência especial ao seguinte projeto de lei:_x000D_
 - Projeto de lei n. 30 que “Altera as leis municipais n.º s 1333/2025 e n.º 1335/2025 - e dá outras providências. (Corrige dotações orçamentárias destinando recursos para APAE E ABPAIM)._x000D_
 _x000D_
 Requer ainda que sejam dispensados os pareceres das comissões permanentes.</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2900/requerimento_25_maria_elena_plano_carreira.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2900/requerimento_25_maria_elena_plano_carreira.doc.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a reformulação do Plano de carreiras dos servidores municipais</t>
   </si>
   <si>
     <t>2918</t>
   </si>
   <si>
     <t>DYONATAN CAMILO, RAYAN SILVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2918/requerimento_30__rayan_relatorio_de_obras_praca_alvorada_ok.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2918/requerimento_30__rayan_relatorio_de_obras_praca_alvorada_ok.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, requerem do Executivo Municipal, as seguintes informações, quais sejam:_x000D_
 - Relatório contendo, os nomes das Empresas participantes dos certames, bem como valores ofertados por elas, quais os critérios adotados para habilitação das empresas vencedoras e, situação das empresas frente aos prazos e cumprimento dos cronogramas para a execução da obra de construção da praça no Bairro Alvorada;_x000D_
 - cópia integral do processo que envolve o referido certame desde a sua origem._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 	O pedido visa esclarecer algumas dúvidas desta obra e também para cumprir nossa função de fiscalização das ações governamentais.</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2921/requerimento_31_urgencia_proj._resolucao_07.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2921/requerimento_31_urgencia_proj._resolucao_07.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão do Regime de urgência especial ao Projeto de Resolução n. 07 que Autoriza a Câmara Municipal antecipar, ao Executivo Municipal, a devolução de recursos financeiros em disponibilidade no Legislativo._x000D_
 Solicita também que sejam dispensados os pareceres técnicos das comissões permanentes.</t>
   </si>
   <si>
     <t>2928</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2928/requerimento_32_maria_elena_cobra_fraudas_estudo.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2928/requerimento_32_maria_elena_cobra_fraudas_estudo.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, requer do Executivo junto à Secretaria Municipal de Saúde, as seguintes informações quais sejam:_x000D_
 - Já foi feito ou iniciado estudo técnico do setor da saúde, com o objetivo de avaliar, entre os pacientes acamados e não acamados usuários de fraldas geriátricas, qual modelo de fralda revela-se mais adequado às suas necessidades - se aquele provido de sistema de fixação por velcro ou, alternativamente, o modelo do tipo hot pants, conforme solicitado através do Requerimento n. 25/25?</t>
   </si>
   <si>
     <t>2930</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2930/requerimento_33_urgencia_proj._nome_rua_vicente_amorim.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2930/requerimento_33_urgencia_proj._nome_rua_vicente_amorim.doc.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão do Regime de urgência especial ao Projeto de Lei nº 36/25 Modifica a Lei Municipal n. 1328, de 11 de março de 2025, que “Altera a denominação de logradouro público que menciona – (Rua Vicente Antônio Amorim)”. Solicita também que sejam dispensados os pareceres técnicos das comissões permanentes.</t>
   </si>
   <si>
     <t>2934</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2934/requerimento_34-_urgencia_eleitoral.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2934/requerimento_34-_urgencia_eleitoral.doc.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão do Regime de urgência especial ao Projeto de Resolução n.08/25 que “Autoriza o Legislativo do Município de Itaú de Minas/MG à firmar o Acordo de Cooperação Técnica com o Tribunal Regional Eleitoral de Minas Gerais e dá outras providências”, com o objetivo de viabilizar a implantação da Unidade de Atendimento ao Eleitor – UAE,_x000D_
 na Câmara Municipal de Itaú de Minas_x000D_
 Solicita também que sejam dispensados os pareceres técnicos das comissões permanentes.</t>
   </si>
   <si>
     <t>2936</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2936/requerimento_no_35_elena_emenda_impositiva_oxigenio.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2936/requerimento_no_35_elena_emenda_impositiva_oxigenio.doc.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, requer do Executivo junto à Secretaria Municipal de Saúde, as seguintes informações quais sejam:_x000D_
 - Em 2023 foi destinado por essa vereadora a Emenda Impositiva no valor de R$56.880,87 para compra de concentradores de ar para as pessoas que necessitam de oxigênio residenciais. Sabemos que foi finalizado o Pregão Eletrônico 33/24 para compra deste item e desta forma perguntamos se todos os concentradores foram adquiridos e solicitamos as cópias das respectivas notas fiscais.</t>
   </si>
   <si>
     <t>2957</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2957/requerimento_36_poliesportivo_dyonanta_e_rayan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2957/requerimento_36_poliesportivo_dyonanta_e_rayan.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem, no uso de suas atribuições legais e regimentais, requerem do_x000D_
 Senhor Prefeito Municipal, por meio do setor competente, que preste as seguintes informações referentes à_x000D_
 situação da Ginásio Poliesportivo Tancredo Neves à saber:_x000D_
 1. Qual a real situação da obra de reforma do referido Ginásio Poliesportivo? Existe projeto_x000D_
 formalmente aprovado? Se sim, encaminhar cópia do referido projeto;_x000D_
 2. Há previsão concreta e atualizada para o início das obras? Qual a estimativa de prazo para_x000D_
 conclusão?_x000D_
 3. Qual o valor total estimado da obra de reforma?_x000D_
 4. Qual o valor que já se encontra disponível em caixa na Prefeitura para a execução dessa reforma?_x000D_
 5. Qual a origem dos recursos financeiros destinados à obra (municipal, estadual ou federal)?_x000D_
 6. Caso exista verba já repassada, há algum impedimento técnico ou jurídico para a sua utilização_x000D_
 imediata? Se sim, qual a natureza desse impedimento?_x000D_
 7. A Prefeitura aguarda alguma autorização de órgão estadual ou federal para iniciar a reforma? Se_x000D_
 sim, especificar qual órgão, qual tipo de autorização, e em que fase se encontra esse processo;_x000D_
 8. Encaminhar cópia de eventuais convênios, termos de compromisso, contratos ou documentos_x000D_
 relacionados à liberação da verba e à futura execução da obra.</t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2962/requerimento_no_37_elena_emenda_exames_oftalmo_alunos_luizinho.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2962/requerimento_no_37_elena_emenda_exames_oftalmo_alunos_luizinho.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais e regimentais, requer do Senhor Prefeito Municipal, as seguintes informações: Gostaria de saber se o recurso DE R$180.000,00 (cento e oitenta mil reais) que já está depositado no Fundo Municipal de Saúde do Município será utilizado para financiar o atendimento oftalmológico para crianças matriculadas na rede municipal de educação e pra quando está prevista esta ação?</t>
   </si>
   <si>
     <t>2974</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2974/requerimento_38_urgencia.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2974/requerimento_38_urgencia.doc.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão do Regime de urgência_x000D_
 especial dos seguintes projetos:_x000D_
 n. 37 que Autoriza a abertura de crédito adicional suplementar na Lei Orçamentária Anual nº_x000D_
 1.313/2024 e dá outras providências; visa regularizar as despesas referente a obra de construção do PSF_x000D_
 IV;_x000D_
 n. 40 que Autoriza o Poder Executivo a abrir Crédito Adicional Especial na Lei nº Lei Orçamentária_x000D_
 Anual nº 1.313/2024 que Estima a Receita e Fixa a Despesa do Município de Itaú de Minas para o_x000D_
 Exercício Financeiro de 2025 e dá Outras Providências; visa a implantação e Manutenção de uma Unidade_x000D_
 de Atendimento Eleitoral - UAE, em nosso Município._x000D_
 n. 41 que Autoriza a abertura de crédito adicional Especial na Lei Orçamentária Anual nº 1.313 de e_x000D_
 dá outras providências; visa corrigir inconsistência contábil na lei aprovada para abertura de crédito_x000D_
 especial para o setor de Turismo, revogando a lei sancionada na sua integralidade;_x000D_
 n. 42 que “Dispõe sobre a inclusão do estudo sobre a Constituição Federal como tema transversal_x000D_
 no currículo do ensino fundamental das escolas municipais de Itaú de Minas";_x000D_
 n. 43 que Autoriza a abertura de crédito adicional suplementar na Lei nº 1.313/2024 de 13/11/2024,_x000D_
 que - Estima a receita e fixa a despesa do Município de Itaú de Minas-MG para o exercício financeiro de_x000D_
 2025 - e dá outras providências; visa empenhar a reforma do Ginásio Poliesportivo._x000D_
 Solicita também que sejam dispensados os pareceres técnicos das comissões permanentes.</t>
   </si>
   <si>
     <t>2975</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2975/requerimento_39_rayan_fiscais.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2975/requerimento_39_rayan_fiscais.doc.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, requer do Executivo Municipal, as seguintes informações, quais sejam:_x000D_
 - No geral, quantos servidores a Prefeitura de Itaú de Minas possui em atividade na área de fiscalização ?_x000D_
 - Quem são eles, qual a carga horária e quais os setores que cada um atua?_x000D_
 - Há serviço de fiscalização em tempo integral no município? Há atendimento fora do horário normal de expediente? A população pode acionar os fiscais à qualquer hora?_x000D_
 - Quantas notificações e multas foram aplicadas no período de 12 meses em todas as áreas sob Fiscalização do Município, seja em obras, tributação, posturas, etc...?_x000D_
 - Há previsão do aumento do número de Fiscal para a nossa Administração Municipal?</t>
   </si>
   <si>
     <t>2980</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2980/requerimento_no__40_urgencia_cargo_uae.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2980/requerimento_no__40_urgencia_cargo_uae.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão do Regime de urgência especial das seguintes matérias que tratam da criação da função gratificada para atendimento na Unidade de Atendimento Eleitoral na Câmara Municipal:_x000D_
 - PROJETO DE RESOLUÇÃO Nº 09 que “Modifica a Resolução nº57, de 26/12/90, alterada pela Resolução n. 249/18, de 30/01/18 - Plano de Carreiras da Câmara Municipal de Itaú de Minas/MG dá outras providências”, _x000D_
 PROJETO DE RESOLUÇÃO N°10 que “Modifica a Resolução nº 56, de 26/12/90, que Dispõe sobre a estrutura administrativa da Câmara Municipal de Itaú de Minas e dá outras providências, e suas alterações posteriores”, bem como o _x000D_
 PROJETO DE LEI N°44 que “Fixa vencimento de cargo que menciona do Poder Legislativo de Itaú de Minas/MG e dá outras providências”._x000D_
 Solicita também que sejam dispensados os pareceres técnicos das comissões permanentes.</t>
   </si>
   <si>
     <t>3043</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3043/requerimento_41_elena_exames_oftalmo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3043/requerimento_41_elena_exames_oftalmo.pdf</t>
   </si>
   <si>
     <t>A vereadora que abaixo subscreve, requer as seguintes informações e ações do Executivo Municipal:_x000D_
 - Qual o protocolo de atendimento Oftalmológico que presta atendimento os atendimentos aos alunos que necessitam da rede municipal de ensino?_x000D_
 - Qual a quantidade de atendimentos realizados nos últimos 2 anos?</t>
   </si>
   <si>
     <t>3049</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3049/requerimento_no_42_urgencia_especial_suas.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3049/requerimento_no_42_urgencia_especial_suas.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão de Regime de urgência especial ao Projeto de Lei n. 55 que DISPÕE SOBRE A POLÍTICA PÚBLICA DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO ITAÚ DE MINAS-MG E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 Requer também que sejam dispensados os pareceres das competentes comissões.</t>
   </si>
   <si>
     <t>3051</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3051/requerimento_43_fabiano_agua_galerias_maria_parreira.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3051/requerimento_43_fabiano_agua_galerias_maria_parreira.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo subscreve, requer as seguintes informações e ações do Executivo Municipal:_x000D_
 - Por qual motivo não está havendo o adequado escoamento das águas pluviais, e as galerias estão ficando cheia de água mesmo no período de estiagem no Bairro Maria Parreira, em especial nas ruas citadas abaixo?_x000D_
 - Rua Alcides Rodrigues de Souza_x000D_
 - Rua Sebastião A. Souza_x000D_
 - Rua João Carlos Bonfim_x000D_
 - Rua José Guiraldelli Primo</t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3052/requerimento_no__44_elena_carterinha_atendimento_prioritario.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3052/requerimento_no__44_elena_carterinha_atendimento_prioritario.pdf</t>
   </si>
   <si>
     <t>A vereadora que abaixo subscreve, requer as seguintes informações e ações do Executivo Municipal:_x000D_
 Seria possível e viável a Prefeitura realizar um cadastro nas unidades dos PSFs para que se faça a emissão de uma carteirinha de identificação para os atendimentos prioritários no Pronto Socorro e demais locais de atendimento público municipal?</t>
   </si>
   <si>
     <t>3058</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3058/requerimento_45_rayan__fumace.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3058/requerimento_45_rayan__fumace.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, nos termos regimentais, requer ao setor responsável da Prefeitura Municipal que informe a esta Casa se há alguma programação prevista para aplicação do fumacê ou outros métodos de combate ao mosquito Aedys Aegipti na cidade.</t>
   </si>
   <si>
     <t>3060</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3060/requerimento_no_46_dyontahn_escola_itau_de_minas.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3060/requerimento_no_46_dyontahn_escola_itau_de_minas.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo subscreve, requer as seguintes informações do Executivo Municipal,_x000D_
 referentes à Escola Municipal Itaú de Minas:_x000D_
 - Qual o status atual do projeto ou obra de reforma da Escola Municipal Itaú de Minas, mais_x000D_
 especificamente com relação ao telhado?_x000D_
 - Existe uma previsão de início ou de entrega da obra de reforma do telhado? Se as obras já iniciaram, qual_x000D_
 o cronograma de finalização? Qual a empresa responsável pela reforma, ou estão fazendo com mão de obra_x000D_
 própria?_x000D_
 - Qual é a estimativa de custos para a realização da reforma do telhado da referida escola?_x000D_
 - Considerando a importância da manutenção predial, reforma do seu espaço e o potencial risco/prejuízo de_x000D_
 um telhado danificado para a comunidade escolar, quais são as explicações para a demora na execução_x000D_
 deste serviço?</t>
   </si>
   <si>
     <t>3061</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3061/requerimento_no_47_dyontahn_praca_mons._ernesto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3061/requerimento_no_47_dyontahn_praca_mons._ernesto.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo subscreve, requer as seguintes informações detalhadas do Executivo Municipal, referentes à reforma da Praça Monsenhor Ernesto Cavichiolli:_x000D_
 _x000D_
 - Qual o status atual da reforma da Praça Monsenhor Ernesto Cavichiolli? Quais etapas da obra já foram concluídas e quais ainda estão pendentes?_x000D_
 - Qual é o novo prazo estipulado para a conclusão e entrega final da reforma da praça, considerando que as previsões anteriores já foram superadas?_x000D_
 - Qual o valor total contratado inicialmente para a obra? Houve aditivos de prazo ou de custo ao contrato original? Em caso afirmativo, qual o valor total atualizado da obra e as justificativas para tais aditivos?_x000D_
 - Tendo em vista o longo período de reforma e o não cumprimento dos prazos anteriormente divulgados, solicitamos uma explicação minuciosa e formal sobre os motivos da demora na entrega da obra.</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3070/requerimento_no_48_urgencia_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3070/requerimento_no_48_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão do Regime de_x000D_
 urgência especial ao Projeto de Resolução n. 11 que Autoriza a Câmara Municipal antecipar, ao_x000D_
 Executivo Municipal, a devolução de recursos financeiros em disponibilidade no Legislativo._x000D_
 Solicita também que sejam dispensados os pareceres técnicos das comissões_x000D_
 permanentes.</t>
   </si>
   <si>
     <t>3069</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3069/requerimento_no_49_urgencia_simples.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3069/requerimento_no_49_urgencia_simples.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão do Regime de_x000D_
 urgência simples PROJETO DE LEI COMPLEMENTAR N.07/25 que Dispõe sobre a alteração de_x000D_
 dispositivos que menciona na Lei Complementar n.° 56, de 07 de novembro de 2019, que INSTITUI_x000D_
 A REVISÃO DO PLANO DIRETOR DE ITAÚ DE MINAS.</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3075/requerimento_no_50_dioninho_leilao_ferias_premio.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3075/requerimento_no_50_dioninho_leilao_ferias_premio.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e regimentais, requer do Senhor_x000D_
 Prefeito Municipal, as seguintes informações:_x000D_
 - qual foi o valor arrecadado do leilão dos terrenos advindos do IPSIM;_x000D_
 - qual a destinação que foi dada a renda deste leilão?_x000D_
 - como já era público que o alvo da receita deste leilão seria para pagamento das férias prêmios dos_x000D_
 servidores, através do pagamento dos aposentados, o que iria proporcionar a sobra da folha de pagamento_x000D_
 destinada para quitar as férias prêmios, pergunto: por que isso (esta sobra da folha) ainda não foi feito e por_x000D_
 qual motivo foi solicitado devolução de recursos da Câmara Municipal para pagar férias prêmios ao invés_x000D_
 de usar esta sobra para pagá-las?_x000D_
 - O que foi feito com a receita da venda dos terrenos?_x000D_
 - Solicito a relação de férias pagas em 2025 e as que aguardam o pagamento até a presente dada_x000D_
 bem como os montantes já pagos neste período.</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3074/requerimento_no_51_urgencia_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3074/requerimento_no_51_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão do Regime de urgência_x000D_
 especial aos seguintes projetos:_x000D_
 - Projeto de Lei Complementar n. 08/25 que “Revoga a Lei Complementar nº 76, de 29 de_x000D_
 setembro de 2025 que Acrescenta dispositivos que menciona na Lei Complementar nº 31, de 27 de_x000D_
 dezembro de 2010, que “Instituiu o Plano Diretor de Desenvolvimento Participativo de Itaú de Minas_x000D_
 /MG e dá outras providências”, estabelecendo requisitos para novos loteamentos em relação à_x000D_
 cabeamento de linhas de transmissão”; (trata da revogação da Lei que obriga os novos loteamentos à_x000D_
 terem fiação subterrânea)_x000D_
 - Projeto de Lei Complementar n. 09/25 que “Acrescenta o artigo 94-A, à Lei Complementar n.º_x000D_
 10, de 29/12/1997 e alterações posteriores – Código Tributário Municipal – e dá outras providências”;_x000D_
 (desobriga mutuamente a Prefeitura e Governo do Estado à pagarem taxas de serviços)_x000D_
 - Projeto de Lei n. 61/25 que “Autoriza a abertura de crédito adicional especial na Lei_x000D_
 Orçamentária Anual – Lei Municipal nº 1.313 de 13/11/2024 - e dá outras providências”; (visa criar_x000D_
 dotação para cobertura das despesas com o Casamento Coletivo)._x000D_
 Solicita também que sejam dispensados os pareceres técnicos das comissões permanentes.</t>
   </si>
   <si>
     <t>3092</t>
   </si>
   <si>
     <t>MARIA ELENA DE OLIVEIRA FARIA, RAYAN SILVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3092/requerimento_52_prestacao_contas_sempre_sindicato_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3092/requerimento_52_prestacao_contas_sempre_sindicato_maria_elena.pdf</t>
   </si>
   <si>
     <t>Vimos requerer da Diretoria do Sindicato dos Empregados da Prefeitura Municipal de Itaú de Minas_x000D_
 - SEMPRE, através de seu Presidente, do Vice Presidente e do Tesoureiro, para que apresentem ou enviem_x000D_
 à esta Casa Legislativa dentro do prazo legal, a prestação de contas do SEMPRE relativo ao período de_x000D_
 2024 até a presente data, relatando todas as despesas e todas as receitas, bem como relação de seus bens_x000D_
 imóveis, saldos bancários e de investimentos que houverem._x000D_
 Também solicitamos cópias dos contratos e convênios que o Sindicato possui ativos no referido_x000D_
 período.</t>
   </si>
   <si>
     <t>3093</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3093/requerimento_53_urgencia_proj._resolucao_12_casamento_coletivo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3093/requerimento_53_urgencia_proj._resolucao_12_casamento_coletivo.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão do Regime de urgência_x000D_
 especial ao Projeto de Resolução n. 12 que Autoriza a Câmara Municipal antecipar, ao Executivo_x000D_
 Municipal, a devolução de recursos financeiros em disponibilidade no Legislativo. (custeio das despesas do_x000D_
 casamento coletivo)_x000D_
 Solicita também que sejam dispensados os pareceres técnicos das comissões permanentes.</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3095/requerimento_n._54_urgencia_proj._decreto_pedro_costa_cons._negra_ok.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3095/requerimento_n._54_urgencia_proj._decreto_pedro_costa_cons._negra_ok.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, por seus membros abaixo assinados, requer que seja apreciado em regime de_x000D_
 URGÊNCIA ESPECIAL o Projeto de Decreto Legislativo nº03 - que “Concede o título de Honra ao_x000D_
 Mérito ao Sr. Pedro Costa”, em homenagem ao Dia Nacional da Consciência Negra._x000D_
 Requer também que sejam dispensados os pareceres das comissões permanentes.</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3106/requerimento_no_55_elena_pintura_coreto_cinza_laranja.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3106/requerimento_no_55_elena_pintura_coreto_cinza_laranja.pdf</t>
   </si>
   <si>
     <t>A Vereadora abaixo assinado, vem requerer as seguintes informações do Executivo Municipal:_x000D_
 - O coreto da Praça Nossa Senhora das Graças é tombado pelo patrimônio Histórico Municipal?_x000D_
 - Se sim, enviar cópia do Decreto que procedeu o tombamento do referido coreto._x000D_
 - Por quais motivos o coreto foi recém pintado nas cores cinza e laranja em descumprimento à Lei_x000D_
 Municipal n.1358, de 25 de setembro de 2025 que "Dispõe sobre a padronização das cores de imóveis_x000D_
 públicos pertencentes e/ou mantidos pelo Município de Itaú de Minas e dá outras providências”?</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3111/requerimento_no_56_urgencia_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3111/requerimento_no_56_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, por seus membros abaixo assinados, requer que sejam apreciados em regime_x000D_
 de URGÊNCIA ESPECIAL os seguintes projetos:_x000D_
 - Projeto de Lei n. 64 que “Autoriza a majoração do limite de abertura de créditos adicionais_x000D_
 suplementares ao orçamento do município de Itaú de Minas exercício de 2025 – Lei n.º 1313, de 13 novembro_x000D_
 de 2024 – e dá outras providências” (passa de 20% para 35% o limite para suplementação do orçamento);_x000D_
 - Projeto de Lei n. 65 que “Dispõe sobre a alteração de dispositivos que menciona na lei n.º 1317, de_x000D_
 02/12/2024 e alteração posterior, que – Institui o auxílio vale alimentação aos servidores públicos do Poder_x000D_
 Executivo do município de Itaú de Minas e dá outras providências”, (aumenta dotação para cobrir custo do vale_x000D_
 alimentação que teve aumento em janeiro)._x000D_
 Requer também que sejam dispensados os pareceres das comissões permanentes.</t>
   </si>
   <si>
     <t>3113</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3113/requerimento_no_57_patrick_reducao_carga_horaria_administrativo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3113/requerimento_no_57_patrick_reducao_carga_horaria_administrativo.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e regimentais, requer do Senhor_x000D_
 Prefeito Municipal, que nos apresente um estudo referente aos impactos positivos e os ônus ocasionais que_x000D_
 acarretariam a diminuição da carga horária diária dos servidores dos setores administrativos da prefeitura_x000D_
 de 08 horas para 06 horas diárias.</t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3130/requerimento_58_urgencia_simples_plc_10.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3130/requerimento_58_urgencia_simples_plc_10.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão de Regime de Urgência Simples ao Projeto Lei Complementar nº10/2025 – que altera dispositivos que menciona na Lei Complementar n.º 10, de 29/12/1997 e alterações posteriores – Código Tributário Municipal – e dá outras providências.</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3131/requerimento_59_urgencia_especial_pr_13_e_plo_66.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3131/requerimento_59_urgencia_especial_pr_13_e_plo_66.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão do Regime de urgência especial aos seguintes projetos:_x000D_
 _x000D_
 - Projeto de Resolução nº 13/2025 – que autoriza a Câmara Municipal antecipar, ao Executivo Municipal, a devolução de recursos financeiros em disponibilidade no Legislativo. (custeio de subvenções às entidades assistenciais de Itaú de Minas);_x000D_
 _x000D_
 - Projeto de Lei Ordinaria nº66/2025 – que autoriza o Poder Executivo a conceder benefício eventual de natureza não remuneratória, consistente na distribuição de cesta natalina aos servidores públicos municipal, estabelece critérios objetivos e dá outras providencias._x000D_
 _x000D_
 Requer também que sejam dispensados os pareceres das comissões permanentes.</t>
   </si>
   <si>
     <t>3133</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3133/requerimento_60_urgencia_especial_plo_67_subsidios.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3133/requerimento_60_urgencia_especial_plo_67_subsidios.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão do Regime de urgência especial ao seguinte projeto:_x000D_
 _x000D_
 - Projeto de Lei Ordinaria nº67/2025 – Fixa os subsídios dos Agentes Políticos do Município de Itaú de Minas/MG para a Legislação 2029/2032 e dá outras providências.</t>
   </si>
   <si>
     <t>3148</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3148/requerimento_no_61_urgencia_especial.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3148/requerimento_no_61_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, por seus membros abaixo assinados, requer que seja apreciado em regime de URGÊNCIA ESPECIAL o Projeto de Lei n. 68 que “Autoriza a abertura de crédito adicional especial na Lei Orçamentária Anual nº 1313 de 13/11/2024 que “Estima a receita e fixa a despesa do Município de Itaú de Minas-MG para o exercício financeiro de 2025” e dá outras providências (corrige a dotação de subvenção da AVCC) ” ; e o Projeto de Lei n. 69 que “Cria o Fundo Municipal de Esportes – FME – e dá outras providências._x000D_
 Requer também que sejam dispensados os pareceres das comissões permanentes.</t>
   </si>
   <si>
     <t>3157</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3157/requerimento_62_urgencia_especial_pr_14_e_plo_70.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3157/requerimento_62_urgencia_especial_pr_14_e_plo_70.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de Regime de urgência especial aos  Projetos que mencionam._x000D_
 _x000D_
 		_x000D_
 Senhores Vereadores:_x000D_
 _x000D_
 _x000D_
 A Mesa Diretora por seus membros abaixo assinados, requer a concessão do Regime de urgência especial aos seguintes projetos:_x000D_
 _x000D_
 - Projeto de Resolução nº 14/2025 – Dispõe sobre o Auxílio Vale Alimentação aos servidores públicos do Poder Legislativo do Município de Itaú de Minas - e dá outras providências.;_x000D_
 _x000D_
 - Projeto de Lei Ordinaria nº70/2025 – Dispõe sobre o Auxílio Vale Alimentação aos servidores públicos do Município de Itaú de Minas - e dá outras providências._x000D_
 _x000D_
 Requer também que sejam dispensados os pareceres das comissões permanentes.</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
     <t>PCLJR</t>
   </si>
   <si>
     <t>PARECER CLJR</t>
   </si>
   <si>
     <t>CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2999/parecer_clr_projeto_decreto_honrarias.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2999/parecer_clr_projeto_decreto_honrarias.doc.pdf</t>
   </si>
   <si>
     <t>ASSUNTO – PROJETO DE DECRETO LEGISLATIVO n.01/2025 que Concede Títulos e Honrarias_x000D_
 à personalidades ilustres que menciona._x000D_
 RELATOR – Rayan Silveira_x000D_
 Do ponto de vista legal a matérias está embasada na Legislação pertinente._x000D_
 Quanto ao mérito somos totalmente favorável a aprovação do referido projeto de decreto pois_x000D_
 todos os personalidade indicadas que receberão honrarias são pessoas extremamente merecedoras das_x000D_
 homenagens que lhes serão outorgadas por esta Casa Legislativa.</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3090/parecer_em_conjunto_legislcao_e_obras_plano_diretor_plc_07.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3090/parecer_em_conjunto_legislcao_e_obras_plano_diretor_plc_07.pdf</t>
   </si>
   <si>
     <t>COMISSÃO LEGISLAÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS, AGRONÉGOCIO, INDÚSTRIA,_x000D_
 COMÉRCO, MEIO AMBIENTE E DESENVOLVIMENTO SUSTENTÁVEL_x000D_
 ASSUNTO – Projeto de Lei Complementar n. 07 que Dispõe sobre a alteração de dispositivos que_x000D_
 menciona na Lei Complementar n.°56, de 07 de novembro de 2019, que Institui a revisão do Plano_x000D_
 Diretor de Itaú de Minas._x000D_
 RELATOR – Rayan Silveira_x000D_
 O projeto ora analisado está de acordo com os ditames constitucionais.</t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2631/parecer_cljr_proj._res._01_prazo_protocolo.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2631/parecer_cljr_proj._res._01_prazo_protocolo.doc.pdf</t>
   </si>
   <si>
     <t>PARECER _x000D_
 ASSUNTO - PROJETO DE RESOLUÇÃO Nº 01/25 que ALTERA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ITAÚ DE MINAS, DISPONDO SOBRE PRAZO PARA RECEBIMENTO DE MATÉRIAS._x000D_
 RELATOR – Dyonatan Camilo Costa</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3102/parecer_clr_prop._emenda_lei_organica_02_limite_emenda_revisado.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3102/parecer_clr_prop._emenda_lei_organica_02_limite_emenda_revisado.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 ASSUNTO – PROPOSTA DE EMENDA À LEI ORGÂNICA MUNICIPAL N. 02/25 que Altera_x000D_
 dispositivos que menciona na Lei Orgânica Municipal que trata das emendas impositivas e dá outras_x000D_
 providências._x000D_
 RELATOR – Rayan Silveira</t>
   </si>
   <si>
     <t>2943</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2943/parecer_cljr_pl_n._33_queimadas.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2943/parecer_cljr_pl_n._33_queimadas.doc.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 ASSUNTO – Projeto de Lei Complementar n.06 Altera dispositivos que menciona na Lei Complementar n° 02/93, - Código de Posturas do município de Itaú de Minas/MG, que trata dos ambulantes e feirantes no Município e dá outras providências._x000D_
 RELATORA – Maria Elena de Oliveira Faria</t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
     <t>10125</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2708/parecer_ljr_emenda_lom_01_prazo_fixacao_subsidios.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2708/parecer_ljr_emenda_lom_01_prazo_fixacao_subsidios.doc.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 ASSUNTOS – Proposta de Emenda à Lei Orgânica Municipal n. 01/25 que “Altera dispositivos que_x000D_
 menciona na Lei Orgânica Municipal que trata do prazo para fixação dos subsídios dos agentes_x000D_
 políticos do Municípios de Itaú de Minas e dá outras providências.”_x000D_
 RELATOR – Rayan Albert Amorim Silveira</t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
     <t>10225</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2657/parecer_cljr_proj._res._02_convenio_uai.doc_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2657/parecer_cljr_proj._res._02_convenio_uai.doc_1.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 ASSUNTO - Projeto de Resolução n.02/25, que “Autoriza o Poder Legislativo Municipal, por_x000D_
 intermédio da Secretaria de Estado de Planejamento e Gestão – SEPLAG, a proceder a implantação,_x000D_
 operação, gerenciamento e manutenção de uma Unidade de Atendimento Integrado – UAI no_x000D_
 Município de Itaú de Minas/MG e dá outras providências”,_x000D_
 RELATOR – Rayan Albert Amorim Silveira</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
     <t>10325</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3147/parecer_cljr_proposta_emenda_03-25_dyonatan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3147/parecer_cljr_proposta_emenda_03-25_dyonatan.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 PARECER ASSUNTO - PROPOSTA DE EMENDA À LEI ORGÂNICA Nº 03/25 - Modifica dispositivo que menciona na Lei Orgânica Municipal que trata do Número de Vereadores no Poder Legislativo de Itaú de Minas._x000D_
 RELATOR – Dyonatan Camilo Costa</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
     <t>10525</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2743/parecer_ljr_projeto_musicas.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2743/parecer_ljr_projeto_musicas.doc.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 ASSUNTO – PROJETO DE LEI 05/25 que Veda a apresentações de músicas cujas letras sejam_x000D_
 compostas por palavras de baixo calão, que façam apologia ao crime, ao sexo ou ao uso de drogas nos_x000D_
 locais que especifica._x000D_
 RELATOR – Rayan Alberto Amorim Silveira</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
     <t>10625</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2740/parecer_pr_06_cljr_parecer_projetos_pronto_pagto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2740/parecer_pr_06_cljr_parecer_projetos_pronto_pagto.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 ASSUNTO - PROJETO DE RESOLUÇÃO N. 06 que Regulamenta, no âmbito da Câmara Municipal_x000D_
 de Itaú de Minas, a norma do art. 95, § 2º, da Lei Federal nº 14.133/21, instituindo o sistema de pronto_x000D_
 pagamento para pequenas compras e/ou prestação de serviços._x000D_
 RELATOR – Rayan Albert Amorim Silveira</t>
   </si>
   <si>
     <t>2728</t>
   </si>
   <si>
     <t>10725</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2728/parecer_cljr_parecer_projeto_proj_07_ameg.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2728/parecer_cljr_parecer_projeto_proj_07_ameg.doc.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 ASSUNTO – Projeto de Lei n. 07/25 que DISPÕE SOBRE A RATIFICAÇÃO DO MUNICÍPIO DE_x000D_
 ITAÚ DE MINAS AO CONTRATO DE CONSÓRCIO PÚBLICO DA ASSOCIAÇÃO PÚBLICA_x000D_
 DOS MUNICÍPIOS DA MICRORREGIÃO DO MÉDIO RIO GRANDE - AMEG, CONSOLIDADO_x000D_
 COM O TERCEIRO TERMO ADITIVO_x000D_
 RELATOR – Rayan Alberto Amorim Silveira</t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
     <t>11025</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3143/parecer_conjunto_cljr_cfo_-_plc_10-2025_e_proposicao_de_menda.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3143/parecer_conjunto_cljr_cfo_-_plc_10-2025_e_proposicao_de_menda.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO E COMISSÃO DE FINANÇAS E ORÇAMENTO_x000D_
 _x000D_
 _x000D_
 PARECER  EM CONJUNTO_x000D_
 _x000D_
 	Projeto de Lei Complementar n.º 10/2025, que "Altera dispositivos que menciona na Lei Complementar n.º 10, de 29/12/1997 e alterações posteriores – Código Tributário Municipal – e dá outras providências."_x000D_
 	_x000D_
 Análise conjunta das Comissões Permanentes de Legislação e Justiça e Redação (CLJR) e de Finanças e Orçamento (CFO), referente ao Projeto de Lei Complementar (PLC) n.º 10/2025 e à PROPOSTA DE EMENDA Nº 02 a ele anexada._x000D_
 _x000D_
 Relator: Rayan Silveira</t>
   </si>
   <si>
     <t>2911</t>
   </si>
   <si>
     <t>12925</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2911/parecer_e_substitutivo_projeto_29_conselho_tutelar.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2911/parecer_e_substitutivo_projeto_29_conselho_tutelar.doc.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 ASSUNTO – PROJETO DE LEI Nº 29/25 que ALTERA A LEI N. 1052/2019 QUE_x000D_
 DISCIPLINA AS DIRETRIZES FUNDAMENTAIS PARA A APLICABILIDADE DOS_x000D_
 DIREITOS DA CRIANÇA E DO ADOLESCENTE NO ÂMBITO DO MUNICÍPIO DE ITAÚ_x000D_
 DE MINASE DÁ OUTRAS PROVIDÊNCIAS._x000D_
 RELATOR – Dyonatan Camilo Costa_x000D_
 Esta relatoria, adota o consenso havido entre o Conselho Tutelar, CMDCA, Executivo e_x000D_
 vereadores havido em reunião entre as partes citadas, no qual concordaram em criar o sistema de_x000D_
 “Coordenadoria” e não de Diretoria do Conselho Tutelar, e apresenta um substitutivo ao referido_x000D_
 Projeto de Lei que segue em anexo._x000D_
 O substitutivo segue com a alteração dos termos onde se lê Diretoria – Direção por_x000D_
 Coordenadoria – Coordenação.</t>
   </si>
   <si>
     <t>2942</t>
   </si>
   <si>
     <t>13325</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2942/parecer_cljr_pl_n._33_queimadas.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2942/parecer_cljr_pl_n._33_queimadas.doc.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 ASSUNTO – Projeto de Lei n.33 que “Altera a Lei nº 617, de 16 de agosto de 2.006 que “Dispõe sobre a proibição de queimadas no município de Itaú de Minas e dá outras providências.”_x000D_
 RELATOR – Rayan Silveira</t>
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
     <t>13525</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2945/parecer_cljr__proj._35_educ._financeira.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2945/parecer_cljr__proj._35_educ._financeira.doc.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 ASSUNTO – PROJETO DE LEI N. 35/25 que “Dispõe sobre a implementação do estudo sobre Educação Financeira conforme relação dos temas transversais do currículo de educação infantil e ensino fundamental das escolas municipais de Itaú de Minas"._x000D_
 RELATOR – Dyonatan Camilo Costa</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
     <t>15625</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3107/parecer_ljr_proj._56_cameras_saude_rayan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3107/parecer_ljr_proj._56_cameras_saude_rayan.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – Projeto de Lei n. 56 que Dispõe sobre a obrigatoriedade de sistema de segurança e vigilância_x000D_
 por câmeras de vídeo nos locais que especifica e dá outras providências._x000D_
 RELATOR – Rayan Silveira</t>
   </si>
   <si>
     <t>3104</t>
   </si>
   <si>
     <t>15825</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3104/parecer_comissao_legislacao_proj._58_saude_mental.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3104/parecer_comissao_legislacao_proj._58_saude_mental.pdf</t>
   </si>
   <si>
     <t>ASSUNTO – Projeto de Lei n.58/25 - Dispõe sobre a criação do Programa de Saúde Mental para_x000D_
 comunidade escolar nas unidades escolares públicas municipais de Itaú de Minas/MG, e sua respectiva_x000D_
 proposição de emenda n. 01._x000D_
 RELATOR – Rayan Silveira</t>
   </si>
   <si>
     <t>2710</t>
   </si>
   <si>
     <t>1050825</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2710/parecer_ljr_projetos_cargos_uai.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2710/parecer_ljr_projetos_cargos_uai.doc.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 ASSUNTOS - Projeto de Resolução n. 05 que Altera a Resolução nº 57, de 26/12/90 – Plano de_x000D_
 Carreiras da Câmara Municipal de Itaú de Minas/MG dá outras providências, dispondo sobre a_x000D_
 extinção, transformação e criação de cargos que menciona no quadro geral de servidores do Poder_x000D_
 Legislativo Municipal e dá outras providências; e Projeto de Lei n.08 que Fixa vencimento de cargos_x000D_
 que menciona do Poder Legislativo de Itaú de Minas/MG e dá outras providências.</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
     <t>1121325</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS O ORÇAMENTO, CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2798/parecer_conjunto_cljr_e__fo_projetos__cargos_12_e_13.25.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2798/parecer_conjunto_cljr_e__fo_projetos__cargos_12_e_13.25.doc.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 COMISSÃO DE FINANÇAS E ORÇAMENTO_x000D_
 PARECER EM CONJUNTO_x000D_
 ASSUNTOS – PROJETO DE LEI N. 12 QUE DISPÕE SOBRE A MODIFICAÇÃO DOS ANEXOS II E VI, DA LEI MUNICIPAL Nº 40/90 E SUAS ALTERAÇÕES POSTERIORES E DÁ OUTRAS PROVIDÊNCIAS; E PROJETO DE LEI N. 13 - DISPÕE SOBRE A ALTERAÇÃO DA LEI MUNICIPAL N.º 873/2013 E ALTERAÇÕES POSTERIORES, QUE - ESTABELECE A ESTRUTURA ORGANIZACIONAL DA PREFEITURA MUNICIPAL DE ITAÚ DE MINAS - E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 RELATOR – Dyonatan Camilo Costa</t>
   </si>
   <si>
     <t>2987</t>
   </si>
   <si>
     <t>1383925</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2987/parecer_clr_projetos_denominacao_ruas_marieta_amorim.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2987/parecer_clr_projetos_denominacao_ruas_marieta_amorim.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 ASSUNTO – PROJETO DE LEI 38 que Altera a Lei n.º 1117, de 07 de abril de 2021, que - “Altera a denominação de logradouros públicos que menciona. (Homenagem à Sra. Nilza Amorim Morais e Sr. Milton Xiol Moraes)” -, e dá outras providências._x000D_
 PROJETO DE LEI 39 que Altera a Lei n.º 1116, de 07 de abril de 2021, que - “Altera a denominação de logradouro público” -, e dá outras providências. (ambos corrigem o nome do loteamento nas referidas leis)_x000D_
 RELATOR – Maria Elena de Oliveira Faria_x000D_
 Do ponto de vista legal as matérias estão embasadas na Legislação pertinente.</t>
   </si>
   <si>
     <t>3027</t>
   </si>
   <si>
     <t>1454625</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3027/parecer_ljr_proj._45_e_46_rayan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3027/parecer_ljr_proj._45_e_46_rayan.pdf</t>
   </si>
   <si>
     <t>ASSUNTOS – Projeto de lei n.45 - que “Altera dispositivos da lei municipal n.º 278, de 01/09/1998_x000D_
 alterada pela lei municipal n.º 525, de 25/03/2003 e lei n.º 929, de 01/04/2015 e dá outras providências”;_x000D_
 - Projeto de lei n.46 que “Institui no calendário oficial do município de Itaú de Minas o “Dia Municipal_x000D_
 de combate ao abuso infantil e dá outras providências";_x000D_
 RELATOR – Rayan Silveira</t>
   </si>
   <si>
     <t>3026</t>
   </si>
   <si>
     <t>1474925</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3026/parecer_ljrf_projetos_47_e_49_maria_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3026/parecer_ljrf_projetos_47_e_49_maria_elena.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 ASSUNTOS - Projeto de lei n.47 "Dispõe sobre a padronização das cores de imóveis públicos_x000D_
 pertencentes e/ou mantidos pelo município de Itaú de Minas e dá outras providências";_x000D_
 - Projeto de lei n.49 "Institui, no Município de Itaú de Minas, a "Semana Municipal do Brincar", e dá_x000D_
 outras providencias."_x000D_
 RELATORA– MARIA ELENA FARIA</t>
   </si>
   <si>
     <t>3150</t>
   </si>
   <si>
     <t>1596025</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3150/parecer_ljr__rayan_plo_59-25.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3150/parecer_ljr__rayan_plo_59-25.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS - Substitutivo n. 01 ao Projeto de Lei n. 59 “Dispõe sobre o direito de mulheres de terem um acompanhante de sua livre escolha, nas consultas, exames e procedimentos em geral, nos estabelecimentos de saúde públicos e privados do Município de Itaú de Minas/MG e dá outras providências”; e Projeto de Lei n. 60 “Altera dispositivos que menciona na lei n.º 318/1999, que Dispõe sobre a criação do CODEMA - Conselho Municipal de Desenvolvimento Ambiental – e alterações posteriores e dá outras providências”;_x000D_
 RELATOR – Rayan Silveira</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
     <t>2121325</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2812/parecer_com_restricoes_rayan_conjunto_cljr_e__fo_projetos__cargos_12_e_13.25.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2812/parecer_com_restricoes_rayan_conjunto_cljr_e__fo_projetos__cargos_12_e_13.25.doc.pdf</t>
   </si>
   <si>
     <t>PARECER EM CONJUNTO  COM RESTRIÇOES_x000D_
 ASSUNTOS – PROJETO DE LEI N. 12 QUE DISPÕE SOBRE A MODIFICAÇÃO DOS ANEXOS II E VI, DA LEI MUNICIPAL Nº 40/90 E SUAS ALTERAÇÕES POSTERIORES E DÁ OUTRAS PROVIDÊNCIAS; E PROJETO DE LEI N. 13 - DISPÕE SOBRE A ALTERAÇÃO DA LEI MUNICIPAL N.º 873/2013 E ALTERAÇÕES POSTERIORES, QUE - ESTABELECE A ESTRUTURA ORGANIZACIONAL DA PREFEITURA MUNICIPAL DE ITAÚ DE MINAS - E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 RELATOR – Dyonatan Camilo Costa_x000D_
 _x000D_
 com RESTRIÇOES do vereador Rayan Silveira.</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
     <t>11525</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Proposição de Emenda</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2801/proposicao_emenda_01_ao_projeto_lei_15.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2801/proposicao_emenda_01_ao_projeto_lei_15.doc.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA N. 01 AO PROJETO DE LEI Nº 15/25 - QUE DISPÕE SOBRE A CRIAÇÃO DA POLÍTICA MUNICIPAL DOS DIREITOS DA PESSOA COM DEFICIÊNCIA E SOBRE CRIAÇÃO DO CONSELHO MUNICIPAL DE DEFESA DOS DIREITOS DA PESSOA COM DEFICIÊNCIA DE ITAÚ DE MINAS.</t>
   </si>
   <si>
     <t>2872</t>
   </si>
   <si>
     <t>11925</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2872/proposicao_emenda_01_ao_projeto_lei_19.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2872/proposicao_emenda_01_ao_projeto_lei_19.doc.pdf</t>
   </si>
   <si>
     <t>Proposição de Emenda n.01 ao Projeto de Lei n. 19/25 - Que Dispõe sobre a padronização, alinhamento e identificação da fiação aérea no Município de Itaú de Minas, e dá outras providências.</t>
   </si>
   <si>
     <t>2946</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2946/proposicao_de_emenda_n01_proj._33_queimadas.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2946/proposicao_de_emenda_n01_proj._33_queimadas.doc.pdf</t>
   </si>
   <si>
     <t>Proposição de Emenda n.01 ao_x000D_
 Projeto de Lei n. 33 que “Altera a Lei nº 617, de 16 de agosto de 2.006 que “Dispõe sobre a proibição de queimadas no município de Itaú de Minas e dá outras providências.”</t>
   </si>
   <si>
     <t>3088</t>
   </si>
   <si>
     <t>15225</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3088/proposicao_de_emenda_orcamentaria_impositivas_n01_p._2026_rev.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3088/proposicao_de_emenda_orcamentaria_impositivas_n01_p._2026_rev.pdf</t>
   </si>
   <si>
     <t>Proposição de Emenda Orçamentária Impositivas n. 01/25_x000D_
 PROJETO DE LEI ORDINÁRIA n. 52/25 que "Estima a receita e fixa a despesa do Município de_x000D_
 Itaú de Minas-MG para o exercício financeiro de 2026".</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3087/proposicao_de_emenda_01_projeto_58_saude_mantal_patrick.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3087/proposicao_de_emenda_01_projeto_58_saude_mantal_patrick.pdf</t>
   </si>
   <si>
     <t>Proposição de emenda n. 01 - Projeto de Lei n. 58/25_x000D_
 Dispõe sobre a criação do Programa de Saúde Mental para comunidade escolar nas unidades_x000D_
 escolares públicas municipais de Itaú de Minas/MG.</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
     <t>25225</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3089/proposicao_de_emenda_02_orcamento_heliel_caps.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3089/proposicao_de_emenda_02_orcamento_heliel_caps.pdf</t>
   </si>
   <si>
     <t>Proposição de Emenda Orçamentária n. 02/25_x000D_
 PROJETO DE LEI ORDINÁRIA n. 52/25 que "Estima a receita e fixa a despesa do Município de_x000D_
 Itaú de Minas-MG para o exercício financeiro de 2026".</t>
   </si>
   <si>
     <t>3080</t>
   </si>
   <si>
     <t>PCFO</t>
   </si>
   <si>
     <t>PARECER CFO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3080/parecer_e_proj._decreto_prestacao_contas_2029_da_comissao_de_financas_e_orcamento.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3080/parecer_e_proj._decreto_prestacao_contas_2029_da_comissao_de_financas_e_orcamento.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – Prestação de Contas do Exercício Financeiro de 2019 do Município de Itaú de Minas._x000D_
 RELATOR – Heliel Custódio Francisco_x000D_
 Segue parecer desta Relatoria acerca da Prestação de Contas do Exercício Financeiro de 2019 do Município de Itaú de Minas no qual sou pela aprovação das referidas contas conforme exposições de motivos</t>
   </si>
   <si>
     <t>2739</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2739/parecer_pr_06_cfo_parecer_projetos_pronto_pagto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2739/parecer_pr_06_cfo_parecer_projetos_pronto_pagto.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 ASSUNTO - PROJETO DE RESOLUÇÃO N. 06 que Regulamenta, no âmbito da Câmara Municipal_x000D_
 de Itaú de Minas, a norma do art. 95, § 2º, da Lei Federal nº 14.133/21, instituindo o sistema de pronto_x000D_
 pagamento para pequenas compras e/ou prestação de serviços._x000D_
 RELATOR – Dyonatan Camilo Costa</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
     <t>12325</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2910/parecer_fo_ldo_proj._23.doc_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2910/parecer_fo_ldo_proj._23.doc_1.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – Projeto de Lei nº 23 que: Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária_x000D_
 do Exercício de 2026 e dá outras providências._x000D_
 RELATOR – Rayan Silveira</t>
   </si>
   <si>
     <t>3028</t>
   </si>
   <si>
     <t>14525</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3028/parecer_fo_proj._45.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3028/parecer_fo_proj._45.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 ASSUNTO – Projeto de lei n.45 - que “Altera dispositivos da lei municipal n.º 278, de 01/09/1998_x000D_
 alterada pela lei municipal n.º 525, de 25/03/2003 e lei n.º 929, de 01/04/2015 e dá outras_x000D_
 providências”;_x000D_
 RELATOR – Dyonatan Camilo Costa</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3108/parecer_fo_proj._56_cameras_unidades_de_saude_dioninho.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3108/parecer_fo_proj._56_cameras_unidades_de_saude_dioninho.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIA – Projeto de Lei n. 56 que Dispõe sobre a obrigatoriedade de sistema de segurança e vigilância_x000D_
 por câmeras de vídeo nos locais que especifica e dá outras providências._x000D_
 RELATOR – Dyonatan Costa</t>
   </si>
   <si>
     <t>2709</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2709/parecer_fo_projetos_cargos_uai.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2709/parecer_fo_projetos_cargos_uai.doc.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 ASSUNTOS - Projeto de Resolução n. 05 que Altera a Resolução nº 57, de 26/12/90 – Plano de_x000D_
 Carreiras da Câmara Municipal de Itaú de Minas/MG dá outras providências, dispondo sobre a_x000D_
 extinção, transformação e criação de cargos que menciona no quadro geral de servidores do Poder_x000D_
 Legislativo Municipal e dá outras providências; e Projeto de Lei n.08 que Fixa vencimento de cargos_x000D_
 que menciona do Poder Legislativo de Itaú de Minas/MG e dá outras providências._x000D_
 RELATOR – Dyonatan Camilo Costa</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
     <t>1323425</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2932/parecer_fo_proj._31_32_e_34.doc_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2932/parecer_fo_proj._31_32_e_34.doc_1.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – PROJETOS DE LEI quais sejam:_x000D_
 nº 31 que Autoriza a abertura de Crédito Adicional Especial na Lei Orçamentária Anual nº 1313, de 13/11/2024 e dá outras providências._x000D_
 nº 32 que Dispõe sobre a alteração à Lei n.º 1316/2024, que – Autoriza a concessão de Subvenções, Auxílios e Contribuições no exercício de 2025 – e dá outras providências._x000D_
 nº 34 que Autoriza a abertura de Crédito Adicional Especial na Lei Orçamentária Anual nº 1313, de 13/11/2024 e dá outras providências._x000D_
 Relator – Rayan Silveira</t>
   </si>
   <si>
     <t>3103</t>
   </si>
   <si>
     <t>1515253</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3103/parecer_financas_orcamento_e_emendas_p._2026_plos_51_52_e_53.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3103/parecer_financas_orcamento_e_emendas_p._2026_plos_51_52_e_53.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 MATÉRIAS – Projetos de Leis e respectivas emendas:_x000D_
 n. 51 que Dispõe sobre o Plano Plurianual para o período de 2026/2029;_x000D_
 n. 52 que “Estima a receita e fixa a despesa do Município para o exercício de 2026”;_x000D_
 n. 53 que “Autoriza a concessão de subvenções, auxílios e contribuições no exercício de 2026 e dá outras_x000D_
 providências”;_x000D_
 RELATOR – Rayan Silveira_x000D_
 Os referidos projetos tratam-se de matérias orçamentárias balizadoras da estruturação das propostas_x000D_
 orçamentárias para o exercício de 2026 e no caso do PPA até 2029, e do ponto de vista legal estão aptos a_x000D_
 ser aprovados.</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
     <t>POSAI</t>
   </si>
   <si>
     <t>PARECER COSAIC</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS O ORÇAMENTO, CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, COSAIC - COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS, AGRONEGÓCIO, IND., COM., MEIO AMBIENTE, TRABALHO E EMPREGO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2791/parecer_conjunto_cljr_cfo_e_cospaicm_chacreamento.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2791/parecer_conjunto_cljr_cfo_e_cospaicm_chacreamento.pdf</t>
   </si>
   <si>
     <t>ASSUNTO - SUBSTITUTIVO N. 01 AO PROJETO DE LEI COMPLEMENTAR N.º 02/2025 - DISPÕE SOBRE A ALTERAÇÃO DE DISPOSITIVOS DA LEI COMPLEMENTAR N.º 59, DE 26/10/2020 QUE - DISPÕE SOBRE O PARCELAMENTO DO SOLO PARA FINS DE CHACREAMENTO NO MUNICÍPIO DE ITAÚ DE MINAS - E DÁ OUTRAS PROVIDÊNCIAS. _x000D_
 _x000D_
 RELATOR – DYONATAN CAMILO COSTA_x000D_
 Analisando a matéria, podemos concluir que ela está em conformidade com a Legislação pertinente._x000D_
 O presente substitutivo é oportuno, pois alterou o projeto de Lei complementar nº02/2025, que trata da revisão de alguns artigos da Lei Complementar n.º 59/20, - Lei do Chacreamento - tem como escopo a sua adequação à realidade dos protocolos e procedimentos a serem cumpridos para a aprovação dos chacreamentos no Município. A matéria foi amplamente discutida com profissionais da área de engenharia tanto da prefeitura municipal quanto do setor privado da comunidade. Também foram observadas pelo jurídico legislativo todo procedimento para legalidade da matéria em analise e sugerida</t>
   </si>
   <si>
     <t>2940</t>
   </si>
   <si>
     <t>COSAIC - COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS, AGRONEGÓCIO, IND., COM., MEIO AMBIENTE, TRABALHO E EMPREGO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2940/parecer_osp_plc_06_feirantes_revisado.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2940/parecer_osp_plc_06_feirantes_revisado.doc.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 ASSUNTO – Projeto de Lei Complementar n.06 Altera dispositivos que menciona na Lei Complementar n° 02/93, - Código de Posturas do município de Itaú de Minas/MG, que trata dos ambulantes e feirantes no Município e dá outras providências._x000D_
 RELATOR – Rayan Silveira</t>
   </si>
   <si>
     <t>2941</t>
   </si>
   <si>
     <t>COSAICMADS - COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS, AGRONÉGOCIO, INDÚSTRIA, COMÉRCO, MEIO AMBIENTE E DESENV SUST</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2941/parecer_osp_pl_33_queimadas.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2941/parecer_osp_pl_33_queimadas.doc.pdf</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
     <t>114150425</t>
   </si>
   <si>
     <t>CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, COSAIC - COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS, AGRONEGÓCIO, IND., COM., MEIO AMBIENTE, TRABALHO E EMPREGO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2799/parecer_conjunto_cljr_e__comisao_de_obras_projetos__de_leis__14_e_15_e_plc_n._04.doc_corr.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2799/parecer_conjunto_cljr_e__comisao_de_obras_projetos__de_leis__14_e_15_e_plc_n._04.doc_corr.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS, AGRONEGÓCIO, INDÚSTRIA,_x000D_
 COMÉRCIO, MEIO AMBIENTE E DESENVOLVIMENTO SUSTENTÁVEL_x000D_
 PARECER EM CONJUNTO_x000D_
 RELATOR – Rayan Alberto Amorim Silveira_x000D_
 ASSUNTOS – PROJETO DE LEI N. 14 QUE “Altera a lei nº1.278, de 08 de dezembro de 2023, que Dispõe sobre o CODES - Conselho Municipal de Desenvolvimento Econômico e Social de Itaú de Minas -, e dá outras providências”;_x000D_
 PROJETO DE LEI N. 15 QUE “Dispõe sobre a criação da política municipal dos direitos da pessoa com deficiência e sobre criação do Conselho Municipal de Defesa dos Direitos da Pessoa com Deficiência de Itaú de Minas;_x000D_
 PROJETO DE LEI COMPLEMENTAR N. 04 QUE “Acrescenta dispositivos que menciona na Lei Complementar nº 31, de 27 de dezembro de 2010, que “Instituiu o Plano Diretor de Desenvolvimento Participativo de Itaú de Minas /MG e dá outras providências”, estabelecendo requisitos para novos_x000D_
 loteamentos em relação à cabeamento de linhas de transmissão”</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
     <t>PESA</t>
   </si>
   <si>
     <t>PARECER CESA</t>
   </si>
   <si>
     <t>CESACELT - COMISSÃO DE EDUCAÇÃO, SAÚDE, ASSISTÊNCIA, CULTURA, ESPORTE, LAZER E TURISMO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2944/parecer_esa_proj._35_educ._financeira.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2944/parecer_esa_proj._35_educ._financeira.doc.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 ASSUNTO – PROJETO DE LEI N. 35/25 que “Dispõe sobre a implementação do estudo sobre Educação Financeira conforme relação dos temas transversais do currículo de educação infantil e ensino fundamental das escolas municipais de Itaú de Minas"._x000D_
 RELATORA – Maria Elena de Oliveira Faria</t>
   </si>
   <si>
     <t>2852</t>
   </si>
   <si>
     <t>1031925</t>
   </si>
   <si>
     <t>CESACELT - COMISSÃO DE EDUCAÇÃO, SAÚDE, ASSISTÊNCIA, CULTURA, ESPORTE, LAZER E TURISMO, CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, COSAICMADS - COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS, AGRONÉGOCIO, INDÚSTRIA, COMÉRCO, MEIO AMBIENTE E DESENV SUST</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2852/parecer_conjunto_proj_lei_19_multa_foco_dengue_rayan_ok.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2852/parecer_conjunto_proj_lei_19_multa_foco_dengue_rayan_ok.doc.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES:_x000D_
 MATÉRIAS – Projeto de Lei Complementar nº 03/25 que Altera a Lei Complementar n° 02, de 20 de abril de 1993 - Código de Posturas do Município de Itaú de Minas/MG, alterada pela Lei Municipal n. 48, de 19 de junho de 2017, dispondo sobre ações de combate ao mosquito Aedes Aegypti, e dá outras providências e; Projeto de Lei n. 19/25 que “Dispõe sobre a padronização, alinhamento e identificação da fiação aérea no Município de Itaú de Minas, e dá outras providências._x000D_
 RELATOR – Rayan Silveira</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>LOM</t>
   </si>
   <si>
     <t>Proposta de Emenda a LOM</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2614/proposta_de_emenda_a_lei_organica_municipal_n01_prazo_fixacao_subsidios.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2614/proposta_de_emenda_a_lei_organica_municipal_n01_prazo_fixacao_subsidios.doc.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos que menciona na Lei Orgânica Municipal que trata do prazo para fixação dos subsídios dos agentes políticos do Municípios de Itaú de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>3053</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3053/proposta_emenda_lom_02.25_limite_emendas_impositivas_sem_mensagem.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3053/proposta_emenda_lom_02.25_limite_emendas_impositivas_sem_mensagem.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos que menciona na Lei Orgânica Municipal que trata das emendas impositivas e dá outras providências.</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3135/proposta_de_emenda_a__lei_organica_no__03-25_numero_09_vereadores.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3135/proposta_de_emenda_a__lei_organica_no__03-25_numero_09_vereadores.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivo que menciona na Lei Orgânica Municipal que trata do Número de Vereadores no Poder Legislativo de Itaú de Minas.</t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>ANTEPROJETO DE LEI</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2722/anteprojeto_de_lei__01_ferias_premio_doentes_fabiano.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2722/anteprojeto_de_lei__01_ferias_premio_doentes_fabiano.doc.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo que menciona na Lei Municipal n. 47, de 01 de agosto de 1991 – Estatuto do Servidor Público dos Poderes do Município de Itaú de Minas e dá outras providências, que trata sobre férias prêmio.</t>
   </si>
   <si>
     <t>2735</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2735/anteprojeto_de_lei__02_centro_atend._mulher_m._elena.doc_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2735/anteprojeto_de_lei__02_centro_atend._mulher_m._elena.doc_1.pdf</t>
   </si>
   <si>
     <t>Cria o “Centro de Atendimento à Mulher em Situação de Violência e Vulnerabilidade” da Prefeitura Municipal de Itaú de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2772/anteprojeto_03_patrick_folga_aniversario.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2772/anteprojeto_03_patrick_folga_aniversario.doc.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n. 457, de 25 de novembro 2002, que “Dispõe sobre a concessão de folga aos servidores públicos da Administração Direta e Indireta e do Poder Legislativo de Itaú de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>2919</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2919/anteprojeto_lei_n_04_bolsa_atleta.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2919/anteprojeto_lei_n_04_bolsa_atleta.doc.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Bolsa-Atleta no Município de Itaú de Minas/MG e dá outras providências.</t>
   </si>
   <si>
     <t>3046</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3046/anteprojeto_de_lei_no_05_caps_heliel.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3046/anteprojeto_de_lei_no_05_caps_heliel.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO E IMPLANTAÇÃO DO CENTRO DE ATENÇÃO PSICOSSOCIAL – CAPS NO MUNICÍPIO DE ITAÚ DE MINAS/MG, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3105/anteprojeto_de_lei_n_06_proj._patrick_aniversario_servidor.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3105/anteprojeto_de_lei_n_06_proj._patrick_aniversario_servidor.pdf</t>
   </si>
   <si>
     <t>3115</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3115/anteprojeto_de_projeto_de_lei__n.07_escola_amiga_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3115/anteprojeto_de_projeto_de_lei__n.07_escola_amiga_elena.pdf</t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3159/anteprojeto_de_lei_n08_dioninho_processo_seletivo_agentes.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3159/anteprojeto_de_lei_n08_dioninho_processo_seletivo_agentes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre critérios para realização de processo Seletivo Simplificado quando da contratação temporária de Agentes Comunitários de Saúde (ACS) e Agentes de Combate às Endemias.</t>
   </si>
   <si>
     <t>3151</t>
   </si>
   <si>
     <t>PFIN</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3151/comissao_de_legislacao_redacao_final_plc_10-25.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3151/comissao_de_legislacao_redacao_final_plc_10-25.pdf</t>
   </si>
   <si>
     <t>PARECER REDAÇÃO FINAL_x000D_
 MATÉRIAS – Projeto de Lei Complementar n. 10 - Altera dispositivos que menciona na Lei Complementar n.º 10, de 29/12/1997 e alterações posteriores – Código Tributário Municipal – e dá outras providências._x000D_
 RELATOR – Rayan Silveira_x000D_
 O Projeto de Lei Complementar n. 10 sofreu uma emenda que já segue incorporada ao seu texto original que se encontra em arquivo anexo, e nada houve o que retocá-lo para adequá-lo ao bom vernáculo._x000D_
 Sou pela aprovação. É o meu parecer</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
     <t>PEPLC</t>
   </si>
   <si>
     <t>Proposição de Emenda Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3136/proposicao_emenda_rayan__geovan_iptu.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3136/proposicao_emenda_rayan__geovan_iptu.pdf</t>
   </si>
   <si>
     <t>Proposição de Emenda Aditiva n. 01 ao Projeto de Lei Complementar Nº 10/25 que “Altera dispositivos que menciona na Lei Complementar n.º 10, de 29/12/1997 e alterações posteriores – Código Tributário Municipal – e dá outras providências.</t>
   </si>
   <si>
     <t>3139</t>
   </si>
   <si>
     <t>21025</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3139/proposicao_de_emenda_02_ao_plc_10_de_2025.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3139/proposicao_de_emenda_02_ao_plc_10_de_2025.pdf</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE EMENDA Nº 02 _x000D_
 AO PROJETO DE LEI COMPLEMENTAR  Nº 10/2025_x000D_
 _x000D_
 _x000D_
 EMENTA: ALTERA A REDAÇÃO DO INCISO IV, DO ART. 11º, DO PROJETO DE LEI COMPLEMENTAR Nº 10/25 QUE “ALTERA DISPOSITIVOS QUE MENCIONA NA LEI COMPLEMENTAR N.º 10, DE 29/12/1997 E ALTERAÇÕES POSTERIORES – CÓDIGO TRIBUTÁRIO MUNICIPAL – E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
     <t>POL</t>
   </si>
   <si>
     <t>PROPOSTA ORÇAMENTÁRIA DO LEGISLATIVO</t>
   </si>
   <si>
     <t>SETOR DE CONTABILIDADE - CONT</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2990/proposta_orcamentaria_para_2026.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2990/proposta_orcamentaria_para_2026.pdf</t>
   </si>
   <si>
     <t>Proposta Orçamentária para o Exercício de 2026</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>MENSAGEM</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2623/mensagem_proj._resoluca_02_uai.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2623/mensagem_proj._resoluca_02_uai.doc.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PROJETO DE RESOLUÇÃO Nº02/2025 - QUE Autoriza o Poder Legislativo Municipal, por intermédio da Secretaria de Estado de Planejamento e Gestão – SEPLAG, a proceder a implantação, operação, gerenciamento e manutenção de uma Unidade de Atendimento Integrado – UAI no Município de Itaú de Minas/MG e dá outras providências.</t>
   </si>
   <si>
     <t>2756</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2756/mensagem_n.o_11.2025_aos_plos_16_17__e_18_de_2025_creditos_ad.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2756/mensagem_n.o_11.2025_aos_plos_16_17__e_18_de_2025_creditos_ad.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AOS PLOS 16, 17 E 18 DE 2025. _x000D_
 PLO 16/2025 - Autoriza a abertura de crédito adicional suplementar na Lei Orçamentária Anual nº 1.313 de 13/11/2024 — Que Estima a Receita e Fixa a Despesa do Município de Itaú de Minas-MG para o exercício financeiro de 2025 - e dá outras providências._x000D_
 PLO 17/2025 - Autoriza a abertura de crédito adicional suplementar na Lei nº 1.313 de 13/11/2024 — Que Estima a Receita e Fixa a Despesa do Município de Itaú de Minas-MG para o exer- cício financeiro de 2025 - e dá outras providências._x000D_
 PLO 18/2025 - Dispõe sobre a alteração de valores de subvenções à Lei n.º 1316/2024, que - Autori- za a Concessão de Subvenções, Auxílios e Contribuições no exercício de 2025 - e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>MENSAGEM AOS SEGUINTES PROJETOS DE LEI:_x000D_
 _x000D_
 PLO Nº01/2025- DISPÕE SOBRE A REVISÃO GERAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 PLO Nº02/2025- DISPÕE SOBRE O PAGAMENTO DO PISO NACIONAL DO MAGISTÉRIO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS. _x000D_
 _x000D_
 PLO Nº03/2025- DISPÕE SOBRE O PAGAMENTO DO PISO NACIONAL DOS AGENTES COMUNITÁRIOS DE SAÚDE E DOS AGENTES DE COMBATE A ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 PLO Nº04/2025- ALTERA A LEI N.º 1317/24 QUE - INSTITUI O AUXÍLIO VALE ALIMENTAÇÃO AOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO MUNICÍPIO DE ITAÚ DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3057</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3057/mensagem_da_prop._emenda_lom_02.25.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3057/mensagem_da_prop._emenda_lom_02.25.pdf</t>
   </si>
   <si>
     <t>MENSAGEM A PROPOSTA DE EMENDA A LEI ORGANICA Nº02/2025 - que Altera dispositivos que menciona na Lei Orgânica Municipal que trata das emendas impositivas e dá outras providências.</t>
   </si>
   <si>
     <t>2777</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2777/mensagem_1225.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2777/mensagem_1225.pdf</t>
   </si>
   <si>
     <t>MENSAGEM N.º 12.2025_x000D_
 _x000D_
 PLO 20/2025 - Autoriza a abertura de crédito adicional suplementar na Lei Orçamentária Anual nº 1.313 de 13/11/2024 que, - Estima a receita e fixa a despesa do Município de Itaú de Minas-MG para o exercício financeiro de 2025 - e dá outras providências._x000D_
 PLO 21/2025 - Autoriza a abertura de crédito adicional especial na Lei Orçamentária Anual nº 1.313 de 13/11/2024 que, - Estima a receita e fixa a despesa do Município de Itaú de MinasMG para o exercício financeiro de 2025 - e dá outras providências._x000D_
 PLO 22/2025 - Dispõe sobre a reclassificação de elemento de despesa à Lei n.º 1316/2024, que - Autoriza a Concessão de Subvenções, Auxílios e Contribuições no exercício de 2025 - e alterações posteriores, e dá outras providências.</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
     <t>10101</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2991/mensagem_calculo_do_orcamento_da_camara_para_2026.docx.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2991/mensagem_calculo_do_orcamento_da_camara_para_2026.docx.pdf</t>
   </si>
   <si>
     <t>Proposta Orçamentária para o Exercício de 2026_x000D_
 _x000D_
 A presente Proposta Orçamentária para o exercício de 2026, foi elaborada_x000D_
 observando a Receita Tributária e Transferências do Município de Itaú de Minas_x000D_
 arrecadadas até o mês de Junho de 2025, projetando-as até o final do exercício, a fim de_x000D_
 se atender o disposto no artigo art. 29-A da Constituição Federal._x000D_
 O valor do Orçamento Proposto foi estimado tendo como base o valor do Orçamento_x000D_
 de 2025, acrescido do IPCA acumulado de 2025, o qual representou 5,35%._x000D_
 Este valor conforme acima demonstrado, representa aproximadamente 5,04% da_x000D_
 Receita Estimada de 2025, ficando abaixo do limite máximo de 7,00% previsto no artigo_x000D_
 29-A da Constituição Federal, uma vez que a receita do Município vem mantendo um_x000D_
 crescimento em relação aos anos anteriores, e comportar bem as despesas previstas_x000D_
 pelo Legislativo</t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2633/mensagem_projeto_lei_compl._01_plantao_farmacia.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2633/mensagem_projeto_lei_compl._01_plantao_farmacia.doc.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PROJETO DE LEI COMPLEMENTAR Nº01/2025 - QUE ALTERA DISPOSITIVOS QUE MENCIONA NA LEI COMPLEMENTAR N° 02/93, MODIFICADA PELA LEI COMPLEMENTAR N° 70, DE 22 DE DEZEMBRO DE 2023 - CÓDIGO DE POSTURAS DO MUNICÍPIO DE ITAÚ DE MINAS/MG, QUE TRATA DOS PLANTÕES DAS FARMÁCIAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2741/mensagem_ante_projetode_lei_02_-_centro_de_atendimento_a_mulher_m._elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2741/mensagem_ante_projetode_lei_02_-_centro_de_atendimento_a_mulher_m._elena.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO ANTEPROJETO DE LEI Nº02/2025 - QUE tem por escopo a criação do Centro de Referência de Política de Enfrentamento à violência contra as mulheres</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2766/mensagem_ao_projeto_de_lei_complementar_no_03-25_-_foco_dengue_rayan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2766/mensagem_ao_projeto_de_lei_complementar_no_03-25_-_foco_dengue_rayan.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PROJETO DE LEI COMPLEMENTAR Nº03/2025 - Que “Estabelece sanções aos proprietários e/ou possuidores de imóveis que permitam e/ou possibilitem a proliferação do mosquito Aedes Aegypti no Município de Itaú de Minas/MG, e dá outras providências.”</t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 05/2025 - QUE Veda a apresentações de músicas cujas letras sejam compostas por palavras de baixo calão, que façam apologia ao crime, ao sexo ou ao uso de drogas nos locais que especifica.</t>
   </si>
   <si>
     <t>2700</t>
   </si>
   <si>
     <t>10825</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2700/mensagem_cargos_uai.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2700/mensagem_cargos_uai.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AOS SEGUINTES PROJETOS:_x000D_
  - PROJETO DE RESOLUÇÃO Nº 05/25 que “Modifica a Resolução nº57, de 26/12/90, alterada pela Resolução n. 249/18, de 30/01/18 - Plano de Carreiras da Câmara Municipal de Itaú de Minas/MG dá outras providências”;_x000D_
  - PROJETO DE LEI N° 08/25 que “Fixa vencimentos de cargos que menciona do Poder Legislativo de Itaú de Minas/MG e dá outras providências”.</t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
     <t>10925</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2699/mensagem_ao_projeto_de_lei_no_09-25_-_foco_dengue_rayan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2699/mensagem_ao_projeto_de_lei_no_09-25_-_foco_dengue_rayan.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 09/2025 - QUE estabelece sanções aos proprietários e/ou possuidores de imóveis que permitam e/ou possibilitem a proliferação do mosquito Aedes Aegypti no Município de Itaú de Minas/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
     <t>12725</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2862/mensagem_proj_27_dyonatan_inclue_materias_constituicao_e_educacao_financeira.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2862/mensagem_proj_27_dyonatan_inclue_materias_constituicao_e_educacao_financeira.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 27/2025 - QUE “Dispõe sobre a inclusão do estudo sobre Educação Financeira e estudo sobre a Constituição Federal como temas transversais no currículo de educação infantil e ensino fundamental das escolas municipais de Itaú de Minas".</t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
     <t>13425</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2656/mensagem_projeto_resolucao_03_e_04_reajuste_servid._camara_e_vale.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2656/mensagem_projeto_resolucao_03_e_04_reajuste_servid._camara_e_vale.doc.pdf</t>
   </si>
   <si>
     <t>Mensagem aos PRs:_x000D_
 A Mesa Diretora da Câmara Municipal, cumprindo as determinações legais, vem propor ao_x000D_
 egrégio Plenário o Projeto de Resolução n. 03/25 que “Dispõe sobre a revisão geral dos vencimentos dos_x000D_
 servidores da Câmara Municipal e dá outras providências”._x000D_
 _x000D_
 Também na oportunidade encaminhamos o Projeto de Resolução n. 04/25 que “Altera a_x000D_
 Resolução n. 310, de 28 de Novembro de 2024, que “Institui o Auxílio Vale Alimentação dos servidores_x000D_
 públicos da Câmara Municipal de Itaú de Minas/MG e Legislativo com a proposta do dá outras_x000D_
 providências.”, também para alinhar os valores do vale dos servidores do Executivo Municipal para o_x000D_
 funcionalismo público.</t>
   </si>
   <si>
     <t>3077</t>
   </si>
   <si>
     <t>16125</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3077/mensagem_28.2025_casamento_civil_plo_61-2025.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3077/mensagem_28.2025_casamento_civil_plo_61-2025.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 61/2025 - QUE Autoriza a abertura de crédito adicional especial na Lei Orçamentária Anual – Lei Municipal nº 1.313 de 13/11/2024 - e dá outras providências.</t>
   </si>
   <si>
     <t>3134</t>
   </si>
   <si>
     <t>16725</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3134/mensagem_projeto_67.25_ok.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3134/mensagem_projeto_67.25_ok.pdf</t>
   </si>
   <si>
     <t>Mensagem_x000D_
 PROJETO DE LEI Nº 67/25 - Fixa os subsídios dos Agentes Políticos do Município de Itaú de Minas/MG para a Legislação 2029/2032 e dá outras providências.</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
     <t>20225</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2653/mensagem_02_ao_p_lei_complementar_02-2025_chacreamento.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2653/mensagem_02_ao_p_lei_complementar_02-2025_chacreamento.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PROJETO DE LEI COMPLEMENTAR N.º 02/2025, DE 21 DE JANEIRO DE 2025 ._x000D_
 DISPÕE SOBRE A ALTERAÇÃO DE DISPOSITIVOS_x000D_
 DA LEI COMPLEMENTAR N.º 59, DE 26/10/2020_x000D_
 QUE - DISPÕE SOBRE O PARCELAMENTO DO_x000D_
 SOLO PARA FINS DE CHACREAMENTO NO_x000D_
 MUNICÍPIO DE ITAÚ DE MINAS - E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
     <t>71125</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2721/mensagem_07_ao_plo_11-2025.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2721/mensagem_07_ao_plo_11-2025.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 11/2025 - QUE Autoriza a abertura de crédito adicional suplementar na Lei nº 1.313/2024 - que estima a receita e fixa a despesa do Município de Itaú de Minas-MG para o exercício financeiro de 2025 – e dá outras providências.</t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
     <t>91425</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2750/mensagem_n.o_09.2025_plo_14_-_codes.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2750/mensagem_n.o_09.2025_plo_14_-_codes.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 14/2025 - QUE ALTERA A LEI Nº1.278, DE 08 DE DEZEMBRO DE 2023, QUE DISPÕE SOBRE O CODES - CONSELHO MUNICIPAL DE DESENVOLVIMENTO ECONOMICO E SOCIAL DE ITAÚ DE MINAS -, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
     <t>101525</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2752/mensagem_n.o_10.2025_plo_15_-_cmddpd.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2752/mensagem_n.o_10.2025_plo_15_-_cmddpd.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 15/2025 - QUE DISPÕE SOBRE A CRIAÇÃO DA POLITICA MUNICIPAL DOS DIREITOS DA PESSOA COM DEFICIÊNCIA E SOBRE CRIAÇÃO DO CONSELHO MUNICIPAL DE DEFESA DOS DIREITOS DA PESSOA COM DEFICIÊNCIA DE ITAÚ DE MINAS.</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
     <t>132325</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2794/1_-_mensagem_13.2025_ldo_2026.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2794/1_-_mensagem_13.2025_ldo_2026.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 23/2025 - LDO - DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO EXERCÍCIO DE 2026 E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
     <t>140525</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2853/mensagem_14_plc_05_2025.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2853/mensagem_14_plc_05_2025.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLC 05/2025 - QUE - Dispõe sobre a alteração da Lei Complementar n.º 16, de 31 de dezembro de 1999 com redação dada pela Lei Complementar n.º 69, de 19 de outubro de 2023 que, - “Dispõe sobre a extinção do Instituto de Previdência dos Servidores Públicos do Município de Itaú de Minas - IPSIM - e dá outras providências.”</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
     <t>152825</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2865/mensagem_15_2025_plo_28_plano_carreiras_prefeitura.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2865/mensagem_15_2025_plo_28_plano_carreiras_prefeitura.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 28/2025 - QUE DISPÕE SOBRE A MODIFICAÇÃO DA LEI MUNICIPAL N.º 873, DE 02 DE ABRIL DE 2013, QUE - Estabelece a Estrutura Organizacional da Prefeitura Municipal de Itaú de Minas – E DOS ANEXOS II E VI, DA LEI MUNICIPAL N.º 40/90 E SUAS ALTERAÇÕES POSTERIORES QUE - Dispõe sobre o plano de carreiras da Prefeitura Municipal de Itaú de Minas - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2880</t>
   </si>
   <si>
     <t>152925</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2880/mensagem_n.o_15.2025_plo_29_-_conselho_tutelar.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2880/mensagem_n.o_15.2025_plo_29_-_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 29/2025 - QUE ALTERA A LEI Nº 1052/2019 QUE - DISCIPLINA AS DIRETRIZES FUNDAMENTAIS PARA A APLICABILIDADE DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE NO ÂMBITO DO MUNICÍPIO DE ITAÚ DE MINAS - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2882</t>
   </si>
   <si>
     <t>163025</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2882/mensagem_16.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2882/mensagem_16.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 30/2025 - QUE Altera as leis municipais n.º s 1333/2025 e n.º 1335/2025 - e dá outras providências.</t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
     <t>183425</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2915/mensagem_18.2025_ao_plo_34.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2915/mensagem_18.2025_ao_plo_34.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 34/2025 - QUE Autoriza a abertura de crédito adicional Especial na Lei Orçamentária Anual nº 1.313 de 13/11/2024 e dá outras providências. (REPASSE AO TURISMO)</t>
   </si>
   <si>
     <t>2954</t>
   </si>
   <si>
     <t>193725</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2954/mensagem_19.2025_cred._supl._psf_iv_plo_37.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2954/mensagem_19.2025_cred._supl._psf_iv_plo_37.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 37/2025 - QUE Autoriza a abertura de crédito adicional suplementar na Lei Orçamentária Anual nº 1.313/2024 de 13/11/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
     <t>214025</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2967/mensagem_21_2025_plo_40-2025_-_uae.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2967/mensagem_21_2025_plo_40-2025_-_uae.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 40 - Autoriza o Poder Executivo a abrir Crédito Adicional Especial na Lei nº Lei Orçamentária Anual nº 1.313/2024 de 13/11/2024 - que estima a Receita e Fixa a Despesa do Município de Itaú de Minas para o Exercício Financeiro de 2025 e dá Outras Providências._x000D_
 _x000D_
 Manutenção da Unidade de Atendimento Eleitoral UAE</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
     <t>224125</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2968/mensagem_22_2025_plo_41-25_-_turismo.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2968/mensagem_22_2025_plo_41-25_-_turismo.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 41/2025 QUE Autoriza a abertura de crédito adicional Especial na Lei Orçamentária Anual nº 1.313 de 13/11/2024 e dá_x000D_
 outras providências. Fundo Municipal de Turismo</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
     <t>234325</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2971/mensagem_23.2025_cred._supl._poliesportivo_assinada_plo_43-2025.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2971/mensagem_23.2025_cred._supl._poliesportivo_assinada_plo_43-2025.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 43/2025 - QUE Autoriza a abertura de crédito adicional suplementar na Lei nº 1.313/2024 de 13/11/2024, que - Estima a_x000D_
 receita e fixa a despesa do Município de Itaú de Minas-MG para o exercício financeiro de 2025 - e dá outras providências. (reforma do Poliesportivo)</t>
   </si>
   <si>
     <t>2983</t>
   </si>
   <si>
     <t>244525</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2983/mensagem_24_plo_45-2025_gratificacao_educacao.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2983/mensagem_24_plo_45-2025_gratificacao_educacao.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 45/2025 - QUE - ALTERA DISPOSITIVOS DA LEI MUNICIPAL N.º 278, DE 01/09/1998 ALTERADA PELA LEI MUNICIPAL N.º 525, DE 25/03/2003 E LEI N.º 929, DE 01/04/2015 E DÁ OUTRAS PROVIDÊNCIAS. ( gratificação paga aos Supervisor Pedagógico e ao Orientador Educacional)</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
     <t>265525</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3041/mensagem_26.2025_plo_55-25_-_suas.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3041/mensagem_26.2025_plo_55-25_-_suas.pdf</t>
   </si>
   <si>
     <t>MENSAGEM N.º 26.2025 ao PLO 55/2025 - SUAS_x000D_
 	_x000D_
 _x000D_
 	Servimo-nos do presente para encaminhar a apreciação desta Egrégia Casa, o Projeto de Lei, de minha autoria, que versa sobre a seguinte matéria:_x000D_
 _x000D_
 - DISPÕE SOBRE A POLÍTICA PÚBLICA DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO ITAÚ DE MINAS-MG E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 	O projeto de lei tem como escopo a estruturação da Assistência Social no Município de Itaú de Minas.</t>
   </si>
   <si>
     <t>3078</t>
   </si>
   <si>
     <t>276025</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3078/mensagem_27.2025_codema_plo_60-2025.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3078/mensagem_27.2025_codema_plo_60-2025.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 60/2025 - QUE ALTERA DISPOSITIVOS QUE MENCIONA NA LEI N.º 318/1999, QUE DISPÕE SOBRE A CRIAÇÃO DO CODEMA - Conselho Municipal de Desenvolvimento Ambiental – E ALTERAÇÕES POSTERIORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3100</t>
   </si>
   <si>
     <t>316425</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3100/mensagem_31.2025_majoracao_plo_64.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3100/mensagem_31.2025_majoracao_plo_64.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 64/2025 - QUE AUTORIZA A MAJORAÇÃO DO LIMITE DE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES AO ORÇAMENTO DO MUNICÍPIO DE ITAÚ DE MINAS EXERCÍCIO DE 2025 – LEI N.º 1313, DE 13 NOVEMBRO DE 2024 – E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
     <t>326525</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3110/mensagem_32.2025_vale_alimentacao_plo_65.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3110/mensagem_32.2025_vale_alimentacao_plo_65.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLO 65/2025 - QUE DISPÕE SOBRE A ALTERAÇÃO DE DISPOSITIVOS QUE MENCIONA NA LEI N.º 1317, DE 02/12/2024 E_x000D_
 ALTERAÇÃO POSTERIOR, QUE – INSTITUI O AUXILIO VALE ALIMENTAÇÃO AOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO DO MUNICÍPIO DE ITAÚ DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3127</t>
   </si>
   <si>
     <t>336625</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3127/mensagem_33.2025_cesta_natalina_plo_66-25.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3127/mensagem_33.2025_cesta_natalina_plo_66-25.pdf</t>
   </si>
   <si>
     <t>MENSAGEM N.º 33.2025 AO PLO 66/2025- QUE - “Autoriza o Poder Executivo Municipal a conceder Cesta Natalina aos Servidores Públicos Municipais e dá outras providências”.</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
     <t>341025</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3129/mensagem_34.2025_codigo_tributario_plc_10-2025.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3129/mensagem_34.2025_codigo_tributario_plc_10-2025.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PLC 10/2025 - QUE Altera dispositivos que menciona na Lei Complementar n.º 10, de 29/12/1997 e alterações posteriores – Código Tributário Municipal – e dá outras providências.</t>
   </si>
   <si>
     <t>3155</t>
   </si>
   <si>
     <t>367025</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3155/mensagem_36.2025_cesta_de_natal_plo_70-2025.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3155/mensagem_36.2025_cesta_de_natal_plo_70-2025.pdf</t>
   </si>
   <si>
     <t>MENSAGEM N.º 36.2025 ao PLO 70/2025 - Que Dispõe sobre o Auxílio Vale Alimentação aos servidores públicos do Município de Itaú de Minas - e dá outras providências.</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
     <t>1313225</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2894/mensagem_17_plos_31_e_32_de_2025.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2894/mensagem_17_plos_31_e_32_de_2025.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AOS PROJETOS DE LEI NºS 31 e 32 DE 2025 - PLO 31 - Autoriza a abertura de Crédito Adicional Especial na Lei Orçamentária_x000D_
 Anual nº 1313, de 13/11/2024 e dá outras providências._x000D_
 PLO 32 - QUE Dispõe sobre a alteração à Lei n.º 1316/2024, que – Autoriza a concessão de Subvenções, Auxílios e Contribuições no exercício de 2025 – e dá outras providências.</t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
     <t>8121325</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2738/mensagem_08_plo_12_e_13_de_2025.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2738/mensagem_08_plo_12_e_13_de_2025.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AOS PROJETOS DE LEIS ORDINARIAS:_x000D_
 - PLO 12/2025 - QUE DISPÕE SOBRE A MODIFICAÇÃO DOS ANEXOS II E VI, DA LEI MUNICIPAL Nº 40/90 E SUAS ALTERAÇÕES POSTERIORES E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 - PLO 13/2025 - QUE DISPÕE SOBRE A ALTERAÇÃO DA LEI MUNICIPAL N.º 873/2013 E ALTERAÇÕES POSTERIORES, QUE - ESTABELECE A ESTRUTURA ORGANIZACIONAL DA PREFEITURA MUNICIPAL DE ITAÚ DE MINAS - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
     <t>9104425</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2979/mensagem_aos_projetos_cria_funcao_gratificada_uae_eleitoral.doc_1.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2979/mensagem_aos_projetos_cria_funcao_gratificada_uae_eleitoral.doc_1.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AOS PROJETOS:_x000D_
 - PROJETO DE RESOLUÇÃO Nº 09 que “Modifica a Resolução nº57, de 26/12/90, alterada pela Resolução n. 249/18, de 30/01/18 - Plano de Carreiras da Câmara Municipal de Itaú de Minas/MG dá outras providências”,_x000D_
 - PROJETO DE RESOLUÇÃO N. 10/25 que “Modifica a Resolução nº 56, de 26/12/90, que Dispõe sobre a estrutura administrativa da Câmara_x000D_
 Municipal de Itaú de Minas e dá outras providências, e suas alterações posteriores”, bem como o _x000D_
 - PROJETO DE LEI N° 44/25 que “Fixa vencimentos de cargo que menciona do Poder Legislativo de Itaú de Minas/MG e dá outras providências”.</t>
   </si>
   <si>
     <t>2955</t>
   </si>
   <si>
     <t>20383925</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2955/mensagem_20.2025_altera_nome_de_ruas_plos_38_e_39.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2955/mensagem_20.2025_altera_nome_de_ruas_plos_38_e_39.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AOS PROJETOS:_x000D_
 - PLO 38/2025 - QUE - Altera a Lei n.º 1117, de 07 de abril de 2021, que - “Altera a denominação de logradouros públicos que menciona. (Homenagem à Sra. Nilza Amorim Morais e Sr. Milton Xiol Moraes)” - e dá outras providências._x000D_
 _x000D_
 - PLO 39/2025 QUE Altera a Lei n.º 1116, de 07 de abril de 2021, que - “Altera a denominação de logradouro público” -, e dá outras providências. "DONA MARIETA AMORIM"</t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
     <t>25515253</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3016/mensagem_25_orcamento_2026.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3016/mensagem_25_orcamento_2026.pdf</t>
   </si>
   <si>
     <t>MENSAGEM N.º 25.2025_x000D_
 _x000D_
 Servimo-nos do presente para encaminhar a apreciação desta Egrégia Casa, os Projetos de Lei, de minha autoria, que versam sobre as seguintes matérias:_x000D_
 - Estima a receita e fixa a despesa do Município para o exercício de 2026._x000D_
 - Autoriza a concessão de subvenções, auxílios e contribuições no exercício de 2026 e dá outras providências._x000D_
 - Dispõe sobre o Plano Plurianual para operíodo 2026/2029.</t>
   </si>
   <si>
     <t>3146</t>
   </si>
   <si>
     <t>35686925</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3146/mensagem_35.2025_cred._esp._avcc_e_fme_timbre_plos_68_e_69-2025.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3146/mensagem_35.2025_cred._esp._avcc_e_fme_timbre_plos_68_e_69-2025.pdf</t>
   </si>
   <si>
     <t>MENSAGEM N.º 35.2025 aos PROJETOS DE LEI:_x000D_
 - PLO 68/2025 - Autoriza a abertura de crédito adicional especial na Lei Orçamentária Anual nº 1.313 de 13/11/2024 que, - Estima a receita e fixa a despesa do Município de Itaú de Minas-MG para o exercício financeiro de 2025 - e dá outras providências._x000D_
 - PLO 69/2025Cria o Fundo Municipal de Esportes – FME - e dá outras providências.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
     <t>11225</t>
   </si>
   <si>
     <t>DSTAQ</t>
   </si>
   <si>
     <t>DESTAQUE</t>
   </si>
   <si>
     <t>Art. 1º e parágrafo único do Projeto de Lei n. 12 –que Cria cargo comissionado de Coordenador de Esportes Especializado no Plano de Carreiras;</t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
@@ -6702,658 +6702,658 @@
   <si>
     <t>21325</t>
   </si>
   <si>
     <t>Art. 2º do Projeto de Lei n. 13 - Seção III – Art. 41-A – Setor de Esporte Especializado.</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
     <t>31325</t>
   </si>
   <si>
     <t>Art. 4º do Projeto de Lei n. 13 - Organograma - Setor de Esporte Especializado;</t>
   </si>
   <si>
     <t>2746</t>
   </si>
   <si>
     <t>SUBST</t>
   </si>
   <si>
     <t>SUBSTITUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2746/substitutivo_n01_proj._lc_01_chacreamento_comissao.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2746/substitutivo_n01_proj._lc_01_chacreamento_comissao.doc.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO N. 01 ao PROJETO DE LEI COMPLEMENTAR N.º 02_x000D_
 DISPÕE SOBRE A ALTERAÇÃO DE DISPOSITIVOS DA LEI COMPLEMENTAR N.º 59, DE 26/10/2020 QUE - DISPÕE SOBRE O PARCELAMENTO DO SOLO PARA FINS DE CHACREAMENTO NO MUNICÍPIO DE ITAÚ DE MINAS - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2912</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2912/parecer_e_substitutivo_projeto_29_conselho_tutelar.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2912/parecer_e_substitutivo_projeto_29_conselho_tutelar.doc.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO N. 01 AO PROJETO DE LEI Nº 29/25 ALTERA A LEI N. 1052/2019 QUE DISCIPLINA AS DIRETRIZES FUNDAMENTAIS PARA A APLICABILIDADE DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE NO ÂMBITO DO MUNICÍPIO DE ITAÚ DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3096</t>
   </si>
   <si>
     <t>15925</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3096/parecer_ljr__rayan_plo_59-25.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3096/substitutivo_01_proj._lei_59_acompanhante_mulheres_saude_maria_elena.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO N. 01 AO PROJETO DE LEI N. 59/25_x000D_
 Dispõe sobre a obrigatoriedade de divulgação do direito da mulher a acompanhante em consultas, exames e procedimentos nos estabelecimentos de saúde do Município de Itaú de Minas, e dá outras providências.</t>
   </si>
   <si>
     <t>3114</t>
   </si>
   <si>
     <t>16225</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3114/substitutivo_n._01_-_projeto_de_lei_n.62_dispensario_heliel.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3114/substitutivo_n._01_-_projeto_de_lei_n.62_dispensario_heliel.pdf</t>
   </si>
   <si>
     <t>Substitutivo n. 01 - PROJETO DE LEI N.62/25_x000D_
 Dispõe sobre a criação de diretrizes para a ampliação do acesso a medicamentos de uso_x000D_
 emergencial através da criação do Dispensário de Medicamentos no Pronto Socorro Municipal Maria_x000D_
 Guerra, no âmbito do Sistema Único de Saúde - SUS no Município de Itaú de Minas/MG."</t>
   </si>
   <si>
     <t>3121</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>PRESIDENTE MESA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3121/requerimento_candidatura_rayan_presidente_mesa.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3121/requerimento_candidatura_rayan_presidente_mesa.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO PARA REGISTRO DE CANDIDATURA PARA PRESIDENTE DA MESA GESTÃO 2026._x000D_
 RAYAN SILVEIRA</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
     <t>VICE</t>
   </si>
   <si>
     <t>VICE PRESIDENTE MESA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3120/requerimento_candidatura_patrick_vice_mesa.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3120/requerimento_candidatura_patrick_vice_mesa.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO PARA REGISTRO DE CANDIDATURA PARA VICE PRESIDENTE DA MESA GESTÃO 2026._x000D_
 PATRICK GOULART CAMPOS</t>
   </si>
   <si>
     <t>3119</t>
   </si>
   <si>
     <t>SECRE</t>
   </si>
   <si>
     <t>SECRETARIO MESA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3119/requerimento_candidatura_maria_elena_secretaria_mesa.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3119/requerimento_candidatura_maria_elena_secretaria_mesa.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO PARA REGISTRO DE CANDIDATURA PARA SECRETÁRIA DA MESA GESTÃO 2026._x000D_
 MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
     <t>3123</t>
   </si>
   <si>
     <t>CORRE</t>
   </si>
   <si>
     <t>CORREGEDOR</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3123/requerimento_para_registro_de_candidatura_para_2026_corregedor.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3123/requerimento_para_registro_de_candidatura_para_2026_corregedor.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO REGISTRO CANDIDATURA PARA CORREGEDOR -_x000D_
  FABIANO GOMES LIMA</t>
   </si>
   <si>
     <t>3124</t>
   </si>
   <si>
     <t>V COR</t>
   </si>
   <si>
     <t>VICE CORREGEDOR</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3124/requerimento_para_registro_de_candidatura_heliel_vice_corregedor.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3124/requerimento_para_registro_de_candidatura_heliel_vice_corregedor.pdf</t>
   </si>
   <si>
     <t>REGISTRO CANDIDATURA PARA VICE CORREGEDOR_x000D_
 HELIEL CUSTÓDIO</t>
   </si>
   <si>
     <t>3125</t>
   </si>
   <si>
     <t>DIVER</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>PLENÁRIO - PLEN</t>
   </si>
   <si>
     <t>CHAPA 01/2025 - _x000D_
 CANDIDATOS REGISTRADOS PARA COMPOSIÇÃO DA MESA DIRETORA GESTÃO 2026_x000D_
 _x000D_
 PRESIDENTE - RAYAN SILVEIRA/AVANTE_x000D_
 VICE PRESIDENTE- PATRICK GOULART/UNIÃO_x000D_
 SECRETÁRIA- MARIA ELENA FARIA/AGIR_x000D_
 CORREGEDOR- FABIANO LIMA/AVANTE_x000D_
 VICE CORREGEDOR- HELIEL CUSTÓDIO/UNIÃO</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
     <t>VOTA</t>
   </si>
   <si>
     <t>VOTAÇÃO EXPRESSA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2598/proposta_para_comissoes_2025.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2598/proposta_para_comissoes_2025.pdf</t>
   </si>
   <si>
     <t>PROPOSTA PARA A COMPOSIÇÃO DE TODAS AS COMISSÕES RESPEITANDO-SE A PROPORCIONALIDADE QUE FICOU ASSIM COMPOSTA:_x000D_
 _x000D_
 A) COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 RAYAN (AVANTE)    	DIONINHO (MDB) 	MARIA ELENA (AGIR)	_x000D_
 _x000D_
 B) COMISSÃO DE FINANÇAS E ORÇAMENTO_x000D_
 HELIEL (UNIÃO)	RAYAN (AVANTE) 		DIONINHO (MDB) _x000D_
 _x000D_
 C) COMISSÃO DE COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS, AGRONEGÓCIO, INDÚSTRIA, COMÉRCIO, MEIO AMBIENTE, DESENVOLVIMENTO SUSTENTÁVEL, TRABALHO E EMPREGO_x000D_
 DIONINHO (MDB)	RYAN (AVANTE) 	GEOVAN (UNIÃO)	_x000D_
 _x000D_
 D) COMISSÃO DE EDUCAÇÃO, SAÚDE, ASSISTÊNCIA, CULTURA, ESPORTE, LAZER E TURISMO_x000D_
 TIQUINHO (UNIÃO)	 MARIA ELENA (AGIR)	 	RAYAN (AVANTE)</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2599/proposta_para_3o_membro_do_cedp.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2599/proposta_para_3o_membro_do_cedp.pdf</t>
   </si>
   <si>
     <t>ESCOLHA DO TERCEIRO MEMBRO DO CONSELHO DE ETICA E DECORO PARLAMENTAR._x000D_
 _x000D_
  COLOCADO O NOME DO VEREADOR PATRICK CAMPOS PARA COMPOR O CONSELHO DE ÉTICA E DECORO PARLAMENTAR PARA 2025.</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
     <t>REDF</t>
   </si>
   <si>
     <t>REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3000/parecer_redacao_final_pdl_01-25_titulos_e_honrarias.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3000/parecer_redacao_final_pdl_01-25_titulos_e_honrarias.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 MATÉRIAS – PROJETO DE DECRETO LEGISLATIVO n.01/2025 que Concede Títulos e Honrarias à personalidades ilustres que menciona._x000D_
 RELATOR – RAYAN ALBERT AMORIM SILVEIRA_x000D_
 _x000D_
 _x000D_
 O Projeto de Decreto Legislativo n.01 foi aprovado em sua forma original e nada houve o que retocá-lo para adequá-lo ao bom vernáculo, _x000D_
 Sou pela aprovação. É o meu parecer. Salvo melhor juízo.</t>
   </si>
   <si>
     <t>3152</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3152/comissao_de_legislacao_redacao_final_plc_10-25.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3152/comissao_de_legislacao_redacao_final_plc_10-25.pdf</t>
   </si>
   <si>
     <t>REDAÇÃO FINAL_x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 10, DE 25 DE NOVEMBRO DE 2025_x000D_
 Altera dispositivos que menciona na Lei Complementar n.º 10, de 29/12/1997 e alterações posteriores – Código Tributário Municipal – e dá outras providências.</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2666/parecer_redacao_final_cljr_proj._res._02_convenio_uai.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2666/parecer_redacao_final_cljr_proj._res._02_convenio_uai.pdf</t>
   </si>
   <si>
     <t>PARECER – REDAÇÃO FINAL_x000D_
 ASSUNTO - Projeto de Resolução n.02 que Autoriza o Poder Legislativo Municipal, por intermédio da Secretaria de Estado de Planejamento e Gestão – SEPLAG, a proceder a implantação, operação, gerenciamento e manutenção de uma Unidade de Atendimento Integrado – UAI no Município de Itaú de Minas/MG e dá outras providências; (trata da criação do UAI na Câmara Municipal);_x000D_
 RELATORA – Maria Elena de Oliveira Faria_x000D_
 _x000D_
 O Projeto de Resolução n. 02 não recebeu emendas em seu texto original e nada houve o que retocá-lo para adequá-lo ao bom vernáculo.</t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2655/parecer_em_redacao_final_projeto_lc_farmacias.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2655/parecer_em_redacao_final_projeto_lc_farmacias.doc.pdf</t>
   </si>
   <si>
     <t>PARECER – REDAÇÃO FINAL_x000D_
 ASSUNTO - Projeto de Lei Complementar n. 01/25 que “Altera dispositivos que menciona na lei complementar n° 02/93, modificada pela lei complementar n° 70, de 22 de dezembro de 2023 - Código de Posturas do Município de Itaú de Minas/MG, que trata dos plantões das farmácias do município”; _x000D_
 RELATOR – Dyonatan Camilo Costa</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2795/redacao_final_do_projeto_de_lei_complementar_02_chacreamento.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2795/redacao_final_do_projeto_de_lei_complementar_02_chacreamento.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 MATÉRIAS – REDAÇÃO FINAL AO PROJETO DE LEI COMPLEMENTAR N.º 02 que DISPÕE SOBRE A ALTERAÇÃO DE DISPOSITIVOS DA LEI COMPLEMENTAR N.º 59, DE 26/10/2020 QUE - DISPÕE SOBRE O PARCELAMENTO DO SOLO PARA FINS DE CHACREAMENTO NO MUNICÍPIO DE ITAÚ DE MINAS - E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 RELATOR – Dyonatan Camilo Costa_x000D_
 _x000D_
 O Projeto de Lei Complementar n. 02 em análise foi modificado tendo em vista a aprovação do Substitutivo n. 01 ao referido projeto. _x000D_
 A matéria passou por correção técnica para adequá-lo ao bom vernáculo conforme orientação jurídica.</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2909/parecer_redacao_final.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2909/parecer_redacao_final.doc.pdf</t>
   </si>
   <si>
     <t>PARECER –REDAÇÃO FINALASSUNTO-Projeto  de  Lei  Complementar  n.  03  que Altera  a  Lei  Complementar  n°  02,  de  20  de abril de 1993 -Código de Posturas do Município de Itaú de Minas/MG, alterada pela Lei Municipal n. 48, de 19 de junho de 2017, dispondo sobre ações de combate ao mosquito Aedes Aegypti, e dá outras providências.RELATORA–Maria Elena de Oliveira Faria A matéria foiaprovadacom seutexto originale nada houve o que retocá-lapara adequá-laao bom vernáculo.</t>
   </si>
   <si>
     <t>3118</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3118/parecer_redacao_final_proj._lc_07_plano_diretor.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3118/parecer_redacao_final_proj._lc_07_plano_diretor.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 MATÉRIA – Projeto de Lei Complementar n. 07 que “Dispõe sobre a alteração de dispositivos que menciona na Lei Complementar n.°56, que “Institui a revisão do Plano Diretor de Itaú de Minas.”;_x000D_
 RELATOR – Rayan Silveira_x000D_
 O Projeto de Lei Complementar n. 07 foi aprovado em sua forma original e não o que houve o que retocá-lo para adequar ao bom vernáculo.</t>
   </si>
   <si>
     <t>3153</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3153/redacao_final_projeto_lei_compl._10_tributos_finalizado.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3153/redacao_final_projeto_lei_compl._10_tributos_finalizado.pdf</t>
   </si>
   <si>
     <t>REDAÇÃO FINAL AO Projeto de Lei Complementar n. 10 (redação final com a emenda já incorporada) que - Altera dispositivos que menciona na Lei Complementar n.º 10, de 29/12/1997 e alterações posteriores – Código Tributário Municipal – e dá outras providências.</t>
   </si>
   <si>
     <t>2873</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2873/parecer_redacao_final__emenda_incorporada_ok.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2873/parecer_redacao_final__emenda_incorporada_ok.doc.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 MATÉRIAS – PROJETO DE LEI ORDINÁRIA N.º 19 – Dispõe sobre a padronização, alinhamento e identificação da fiação aérea no Município de Itaú de Minas, e dá outras providências;_x000D_
 RELATOR – RAYAN ALBERT AMORIM SILVEIRA_x000D_
 Em relação ao PROJETO DE LEI N.º 19 que Dispõe sobre a padronização, alinhamento e identificação da fiação aérea no Município de Itaú de Minas, e dá outras providências, nada houve o que retocá-lo para adequá-lo ao bom vernáculo, mas houve a aprovação da Proposição de Emenda n. 01 que segue incorporada ao texto original</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
     <t>12025</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2786/parecer_redacao_final_cljr_plo__20_adc_suplemntar__apbaim.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2786/parecer_redacao_final_cljr_plo__20_adc_suplemntar__apbaim.pdf</t>
   </si>
   <si>
     <t>RETIFICAÇÃO PARECER em REDAÇÃO FINAL _x000D_
 _x000D_
 ASSUNTO –Projeto de Lei n. 20/2025 - Autoriza a abertura de crédito adicional suplementar na Lei Orçamentária Anual nº 1.313 de 13/11/2024, que - Estima a receita e fixa a despesa do Município de Itaú de Minas-MG para o exercício financeiro de 2025 - e dá outras providências._x000D_
 _x000D_
 RELATORA – Maria Elena de Oliveira Faria_x000D_
 _x000D_
 A matéria foi aprovada com seu texto original, mas como houve um erro nas dotações orçamentárias que deixaram de ser incluídas. O Executivo detectou o equivoco antes de sancionar e fez a devida separação das dotações que serão utilizadas para a saúde pagar despesas de exames, pequenas procedimentos e outros e o valor para custear o pagamento dos serviços de terceiros para a captura e monitoramento canino. Assim sendo, retificamos o erro pra compatibilizar a matéria.</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
     <t>12225</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2784/parecer_redacao_final_cljr_plo__22_subvencao_apbaim.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2784/parecer_redacao_final_cljr_plo__22_subvencao_apbaim.pdf</t>
   </si>
   <si>
     <t>RETIFICAÇÃO PARECER em REDAÇÃO FINAL _x000D_
 _x000D_
 ASSUNTO –Projeto de Lei n. 22/2025 - DISPÕE SOBRE A RECLASSIFICAÇÃO DE ELEMENTO DE DESPESA À LEI N.º 1316/2024, QUE - AUTORIZA A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS E CONTRI-BUIÇÕES NO EXERCÍCIO DE 2025 - E ALTERAÇÕES POSTERIORES, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 RELATORA – Maria Elena de Oliveira Faria_x000D_
 _x000D_
 A matéria foi aprovada com seu texto original, mas como houve um erro de digitação em relação a palavra “Construção da Sede”, retificamos o erro pra compatibilizar a matéria e retiramos a expressão “Construção da Sede” do texto anteriormente aprovado conforme oficio de correção enviado pelo executivo municipal.</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
     <t>13624</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2636/parecer_em_redacao_final_projeto_36_honorarios.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2636/parecer_em_redacao_final_projeto_36_honorarios.pdf</t>
   </si>
   <si>
     <t>PARECER – REDAÇÃO FINAL_x000D_
 ASSUNTO -  Projeto de lei n. 36/24 – “Dispõe sobre a regulamentação do disposto no §19 do art. 85, da Lei nº 13.105/15 (Código de Processo Civil) que trata dos honorários advocatícios oriundos do princípio da sucumbência, por arbitramento, acordo judicial e/ou extrajudicial, nas ações, causas e procedimentos em que o Município de Itaú de Minas/MG for representado por sua Procuradoria Jurídica e dá outras providências”;_x000D_
 RELATOR – Dyonatan Camilo Costa</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
     <t>20825</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2773/parecer_redacao_final_projeto_08_correcao.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2773/parecer_redacao_final_projeto_08_correcao.doc.pdf</t>
   </si>
   <si>
     <t>RETIFICAÇÃO PARECER em REDAÇÃO FINAL_x000D_
 ASSUNTO –Projeto de Lei n. 08 - Fixa vencimento de cargos que menciona do Poder Legislativo de Itaú de Minas/MG e dá outras providências._x000D_
 RELATORA – Maria Elena de Oliveira Faria_x000D_
 A matéria foi aprovada com seu texto original mas, como houve um erro de digitação em relação ao nível salarial do cargo de Coordenador do UAI, retificamos o erro pra compatibilizar a matéria com a Resolução 315/25 Altera a Resolução nº 57, de 26/12/90 – Plano de Carreiras da Câmara Municipal de Itaú de Minas/MG dá outras providências, dispondo sobre a extinção, transformação e criação de cargos que menciona no quadro geral de servidores do Poder Legislativo Municipal e dá outras providências._x000D_
 Segue anexo a Redação Final do Projeto de Lei n. 08/25 já devidamente corrigido._x000D_
 Sou pela aprovação. É o meu parecer.</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
     <t>70805</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2729/parecer_em_redacao_final.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2729/parecer_em_redacao_final.doc.pdf</t>
   </si>
   <si>
     <t>PARECER – REDAÇÃO FINAL_x000D_
 ASSUNTO - Projeto de Lei n. 07/25 que Dispõe sobre a ratificação do município de Itaú de Minas ao_x000D_
 contrato de consórcio público da Associação Pública dos Municípios da Microrregião do Médio Rio_x000D_
 Grande - AMEG, consolidado com o terceiro termo aditivo, Projeto de Resolução n. 05 que Altera a_x000D_
 Resolução nº 57, de 26/12/90 – Plano de Carreiras da Câmara Municipal de Itaú de Minas/MG dá_x000D_
 outras providências, dispondo sobre a extinção, transformação e criação de cargos que menciona no_x000D_
 quadro geral de servidores do Poder Legislativo Municipal e dá outras providências; e Projeto de Lei_x000D_
 n.08 que Fixa vencimento de cargos que menciona do Poder Legislativo de Itaú de Minas/MG e dá_x000D_
 outras providências; (ambos tratam dos cargos para o UAI)_x000D_
 RELATOR – Dyonatan Camilo Costa</t>
   </si>
   <si>
     <t>3142</t>
   </si>
   <si>
     <t>100225</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 MATÉRIAS – PROPOSTA DE EMENDA À LEI ORGÂNICA MUNICIPAL N. 02/25 - Altera dispositivos que menciona na Lei Orgânica Municipal que trata das emendas impositivas e dá outras; _x000D_
 _x000D_
 RELATOR – RAYAN ALBERT AMORIM SILVEIRA_x000D_
 _x000D_
 _x000D_
 A matéria foi aprovada com seu texto original e nada houve o que retocá-la para adequá-la ao bom vernáculo, _x000D_
 Sou pela aprovação. É o meu parecer. Salvo melhor juízo.</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
     <t>565825</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3112/parecer_em_redacao_final_19.11.25.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3112/parecer_em_redacao_final_19.11.25.pdf</t>
   </si>
   <si>
     <t>PARECER – REDAÇÃO FINAL_x000D_
 ASSUNTO - Projeto de Lei n. 56 que “Dispõe sobre a obrigatoriedade de sistema de segurança e_x000D_
 vigilância por câmeras de vídeo nos locais que especifica e dá outras providências”;_x000D_
 - Projeto de Lei n.58 – “Dispõe sobre a criação do Programa de Saúde Mental para comunidade_x000D_
 escolar nas unidades escolares públicas municipais de Itaú de Minas/MG, e sua respectiva proposição_x000D_
 de emenda n. 01.</t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
     <t>1010125</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2742/parecer_redacao_final_emenda_lei_organica.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2742/parecer_redacao_final_emenda_lei_organica.doc.pdf</t>
   </si>
   <si>
     <t>PARECER – REDAÇÃO FINAL_x000D_
 ASSUNTO - Proposta de Emenda à Lei Orgânica Municipal n. 01/25 que “Altera dispositivos que_x000D_
 menciona na Lei Orgânica Municipal que trata do prazo para fixação dos subsídios dos agentes_x000D_
 políticos do Municípios de Itaú de Minas e dá outras providências.”_x000D_
 RELATOR – Dyonatan Camilo Costa_x000D_
 A matéria foi aprovada com seu texto original e nada houve o que retocá-la para adequá-la ao_x000D_
 bom vernáculo.</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
     <t>1010225</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2800/retificacao_parecer_em_redacao_final_chacreamento.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2800/retificacao_parecer_em_redacao_final_chacreamento.doc.pdf</t>
   </si>
   <si>
     <t>RETIFICAÇÃO DO PARECER EM REDAÇÃO FINAL_x000D_
 MATÉRIA – PROJETO DE LEI COMPLEMENTAR N.º 02 que DISPÕE SOBRE A ALTERAÇÃO DE_x000D_
 DISPOSITIVOS DA LEI COMPLEMENTAR N.º 59, DE 26/10/2020 QUE - DISPÕE SOBRE O PARCELAMENTO DO SOLO PARA FINS DE CHACREAMENTO NO MUNICÍPIO DE ITAÚ DE MINAS - E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 RELATOR – RAYAN ALBERT AMORIM SILVEIRA_x000D_
 O Projeto de Lei Complementar n. 02 em análise foi modificado tendo em vista a aprovação do Substitutivo n. 01 ao referido projeto. A matéria passou por correção técnica para adequá-lo ao bom vernáculo conforme orientação jurídica._x000D_
 Mas percebeu-se à tempo dois erros formais que precisão ser retificados quais sejam:_x000D_
 - supressão do Inciso IV do Art. 1º, tendo em vista que foi transformado no inciso XI no artigo 49, da Lei Complementar n.º 59, de 26/10/2020; estando assim em duplicidade;_x000D_
 - também no Art. 6º, retificamos a numeração dos incisos conforme o Projeto de Lei Complementar n. 02/25.</t>
   </si>
   <si>
     <t>2854</t>
   </si>
   <si>
     <t>1041415</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 MATÉRIAS – PROJETO DE LEI N. 14 que “Altera a lei nº1.278, de 08 de dezembro de 2023, que_x000D_
 Dispõe sobre o CODES - Conselho Municipal de Desenvolvimento Econômico e Social de Itaú de_x000D_
 Minas -, e dá outras providências”;_x000D_
 PROJETO DE LEI N. 15 que “Dispõe sobre a criação da política municipal dos direitos da pessoa com_x000D_
 deficiência e sobre criação do Conselho Municipal de Defesa dos Direitos da Pessoa com Deficiência de_x000D_
 Itaú de Minas;_x000D_
 PROJETO DE LEI COMPLEMENTAR N. 04 que “Acrescenta dispositivos que menciona na Lei_x000D_
 Complementar nº 31, de 27 de dezembro de 2010, que “Instituiu o Plano Diretor de Desenvolvimento_x000D_
 Participativo de Itaú de Minas /MG e dá outras providências”, estabelecendo requisitos para novos_x000D_
 loteamentos em relação à cabeamento de linhas de transmissão”._x000D_
 RELATOR – RAYAN ALBERT AMORIM SILVEIRA</t>
   </si>
   <si>
     <t>2950</t>
   </si>
   <si>
     <t>1063335</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2950/parecer_redacao_final__emenda_incorporada_proj._33_35_e_plc_06.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2950/parecer_redacao_final__emenda_incorporada_proj._33_35_e_plc_06.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 MATÉRIAS – Projeto de Lei Complementar n.06 Altera dispositivos que menciona na Lei Complementar n° 02/93, - Código de Posturas do município de Itaú de Minas/MG, que trata dos ambulantes e feirantes no Município e dá outras providências;_x000D_
 Projeto de Lei n. 33 que “Altera a Lei nº 617, de 16 de agosto de 2.006 que “Dispõe sobre a proibição de queimadas no município de Itaú de Minas e dá outras providências.”_x000D_
 Projeto de Lei n. 35 que “Dispõe sobre a implementação do estudo sobre Educação Financeira conforme relação dos temas transversais do currículo de educação infantil e ensino fundamental das escolas municipais de Itaú de Minas";_x000D_
 RELATOR – RAYAN ALBERT AMORIM SILVEIRA</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
     <t>1161706</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2767/parecer_em_redacao_final_plo_05_e_pr_06_de_2025.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2767/parecer_em_redacao_final_plo_05_e_pr_06_de_2025.pdf</t>
   </si>
   <si>
     <t>PARECER – REDAÇÃO FINAL_x000D_
 ASSUNTOS - Projeto de Lei n. 05 que “Veda a apresentações de músicas cujas letras sejam_x000D_
 compostas por palavras de baixo calão, que façam apologia ao crime, ao sexo ou ao uso de drogas nos_x000D_
 locais que especifica”; Projeto de Resolução n. 06, “Regulamenta, no âmbito da Câmara Municipal_x000D_
 de Itaú de Minas, a norma do art. 95, § 2º, da lei federal nº 14.133/21, instituindo o sistema de pronto_x000D_
 pagamento para pequenas compras e/ou prestação de serviços”;_x000D_
 RELATORA – Maria Elena de Oliveira Faria</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
     <t>1161707</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2828/redacao_final_proj._14_e_15_e_plc_04_com_texto_incorporado.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2828/redacao_final_proj._14_e_15_e_plc_04_com_texto_incorporado.doc.pdf</t>
   </si>
   <si>
     <t>Redação final com texto incorporado</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
     <t>1161708</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2829/redacao_final_proj._14_e_15_e_plc_04_com_texto_incorporado.doc.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2829/redacao_final_proj._14_e_15_e_plc_04_com_texto_incorporado.doc.pdf</t>
   </si>
   <si>
     <t>Redação final proj 15 com texto incorporado</t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
     <t>1232925</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2913/parecer_redacao_final_plos_23_e_29_2025.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2913/parecer_redacao_final_plos_23_e_29_2025.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER – REDAÇÃO FINAL_x000D_
 ASSUNTOS - PROJETO DE LEI Nº 23 QUE: DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 PROJETO DE LEI Nº 29/25 QUE ALTERA A LEI N. 1052/2019 QUE DISCIPLINA AS DIRETRIZES FUNDAMENTAIS PARA A APLICABILIDADE DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE NO ÂMBITO DO MUNICÍPIO DE ITAÚ DE MINASE DÁ OUTRAS PROVIDÊNCIAS._x000D_
 RELATOR – RAYAN SILVEIRA</t>
   </si>
   <si>
     <t>3038</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3038/parecer_redacao_final_plos_38_e_39.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3038/parecer_redacao_final_plos_38_e_39.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 ASSUNTO – PROJETO DE LEI 38 que Altera a Lei n.º 1117, que - “Altera a denominação de_x000D_
 logradouros públicos que menciona;_x000D_
 PROJETO DE LEI 39 que Altera a Lei n.º 1116, que - “Altera a denominação de logradouro público” -,_x000D_
 e dá outras providências. (ambos corrigem o nome do loteamento nas referidas leis)_x000D_
 RELATOR – DYONATAN CAMILO COSTA_x000D_
 Os Projetos de leis em análise foram aprovados em suas formas originais e nada houve o que_x000D_
 retocá-los para adequá-los ao bom vernáculo,</t>
   </si>
   <si>
     <t>3029</t>
   </si>
   <si>
     <t>145464749</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3029/parecer_redacao_final_plos_45_46_47_49.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3029/parecer_redacao_final_plos_45_46_47_49.pdf</t>
   </si>
   <si>
     <t>PARECER EM REDAÇÃO FINAL_x000D_
 MATÉRIAS – n.45 - que “Altera dispositivos da lei municipal n.º 278, de 01/09/1998 alterada pela lei municipal n.º 525, de 25/03/2003 e lei n.º 929, de 01/04/2015 e dá outras providências”; _x000D_
 - n.46 que “Institui no calendário oficial do município de Itaú de Minas o “Dia Municipal de combate ao abuso infantil e dá outras providências";_x000D_
 - n.47 "Dispõe sobre a padronização das cores de imóveis públicos pertencentes e/ou mantidos pelo município de Itaú de Minas e dá outras providências"; _x000D_
 - n.49 "Institui, no Município de Itaú de Minas, a "Semana Municipal do Brincar", e dá outras providencias." _x000D_
 RELATOR – RAYAN ALBERT AMORIM SILVEIRA</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
     <t>DP</t>
   </si>
   <si>
     <t>DELIBERAÇÃO PLENÁRIA</t>
   </si>
   <si>
     <t>EXECUTIVO MUNICIPAL - EXECMUN</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2597/pauta__teste_16-01-2025.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2597/pauta__teste_16-01-2025.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI TESTE 00/2025</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2814/requerimento_verbal_-_deliberacao_plenario_03.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2814/requerimento_verbal_-_deliberacao_plenario_03.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO VERBAL_x000D_
 _x000D_
 _x000D_
 – Senhor Presidente, de acordo com o art. 183, parágrafo segundo inciso III do regimento interno, apresento requerimento verbal para votação em destaque dos seguintes dispositivos: _x000D_
 No Projeto de Lei n. 12 – trata da criação de cargos comissionados no Plano de Carreiras da Prefeitura_x000D_
 Art. 1º e parágrafo único – Cria cargo comissionado de Coordenador de esportes Especializado_x000D_
 Art. 2º e parágrafo único – Cria o cargo comissionado de Assessor de Imprensa e Comunicação_x000D_
 _x000D_
 No Projeto de Lei n. 13 – trata da criação de cargos comissionados na Estrutura Organizacional e Administrativa da Prefeitura_x000D_
 Art. 1º - onde se lê a Expressão – Setor de Esportes Especializados_x000D_
 Art. 2º - Seção III – Art. 41-A – Setor de Esporte Especializado_x000D_
 Art. 4º - Organograma - Setor de Esporte especializado._x000D_
 _x000D_
 _x000D_
 AUTOR: VEREADOR GEOVAN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
@@ -7674,67 +7674,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2644/plo_01_revisao_geral_do_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2645/plo_02_piso_magisterio.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2646/plo_03_piso_agentes_de_saude_e_endemias.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2647/plo_04_-_reajuste_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2678/projeto_de_lei_05_musicas_improprias_rayan_e_geovan.doc.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2681/plo_06-2025_-_plano_carreira_educador_1a_infancia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2682/plo_07-2025_-_ratifica_ameg.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2697/redacao_final_projeto_de__lei_n._08__fixa_salarios_cargos_uai_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2698/projeto_de_lei_no_09-25_-_foco_dengue_rayan.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2706/projeto_de_lei_10_-_2025_-_concessao_de_incentivo_economico.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2718/projeto_de_lei_11_-_2025_-_credito_praca_alvorada.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2736/projeto_de_lei_12_-_cargos_esporte.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2737/projeto_de_lei_13_-_estrutura_adm.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2749/projeto_de_lei_14_-_codes.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2751/projeto_de_lei_15_-_direitos_da_pessoa_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2753/projeto_de_lei_16_-_fundacao_itau_assstencia_social.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2754/projeto_de_lei_17_-_chame_e_apae.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2755/projeto_de_lei_18_-_alteracao_subvencao_auxilios_e_contribuicoes.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2764/projeto_lei_n._19_e_mensagem_fiacao_rayan_padronizacao.doc.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2774/projeto_de_lei_20_-_pl_emendas_impositivas_saude.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2775/projeto_de_lei_21_-_pl_apbaim.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2776/projeto_de_lei_22_-_pl_subvencao_apbaim.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2793/projeto_de_lei_23-2025_-_ldo_2026_final.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2813/projeto_de__lei_n.24__fila_transparente_dyonatan.doc.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2803/projeto_de_lei_25__educacao_financeira_dyonatan.doc.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2833/projeto_de_lei_n._26_altera_lei_bolsa_atleta_maria_elena.doc.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2861/projeto_de_lei_n27_e_mensagem_dioninho_inclue_materias_constituicao_e_educacao_financeira.doc.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2864/projeto_de_lei_28-25_-_dispoe_sobre_o_plano_de_carreiras_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2879/projeto_de_lei_29-25_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2881/plo_30-25_-_abpaim_apae.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2892/projeto_de_lei_31-2025_-_dotacao_boa_nova_motoclube.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2893/projeto_de_lei_32-2025_-alteracao_lei_subvencoes_boa_nova_motoclube.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2895/projeto_de_lei_n.33_e__mensagem_queimadas_rayan.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2914/projeto_de_lei_34_-_turismo_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2916/projeto_35_e_mensagem_dioninho_inclue_educacao_financeira.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2929/projeto_de_lei_no_36__corrigi_lei_vicente_amorim.doc.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2951/projeto_de_lei_37-25_-_cred._supl._itau_de_minas_psf_iv.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2952/projeto_de_lei_38-25_altera_nome_de_loteamento_1_nilza_amorim.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2953/projeto_de_lei_39_altera_nome_de_loteamento_marieta_amorim.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2965/projeto_de_lei_40-2025_-__uae.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2966/projeto_lei_41-25_-__turismo_novo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2969/projeto_de_lei_n_42_projeto_e_mensagem_dioninho_inclui__constituicao_materia_transversal.doc.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2970/projeto_de_lei_43__cred._suplem._poliesportivo-ass.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2977/projeto_de_lei_n_44_fixa_vencimento_funcao_gratificada_uae.doc.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2982/projeto_de_lei_45-2025_-_gratificacao_de_funcao_ao_especialista_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2995/projeto_de_lei_n46_rayan_calendario_abuso_infantil.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2996/projeto_de_lei_n._47__m._elena_padronizacao_de_predios_publicos.doc.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3005/projeto_de_lei_n._48__hinos_escolas.doc.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3006/projeto_de_lei_n_49__semana_do_brincar_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3008/projeto_de_lei_no_50_soros_rayan.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3013/projeto_de_lei_51-2025_-_ppa_26.29_final.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3014/projeto_de_lei_52-2025_-_loa_final.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3015/projeto_de_lei_53-2025_-_subvencoes_2026_final.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3035/projeto_de_lei_n_54__programa_escola_amiga_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3040/projeto_de_lei_55-2025_-__suas.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3042/projeto_de_lei_n56__cameras_unidades_de_saude_rayan_heliel.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3050/projeto_de_lei_n_57_folga_aniversario.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3059/projeto_lei_58-2025_-_patrick_saude_mental_escolar.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3063/projeto_de_lei_n59_elena_direito_acompanhante.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3065/projeto_de_lei_60-2025_-__codema.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3076/projeto_de_lei_61-2025_casamento_civil.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3086/projeto_de_lei_n_62_dispensario_farmacia_pronto_socorro_heliel_revisado.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3101/projeto_de_lei_n_63_elena_dia_hino_municipal.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3099/projeto_de_lei_64_-_majoracao_orc._2025_timbre.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3109/projeto_de_lei_65-25_-_cred_suplem_vale_alimentacao_timbre_final.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3126/projeto_de_lei_66-2025_cred_suplem_cesta_natalina_timbre.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3132/projeto_de_lei_no__67-2025_-__fixacao_subsidios.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3144/plo_68-25_-_subvencao_avcc_25.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3145/projeto_de_lei_69-25_-__fme_timbre.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3154/projeto_de_lei_70-2025_-_vale_alimentacao_13a_timbre.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2609/projeto_de_resolucao_no_01_horario_protocolo_materias_defin_1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2630/projeto_de_resolucao__n._02__instala_o_uai_2025.doc.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2649/projeto_de_resolucao_n_03_reajuste_servidores__2025_correto.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2650/projeto_de_resolucao_n_04_vale_servidores.doc.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2696/projeto_de__resolucao_no_05_cargos_uai_2025_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2726/projeto_de_resolucao__n.06_pronto_pagamento.doc.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2920/projeto_resolucao_no_07_devolucao_recursos.doc.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2933/projeto_resolucao_08_e_mensagem_-_autoriza_uae_eleitoral.doc.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2976/projeto_resolucao_09_cargo_funcao_gratificada_uae_eleitoral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2978/projeto_resolucao_10_estrutura_admin_cargo_funcao_gratificada_uae_eleitoral.doc.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3067/projeto_de_resolucao_no_11.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3094/projeto_resolucao_no_12_devolucao_recursos_casamento_coletivo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3122/projeto_de__resolucao_n_13_devolucao_recurso_executivo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3156/projeto_de_resolucao_n14_vale.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2632/projeto_de_lei_n._01_complementar_farmacia_revisada.doc.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2652/retificacao_parecer_em_redacao_final_chacreamento.doc.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2765/projeto_de_lei_complementar_no_03_rayan_dengue.doc.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2771/projeto_de_lei_complementar_n._04_rayan_obriga_cabeamento_subterraneo_loteamentos.doc.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2849/projeto_de_lei_terrenos.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2907/projeto_lei_compl._06_heliel_feiras_codigo_posturas.doc.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3068/projeto_de_lei_complementar_n07_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3066/projeto_de_lei_complementar_n08_revoga_lei_cabeamento_fiacao.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3072/projeto_de_lei_compl._09-25_taxa_reciproca_timbre.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3128/projeto_de_lei_complementar_10-2025_-_cod._tributario_com_timbre.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2986/projeto_de_decreto_legislativo_no_01_honrarias.doc.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3081/projeto_de_decreto_legislativo_02-2025_contas_ronilton_2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3091/projeto_de_decreto_legislativo_no_03.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2600/indicacao_01_maria_elena_cameras_santo_antonio.doc.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2601/indicacao_no_02_rayan_iluminacao_led_praca.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2602/indicacao_no__03_rayan_praca_bae.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2605/indicacao_no__04_geovan_ponte_avenida_liberdade.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2606/indicacao_no__05_geovan_reforma_praca_congo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2607/indicacao_no__06_geovan_ciclovia_liberdade.doc.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2610/indicacao_no__07_geovan_reforma_praca_adelaide_universitario_rev.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2611/indicacao_no__08_piso_terceira_idade_patrick.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2612/indicacao_no_09_reforma_barracao_cohab_11_m._elena.doc.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2613/indicacao_10_fabiano_placas_farmarcia_e_policlinica.doc.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2615/indicacao_no__11_heliel_pedras_soltas_juventino_dias.doc.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2616/indicacao_12_dyonatan_redutor.doc.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2617/indicacao_no_13_dyonatan_limpeza_mato_campo_de_malha_posto.doc.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2618/indicacao_no_14_dyonatan_e_heliel_escoamento_agua_casa_cohab_2.doc.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2619/indicacao_no__15_patrick_bebedouro_rodoviaria.doc.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2620/indicacao_no__16_patrick_canil_conselho_e_fundo_municipal.doc.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2621/indicacao_no__17_patrick_creche_nas_ferias.doc.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2627/indicacao_18_heliel_cobertura_psfs.doc.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2628/indicacao_no_19_rayan_av_eng_manoel_batista.doc.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2629/indicacao__no_20_uniformes_garis_rayan.doc.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2635/indicacao_no_21_patrick_rua_miltom_meirelhes.doc.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2637/indicacao_22_heliel_agua_chuva_casa_cohab_2_rua_das_palmas.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2638/indicacao_no_23_geovan_passarela.doc.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2639/indicacao_no__24__patrick_parque_odelio_de_brito.doc.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2640/indicacao_no25__rayan_lixeiras_rev.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2641/indicacao_no_26__patrick_prj._ibiraci_transforma_cargo_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2642/indicacao_no__27__patrick_acacias_arvore_e_quebra_molas.doc.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2643/indicacao_no28_m._elena_quadra_monsenhor_refletores.doc.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2660/indicacao_no_29_limpeza_atras_cecoi_rua_minas_gerais_heliel_e_geovan.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2661/indicacao_no_30_heliel__limpeza_rua_maria_aparecida_melo.doc.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2662/indicacao_no_31_dyonatan_placas_sinalizacao.doc.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2663/indicacao_no_32_maria_elena_epis_garis.doc.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2664/indicacao_no_33_patrick_rua_rodrigues_amorim.doc.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2665/indicacao_no_34_limpeza_acacias_12_3_geovan_heliel.doc.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2667/indicacao_no_35_geovan_rotatoria_joao_kirchner.doc.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2668/indicacao_no_36_dyonatan_iluminacao_joao_belarmino.doc.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2669/indicacao_no_37_patrick_local_treino_karate.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2670/indicacao_no_38_maria_elena_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2671/indicacao_no_39_heliel_limpeza_lixo_inacio_dalmont.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2672/indicacao_no40_patrick_cabos_caido_silvia.doc.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2673/indicacao__no_41_rayan_quadra.doc.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2674/indicacao__no_42_rayan_sinalizacao.doc.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2675/indicacao__no_43_rayan_poda_arvores_fias.doc.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2676/indicacao__no_44_rayan_odelio_de_brito.doc.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2677/indicacao__no_45_geovan_e__rayan_parque_praca_mon..doc.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2683/indicacao_no_46_rayan_praca_artur_torres.doc.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2684/indicacao_no_47_dyonatan.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2686/indicacao_no_48_maria_elena_placa.doc.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2687/indicacao__no_49_heliel_cachorros.doc.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2688/indicacao__no_50_toldo_sala_aula_patrick.doc.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2689/indicacao__no_51_redutor_velocidade_escola_joao_kirchner_patrick.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2690/indicacao__no_52_rayan_buraco_rua_eni.doc.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2691/indicacao_no_53_heliel_e__maria_elena_rua_praca_3_marias.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2692/indicacao__no_54_heliel_cozinha_oficina.doc_1.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2693/indicacao_no_55_maria_elena_soro.doc.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2701/indicacao__no_56_fabiano_faixa_pedestres.doc.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2702/indicacao__no_57_elena__geovan__ar_cond_e_bebedouros_escolas.doc_1.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2703/indicacao__no_58_elena__geovan_lousas_escolas.doc.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2705/indicacao__no_59_patrick_limp.rua_rodrigues_amorim.doc.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2704/indicacao__no_60_chame.doc_1.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2711/indicacao_no_61_m._elena_iluminacao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2712/indicacao_no_62_m._elena_contratacao_garis.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2713/indicacao_no_63_m._elena_praca_acacias.doc.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2715/indicacao_no_64__rayan_parquinho_cohab_ii_pdf.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2716/indicacao_no_65__rayan_limpeza_terreno_universitario.doc.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2717/indicacao_no_66__rayan_iluminacao_solar_trevo_rod..doc.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2719/indicacao_no___67_elena_zoonose.doc.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2720/indicacao__no_68_heliel_climatizadores_pfss.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2723/indicacao__no_69_patrick_transporte_alunos_especiais.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2724/indicacao_no_70_geovan_elena_bancos_praca.doc.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2727/indicacao_no_71_buraco_dyonatan.doc.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2731/indicacao_no_72_pfs1_dyonatan.doc.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2730/indicacao_no_73_rua_eni__redutor_velocidade_crayan.doc.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2733/indicacao_no_74__geovan_praca_sebastiao_pedro_alvorada.doc.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2734/indicacao_no_75__rayan_identificacao_veiculo_uso_obrig..doc.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2744/indicacao_no_76_educador_primeira_infancia_patrick.doc.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2745/indicacao_no_77_buraco_m_elena.doc.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2758/indicacao_no_78_matagal_sao_lucas_m_elena.doc_1.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2759/indicacao_no_79_rayan_guarda_corpo_avenida_liberdade_com_fotos.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2760/indicacao_no_80_fabiano_faixa_pedestre.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2761/indicacao_no_81_fabiano_drenagem_olaria.doc.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2762/indicacao_no_82_patric_gratificacao_cargos_educ..doc.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2768/indicacao_no_83___elena_denominacao_meirinha.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2769/indicacao_no_84_banco_quebrado_calcadao_m_elena.doc.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2770/indicacao_no_85_patrick_reforma_banheiro_coreto_praca.doc.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2778/indicacao_no_86_dyonatan_faixa_correios.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2779/indicacao_no_87_m._elena_atualizacao_portal.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2781/indicacao__no_88_rayan_asfalto_praca_monsenhor.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2782/indicacao__no_89_rayan_limpeza_belvedere.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2783/indicacao_no_90__patrick_parquinho_praca_estacao.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2785/indicacao_no_91_m._elena_fanfarra_municipal.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2787/indicacao_no_92_patrick_buracos_na_rua_dom_inacio.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2788/indicacao_no_93__limpeza_academia_ginastica_av_liberdade.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2789/indicacao_no_94_esco_agua_belvedere_dyonatan.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2790/indicacao_no__95__dyonatan_campinho_parque_odelio_de_brito.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2792/indicacao_no_96_m._elena_calcadas_escolas_centro_corr.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2796/indicacao_no__97__estagiarios_engenharia_e_saude_m._elena.doc.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2797/indicacao_no__98_geovan_idosos_iptu.doc.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2891/indicacao_no_99_rayan_mao_unica_arthur_vieira.doc.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2808/indicacao_no_100_rayan_vaga_moto_joao_kirchner.doc.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2807/indicacao_no_101_revitalizacao_estadio_jorge_oliva_rayan_de_outros.doc.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2809/indicacao_no_102_capina_rua_patrick.doc.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2810/indicacao_no_103_rampa_juventino_dias_geovan_e_rayan.doc.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2811/indicacao_no_104_interdicao_calcadao_geovan_e_rayan.doc.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2822/indicacao_no_105_sinalizacao_avenida_liberdade_geovan_e_rayan.doc.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2823/indicacao_no_106_show_mensal_praca_geovan_e_rayan.doc.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2824/indicacao_no_107_festival_gastronomico_rayan.doc.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2825/indicacao_no_108_quadra_tenis_dyoninho.doc.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2826/indicacao_no_109_sinalizar_caminhonete_trinton_adesiva_rayan.doc.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2827/indicacao_no_110__rayan_heliel_seguranca_farmacinha.doc.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2830/indicacao_no_111_maia_elena_estacao_cultura_refoma.doc.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2831/indicacao_no_112_estatuas_cristas_entrada_cidade_rayan.doc.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2834/indicacao_no_113_heliel_rampa_cartorio.doc.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2835/indicacao_no_114_lixeira_latao_praca_bae__dyoninho.doc.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2836/indicacao_115_dyonatan_limpesa_rua.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2837/indicacao_116_dyonatan_iuminacao_poste.doc.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2838/indicacao_no_117_heliel_asfalto_tres_marias.doc.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2839/indicacao_no_118_heliel_academia_3_marias.doc.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2840/indicacao_no_119_rayan_areia_praca.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2841/indicacao_no_120_rayan_nivelar_pavimentacao_caixa.doc.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2842/indicacao_no_121_rayan_rua_maria_rodrigues_reforma_calcada.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2843/indicacao_no_122_tapa_buraco_bairro_santa_terezinha_rayan.doc.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2844/indicacao_no_123_repor_blocos_rua_milton_meirelhes_rayan_patrick.doc.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2845/indicacao_no_124_impesa_terreno_bela_vista_patrick.doc.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2846/indicacao_no_125_rayan_campeonato_ciclismo.doc.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2847/indicacao_no_126_rayan_campeonato_atletismo.doc.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2850/indicacao_no_127_rayan_redutor_engenheiro_cras.doc.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2851/indicacao_no_128_fabiano_iluminacao_barracao.doc.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2855/indicacao_n.129____dioninho_e_m._elena_tres_marias.doc.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2856/indicacao_no_130_pronto_socorro_melhorias_rayan.doc.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2857/indicacao_131_rayan_limpeza_terreno_rua_luiz_carlos_oliveira.doc.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2859/indicacao_132_rayan_lixeiras_escolas.doc.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2858/indicacao_133_fabiano_abertura_cemiterio_dias_especiais.doc.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2860/indicacao_n134_rayan_reforma_quadras.doc.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2866/indicacao_n135_rayan_limpeza_praca_sagrada_familia.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2867/indicacao_n136_rayan_pavimentacao_rua_cemiterio.doc.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2868/indicacao_no__137_m._elena_brigada_emergencia.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2869/indicacao_no_138_maria_elena_carteira_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2871/indicacao_no_139__limpeza_praca_congo_patrick.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2874/indicacao_no_140_rayan_limpeza_bocas_de_lobo.doc.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2875/indicacao_no_141_dioninho_rua_sebastiao_francklin.doc.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2876/indicacao_no_142_dioninho_quadra_icarai.doc.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2877/indicacao_no_143_patrick_iluminacao_patio_monsenhor.doc.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2878/indicacao_no_144_rayan_feira_emprego.doc.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2883/indicacao_no_145_geovan_parquinho_sagrada_familia.doc.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2884/indicacao_no_146_geovan_cameras_escolas.doc.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2885/indicacao_no_147_farmacinha_aberto_horario_almoco_geovan.doc.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2886/indicacao_no_148_elena_reparos_capela_cemiterio.doc.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2887/indicacao_no_149__elena_reparos_rua_creche_e_boca_lobo.doc.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2888/indicacao_no_150_elena_campeonato_pipas.doc.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2889/indicacao_no_151_elena_corrida_nos_bairros.doc.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2896/indicacao_no_152_patrick_terreno_pamela_ana.doc.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2897/indicacao_no_153_patrick_entrada_estadio_jorge_oliva_ok.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2898/indicacao_no_154_elena_campanha_agasalho.doc.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2899/indicacao_no_155_elena_dyoninho_baile_rainha_do_rodeio.doc.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2901/indicacao_no_156_elena_caps.doc.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2902/indicacao_no_157_dyonatan_e_demais_contrato_seguro_veiculos.doc.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2903/indicacao_no_158__elena_prog_idosos.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2904/indicacao_no_159_geovan_casamento_coletivo.doc.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2905/indicacao_no_160_geovan_espacos_lanchonete_pracas.doc.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2906/indicacao_n161_patric_acolhimento_pronto_socorro.doc.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2908/indicacao_n162_elena_eco_ponto_sao_lucas.doc.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2917/indicacao_n163_rayan_reparos_passeio.doc_1.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2922/indicacao_n164_heliel_bueiro_rua_corredor.doc.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2923/indicacao_n165_dioninho_elena_calcada_jose_balbino.doc.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2924/indicacao_n166_rayan_guarda_corpo.doc.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2925/indicacao_n167_rayan_limpesa_terrenos.doc.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2927/indicacao_n168_patric_lixo_entulho.doc.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2926/indicacao_n169_patric_sinal_tv_rodoviaria.doc.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2931/indicacao_n170_rayan_centro_exames_cardio.doc.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2935/indicacao__171_rayan_redutor_velocidade_gasparino_andrade.doc.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2937/indicacao_n172_elena_e_dioninho_rua_sebastiao_franklin.doc.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2938/indicacao__173_rayan_rampas_revisada.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2947/indicacao_no_174__redutores_bela_vista_patrick.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2948/indicacao_no__175_patrick_seguranca_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2949/indicacao__176_rayan_brinq._parque_odelio_brito.doc.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2956/indicacao_no__177_patrick_esporte_no_bairro.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2958/indicacao__178_patrick_pista_corrida_parque_odelio_brito.doc.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2959/indicacao_no_179_corrimao_praca_monsenhor_rayan.doc.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2961/indicacao_no__180_patrick_e_dyone_reforma_praca_da_estacao.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2960/indicacao__181_rayan_cartao_cidadao.doc.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2963/indicacao__182_geovan_parquinhos_bela_vista.doc.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2964/indicacao__183_patrick_passeios_joao_kirchner.doc.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2972/indicacao_no_184_red._velocidade_av_liberdade_rayanpatrick.doc.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2973/indicacao_no_185_dioninho_raio_x_ambulatorio.doc.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2981/indicacao_no_186_dyonatan_terreno_limpeza_liberdade.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2984/indicacao__187_elena_revisao_planos_e_codigos.doc.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2985/indicacao__188_rayan_limpeza_corrego.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2988/indicacao_no189_m._elena_piscina_odelio.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2989/indicacao_no_190_rayan_placa_sinalizacao_praca_bae.doc.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2992/indicacao_no_191_rayan_melhorias_cemei_otavio_amorim.doc.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2993/indicacao_no_192_rayan_melhorias_brinquedos_cemei_otavio_amorim.doc.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2994/indicacao_no__193_patrick_beach_tenis_escola_jorge_oliva.doc.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2997/indicacao_no__194_patrick_redutor_velocidade_ja.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2998/indicacao__195_dyonatan_parquinho_cobah_2.doc.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3001/indicacao__196_dyonatan_rua_joao_kirchner_correio.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3002/indicacao__197_dyonatan_heliel_gratificacao_funcoes_pra_todos_servidores.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3003/indicacao_no198_m._elena_redutor.doc.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3007/indicacao_no199_geovan_praca_rodrigues_amorim_revitalizacao_ok.doc.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3009/indicacao_no200_patrick_limpeza_terrreno_rua_eni.doc.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3010/indicacao_n._201_rayan_limpeza_escorpioes_3_marias.doc.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3011/indicacao_n._202_dioninho_rua_danificada_olaria.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3012/indicacao_n._203_gratificacao_brigada_incendios.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3017/indicacao_204_heliel_insalubridade_sassa.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3018/indicacao_n._205_tvs_ps_heliel.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3019/indicacao_no_206_pintura_redutores_velocidade_cano_heliel.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3020/indicacao_207_invesao_mao_direcao_massaud_mattar_geovan.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3021/indicacao_208_m.elena_tres_fiscais.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3022/indicacao_209__m._elena_descongela_.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3023/indicacao_n.210_rayan_cameras_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3024/indicacao_no_211_guaritas_rayan.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3025/indicacao_212_estacionamento_45_graus_pracas.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3030/indicacao_213_rayan_jardim_progresso_pomar_e_revitalizacao.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3031/indicacao_214_rayan_sinalizacao_no_progresso.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3032/indicacao_no_215_cameras_ps_rayan.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3033/indicacao_no_216__repor_blocos_rua_joao_vitalino_cezario_dyonatan.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3034/indicacao_n._217_patrick_estacionamento_veiculos_pesados_pracas.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3037/indicacao_218_patrick_mao_unica_rua_piaui.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3039/indicacao_n._219_heliel_curso_brigada_incendio.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3045/indicacao_no_220_bueiro_quebrado_patrick_zeferino_paiva.doc.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3047/indicacao_no_221_patrick_blocos_soltos_rua_gasparino_andrade.doc.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3048/indicacao_no__222_dyonatan_bloco_rua_jose_mario.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3054/indicacao_no_223_buraco_e_redutor_velocidade_rayan.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3055/indicacao_no_224_heliel_passarela_margem_rodovia.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3056/indicacao_no_225_heliel_galeria_agua_escoamento_rua_joaquim_januario_com_gasparino.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3062/indicacao_no_226_fabiano_calcamento_rua_anesio_fernandes.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3064/indicacao_no_227_elena_rua_noraldino_pimenta.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3071/indicacao_no_228_dioninho_sinalizacao_escolas.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3073/indicacao_no_229_rayan_rotatoria_av.liberdade_sujeira_areia.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3079/indicacao_no__230_patrick_cemei_sonia_salete_pintura.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3083/indicacao_no__231__dyonatan_campo_belarmino.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3084/indicacao_no__232_patrick_escola_monsenhor_ernesto_pombinhos.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3085/indicacao_no_233__calcadas_area_verde_bela_vista_patrick.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3098/indicacao_no_234_patrick_santo_antonio_academia_limpeza_corrego_seguranca.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3097/indicacao_no_235_rayan_reparos_rua_massaud_mattar_.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3116/indicacao_236_patrick_sinalizacao_e_limpeza_rua_ana_carvalho_dos_santos_.acacias.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3137/indicacao_no_237_maria_elena_entrega_cestas_natalinas.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3138/indicacao_no__238_patrick_auxilio_po_de_giz.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3141/indicacao_no__239_m._elena_bueiro_psf2.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3149/indicacao_no_240____m._elena_pai_tania.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3158/indicacao_no__241__dyonatan_ruas_massaud_e_gasparino.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2680/mocao_01-2025_fabiano_selo_nacional_alfabetizacao.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2732/mocao_no_02_times_handebol_m._elena.doc.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2939/mocao_de_aplausos_no_03_karate.doc.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3004/mocao_de_aplausos_no_04-_combate_incendios.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3036/mocao_n.05_parabeniza_festa_aniversario_cidade.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3044/mocao_n._06_fanfarra_e_filarmonica.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3082/mocao_07-2025_m_elena_equipes_lidarp.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3117/mocao_08-25_-_karate_clube_heliel.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2603/requerimento_no_01_dyonatan_caminhao_lixo.doc.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2604/requerimento_no_02_rayan_medicamentos_farmacia.doc.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2608/requerimento_no_03_mesa_informacoes_manutencao_veiculos_rev.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2624/requerimento_no_04_dyonatan_creche_sao_lucas.doc.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2625/requerimento_no_05_dyontahn_bairro_marieta_amorim.doc.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2626/requerimento_no_06_rayan_reforma_poliesportivo_.doc.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2634/requerimento_07_urgencia_especial.doc.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2651/requerimento_08_urgencia_especial_reajustes.doc.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2654/requerimento_09_luminarias.doc.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2658/requerimento_no_10_cesacelt_-_convoca_apeim.doc.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2659/requerimento_no_11_elena_lei_primeiros_socorros_escolas.doc.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2685/requerimento_12_urgencia_especial_plo_06-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2694/requerimento_13_elena_e_heliel_exames_alterado.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2695/requerimento_no_14_heliel_mundial.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2707/requerimento_15_urgencia_especial_aluguel_empresa.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2714/requerimento_no_16_heliel_motorista_sem_habilitacao.doc.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2725/requerimento_17_urgencia_proj._11_alvorada.doc.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2747/requerimento_18_rayan_levantamento_financeiro.doc.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2748/requerimento_19_rayan_relacao_cirurgias_eletivas.doc.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2757/requerimento_no_20_vereadores_ferias_premio.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2763/requerimento_21_urgencia_proj._credito.doc.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2780/requerimento_22_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2805/requerimento_23_rayan_agendamento_consulta_psf_1.doc.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2806/requerimento_24_bolsa_atleta.doc.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2821/requerimento_25_maria_elena_fralda.doc.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2863/requerimento_26_urgencia_proj._terrenos_ipsim.doc.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2870/requerimento_27_urgencia_proj._28_cargos_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2890/requerimento_28_urgencia_proj._30.doc.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2900/requerimento_25_maria_elena_plano_carreira.doc.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2918/requerimento_30__rayan_relatorio_de_obras_praca_alvorada_ok.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2921/requerimento_31_urgencia_proj._resolucao_07.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2928/requerimento_32_maria_elena_cobra_fraudas_estudo.doc.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2930/requerimento_33_urgencia_proj._nome_rua_vicente_amorim.doc.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2934/requerimento_34-_urgencia_eleitoral.doc.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2936/requerimento_no_35_elena_emenda_impositiva_oxigenio.doc.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2957/requerimento_36_poliesportivo_dyonanta_e_rayan.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2962/requerimento_no_37_elena_emenda_exames_oftalmo_alunos_luizinho.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2974/requerimento_38_urgencia.doc.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2975/requerimento_39_rayan_fiscais.doc.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2980/requerimento_no__40_urgencia_cargo_uae.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3043/requerimento_41_elena_exames_oftalmo.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3049/requerimento_no_42_urgencia_especial_suas.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3051/requerimento_43_fabiano_agua_galerias_maria_parreira.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3052/requerimento_no__44_elena_carterinha_atendimento_prioritario.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3058/requerimento_45_rayan__fumace.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3060/requerimento_no_46_dyontahn_escola_itau_de_minas.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3061/requerimento_no_47_dyontahn_praca_mons._ernesto.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3070/requerimento_no_48_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3069/requerimento_no_49_urgencia_simples.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3075/requerimento_no_50_dioninho_leilao_ferias_premio.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3074/requerimento_no_51_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3092/requerimento_52_prestacao_contas_sempre_sindicato_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3093/requerimento_53_urgencia_proj._resolucao_12_casamento_coletivo.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3095/requerimento_n._54_urgencia_proj._decreto_pedro_costa_cons._negra_ok.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3106/requerimento_no_55_elena_pintura_coreto_cinza_laranja.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3111/requerimento_no_56_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3113/requerimento_no_57_patrick_reducao_carga_horaria_administrativo.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3130/requerimento_58_urgencia_simples_plc_10.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3131/requerimento_59_urgencia_especial_pr_13_e_plo_66.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3133/requerimento_60_urgencia_especial_plo_67_subsidios.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3148/requerimento_no_61_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3157/requerimento_62_urgencia_especial_pr_14_e_plo_70.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2999/parecer_clr_projeto_decreto_honrarias.doc.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3090/parecer_em_conjunto_legislcao_e_obras_plano_diretor_plc_07.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2631/parecer_cljr_proj._res._01_prazo_protocolo.doc.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3102/parecer_clr_prop._emenda_lei_organica_02_limite_emenda_revisado.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2943/parecer_cljr_pl_n._33_queimadas.doc.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2708/parecer_ljr_emenda_lom_01_prazo_fixacao_subsidios.doc.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2657/parecer_cljr_proj._res._02_convenio_uai.doc_1.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3147/parecer_cljr_proposta_emenda_03-25_dyonatan.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2743/parecer_ljr_projeto_musicas.doc.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2740/parecer_pr_06_cljr_parecer_projetos_pronto_pagto.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2728/parecer_cljr_parecer_projeto_proj_07_ameg.doc.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3143/parecer_conjunto_cljr_cfo_-_plc_10-2025_e_proposicao_de_menda.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2911/parecer_e_substitutivo_projeto_29_conselho_tutelar.doc.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2942/parecer_cljr_pl_n._33_queimadas.doc.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2945/parecer_cljr__proj._35_educ._financeira.doc.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3107/parecer_ljr_proj._56_cameras_saude_rayan.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3104/parecer_comissao_legislacao_proj._58_saude_mental.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2710/parecer_ljr_projetos_cargos_uai.doc.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2798/parecer_conjunto_cljr_e__fo_projetos__cargos_12_e_13.25.doc.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2987/parecer_clr_projetos_denominacao_ruas_marieta_amorim.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3027/parecer_ljr_proj._45_e_46_rayan.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3026/parecer_ljrf_projetos_47_e_49_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3150/parecer_ljr__rayan_plo_59-25.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2812/parecer_com_restricoes_rayan_conjunto_cljr_e__fo_projetos__cargos_12_e_13.25.doc.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2801/proposicao_emenda_01_ao_projeto_lei_15.doc.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2872/proposicao_emenda_01_ao_projeto_lei_19.doc.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2946/proposicao_de_emenda_n01_proj._33_queimadas.doc.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3088/proposicao_de_emenda_orcamentaria_impositivas_n01_p._2026_rev.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3087/proposicao_de_emenda_01_projeto_58_saude_mantal_patrick.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3089/proposicao_de_emenda_02_orcamento_heliel_caps.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3080/parecer_e_proj._decreto_prestacao_contas_2029_da_comissao_de_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2739/parecer_pr_06_cfo_parecer_projetos_pronto_pagto.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2910/parecer_fo_ldo_proj._23.doc_1.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3028/parecer_fo_proj._45.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3108/parecer_fo_proj._56_cameras_unidades_de_saude_dioninho.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2709/parecer_fo_projetos_cargos_uai.doc.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2932/parecer_fo_proj._31_32_e_34.doc_1.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3103/parecer_financas_orcamento_e_emendas_p._2026_plos_51_52_e_53.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2791/parecer_conjunto_cljr_cfo_e_cospaicm_chacreamento.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2940/parecer_osp_plc_06_feirantes_revisado.doc.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2941/parecer_osp_pl_33_queimadas.doc.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2799/parecer_conjunto_cljr_e__comisao_de_obras_projetos__de_leis__14_e_15_e_plc_n._04.doc_corr.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2944/parecer_esa_proj._35_educ._financeira.doc.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2852/parecer_conjunto_proj_lei_19_multa_foco_dengue_rayan_ok.doc.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2614/proposta_de_emenda_a_lei_organica_municipal_n01_prazo_fixacao_subsidios.doc.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3053/proposta_emenda_lom_02.25_limite_emendas_impositivas_sem_mensagem.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3135/proposta_de_emenda_a__lei_organica_no__03-25_numero_09_vereadores.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2722/anteprojeto_de_lei__01_ferias_premio_doentes_fabiano.doc.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2735/anteprojeto_de_lei__02_centro_atend._mulher_m._elena.doc_1.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2772/anteprojeto_03_patrick_folga_aniversario.doc.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2919/anteprojeto_lei_n_04_bolsa_atleta.doc.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3046/anteprojeto_de_lei_no_05_caps_heliel.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3105/anteprojeto_de_lei_n_06_proj._patrick_aniversario_servidor.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3115/anteprojeto_de_projeto_de_lei__n.07_escola_amiga_elena.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3159/anteprojeto_de_lei_n08_dioninho_processo_seletivo_agentes.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3151/comissao_de_legislacao_redacao_final_plc_10-25.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3136/proposicao_emenda_rayan__geovan_iptu.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3139/proposicao_de_emenda_02_ao_plc_10_de_2025.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2990/proposta_orcamentaria_para_2026.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2623/mensagem_proj._resoluca_02_uai.doc.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2756/mensagem_n.o_11.2025_aos_plos_16_17__e_18_de_2025_creditos_ad.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3057/mensagem_da_prop._emenda_lom_02.25.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2777/mensagem_1225.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2991/mensagem_calculo_do_orcamento_da_camara_para_2026.docx.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2633/mensagem_projeto_lei_compl._01_plantao_farmacia.doc.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2741/mensagem_ante_projetode_lei_02_-_centro_de_atendimento_a_mulher_m._elena.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2766/mensagem_ao_projeto_de_lei_complementar_no_03-25_-_foco_dengue_rayan.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2700/mensagem_cargos_uai.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2699/mensagem_ao_projeto_de_lei_no_09-25_-_foco_dengue_rayan.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2862/mensagem_proj_27_dyonatan_inclue_materias_constituicao_e_educacao_financeira.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2656/mensagem_projeto_resolucao_03_e_04_reajuste_servid._camara_e_vale.doc.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3077/mensagem_28.2025_casamento_civil_plo_61-2025.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3134/mensagem_projeto_67.25_ok.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2653/mensagem_02_ao_p_lei_complementar_02-2025_chacreamento.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2721/mensagem_07_ao_plo_11-2025.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2750/mensagem_n.o_09.2025_plo_14_-_codes.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2752/mensagem_n.o_10.2025_plo_15_-_cmddpd.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2794/1_-_mensagem_13.2025_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2853/mensagem_14_plc_05_2025.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2865/mensagem_15_2025_plo_28_plano_carreiras_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2880/mensagem_n.o_15.2025_plo_29_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2882/mensagem_16.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2915/mensagem_18.2025_ao_plo_34.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2954/mensagem_19.2025_cred._supl._psf_iv_plo_37.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2967/mensagem_21_2025_plo_40-2025_-_uae.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2968/mensagem_22_2025_plo_41-25_-_turismo.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2971/mensagem_23.2025_cred._supl._poliesportivo_assinada_plo_43-2025.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2983/mensagem_24_plo_45-2025_gratificacao_educacao.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3041/mensagem_26.2025_plo_55-25_-_suas.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3078/mensagem_27.2025_codema_plo_60-2025.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3100/mensagem_31.2025_majoracao_plo_64.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3110/mensagem_32.2025_vale_alimentacao_plo_65.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3127/mensagem_33.2025_cesta_natalina_plo_66-25.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3129/mensagem_34.2025_codigo_tributario_plc_10-2025.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3155/mensagem_36.2025_cesta_de_natal_plo_70-2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2894/mensagem_17_plos_31_e_32_de_2025.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2738/mensagem_08_plo_12_e_13_de_2025.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2979/mensagem_aos_projetos_cria_funcao_gratificada_uae_eleitoral.doc_1.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2955/mensagem_20.2025_altera_nome_de_ruas_plos_38_e_39.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3016/mensagem_25_orcamento_2026.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3146/mensagem_35.2025_cred._esp._avcc_e_fme_timbre_plos_68_e_69-2025.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2746/substitutivo_n01_proj._lc_01_chacreamento_comissao.doc.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2912/parecer_e_substitutivo_projeto_29_conselho_tutelar.doc.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3096/parecer_ljr__rayan_plo_59-25.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3114/substitutivo_n._01_-_projeto_de_lei_n.62_dispensario_heliel.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3121/requerimento_candidatura_rayan_presidente_mesa.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3120/requerimento_candidatura_patrick_vice_mesa.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3119/requerimento_candidatura_maria_elena_secretaria_mesa.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3123/requerimento_para_registro_de_candidatura_para_2026_corregedor.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3124/requerimento_para_registro_de_candidatura_heliel_vice_corregedor.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2598/proposta_para_comissoes_2025.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2599/proposta_para_3o_membro_do_cedp.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3000/parecer_redacao_final_pdl_01-25_titulos_e_honrarias.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3152/comissao_de_legislacao_redacao_final_plc_10-25.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2666/parecer_redacao_final_cljr_proj._res._02_convenio_uai.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2655/parecer_em_redacao_final_projeto_lc_farmacias.doc.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2795/redacao_final_do_projeto_de_lei_complementar_02_chacreamento.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2909/parecer_redacao_final.doc.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3118/parecer_redacao_final_proj._lc_07_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3153/redacao_final_projeto_lei_compl._10_tributos_finalizado.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2873/parecer_redacao_final__emenda_incorporada_ok.doc.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2786/parecer_redacao_final_cljr_plo__20_adc_suplemntar__apbaim.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2784/parecer_redacao_final_cljr_plo__22_subvencao_apbaim.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2636/parecer_em_redacao_final_projeto_36_honorarios.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2773/parecer_redacao_final_projeto_08_correcao.doc.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2729/parecer_em_redacao_final.doc.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3112/parecer_em_redacao_final_19.11.25.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2742/parecer_redacao_final_emenda_lei_organica.doc.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2800/retificacao_parecer_em_redacao_final_chacreamento.doc.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2950/parecer_redacao_final__emenda_incorporada_proj._33_35_e_plc_06.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2767/parecer_em_redacao_final_plo_05_e_pr_06_de_2025.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2828/redacao_final_proj._14_e_15_e_plc_04_com_texto_incorporado.doc.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2829/redacao_final_proj._14_e_15_e_plc_04_com_texto_incorporado.doc.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2913/parecer_redacao_final_plos_23_e_29_2025.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3038/parecer_redacao_final_plos_38_e_39.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3029/parecer_redacao_final_plos_45_46_47_49.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2597/pauta__teste_16-01-2025.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2814/requerimento_verbal_-_deliberacao_plenario_03.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2644/plo_01_revisao_geral_do_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2645/plo_02_piso_magisterio.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2646/plo_03_piso_agentes_de_saude_e_endemias.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2647/plo_04_-_reajuste_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2678/projeto_de_lei_05_musicas_improprias_rayan_e_geovan.doc.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2681/plo_06-2025_-_plano_carreira_educador_1a_infancia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2682/plo_07-2025_-_ratifica_ameg.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2697/redacao_final_projeto_de__lei_n._08__fixa_salarios_cargos_uai_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2698/projeto_de_lei_no_09-25_-_foco_dengue_rayan.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2706/projeto_de_lei_10_-_2025_-_concessao_de_incentivo_economico.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2718/projeto_de_lei_11_-_2025_-_credito_praca_alvorada.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2736/projeto_de_lei_12_-_cargos_esporte.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2737/projeto_de_lei_13_-_estrutura_adm.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2749/projeto_de_lei_14_-_codes.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2751/projeto_de_lei_15_-_direitos_da_pessoa_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2753/projeto_de_lei_16_-_fundacao_itau_assstencia_social.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2754/projeto_de_lei_17_-_chame_e_apae.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2755/projeto_de_lei_18_-_alteracao_subvencao_auxilios_e_contribuicoes.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2764/projeto_lei_n._19_e_mensagem_fiacao_rayan_padronizacao.doc.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2774/projeto_de_lei_20_-_pl_emendas_impositivas_saude.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2775/projeto_de_lei_21_-_pl_apbaim.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2776/projeto_de_lei_22_-_pl_subvencao_apbaim.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2793/projeto_de_lei_23-2025_-_ldo_2026_final.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2813/projeto_de__lei_n.24__fila_transparente_dyonatan.doc.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2803/projeto_de_lei_25__educacao_financeira_dyonatan.doc.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2833/projeto_de_lei_n._26_altera_lei_bolsa_atleta_maria_elena.doc.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2861/projeto_de_lei_n27_e_mensagem_dioninho_inclue_materias_constituicao_e_educacao_financeira.doc.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2864/projeto_de_lei_28-25_-_dispoe_sobre_o_plano_de_carreiras_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2879/projeto_de_lei_29-25_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2881/plo_30-25_-_abpaim_apae.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2892/projeto_de_lei_31-2025_-_dotacao_boa_nova_motoclube.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2893/projeto_de_lei_32-2025_-alteracao_lei_subvencoes_boa_nova_motoclube.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2895/projeto_de_lei_n.33_e__mensagem_queimadas_rayan.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2914/projeto_de_lei_34_-_turismo_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2916/projeto_35_e_mensagem_dioninho_inclue_educacao_financeira.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2929/projeto_de_lei_no_36__corrigi_lei_vicente_amorim.doc.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2951/projeto_de_lei_37-25_-_cred._supl._itau_de_minas_psf_iv.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2952/projeto_de_lei_38-25_altera_nome_de_loteamento_1_nilza_amorim.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2953/projeto_de_lei_39_altera_nome_de_loteamento_marieta_amorim.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2965/projeto_de_lei_40-2025_-__uae.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2966/projeto_lei_41-25_-__turismo_novo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2969/projeto_de_lei_n_42_projeto_e_mensagem_dioninho_inclui__constituicao_materia_transversal.doc.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2970/projeto_de_lei_43__cred._suplem._poliesportivo-ass.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2977/projeto_de_lei_n_44_fixa_vencimento_funcao_gratificada_uae.doc.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2982/projeto_de_lei_45-2025_-_gratificacao_de_funcao_ao_especialista_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2995/projeto_de_lei_n46_rayan_calendario_abuso_infantil.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2996/projeto_de_lei_n._47__m._elena_padronizacao_de_predios_publicos.doc.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3005/projeto_de_lei_n._48__hinos_escolas.doc.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3006/projeto_de_lei_n_49__semana_do_brincar_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3008/projeto_de_lei_no_50_soros_rayan.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3013/projeto_de_lei_51-2025_-_ppa_26.29_final.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3014/projeto_de_lei_52-2025_-_loa_final.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3015/projeto_de_lei_53-2025_-_subvencoes_2026_final.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3035/projeto_de_lei_n_54__programa_escola_amiga_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3040/projeto_de_lei_55-2025_-__suas.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3042/projeto_de_lei_n56__cameras_unidades_de_saude_rayan_heliel.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3050/projeto_de_lei_n_57_folga_aniversario.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3059/projeto_lei_58-2025_-_patrick_saude_mental_escolar.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3063/projeto_de_lei_n59_elena_direito_acompanhante.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3065/projeto_de_lei_60-2025_-__codema.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3076/projeto_de_lei_61-2025_casamento_civil.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3086/projeto_de_lei_n_62_dispensario_farmacia_pronto_socorro_heliel_revisado.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3101/projeto_de_lei_n_63_elena_dia_hino_municipal.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3099/projeto_de_lei_64_-_majoracao_orc._2025_timbre.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3109/projeto_de_lei_65-25_-_cred_suplem_vale_alimentacao_timbre_final.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3126/projeto_de_lei_66-2025_cred_suplem_cesta_natalina_timbre.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3132/projeto_de_lei_no__67-2025_-__fixacao_subsidios.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3144/plo_68-25_-_subvencao_avcc_25.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3145/projeto_de_lei_69-25_-__fme_timbre.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3154/projeto_de_lei_70-2025_-_vale_alimentacao_13a_timbre.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2609/projeto_de_resolucao_no_01_horario_protocolo_materias_defin_1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2630/projeto_de_resolucao__n._02__instala_o_uai_2025.doc.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2649/projeto_de_resolucao_n_03_reajuste_servidores__2025_correto.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2650/projeto_de_resolucao_n_04_vale_servidores.doc.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2696/projeto_de__resolucao_no_05_cargos_uai_2025_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2726/projeto_de_resolucao__n.06_pronto_pagamento.doc.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2920/projeto_resolucao_no_07_devolucao_recursos.doc.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2933/projeto_resolucao_08_e_mensagem_-_autoriza_uae_eleitoral.doc.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2976/projeto_resolucao_09_cargo_funcao_gratificada_uae_eleitoral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2978/projeto_resolucao_10_estrutura_admin_cargo_funcao_gratificada_uae_eleitoral.doc.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3067/projeto_de_resolucao_no_11.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3094/projeto_resolucao_no_12_devolucao_recursos_casamento_coletivo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3122/projeto_de__resolucao_n_13_devolucao_recurso_executivo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3156/projeto_de_resolucao_n14_vale.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2632/projeto_de_lei_n._01_complementar_farmacia_revisada.doc.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2652/retificacao_parecer_em_redacao_final_chacreamento.doc.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2765/projeto_de_lei_complementar_no_03_rayan_dengue.doc.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2771/projeto_de_lei_complementar_n._04_rayan_obriga_cabeamento_subterraneo_loteamentos.doc.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2849/projeto_de_lei_terrenos.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2907/projeto_lei_compl._06_heliel_feiras_codigo_posturas.doc.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3068/projeto_de_lei_complementar_n07_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3066/projeto_de_lei_complementar_n08_revoga_lei_cabeamento_fiacao.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3072/projeto_de_lei_compl._09-25_taxa_reciproca_timbre.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3128/projeto_de_lei_complementar_10-2025_-_cod._tributario_com_timbre.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2986/projeto_de_decreto_legislativo_no_01_honrarias.doc.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3081/projeto_de_decreto_legislativo_02-2025_contas_ronilton_2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3091/projeto_de_decreto_legislativo_no_03.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2600/indicacao_01_maria_elena_cameras_santo_antonio.doc.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2601/indicacao_no_02_rayan_iluminacao_led_praca.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2602/indicacao_no__03_rayan_praca_bae.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2605/indicacao_no__04_geovan_ponte_avenida_liberdade.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2606/indicacao_no__05_geovan_reforma_praca_congo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2607/indicacao_no__06_geovan_ciclovia_liberdade.doc.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2610/indicacao_no__07_geovan_reforma_praca_adelaide_universitario_rev.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2611/indicacao_no__08_piso_terceira_idade_patrick.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2612/indicacao_no_09_reforma_barracao_cohab_11_m._elena.doc.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2613/indicacao_10_fabiano_placas_farmarcia_e_policlinica.doc.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2615/indicacao_no__11_heliel_pedras_soltas_juventino_dias.doc.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2616/indicacao_12_dyonatan_redutor.doc.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2617/indicacao_no_13_dyonatan_limpeza_mato_campo_de_malha_posto.doc.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2618/indicacao_no_14_dyonatan_e_heliel_escoamento_agua_casa_cohab_2.doc.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2619/indicacao_no__15_patrick_bebedouro_rodoviaria.doc.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2620/indicacao_no__16_patrick_canil_conselho_e_fundo_municipal.doc.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2621/indicacao_no__17_patrick_creche_nas_ferias.doc.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2627/indicacao_18_heliel_cobertura_psfs.doc.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2628/indicacao_no_19_rayan_av_eng_manoel_batista.doc.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2629/indicacao__no_20_uniformes_garis_rayan.doc.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2635/indicacao_no_21_patrick_rua_miltom_meirelhes.doc.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2637/indicacao_22_heliel_agua_chuva_casa_cohab_2_rua_das_palmas.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2638/indicacao_no_23_geovan_passarela.doc.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2639/indicacao_no__24__patrick_parque_odelio_de_brito.doc.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2640/indicacao_no25__rayan_lixeiras_rev.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2641/indicacao_no_26__patrick_prj._ibiraci_transforma_cargo_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2642/indicacao_no__27__patrick_acacias_arvore_e_quebra_molas.doc.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2643/indicacao_no28_m._elena_quadra_monsenhor_refletores.doc.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2660/indicacao_no_29_limpeza_atras_cecoi_rua_minas_gerais_heliel_e_geovan.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2661/indicacao_no_30_heliel__limpeza_rua_maria_aparecida_melo.doc.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2662/indicacao_no_31_dyonatan_placas_sinalizacao.doc.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2663/indicacao_no_32_maria_elena_epis_garis.doc.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2664/indicacao_no_33_patrick_rua_rodrigues_amorim.doc.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2665/indicacao_no_34_limpeza_acacias_12_3_geovan_heliel.doc.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2667/indicacao_no_35_geovan_rotatoria_joao_kirchner.doc.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2668/indicacao_no_36_dyonatan_iluminacao_joao_belarmino.doc.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2669/indicacao_no_37_patrick_local_treino_karate.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2670/indicacao_no_38_maria_elena_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2671/indicacao_no_39_heliel_limpeza_lixo_inacio_dalmont.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2672/indicacao_no40_patrick_cabos_caido_silvia.doc.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2673/indicacao__no_41_rayan_quadra.doc.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2674/indicacao__no_42_rayan_sinalizacao.doc.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2675/indicacao__no_43_rayan_poda_arvores_fias.doc.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2676/indicacao__no_44_rayan_odelio_de_brito.doc.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2677/indicacao__no_45_geovan_e__rayan_parque_praca_mon..doc.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2683/indicacao_no_46_rayan_praca_artur_torres.doc.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2684/indicacao_no_47_dyonatan.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2686/indicacao_no_48_maria_elena_placa.doc.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2687/indicacao__no_49_heliel_cachorros.doc.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2688/indicacao__no_50_toldo_sala_aula_patrick.doc.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2689/indicacao__no_51_redutor_velocidade_escola_joao_kirchner_patrick.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2690/indicacao__no_52_rayan_buraco_rua_eni.doc.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2691/indicacao_no_53_heliel_e__maria_elena_rua_praca_3_marias.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2692/indicacao__no_54_heliel_cozinha_oficina.doc_1.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2693/indicacao_no_55_maria_elena_soro.doc.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2701/indicacao__no_56_fabiano_faixa_pedestres.doc.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2702/indicacao__no_57_elena__geovan__ar_cond_e_bebedouros_escolas.doc_1.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2703/indicacao__no_58_elena__geovan_lousas_escolas.doc.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2705/indicacao__no_59_patrick_limp.rua_rodrigues_amorim.doc.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2704/indicacao__no_60_chame.doc_1.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2711/indicacao_no_61_m._elena_iluminacao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2712/indicacao_no_62_m._elena_contratacao_garis.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2713/indicacao_no_63_m._elena_praca_acacias.doc.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2715/indicacao_no_64__rayan_parquinho_cohab_ii_pdf.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2716/indicacao_no_65__rayan_limpeza_terreno_universitario.doc.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2717/indicacao_no_66__rayan_iluminacao_solar_trevo_rod..doc.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2719/indicacao_no___67_elena_zoonose.doc.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2720/indicacao__no_68_heliel_climatizadores_pfss.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2723/indicacao__no_69_patrick_transporte_alunos_especiais.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2724/indicacao_no_70_geovan_elena_bancos_praca.doc.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2727/indicacao_no_71_buraco_dyonatan.doc.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2731/indicacao_no_72_pfs1_dyonatan.doc.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2730/indicacao_no_73_rua_eni__redutor_velocidade_crayan.doc.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2733/indicacao_no_74__geovan_praca_sebastiao_pedro_alvorada.doc.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2734/indicacao_no_75__rayan_identificacao_veiculo_uso_obrig..doc.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2744/indicacao_no_76_educador_primeira_infancia_patrick.doc.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2745/indicacao_no_77_buraco_m_elena.doc.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2758/indicacao_no_78_matagal_sao_lucas_m_elena.doc_1.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2759/indicacao_no_79_rayan_guarda_corpo_avenida_liberdade_com_fotos.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2760/indicacao_no_80_fabiano_faixa_pedestre.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2761/indicacao_no_81_fabiano_drenagem_olaria.doc.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2762/indicacao_no_82_patric_gratificacao_cargos_educ..doc.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2768/indicacao_no_83___elena_denominacao_meirinha.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2769/indicacao_no_84_banco_quebrado_calcadao_m_elena.doc.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2770/indicacao_no_85_patrick_reforma_banheiro_coreto_praca.doc.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2778/indicacao_no_86_dyonatan_faixa_correios.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2779/indicacao_no_87_m._elena_atualizacao_portal.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2781/indicacao__no_88_rayan_asfalto_praca_monsenhor.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2782/indicacao__no_89_rayan_limpeza_belvedere.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2783/indicacao_no_90__patrick_parquinho_praca_estacao.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2785/indicacao_no_91_m._elena_fanfarra_municipal.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2787/indicacao_no_92_patrick_buracos_na_rua_dom_inacio.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2788/indicacao_no_93__limpeza_academia_ginastica_av_liberdade.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2789/indicacao_no_94_esco_agua_belvedere_dyonatan.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2790/indicacao_no__95__dyonatan_campinho_parque_odelio_de_brito.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2792/indicacao_no_96_m._elena_calcadas_escolas_centro_corr.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2796/indicacao_no__97__estagiarios_engenharia_e_saude_m._elena.doc.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2797/indicacao_no__98_geovan_idosos_iptu.doc.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2891/indicacao_no_99_rayan_mao_unica_arthur_vieira.doc.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2808/indicacao_no_100_rayan_vaga_moto_joao_kirchner.doc.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2807/indicacao_no_101_revitalizacao_estadio_jorge_oliva_rayan_de_outros.doc.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2809/indicacao_no_102_capina_rua_patrick.doc.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2810/indicacao_no_103_rampa_juventino_dias_geovan_e_rayan.doc.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2811/indicacao_no_104_interdicao_calcadao_geovan_e_rayan.doc.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2822/indicacao_no_105_sinalizacao_avenida_liberdade_geovan_e_rayan.doc.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2823/indicacao_no_106_show_mensal_praca_geovan_e_rayan.doc.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2824/indicacao_no_107_festival_gastronomico_rayan.doc.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2825/indicacao_no_108_quadra_tenis_dyoninho.doc.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2826/indicacao_no_109_sinalizar_caminhonete_trinton_adesiva_rayan.doc.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2827/indicacao_no_110__rayan_heliel_seguranca_farmacinha.doc.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2830/indicacao_no_111_maia_elena_estacao_cultura_refoma.doc.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2831/indicacao_no_112_estatuas_cristas_entrada_cidade_rayan.doc.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2834/indicacao_no_113_heliel_rampa_cartorio.doc.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2835/indicacao_no_114_lixeira_latao_praca_bae__dyoninho.doc.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2836/indicacao_115_dyonatan_limpesa_rua.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2837/indicacao_116_dyonatan_iuminacao_poste.doc.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2838/indicacao_no_117_heliel_asfalto_tres_marias.doc.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2839/indicacao_no_118_heliel_academia_3_marias.doc.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2840/indicacao_no_119_rayan_areia_praca.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2841/indicacao_no_120_rayan_nivelar_pavimentacao_caixa.doc.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2842/indicacao_no_121_rayan_rua_maria_rodrigues_reforma_calcada.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2843/indicacao_no_122_tapa_buraco_bairro_santa_terezinha_rayan.doc.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2844/indicacao_no_123_repor_blocos_rua_milton_meirelhes_rayan_patrick.doc.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2845/indicacao_no_124_impesa_terreno_bela_vista_patrick.doc.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2846/indicacao_no_125_rayan_campeonato_ciclismo.doc.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2847/indicacao_no_126_rayan_campeonato_atletismo.doc.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2850/indicacao_no_127_rayan_redutor_engenheiro_cras.doc.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2851/indicacao_no_128_fabiano_iluminacao_barracao.doc.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2855/indicacao_n.129____dioninho_e_m._elena_tres_marias.doc.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2856/indicacao_no_130_pronto_socorro_melhorias_rayan.doc.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2857/indicacao_131_rayan_limpeza_terreno_rua_luiz_carlos_oliveira.doc.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2859/indicacao_132_rayan_lixeiras_escolas.doc.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2858/indicacao_133_fabiano_abertura_cemiterio_dias_especiais.doc.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2860/indicacao_n134_rayan_reforma_quadras.doc.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2866/indicacao_n135_rayan_limpeza_praca_sagrada_familia.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2867/indicacao_n136_rayan_pavimentacao_rua_cemiterio.doc.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2868/indicacao_no__137_m._elena_brigada_emergencia.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2869/indicacao_no_138_maria_elena_carteira_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2871/indicacao_no_139__limpeza_praca_congo_patrick.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2874/indicacao_no_140_rayan_limpeza_bocas_de_lobo.doc.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2875/indicacao_no_141_dioninho_rua_sebastiao_francklin.doc.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2876/indicacao_no_142_dioninho_quadra_icarai.doc.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2877/indicacao_no_143_patrick_iluminacao_patio_monsenhor.doc.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2878/indicacao_no_144_rayan_feira_emprego.doc.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2883/indicacao_no_145_geovan_parquinho_sagrada_familia.doc.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2884/indicacao_no_146_geovan_cameras_escolas.doc.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2885/indicacao_no_147_farmacinha_aberto_horario_almoco_geovan.doc.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2886/indicacao_no_148_elena_reparos_capela_cemiterio.doc.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2887/indicacao_no_149__elena_reparos_rua_creche_e_boca_lobo.doc.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2888/indicacao_no_150_elena_campeonato_pipas.doc.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2889/indicacao_no_151_elena_corrida_nos_bairros.doc.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2896/indicacao_no_152_patrick_terreno_pamela_ana.doc.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2897/indicacao_no_153_patrick_entrada_estadio_jorge_oliva_ok.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2898/indicacao_no_154_elena_campanha_agasalho.doc.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2899/indicacao_no_155_elena_dyoninho_baile_rainha_do_rodeio.doc.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2901/indicacao_no_156_elena_caps.doc.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2902/indicacao_no_157_dyonatan_e_demais_contrato_seguro_veiculos.doc.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2903/indicacao_no_158__elena_prog_idosos.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2904/indicacao_no_159_geovan_casamento_coletivo.doc.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2905/indicacao_no_160_geovan_espacos_lanchonete_pracas.doc.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2906/indicacao_n161_patric_acolhimento_pronto_socorro.doc.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2908/indicacao_n162_elena_eco_ponto_sao_lucas.doc.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2917/indicacao_n163_rayan_reparos_passeio.doc_1.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2922/indicacao_n164_heliel_bueiro_rua_corredor.doc.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2923/indicacao_n165_dioninho_elena_calcada_jose_balbino.doc.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2924/indicacao_n166_rayan_guarda_corpo.doc.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2925/indicacao_n167_rayan_limpesa_terrenos.doc.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2927/indicacao_n168_patric_lixo_entulho.doc.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2926/indicacao_n169_patric_sinal_tv_rodoviaria.doc.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2931/indicacao_n170_rayan_centro_exames_cardio.doc.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2935/indicacao__171_rayan_redutor_velocidade_gasparino_andrade.doc.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2937/indicacao_n172_elena_e_dioninho_rua_sebastiao_franklin.doc.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2938/indicacao__173_rayan_rampas_revisada.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2947/indicacao_no_174__redutores_bela_vista_patrick.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2948/indicacao_no__175_patrick_seguranca_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2949/indicacao__176_rayan_brinq._parque_odelio_brito.doc.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2956/indicacao_no__177_patrick_esporte_no_bairro.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2958/indicacao__178_patrick_pista_corrida_parque_odelio_brito.doc.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2959/indicacao_no_179_corrimao_praca_monsenhor_rayan.doc.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2961/indicacao_no__180_patrick_e_dyone_reforma_praca_da_estacao.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2960/indicacao__181_rayan_cartao_cidadao.doc.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2963/indicacao__182_geovan_parquinhos_bela_vista.doc.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2964/indicacao__183_patrick_passeios_joao_kirchner.doc.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2972/indicacao_no_184_red._velocidade_av_liberdade_rayanpatrick.doc.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2973/indicacao_no_185_dioninho_raio_x_ambulatorio.doc.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2981/indicacao_no_186_dyonatan_terreno_limpeza_liberdade.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2984/indicacao__187_elena_revisao_planos_e_codigos.doc.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2985/indicacao__188_rayan_limpeza_corrego.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2988/indicacao_no189_m._elena_piscina_odelio.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2989/indicacao_no_190_rayan_placa_sinalizacao_praca_bae.doc.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2992/indicacao_no_191_rayan_melhorias_cemei_otavio_amorim.doc.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2993/indicacao_no_192_rayan_melhorias_brinquedos_cemei_otavio_amorim.doc.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2994/indicacao_no__193_patrick_beach_tenis_escola_jorge_oliva.doc.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2997/indicacao_no__194_patrick_redutor_velocidade_ja.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2998/indicacao__195_dyonatan_parquinho_cobah_2.doc.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3001/indicacao__196_dyonatan_rua_joao_kirchner_correio.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3002/indicacao__197_dyonatan_heliel_gratificacao_funcoes_pra_todos_servidores.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3003/indicacao_no198_m._elena_redutor.doc.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3007/indicacao_no199_geovan_praca_rodrigues_amorim_revitalizacao_ok.doc.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3009/indicacao_no200_patrick_limpeza_terrreno_rua_eni.doc.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3010/indicacao_n._201_rayan_limpeza_escorpioes_3_marias.doc.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3011/indicacao_n._202_dioninho_rua_danificada_olaria.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3012/indicacao_n._203_gratificacao_brigada_incendios.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3017/indicacao_204_heliel_insalubridade_sassa.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3018/indicacao_n._205_tvs_ps_heliel.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3019/indicacao_no_206_pintura_redutores_velocidade_cano_heliel.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3020/indicacao_207_invesao_mao_direcao_massaud_mattar_geovan.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3021/indicacao_208_m.elena_tres_fiscais.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3022/indicacao_209__m._elena_descongela_.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3023/indicacao_n.210_rayan_cameras_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3024/indicacao_no_211_guaritas_rayan.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3025/indicacao_212_estacionamento_45_graus_pracas.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3030/indicacao_213_rayan_jardim_progresso_pomar_e_revitalizacao.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3031/indicacao_214_rayan_sinalizacao_no_progresso.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3032/indicacao_no_215_cameras_ps_rayan.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3033/indicacao_no_216__repor_blocos_rua_joao_vitalino_cezario_dyonatan.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3034/indicacao_n._217_patrick_estacionamento_veiculos_pesados_pracas.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3037/indicacao_218_patrick_mao_unica_rua_piaui.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3039/indicacao_n._219_heliel_curso_brigada_incendio.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3045/indicacao_no_220_bueiro_quebrado_patrick_zeferino_paiva.doc.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3047/indicacao_no_221_patrick_blocos_soltos_rua_gasparino_andrade.doc.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3048/indicacao_no__222_dyonatan_bloco_rua_jose_mario.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3054/indicacao_no_223_buraco_e_redutor_velocidade_rayan.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3055/indicacao_no_224_heliel_passarela_margem_rodovia.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3056/indicacao_no_225_heliel_galeria_agua_escoamento_rua_joaquim_januario_com_gasparino.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3062/indicacao_no_226_fabiano_calcamento_rua_anesio_fernandes.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3064/indicacao_no_227_elena_rua_noraldino_pimenta.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3071/indicacao_no_228_dioninho_sinalizacao_escolas.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3073/indicacao_no_229_rayan_rotatoria_av.liberdade_sujeira_areia.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3079/indicacao_no__230_patrick_cemei_sonia_salete_pintura.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3083/indicacao_no__231__dyonatan_campo_belarmino.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3084/indicacao_no__232_patrick_escola_monsenhor_ernesto_pombinhos.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3085/indicacao_no_233__calcadas_area_verde_bela_vista_patrick.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3098/indicacao_no_234_patrick_santo_antonio_academia_limpeza_corrego_seguranca.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3097/indicacao_no_235_rayan_reparos_rua_massaud_mattar_.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3116/indicacao_236_patrick_sinalizacao_e_limpeza_rua_ana_carvalho_dos_santos_.acacias.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3137/indicacao_no_237_maria_elena_entrega_cestas_natalinas.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3138/indicacao_no__238_patrick_auxilio_po_de_giz.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3141/indicacao_no__239_m._elena_bueiro_psf2.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3149/indicacao_no_240____m._elena_pai_tania.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3158/indicacao_no__241__dyonatan_ruas_massaud_e_gasparino.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2680/mocao_01-2025_fabiano_selo_nacional_alfabetizacao.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2732/mocao_no_02_times_handebol_m._elena.doc.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2939/mocao_de_aplausos_no_03_karate.doc.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3004/mocao_de_aplausos_no_04-_combate_incendios.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3036/mocao_n.05_parabeniza_festa_aniversario_cidade.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3044/mocao_n._06_fanfarra_e_filarmonica.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3082/mocao_07-2025_m_elena_equipes_lidarp.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3117/mocao_08-25_-_karate_clube_heliel.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2603/requerimento_no_01_dyonatan_caminhao_lixo.doc.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2604/requerimento_no_02_rayan_medicamentos_farmacia.doc.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2608/requerimento_no_03_mesa_informacoes_manutencao_veiculos_rev.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2624/requerimento_no_04_dyonatan_creche_sao_lucas.doc.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2625/requerimento_no_05_dyontahn_bairro_marieta_amorim.doc.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2626/requerimento_no_06_rayan_reforma_poliesportivo_.doc.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2634/requerimento_07_urgencia_especial.doc.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2651/requerimento_08_urgencia_especial_reajustes.doc.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2654/requerimento_09_luminarias.doc.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2658/requerimento_no_10_cesacelt_-_convoca_apeim.doc.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2659/requerimento_no_11_elena_lei_primeiros_socorros_escolas.doc.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2685/requerimento_12_urgencia_especial_plo_06-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2694/requerimento_13_elena_e_heliel_exames_alterado.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2695/requerimento_no_14_heliel_mundial.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2707/requerimento_15_urgencia_especial_aluguel_empresa.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2714/requerimento_no_16_heliel_motorista_sem_habilitacao.doc.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2725/requerimento_17_urgencia_proj._11_alvorada.doc.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2747/requerimento_18_rayan_levantamento_financeiro.doc.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2748/requerimento_19_rayan_relacao_cirurgias_eletivas.doc.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2757/requerimento_no_20_vereadores_ferias_premio.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2763/requerimento_21_urgencia_proj._credito.doc.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2780/requerimento_22_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2805/requerimento_23_rayan_agendamento_consulta_psf_1.doc.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2806/requerimento_24_bolsa_atleta.doc.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2821/requerimento_25_maria_elena_fralda.doc.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2863/requerimento_26_urgencia_proj._terrenos_ipsim.doc.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2870/requerimento_27_urgencia_proj._28_cargos_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2890/requerimento_28_urgencia_proj._30.doc.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2900/requerimento_25_maria_elena_plano_carreira.doc.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2918/requerimento_30__rayan_relatorio_de_obras_praca_alvorada_ok.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2921/requerimento_31_urgencia_proj._resolucao_07.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2928/requerimento_32_maria_elena_cobra_fraudas_estudo.doc.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2930/requerimento_33_urgencia_proj._nome_rua_vicente_amorim.doc.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2934/requerimento_34-_urgencia_eleitoral.doc.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2936/requerimento_no_35_elena_emenda_impositiva_oxigenio.doc.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2957/requerimento_36_poliesportivo_dyonanta_e_rayan.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2962/requerimento_no_37_elena_emenda_exames_oftalmo_alunos_luizinho.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2974/requerimento_38_urgencia.doc.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2975/requerimento_39_rayan_fiscais.doc.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2980/requerimento_no__40_urgencia_cargo_uae.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3043/requerimento_41_elena_exames_oftalmo.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3049/requerimento_no_42_urgencia_especial_suas.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3051/requerimento_43_fabiano_agua_galerias_maria_parreira.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3052/requerimento_no__44_elena_carterinha_atendimento_prioritario.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3058/requerimento_45_rayan__fumace.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3060/requerimento_no_46_dyontahn_escola_itau_de_minas.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3061/requerimento_no_47_dyontahn_praca_mons._ernesto.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3070/requerimento_no_48_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3069/requerimento_no_49_urgencia_simples.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3075/requerimento_no_50_dioninho_leilao_ferias_premio.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3074/requerimento_no_51_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3092/requerimento_52_prestacao_contas_sempre_sindicato_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3093/requerimento_53_urgencia_proj._resolucao_12_casamento_coletivo.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3095/requerimento_n._54_urgencia_proj._decreto_pedro_costa_cons._negra_ok.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3106/requerimento_no_55_elena_pintura_coreto_cinza_laranja.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3111/requerimento_no_56_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3113/requerimento_no_57_patrick_reducao_carga_horaria_administrativo.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3130/requerimento_58_urgencia_simples_plc_10.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3131/requerimento_59_urgencia_especial_pr_13_e_plo_66.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3133/requerimento_60_urgencia_especial_plo_67_subsidios.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3148/requerimento_no_61_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3157/requerimento_62_urgencia_especial_pr_14_e_plo_70.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2999/parecer_clr_projeto_decreto_honrarias.doc.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3090/parecer_em_conjunto_legislcao_e_obras_plano_diretor_plc_07.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2631/parecer_cljr_proj._res._01_prazo_protocolo.doc.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3102/parecer_clr_prop._emenda_lei_organica_02_limite_emenda_revisado.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2943/parecer_cljr_pl_n._33_queimadas.doc.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2708/parecer_ljr_emenda_lom_01_prazo_fixacao_subsidios.doc.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2657/parecer_cljr_proj._res._02_convenio_uai.doc_1.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3147/parecer_cljr_proposta_emenda_03-25_dyonatan.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2743/parecer_ljr_projeto_musicas.doc.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2740/parecer_pr_06_cljr_parecer_projetos_pronto_pagto.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2728/parecer_cljr_parecer_projeto_proj_07_ameg.doc.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3143/parecer_conjunto_cljr_cfo_-_plc_10-2025_e_proposicao_de_menda.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2911/parecer_e_substitutivo_projeto_29_conselho_tutelar.doc.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2942/parecer_cljr_pl_n._33_queimadas.doc.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2945/parecer_cljr__proj._35_educ._financeira.doc.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3107/parecer_ljr_proj._56_cameras_saude_rayan.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3104/parecer_comissao_legislacao_proj._58_saude_mental.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2710/parecer_ljr_projetos_cargos_uai.doc.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2798/parecer_conjunto_cljr_e__fo_projetos__cargos_12_e_13.25.doc.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2987/parecer_clr_projetos_denominacao_ruas_marieta_amorim.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3027/parecer_ljr_proj._45_e_46_rayan.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3026/parecer_ljrf_projetos_47_e_49_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3150/parecer_ljr__rayan_plo_59-25.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2812/parecer_com_restricoes_rayan_conjunto_cljr_e__fo_projetos__cargos_12_e_13.25.doc.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2801/proposicao_emenda_01_ao_projeto_lei_15.doc.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2872/proposicao_emenda_01_ao_projeto_lei_19.doc.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2946/proposicao_de_emenda_n01_proj._33_queimadas.doc.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3088/proposicao_de_emenda_orcamentaria_impositivas_n01_p._2026_rev.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3087/proposicao_de_emenda_01_projeto_58_saude_mantal_patrick.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3089/proposicao_de_emenda_02_orcamento_heliel_caps.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3080/parecer_e_proj._decreto_prestacao_contas_2029_da_comissao_de_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2739/parecer_pr_06_cfo_parecer_projetos_pronto_pagto.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2910/parecer_fo_ldo_proj._23.doc_1.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3028/parecer_fo_proj._45.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3108/parecer_fo_proj._56_cameras_unidades_de_saude_dioninho.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2709/parecer_fo_projetos_cargos_uai.doc.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2932/parecer_fo_proj._31_32_e_34.doc_1.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3103/parecer_financas_orcamento_e_emendas_p._2026_plos_51_52_e_53.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2791/parecer_conjunto_cljr_cfo_e_cospaicm_chacreamento.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2940/parecer_osp_plc_06_feirantes_revisado.doc.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2941/parecer_osp_pl_33_queimadas.doc.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2799/parecer_conjunto_cljr_e__comisao_de_obras_projetos__de_leis__14_e_15_e_plc_n._04.doc_corr.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2944/parecer_esa_proj._35_educ._financeira.doc.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2852/parecer_conjunto_proj_lei_19_multa_foco_dengue_rayan_ok.doc.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2614/proposta_de_emenda_a_lei_organica_municipal_n01_prazo_fixacao_subsidios.doc.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3053/proposta_emenda_lom_02.25_limite_emendas_impositivas_sem_mensagem.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3135/proposta_de_emenda_a__lei_organica_no__03-25_numero_09_vereadores.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2722/anteprojeto_de_lei__01_ferias_premio_doentes_fabiano.doc.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2735/anteprojeto_de_lei__02_centro_atend._mulher_m._elena.doc_1.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2772/anteprojeto_03_patrick_folga_aniversario.doc.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2919/anteprojeto_lei_n_04_bolsa_atleta.doc.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3046/anteprojeto_de_lei_no_05_caps_heliel.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3105/anteprojeto_de_lei_n_06_proj._patrick_aniversario_servidor.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3115/anteprojeto_de_projeto_de_lei__n.07_escola_amiga_elena.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3159/anteprojeto_de_lei_n08_dioninho_processo_seletivo_agentes.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3151/comissao_de_legislacao_redacao_final_plc_10-25.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3136/proposicao_emenda_rayan__geovan_iptu.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3139/proposicao_de_emenda_02_ao_plc_10_de_2025.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2990/proposta_orcamentaria_para_2026.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2623/mensagem_proj._resoluca_02_uai.doc.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2756/mensagem_n.o_11.2025_aos_plos_16_17__e_18_de_2025_creditos_ad.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3057/mensagem_da_prop._emenda_lom_02.25.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2777/mensagem_1225.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2991/mensagem_calculo_do_orcamento_da_camara_para_2026.docx.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2633/mensagem_projeto_lei_compl._01_plantao_farmacia.doc.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2741/mensagem_ante_projetode_lei_02_-_centro_de_atendimento_a_mulher_m._elena.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2766/mensagem_ao_projeto_de_lei_complementar_no_03-25_-_foco_dengue_rayan.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2700/mensagem_cargos_uai.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2699/mensagem_ao_projeto_de_lei_no_09-25_-_foco_dengue_rayan.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2862/mensagem_proj_27_dyonatan_inclue_materias_constituicao_e_educacao_financeira.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2656/mensagem_projeto_resolucao_03_e_04_reajuste_servid._camara_e_vale.doc.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3077/mensagem_28.2025_casamento_civil_plo_61-2025.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3134/mensagem_projeto_67.25_ok.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2653/mensagem_02_ao_p_lei_complementar_02-2025_chacreamento.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2721/mensagem_07_ao_plo_11-2025.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2750/mensagem_n.o_09.2025_plo_14_-_codes.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2752/mensagem_n.o_10.2025_plo_15_-_cmddpd.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2794/1_-_mensagem_13.2025_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2853/mensagem_14_plc_05_2025.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2865/mensagem_15_2025_plo_28_plano_carreiras_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2880/mensagem_n.o_15.2025_plo_29_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2882/mensagem_16.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2915/mensagem_18.2025_ao_plo_34.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2954/mensagem_19.2025_cred._supl._psf_iv_plo_37.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2967/mensagem_21_2025_plo_40-2025_-_uae.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2968/mensagem_22_2025_plo_41-25_-_turismo.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2971/mensagem_23.2025_cred._supl._poliesportivo_assinada_plo_43-2025.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2983/mensagem_24_plo_45-2025_gratificacao_educacao.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3041/mensagem_26.2025_plo_55-25_-_suas.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3078/mensagem_27.2025_codema_plo_60-2025.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3100/mensagem_31.2025_majoracao_plo_64.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3110/mensagem_32.2025_vale_alimentacao_plo_65.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3127/mensagem_33.2025_cesta_natalina_plo_66-25.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3129/mensagem_34.2025_codigo_tributario_plc_10-2025.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3155/mensagem_36.2025_cesta_de_natal_plo_70-2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2894/mensagem_17_plos_31_e_32_de_2025.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2738/mensagem_08_plo_12_e_13_de_2025.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2979/mensagem_aos_projetos_cria_funcao_gratificada_uae_eleitoral.doc_1.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2955/mensagem_20.2025_altera_nome_de_ruas_plos_38_e_39.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3016/mensagem_25_orcamento_2026.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3146/mensagem_35.2025_cred._esp._avcc_e_fme_timbre_plos_68_e_69-2025.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2746/substitutivo_n01_proj._lc_01_chacreamento_comissao.doc.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2912/parecer_e_substitutivo_projeto_29_conselho_tutelar.doc.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3096/substitutivo_01_proj._lei_59_acompanhante_mulheres_saude_maria_elena.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3114/substitutivo_n._01_-_projeto_de_lei_n.62_dispensario_heliel.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3121/requerimento_candidatura_rayan_presidente_mesa.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3120/requerimento_candidatura_patrick_vice_mesa.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3119/requerimento_candidatura_maria_elena_secretaria_mesa.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3123/requerimento_para_registro_de_candidatura_para_2026_corregedor.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3124/requerimento_para_registro_de_candidatura_heliel_vice_corregedor.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2598/proposta_para_comissoes_2025.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2599/proposta_para_3o_membro_do_cedp.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3000/parecer_redacao_final_pdl_01-25_titulos_e_honrarias.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3152/comissao_de_legislacao_redacao_final_plc_10-25.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2666/parecer_redacao_final_cljr_proj._res._02_convenio_uai.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2655/parecer_em_redacao_final_projeto_lc_farmacias.doc.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2795/redacao_final_do_projeto_de_lei_complementar_02_chacreamento.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2909/parecer_redacao_final.doc.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3118/parecer_redacao_final_proj._lc_07_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3153/redacao_final_projeto_lei_compl._10_tributos_finalizado.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2873/parecer_redacao_final__emenda_incorporada_ok.doc.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2786/parecer_redacao_final_cljr_plo__20_adc_suplemntar__apbaim.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2784/parecer_redacao_final_cljr_plo__22_subvencao_apbaim.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2636/parecer_em_redacao_final_projeto_36_honorarios.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2773/parecer_redacao_final_projeto_08_correcao.doc.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2729/parecer_em_redacao_final.doc.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3112/parecer_em_redacao_final_19.11.25.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2742/parecer_redacao_final_emenda_lei_organica.doc.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2800/retificacao_parecer_em_redacao_final_chacreamento.doc.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2950/parecer_redacao_final__emenda_incorporada_proj._33_35_e_plc_06.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2767/parecer_em_redacao_final_plo_05_e_pr_06_de_2025.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2828/redacao_final_proj._14_e_15_e_plc_04_com_texto_incorporado.doc.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2829/redacao_final_proj._14_e_15_e_plc_04_com_texto_incorporado.doc.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2913/parecer_redacao_final_plos_23_e_29_2025.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3038/parecer_redacao_final_plos_38_e_39.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/3029/parecer_redacao_final_plos_45_46_47_49.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2597/pauta__teste_16-01-2025.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/2814/requerimento_verbal_-_deliberacao_plenario_03.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H557"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="47.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="249.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="171" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="170.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>