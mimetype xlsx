--- v0 (2026-02-02)
+++ v1 (2026-03-21)
@@ -10,547 +10,1460 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="272" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="792" uniqueCount="408">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3161</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Fabiano Gomes de Lima</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3161/projeto_de_lei_n_01_descarte_fabiano.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3161/projeto_de_lei_n_01_descarte_fabiano.pdf</t>
   </si>
   <si>
     <t>Estabelece o descarte correto de vidros quebrados e resíduos pontiagudos e perfurocortantes domésticos e comerciais dos imóveis situados no município de Itaú de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>3174</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3174/projeto_de_lei_02-26_-_rev._prof._timbre.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3174/projeto_de_lei_02-26_-_rev._prof._timbre.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DO PISO NACIONAL DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3175</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3175/projeto_de_lei_03-26_-_revisao_acs_e_ace.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3175/projeto_de_lei_03-26_-_revisao_acs_e_ace.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DO PISO NACIONAL DOS AGENTES COMUNITÁRIIOS DE SAÚDE E DOS AGENTES DE COMBATE A ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3176</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3176/projeto_de_lei_04-26_-_revisao_geral_timbre.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3176/projeto_de_lei_04-26_-_revisao_geral_timbre.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3177</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3177/projeto_de_lei_05-26_-_altera_vale_aliment._timbre.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3177/projeto_de_lei_05-26_-_altera_vale_aliment._timbre.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei n.º 1325/2025 que alterou a Lei n.º 1317/24 - Institui o Auxílio Vale Alimentação aos servidores públicos do Poder Executivo Município de Itaú de Minas e dá outras providências-.</t>
   </si>
   <si>
     <t>3186</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3186/projeto_de_lei_n_06_fixa_vencimento_funcao_gratificada_ariane_e_brenda.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3186/projeto_de_lei_n_06_fixa_vencimento_funcao_gratificada_ariane_e_brenda.pdf</t>
   </si>
   <si>
     <t>Fixa vencimentos de cargo e funções gratificadas que menciona no Poder Legislativo de Itaú de Minas/MG.</t>
   </si>
   <si>
+    <t>3227</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Geovan dos Santos</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3227/projeto_de_lei_no_07__destoca_toco_arvores_geovan.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a obrigatoriedade da remoção de tocos e raízes remanescentes do corte de árvores em logradouros públicos no Município de Itaú de Minas e dá outras providências."</t>
+  </si>
+  <si>
+    <t>3229</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3229/projeto_de_lei_no_08_geovan_indeniza_acidentes_transito.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a instituição de procedimento administrativo para apuração de responsabilidade e ressarcimento de danos a munícipes decorrentes da prestação de serviços públicos municipais no âmbito de Itaú de Minas, incluídos aqueles causados por acidentes de trânsito decorrentes de falhas na sinalização, conservação ou manutenção de vias públicas."</t>
+  </si>
+  <si>
+    <t>3243</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3243/projeto_de_lei_09-26_-_novos_municipios_2026_ciminas.pdf</t>
+  </si>
+  <si>
+    <t>APROVA O CONTRATO DE CONSÓRCIO_x000D_
+PÚBLICO E O ESTATUTO SOCIAL DO CONSÓRCIO_x000D_
+INTERFEDERATIVO MINAS GERAIS_x000D_
+– CIMINAS -, AUTORIZANDO O INGRESSO_x000D_
+DO MUNICÍPIO DE ITAÚ DE MINAS, ESTADO_x000D_
+DE MINAS GERAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>3244</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3244/projeto_de_lei_10-26_-_assoc._lagos_timbre.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito adicional especial na_x000D_
+Lei n.º 1367, de 02/12/2025 – que, “Estima a Receita_x000D_
+e Fixa a Despesa do Município de Itaú de Minas para_x000D_
+o Exercício Financeiro de 2026 - e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3245</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3245/projeto_de_lei_11-26_-_ciminas_orcamento_timbre.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito adicional especial_x000D_
+na Lei nº 1367 de 02/12/2025 - que, “Estima a_x000D_
+Receita e Fixa a Despesa do Município de Itaú de_x000D_
+Minas para o Exercício Financeiro de 2026 - e dá_x000D_
+outras providências.</t>
+  </si>
+  <si>
+    <t>3249</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>RAYAN SILVEIRA</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3249/projeto_de_lei_no__12.filhos_escolas_horario_rayandoc.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a garantia de matrícula conjunta e preferência de horário para irmãos na mesma unidade escolar e etapa de ensino, no âmbito do sistema municipal de ensino de Itaú de Minas.</t>
+  </si>
+  <si>
+    <t>3255</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3255/projeto_de_lei_13-26_-transposicao_remanejamento26.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito adicional suplementar na_x000D_
+Lei n.º 1.367/2025 de 02/12/2025 - que, “Estima a Receita e_x000D_
+Fixa a Despesa do Município de Itaú de Minas para o_x000D_
+Exercício Financeiro de 2026 - e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3256</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3256/projeto_de_lei_14-26_-__reforma_de_casas_-_loa.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de Crédito Adicional Especial_x000D_
+na Lei nº 1367 de 02/12/2025 – que “, “Estima_x000D_
+a Receita e Fixa a Despesa do Município_x000D_
+de Itaú de Minas para o Exercício Financeiro_x000D_
+de 2026 - e dá outras providências.</t>
+  </si>
+  <si>
     <t>3178</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3178/projeto_de_resolucao_n_01_reajuste_servidores_2026.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3178/projeto_de_resolucao_n_01_reajuste_servidores_2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral dos vencimentos dos servidores da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>3179</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3179/projeto_de_resolucao_no_02_altera_vale_servidores.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3179/projeto_de_resolucao_no_02_altera_vale_servidores.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução n. 310, de 28 de Novembro de 2024, que “Institui o Auxílio Vale Alimentação dos servidores públicos da Câmara Municipal de Itaú de Minas/MG e dá outras providências.”</t>
   </si>
   <si>
     <t>3184</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3184/projeto_de_resolucao_no_03_cargos_ariane_e_brenda.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3184/projeto_de_resolucao_no_03_cargos_ariane_e_brenda.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução nº 57, de 26/12/90 – Plano de Carreiras da Câmara Municipal de Itaú de Minas/MG dá outras providências, dispondo sobre a criação e alteração de cargos e funções que menciona no quadro geral de servidores do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>3163</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
     <t>DYONATAN CAMILO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3163/projeto_de_lei_complementar_n01_fogos_dyonatan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3163/projeto_de_lei_complementar_n01_fogos_dyonatan.pdf</t>
   </si>
   <si>
     <t>“Trata da comercialização, queima, manuseio, utilização e soltura de fogos de artifício e artefatos pirotécnicos no âmbito do Município de Itaú de Minas e dá outras providências”.</t>
   </si>
   <si>
+    <t>3209</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3209/projeto_de_lei_complementar_n02_descarte_vidros_codigo_posturas.pdf</t>
+  </si>
+  <si>
+    <t>“Altera dispositivos que menciona na Lei Complementar n° 02/93, - Código de Posturas do município de Itaú de Minas/MG. – Trata descarte correto de vidros quebrados e resíduos pontiagudos e perfurocortantes domésticos e comerciais dos imóveis situados no município de Itaú de Minas e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3238</t>
+  </si>
+  <si>
+    <t>DYONATAN CAMILO, Fabiano Gomes de Lima, HELIEL CUSTODIO, MARIA ELENA DE OLIVEIRA FARIA, PATRICK GOULART, RAYAN SILVEIRA</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3238/projeto_de_lei_complementar_n03_plano_diretor.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração de dispositivos que menciona na Lei Complementar n° 56, de 07 de novembro de 2019 - que Institui a Revisão do Plano Diretor de Itaú De Minas, alterada pela Lei Complementar n° 67, de 20 de abril de 2023 e pela Lei Complementar n. 79, de 08 de dezembro de 2025, e dá outras providências.</t>
+  </si>
+  <si>
     <t>3160</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3160/indicacao_no__01_fabiano_educadores_magisterio_2.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3160/indicacao_no__01_fabiano_educadores_magisterio_2.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal para que encaminhe à Câmara Municipal com a máxima urgência possível, projeto de Lei visando a regulamentação, com as determinações legais, para que todos os professores da educação infantil sejam reconhecidos como profissionais da carreira do magistério do Município de Itaú de Minas, conforme direitos contidos na Lei n.15.326, sancionada pelo Presidente Luiz Inácio Lula da Silva.</t>
   </si>
   <si>
     <t>3164</t>
   </si>
   <si>
     <t>HELIEL CUSTODIO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3164/indicacao_no_02_heliel_farmacinha_horario_rev.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3164/indicacao_no_02_heliel_farmacinha_horario_rev.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal para que seja retornado o horário da Farmácia Municipal das 07 às 11h e das 12:30 às 16h, visando o atendimento no horário matutino como vespertino como sempre foi, especialmente quanto aos medicamentos controlados que precisam ser disponibilizados em tempo integral aos pacientes.</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
     <t>MARIA ELENA DE OLIVEIRA FARIA</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3165/indicacao_no_03_elena_pintura_sinalizacao_kiko_juventino.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3165/indicacao_no_03_elena_pintura_sinalizacao_kiko_juventino.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica ao Executivo Municipal para que seja feita a sinalização no chão da Rua Juventino Dias, n.1070, em frente ao Kiko pneus, e desde já reforço a necessidade de manutenção de todas as pinturas de sinalização em toda cidade.</t>
   </si>
   <si>
     <t>3166</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3166/indicacao_no_04_rua_sebastiao_franklin_elena.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3166/indicacao_no_04_rua_sebastiao_franklin_elena.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, indica ao Executivo Municipal para ratificar as Indicações n. 141 e 172/25 no qual solicitaram providências cabíveis para a conclusão do asfaltamento da Rua Sebastião Franklin Ribeiro, no bairro Acácias, especificamente no trecho final da via, que atualmente permanece sem pavimentação e possui extensão aproximada de 27 metros._x000D_
 Além disso, pedimos também que seja arrumado o enorme buraco que está aberto na referida via pública.</t>
   </si>
   <si>
     <t>3167</t>
   </si>
   <si>
     <t>PATRICK GOULART</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3167/indicacao_no_05_patrick_redutor_velocidade_margem_linha.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3167/indicacao_no_05_patrick_redutor_velocidade_margem_linha.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal para que seja construído um redutor de velocidade na Rua Benedito Bernardes Garcia - margem da linha férrea, imediações de trás da Igreja Matriz Santa Terezinha</t>
   </si>
   <si>
     <t>3168</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3168/indicacao_no_06_dyonatan_limpesa_lago.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3168/indicacao_no_06_dyonatan_limpesa_lago.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal para que disponibilize uma retroescavadeira visando a limpeza do lago existente no Espaço Terapêutico Filhos da Graça, localizada na estrada Morro do Níquel, km 4, antiga Fazendinha (Aprov), conforme orientação e pedido da vigilância sanitária.</t>
   </si>
   <si>
     <t>3169</t>
   </si>
   <si>
-    <t>7</t>
-[...5 lines deleted...]
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3169/indicacao_no_07_lixo_coleta_rua_zetinho_rayan.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3169/indicacao_no_07_lixo_coleta_rua_zetinho_rayan.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal para que promova a coleta de lixo ou que disponibilize recipiente para tal na rua onde residem o casal Vicente e Eliodora no Bairro Acácias, (primeira esquina da Rua Benedito José da Silva sentido Antiga Fazenda Bela Vista).</t>
   </si>
   <si>
     <t>3170</t>
   </si>
   <si>
-    <t>8</t>
-[...2 lines deleted...]
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3170/indicacao_no_08_patrick_limpesa_atras_cecoi.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3170/indicacao_no_08_patrick_limpesa_atras_cecoi.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que seja feita uma limpeza geral, com a capina do mato, retirada de entulhos e lixo acumulado nas imediações da trilha paralela à Rua Elísio Amorim, na Vila Santo Antônio imediações da lateral do CECOI, bem como a instalação de iluminação pública no local.</t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
-    <t>9</t>
-[...2 lines deleted...]
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3172/indicacao_no_09_rayan_limpeza_terreno_liberdade.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3172/indicacao_no_09_rayan_limpeza_terreno_liberdade.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, vem ratificar a Indicação 95/25, de minha autoria no qual indica à Mesa desta Casa providências junto ao Executivo Municipal para que, se for área verde da Prefeitura, que se faça novamente a limpeza e carpina do terreno localizado entre a Avenida Liberdade com a Rua Milton de Souza Meirelles (Bairro Universitário), ou caso não seja imóvel público, que seja notificado o(s) proprietário(s) pedindo esta providência.</t>
   </si>
   <si>
     <t>3173</t>
   </si>
   <si>
-    <t>10</t>
-[...2 lines deleted...]
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3173/indicacao_no10_rayan_telhada_casa_aposentado.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3173/indicacao_no10_rayan_telhada_casa_aposentado.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica ao Executivo Municipal para que sejam tomadas as providências em relação a Casa do Aposentado, dando-lhe atenção especial pois aparenta estar com sérios problemas no seu telhado e com suas madeiras danificadas e apodrecidas, colocando em risco a vidas de pessoas que utilizam aquele espaço.</t>
   </si>
   <si>
     <t>3190</t>
   </si>
   <si>
-    <t>11</t>
-[...2 lines deleted...]
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3190/indicacao_n._11_rayan_buraco_rua_geraldo_rodrigues.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3190/indicacao_n._11_rayan_buraco_rua_geraldo_rodrigues.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que seja dada solução aos buracos na pavimentação da Rua Geraldo Rodrigues Oliveira - no Bairro Acácias - nas imediações dos n. 262 e 230.</t>
   </si>
   <si>
     <t>3191</t>
   </si>
   <si>
-    <t>12</t>
-[...2 lines deleted...]
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3191/indicacao_no_12_heleil_toldo_ps.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3191/indicacao_no_12_heleil_toldo_ps.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve indica a Mesa desta Casa, providências junto ao Executivo Municipal para que seja feita a seguinte melhoria no Pronto Socorro Municipal:_x000D_
 a)Troca do toldo de proteção localizado na entrada do PS.</t>
   </si>
   <si>
+    <t>3193</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3193/indicacao_no_13_patrick_rua_rodrigues_amorim_1.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo para que o Município faça a limpeza geral da rua Rodrigues Amorim – subindo nas imediações do Lar São Vicente posto que o mato tomou conta do local, galhos caídos e muito lixo acumulado pelo local.</t>
+  </si>
+  <si>
+    <t>3195</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3195/indicacao_no_14_rayan_mato_estadio_jorge_oliva_ok.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto a Executivo Municipal para que seja feita a carpina do mato e a retirada de galhos e árvores quebradas no Estádio de Futebol Jorge Dias de Oliva de nosso Município.</t>
+  </si>
+  <si>
+    <t>3196</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3196/indicacao_no_15_rayan_upa.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto a Executivo Municipal para que a Administração Municipal concentre esforços via Governos Federal e Estadual visando construção e instalação de uma Unidade de Pronto Atendimento – UPA 24 horas - em Itaú de Minas.</t>
+  </si>
+  <si>
+    <t>3197</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3197/indicacao_no_16_centro_fisio_e_fono_rayan.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto a Executivo Municipal para que a Administração Municipal concentre esforços via Governos Federal e Estadual visando a construção e instalação de um Centro de Referência em Fisioterapia e Fonoaudiologia no município de Itaú de Minas.</t>
+  </si>
+  <si>
+    <t>3198</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3198/indicacao_no__17_buraco_rua_m._alice_rayan.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Setor de Serviços Urbanos e Copasa, se for o caso, no sentido de que:_x000D_
+- seja dada solução ao buraco existente na rua Rua Alice de Jesus Silva, próximo ao n. 140 - Bairro Acácias onde há um escoamento interno de água o que parecer ser um cano quebrado com vazamento.</t>
+  </si>
+  <si>
+    <t>3199</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3199/indicacao_no__18_patrick_limpeza_terreno.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal e Secretaria competente para que seja feita a limpeza do terreno localizado na rua Benedito José da Silva imediações do n. 195, Bairro Acácias -, ou notificar o proprietário deste imóvel para proceder a limpeza com a maior brevidade possível.</t>
+  </si>
+  <si>
+    <t>3200</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3200/indicacao_no_19_rayan_pedras_soltas_juventino_dias.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador abaixo-assinado INDICA a esta Casa providências junto ao Poder Executivo para que determine ao órgão competente a imediata reforma da pavimentação no cruzamento da Rua Anésio F. de Oliveira com a Rua Juventino Dias, visando à correção dos paralelepípedos soltos que comprometem a via.</t>
+  </si>
+  <si>
+    <t>3202</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3202/indicacao_no_20_guarda_municipal_patrick.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que sejam adotadas as providências necessárias para o cumprimento integral da Lei Orgânica Municipal no que tange à criação e efetiva instalação da Guarda Municipal em Itaú de Minas</t>
+  </si>
+  <si>
+    <t>3203</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3203/indicacao_no_21_capela_cemiterio_m._elena.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal, ratificando o pedido feito na Indicação nº 148/25, para que sejam feitos reparos na Capela São Judas Tadeu (capela dentro do cemitério) quais sejam:_x000D_
+- troca dos vidros que estão soltos ou quebrados,_x000D_
+- reparo nas duas portas que não trancam, estão com ferrugem, danificadas e precisam ser ajustadas, - pintura e também a reposição da placa da referida capela.</t>
+  </si>
+  <si>
+    <t>3204</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3204/indicacao_no_22_elena_cemiterio_doc.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora que esta subscreve, ratificando a Indicação n. 38/25, indica à Mesa desta Casa providências junto ao Executivo Municipal para que sejam feitas as seguintes melhorias no Cemitério Municipal:_x000D_
+a) Aquisição de terreno anexo visando a ampliação do Campo Santo;_x000D_
+b) Reforma da rampa de acesso que liga a parte nova com a parte velha do cemitério que está bem danificada;_x000D_
+c) Construção de uma rampa de acesso do saguão principal para o cemitério tanto para atender os carrinhos de transporte de caixões como para acesso à cadeirantes;_x000D_
+d) Reforçando pedido já feito, também pedimos para que, quando da venda de túmulos (carneiras) no cemitério Municipal, que estes sejam vendidos já rebocados, e que também sejam disponibilizados mais túmulos duplos (casal) à pronta entrega.</t>
+  </si>
+  <si>
+    <t>3206</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3206/indicacao_n23_dyonatan_praca_margarida_oliveira.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, nos termos regimentais, indica ao Executivo Municipal por meio das Secretarias competentes para que seja tomada as seguintes providências na Praça localizada nas imediações do n. 490 – Rua Margarida de Oliveira no Bairro Sagrada Família de nossa cidade:_x000D_
+- que seja feita uma limpeza geral e a revitalização desta Praça;_x000D_
+- instalação de uma academia ao ar livre</t>
+  </si>
+  <si>
+    <t>3210</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3210/indicacao_no_24_dyonatan_casa_cultura.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que subscreve, nos termos regimentais, indica ao Executivo Municipal, por meio das secretarias competentes, a adoção das seguintes providências na Estação Cultura:_x000D_
+• Reforma geral do prédio, incluindo telhado, portas e janelas, atualmente danificados e vulneráveis a invasões, furtos e vandalismo;_x000D_
+• Instalação de condicionadores de ar para climatização do espaço, garantindo conforto térmico aos músicos e servidores que utilizam o local.</t>
+  </si>
+  <si>
+    <t>3211</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3211/indicacao_no_25_geovan_ponte_avenida_liberdade.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que subscreve, nos termos regimentais, reitera ao Executivo Municipal o pedido para que sejam tomadas as seguintes providências:_x000D_
+• Construção de uma ponte para veículos e pedestres no cruzamento da Avenida Liberdade com a Rua Joaquim de Oliveira, nos moldes da existente no cruzamento com a Rua João Kirchner.</t>
+  </si>
+  <si>
+    <t>3212</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3212/indicacao_no_26_geovan_placa_sinalizacao_jose_balbino.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que subscreve, nos termos regimentais, indica ao Executivo Municipal, por meio do setor competente, a adoção da seguinte providência:_x000D_
+• Instalação de placas de sinalização de trânsito nas imediações do cruzamento da Rua Dr. José Balbino com a Rua Jorge Oliva.</t>
+  </si>
+  <si>
+    <t>3213</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3213/indicacao_no_27_patrick_pocos_olaria_dengue.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que subscreve, nos termos regimentais, indica ao Executivo Municipal, por meio do setor competente, a adoção da seguinte providência:_x000D_
+• Aterramento dos poços de águas pluviais localizados no Bairro Olaria (início atrás da Rua Alcides Ferreira Amorim e termina na Rua Braziel Vieira Amorim), que atualmente acumulam água e servem como criadouros do mosquito Aedes aegypti, conforme demonstram as imagens anexas.</t>
+  </si>
+  <si>
+    <t>3214</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3214/indicacao_no_28_dyonatan_guarda_corpo.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que este subscreve, nos termos regimentais, vem, respeitosamente, reiterar pedidos anteriormente encaminhados a esta Casa, para que seja oficiado ao Executivo Municipal a fim de que adote as seguintes providências:_x000D_
+- Instalação de guarda-corpo na margem já canalizada do Córrego do Ferro, localizado na Avenida Liberdade, nas imediações do Bairro Marieta Amorim;_x000D_
+Manutenção da cerca viva existente no local, bem como a poda e manutenção dos arbustos da espécie Sansão-do-Campo, que foram plantados como cerca viva, considerando seu rápido crescimento e a presença de espinhos, os quais vêm dificultando o trânsito e colocando em risco a integridade dos pedestres._x000D_
+Requer-se, ainda, que, sendo a manutenção de responsabilidade da empresa loteadora, seja esta devidamente notificada para que providencie, com urgência, os serviços necessários.</t>
+  </si>
+  <si>
+    <t>3230</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3230/indicacao_no_29_rayan_placa_sinalizacao_massaud_mattar.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que subscreve, nos termos regimentais, indica ao Executivo Municipal, por meio do setor competente, a adoção da seguinte providência:_x000D_
+•Instalação de placas de sinalização de trânsito nas imediações do cruzamento da Rua Dr. Massaud Mattar com a Rua Rodrigues de Amorim.</t>
+  </si>
+  <si>
+    <t>3221</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>PATRICK GOULART, RAYAN SILVEIRA</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3221/indicacao_n30_rayan__e_patrick_limpeza_praca_sagrada_familia.pdf</t>
+  </si>
+  <si>
+    <t>Os vereadores que esta subscrevem, nos termos regimentais, indicam ao Executivo Municipal, por meio das secretarias competentes, que seja feita a limpeza imediata e posterior abertura dos processos técnicos e administrativos visando a revitalização da Praça Sagrada Família, incluindo os seguintes serviços:_x000D_
+•limpeza geral do local;_x000D_
+•poda de árvores, onde necessário;_x000D_
+•manutenção ou substituição dos bancos;_x000D_
+•melhorias na infraestrutura, como pintura, reparos nos passeios e revitalização dos canteiros e jardins</t>
+  </si>
+  <si>
+    <t>3222</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3222/indicacao_no_31_patrick_varriacao_rua.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, indica ao Prefeito Municipal e à Secretaria Municipal de Serviços Urbanos ou órgão competente, no sentido de que seja realizada a varrição frequente nas seguintes vias públicas:_x000D_
+•Rua Norma Hipólita de Carvalho;_x000D_
+•Rua Antônio Cintra Amorim._x000D_
+Sugere-se que o serviço seja executado, no mínimo, duas vezes por semana, a fim de garantir a limpeza adequada e a salubridade dos logradouros.</t>
+  </si>
+  <si>
+    <t>3223</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3223/indicacao_no_32_patrick_popnto_lixo_sinalizacao.pdf</t>
+  </si>
+  <si>
+    <t>Vereador que esta subscreve, vem indicar ao Prefeito Municipal e à Secretaria Municipal de Meio Ambiente/Serviços Urbanos ou órgão competente, no sentido de que seja instalada placa de sinalização proibindo o descarte de lixo em via pública, especificamente na calçada do imóvel localizado na Rua Ary Bastos Siqueira cruzamento com a rua Irene. Sugere-se, ainda, que o local seja incluído no roteiro de fiscalização ambiental do município para coibir novas infrações.</t>
+  </si>
+  <si>
+    <t>3225</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3225/indicacao_n33_patrick_homenagem_educadores.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso de suas atribuições regimentais, vem à presença de Vossa Excelência, após ouvido o soberano Plenário, solicitar ao Excelentíssimo Senhor Prefeito Municipal, com cópia Senhora Secretária Municipal de Educação, para que sejam adotadas as medidas necessárias visando a implementação da Lei Municipal n. 1219/22 que “Institui no Calendário Oficial do Município de Itaú de Minas o Dia Municipal dos Trabalhadores da Educação”. _x000D_
+Também propomos a criação de categorias específicas para premiação, garantindo que nenhuma função essencial fique excluída do merecido reconhecimento. Sugere-se, a título de exemplo, a premiação das seguintes categorias:_x000D_
+•	Um(a) Professor(a) de cada nível por escola;_x000D_
+•	Um(a) Auxiliar de Serviços;_x000D_
+•	Inspetor(a) de Alunos;_x000D_
+•	Profissional da Secretaria;_x000D_
+•	Educador(a);_x000D_
+•	Motorista;_x000D_
+•	Profissionais da Supervisão;_x000D_
+•	Profissionais da Orientação;_x000D_
+•	Profissionais da Coordenação.</t>
+  </si>
+  <si>
+    <t>3226</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3226/indicacao_no_34_geovan_rua_massaud_mattar_redutores_e_sinalizacao.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que subscreve, indica ao Prefeito Municipal que sejam adotadas, com a devida urgência, as seguintes providências na Rua Massaud Mattar:_x000D_
+1. Construção de 02 (dois) redutores de velocidade do tipo lombada ou plataforma elevada, nas proximidades dos cruzamentos com a Rua Juventino Dias e com a Rua Rodrigues Amorim;_x000D_
+2. Implantação de sinalização viária vertical e horizontal em toda a extensão da referida via pública.</t>
+  </si>
+  <si>
+    <t>3233</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3233/indicacao_no_35_fabrica_fio_dioninho.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que este subscreve, nos termos regimentais, indica ao Executivo Municipal para sejam tomadas providências em relação ao imóvel abandonado na Rua 31 de Março, onde funcionava a antiga Fábrica de Fios. Que se faça um lacramento do local ou que se notifique o proprietário do prédio para que tome as medidas cabível com a maior brevidade possível, visto também que isso é de interesse dele posto que está havendo roubo e depredação de máquinas e equipamentos guardados no local.</t>
+  </si>
+  <si>
+    <t>3234</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3234/indicacao_n36_rayan_praca_universitario.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, indica a Executivo Municipal a adoção das seguintes providências de relevante interesse público:_x000D_
+CONSIDERANDO o exitoso modelo de ocupação da Praça da Bicicleta (Praça Matheus Nader Nemer) no município de Ribeirão Preto/SP, que se transformou em polo de convivência, lazer, esporte e gastronomia, com expressiva valorização urbana e social;_x000D_
+CONSIDERANDO que o referido modelo, consolidado por meio de regulamentação municipal, concilia a presença de food trucks, áreas de lazer para famílias, espaço para esportistas e convivência comunitária, gerando qualidade de vida e movimentação econômica;_x000D_
+CONSIDERANDO a necessidade de oferecer opções de lazer e entretenimento à população do Bairro Universitário e adjacências, bem como fomentar o comércio local e a geração de renda;_x000D_
+Indico ao Poder Executivo Municipal que, por intermédio da Secretaria Municipal competente, adote as seguintes providências:_x000D_
+a) Realizar estudo de viabilidade técnica para implantação de projeto de revitalização e ocupação multiuso da Praça Adelaide Lobata, localizada no Bairro Universitário, tomando como referência o modelo da Praça da Bicicleta em Ribeirão Preto/SP._x000D_
+b) Promover a regulamentação do uso compartilhado do espaço, estabelecendo normas para:_x000D_
+-instalação ordenada de food trucks e quiosques de alimentação, mediante processo seletivo;_x000D_
+- Destinação de áreas específicas para lazer infantil, prática esportiva e convivência;_x000D_
+- Horários de funcionamento e ocupação do espaço público._x000D_
+c) Implantar melhorias na infraestrutura da Praça Adelaide Lobato, tais como:_x000D_
+- Iluminação adequada para uso noturno; bancos, lixeiras e paisagismo; sinalização orientativa;_x000D_
+- Estabelecer parcerias com comerciantes locais e entidades para gestão compartilhada e programação cultural do espaço._x000D_
+- Criar mecanismos de fiscalização para garantir a ordem, a segurança alimentar e o cumprimento das normas estabelecidas, em conformidade com a Vigilância Sanitária e demais órgãos competentes.</t>
+  </si>
+  <si>
+    <t>3239</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3239/indicacao_no__37_rayan_rua_zetinho_pavimentacao_ok.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, indica ao Executivo Municipal para que seja calçada com bloquetes a rua localizada no Bairro Acácias, - primeira esquina da Rua Benedito José da Silva sentido Antiga Fazenda Bela Vista, conforme demostrada nas imagens anexas.</t>
+  </si>
+  <si>
+    <t>3241</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3241/indicacao_no_38_patrick_limpesa_terrenos_marieta.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, no uso de suas atribuições regimentais, indica ao Executivo Municipal, no sentido de notificar os proprietários de terrenos, bem como a empresa ou imobiliária responsável pelo loteamento do Bairro Marieta Amorim, para que realizem a limpeza dos imóveis, com especial atenção às calçadas. Alternativamente, sugere-se que a Prefeitura execute a limpeza e posteriormente lance o custo no Imposto Predial e Territorial Urbano (IPTU) dos respectivos imóveis.</t>
+  </si>
+  <si>
+    <t>3242</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3242/indicacao_no_39_rayan_pontilhao_cohab_ressalto.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, indica à Mesa desta Casa providências junto ao Executivo Municipal para que seja dada solução na pavimentação da ponte que cruza a Rodovia MG 050 que liga os Bairros Sagrada Família e Alvorada, que está com ressalto grande e com buraco na pista.</t>
+  </si>
+  <si>
+    <t>3247</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3247/indicacao_no_40_patrick_reparos_rua_paralelepidepo.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, no uso de suas atribuições regimentais, indica ao Executivo Municipal, para que sejam feitos os reparos necessários e a reposição dos paralelepípedos no calçamento da Rua Anésio Fernandes de Oliveira.</t>
+  </si>
+  <si>
+    <t>3250</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3250/indicacao_no_41_patrick_espacos_pracas_sensoriais.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que este subscreve, vem propor ao Senhor Prefeito Municipal, sugerindo a adoção das seguintes medidas de acessibilidade e inclusão sensorial no Município:_x000D_
+1.A implantação de um Espaço Sensorial em uma das principais praças da cidade, preferencialmente na Praça Nossa Senhora das Graças ou na Praça Monsenhor Ernesto;_x000D_
+2.A criação de Paredes Sensoriais nas escolas da rede municipal de ensino;_x000D_
+3.A construção de Salas Sensoriais de Regulação para atendimento especializado.</t>
+  </si>
+  <si>
+    <t>3251</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3251/indicacao_no_42_dyonatan_limpesa_parque_odelio_brito_com_fotos.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, no uso de suas atribuições legais, indica ao Excelentíssimo Senhor Prefeito Municipal a necessidade de limpeza geral e capina no Parque Municipal Odélio de Brito, com atenção especial às imediações da quadra de tênis.</t>
+  </si>
+  <si>
+    <t>3253</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3253/indicacao_no_43_levantamento_redes_esgoto_elena.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, no uso de suas atribuições legais, indica ao Prefeito Municipal, a realização um estudo técnico para mapear todas as redes existentes no Município de Itaú de Minas, considerando a importância do bom funcionamento das redes de esgoto para a saúde, o meio ambiente e a qualidade de vida da população,</t>
+  </si>
+  <si>
     <t>3171</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3171/requerimento_n._01_elena_fibromialgia.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3171/requerimento_n._01_elena_fibromialgia.pdf</t>
   </si>
   <si>
     <t>A vereadora que abaixo subscreve, requer as seguintes informações do Executivo Municipal:_x000D_
 - A Secretaria de Saúde e demais órgãos competentes já realizou ou está providenciando o levantamento e cadastramento dos pacientes portadores de fibromialgia conforme solicitado no Requerimento 44/25 ?_x000D_
 - a confecção das carteirinhas de identificação destes pacientes também já estão sendo feitas, como solicitada na Indicação 69/24 ?</t>
   </si>
   <si>
     <t>3180</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3180/requerimento_no_02_urgencia_especial_reajustes_revisado.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3180/requerimento_no_02_urgencia_especial_reajustes_revisado.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, por seus membros abaixo assinados, atendendo a convocação geral feita pelo Executivo Municipal requer que seja apreciado em regime de URGÊNCIA ESPECIAL e dispensados os pareceres das comissões permanentes dos seguintes projetos:_x000D_
 A) PROJETOS QUE TRATAM DOS SERVIDORES DA PREFEITURA:_x000D_
 1. Projeto de Lei n. 02 que “Dispõe sobre o pagamento do Piso Nacional dos Profissionais do Magistério Público Municipal e dá outras providências”;_x000D_
 2. Projeto de Lei n. 03 que “Dispõe sobre o pagamento do Piso Nacional dos Agentes Comunitários de Saúde e dos Agentes de Combate a Endemias e dá outras providências”;_x000D_
 3. Projeto de Lei que n. 04 que “Trata da revisão geral dos vencimentos dos servidores públicos municipais e dá outras providências”;_x000D_
 B) PROJETO QUE TRATA DOS SERVIDORES DA CÂMARA:_x000D_
 1. Projeto de Resolução nº 01 que “Dispõe sobre a revisão geral dos vencimentos dos servidores da Câmara Municipal e dá outras providências”;_x000D_
 C) PROJETO REMANESCENTE DE 2025_x000D_
 1) Projeto de Lei n.º 60/2025,</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3181/requerimento_no_03_rayan_praca_mons._ernesto.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3181/requerimento_no_03_rayan_praca_mons._ernesto.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo subscreve, requer as seguintes informações detalhadas do Executivo_x000D_
 Municipal, referentes à execução da obra de reforma e revitalização da Praça Monsenhor Ernesto_x000D_
 Cavicchioli, objeto de contrato entre a PREFEITURA MUNICIPAL DE ITAÚ DE MINAS e a empresa_x000D_
 DANIMANN CONSTRUTORA LTDA:_x000D_
 - Em que pé se encontra a obra atualmente? Quais etapas já foram concluídas e quais fases ainda estão_x000D_
 pendentes de execução?_x000D_
 - Qual o tempo estimado para o término definitivo da obra? Solicita-se a apresentação do cronograma_x000D_
 físico-financeiro atualizado para verificação do tempo restante e da fase atual._x000D_
 - A obra se encontra em atraso em relação ao cronograma original? Em caso afirmativo, apresentar_x000D_
 justificativa minuciosa e formal sobre os motivos que levaram ao descumprimento do prazo._x000D_
 - Caso a obra esteja em atraso, informar se a empresa DANIMANN CONSTRUTORA LTDA foi_x000D_
 devidamente notificada pela municipalidade. Em caso positivo, apresentar cópias de tais notificações; em_x000D_
 caso negativo, apresentar os motivos para a não notificação._x000D_
 - Qual o valor total contratado inicialmente para a obra? Houve aditivos de prazo ou de custo ao contrato_x000D_
 original? Em caso afirmativo, qual o valor total atualizado da obra e as justificativas para tais aditivos?_x000D_
 - Relacionar detalhadamente todos os pagamentos que já foram realizados à empresa contratada até a_x000D_
 presente data, indicando o percentual da obra já pago.</t>
   </si>
   <si>
     <t>3187</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3187/requerimento_no_04_urgencia_simples.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3187/requerimento_no_04_urgencia_simples.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora por seus membros abaixo assinados, requer a concessão do Regime de urgência simples aos seguintes Projetos:_x000D_
 Projeto de Lei n. 06 – que “Fixa vencimentos de cargo e funções gratificadas que menciona no Poder Legislativo de Itaú de Minas/MG”._x000D_
 Projeto de Resolução n. 03 - que “Altera a Resolução nº 57 - Plano de Carreiras da Câmara Municipal de Itaú de Minas/MG dá outras providências, dispondo sobre a criação e alteração de cargos e funções que menciona no quadro geral de servidores do Poder Legislativo Municipal e dá outras providências”; (tratam dos cargos de Assessoria de Imprensa e de Supervisor do UAI).</t>
   </si>
   <si>
     <t>3188</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3188/requerimento_no_05_dioninho_informacoes_sobre_obras.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3188/requerimento_no_05_dioninho_informacoes_sobre_obras.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, requer do Executivo Municipal, as seguintes informações, quais sejam:_x000D_
 - Relatório contendo, situação das empresas frente aos prazos e cumprimento dos cronogramas das seguintes obras:_x000D_
 a) para a execução de ações de manutenção, conservação, reparação e adaptação, com preservação das características originais das Unidades Básicas de Saúde (PSF1, PSF4 e PSF5);_x000D_
 b) para a execução da obra de construção da praça no Bairro Alvorada;_x000D_
 c) para a execução de obra de reforma e revitalização da Praça Monsenhor Cavicchioli;_x000D_
 d) para a execução de obra de reforma e revitalização do Poliesportivo Tancredo Neves;_x000D_
 e) para a execução de obra de construção de UBS Tipo II, para funcionamento do PSF IV – Dr. Lino Boschi, e de UBS tipo II, para funcionamento do PSF3 – Celestina Alves Bandeira;_x000D_
 f) para a execução de obra de reforma e revitalização da Escola Mun. Itaú de Minas;_x000D_
 g) para construção Centro Municipal de Educação Infantil - CEMEI Professora Idê Sanjulião Pedroso Amorim, do CEMEI e de quadra coberta em dependências.</t>
   </si>
   <si>
     <t>3189</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3189/requerimento_no_06_dyonatan_campo_belarmino.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3189/requerimento_no_06_dyonatan_campo_belarmino.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo subscreve, requer informações detalhadas do Executivo Municipal acerca da destinação e aplicação do recurso proveniente de Emenda Parlamentar do Deputado Federal Emidinho Madeira, no valor de R$ 400.000,00 (quatrocentos mil reais), destinada à reforma e melhorias do campo de futebol conhecido como "Campo do Belarmino":_x000D_
 _x000D_
 - O montante de R$ 400.000,00 já foi creditado nas contas do Município? Em caso positivo, em qual data o recurso foi disponibilizado?_x000D_
 - Em que estágio se encontra o projeto de engenharia/reforma do referido campo? Já existe projeto executivo pronto ou em fase de elaboração?_x000D_
 - Já foi iniciado o processo de licitação para a execução desta obra? Se sim, qual o número do processo e a fase atual? Se não, qual a previsão para a abertura do certame?_x000D_
 - Quais medidas a Administração Municipal está tomando para garantir que a verba não seja perdida por decurso de prazo e para que a execução se inicie o mais breve possível?_x000D_
 - Cronograma Previsto: Qual é o cronograma estimado, desde a conclusão dos trâmites burocráticos até a entrega final da reforma à comunidade?</t>
   </si>
   <si>
+    <t>3205</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3205/requerimento_n07_elena_medicamentos_farmacia.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que este subscreve, requerer do Senhor Prefeito Municipal e à Secretaria Municipal de Saúde, as seguintes informações acerca do desabastecimento de medicamentos na Farmácia Básica da rede municipal de saúde:_x000D_
+1. Quais medicamentos dessa lista estão, neste momento, em falta ou com estoque zerado no almoxarifado central e nas unidades de dispensação?_x000D_
+2. Qual é o motivo oficial para o desabastecimento atual? (Ex.: atraso no processo licitatório, falta de repasse de verbas, problemas com fornecedores, aumento repentino da demanda)._x000D_
+3. Qual a previsão para a regularização do estoque e a data em que os medicamentos em falta serão disponibilizados novamente à população?_x000D_
+4. Que medidas emergenciais estão sendo tomadas pela Secretaria Municipal de Saúde para atender os pacientes que necessitam de medicamentos de uso contínuo e que estão desabastecidos?</t>
+  </si>
+  <si>
+    <t>3217</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3217/requerimento_no_08_urgencia_especial_vales.pdf</t>
+  </si>
+  <si>
+    <t>A Mesa Diretora, por seus membros abaixo assinados, requer que seja apreciado em regime de URGÊNCIA ESPECIAL e dispensados os pareceres das comissões permanentes dos seguintes projetos:_x000D_
+1. Projeto de Lei n. 05 que “Altera a Lei n.º 1.317/2024, que Institui o Auxílio Vale-Alimentação aos servidores públicos do Poder Executivo do Município de Itaú de Minas e dá outras providências”;_x000D_
+2. Projeto de Resolução nº 02 que “Altera a Resolução n. 310, que “Institui o Auxílio Vale Alimentação dos servidores públicos da Câmara Municipal de Itaú de Minas/MG e dá outras providências.”;</t>
+  </si>
+  <si>
+    <t>3220</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3220/requerimento_no_09_elena_castracao.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora que esta subscreve, no uso de suas atribuições legais e regimentais, requer, após ouvido o soberano Plenário, que seja encaminhado ao Prefeito Municipal e à Secretaria Municipal de Saúde ou órgão competente, o seguinte pedido de informações:_x000D_
+1.Há previsão ou cronograma estabelecido para o início das castrações de cães e gatos no município, a serem feitas com os recursos oriundos de Emenda Impositiva destinados a este fim?_x000D_
+2.Quantos animais (cães e gatos) o município pretende castrar mensalmente e qual a meta anual para o programa?_x000D_
+3.Como será o fluxo de atendimento para a população acessar o serviço (cadastro, triagem, prioridades)?</t>
+  </si>
+  <si>
+    <t>3246</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3246/requerimento_no_10_urgencia_proj._09_10_e_11.pdf</t>
+  </si>
+  <si>
+    <t>A Mesa Diretora por seus membros abaixo assinados requer a concessão do regime de urgência especial e a dispensa de pareceres das seguintes matérias:_x000D_
+- Projeto de lei n.09 - Aprova o contrato de consórcio público e o estatuto social do Consórcio Interfederativo Minas Gerais - CIMINAS - autorizando o ingresso do Município de Itaú de Minas, Estado de Minas Gerais e dá outras providências;_x000D_
+- Projeto de lei n.10 - Autoriza o Poder Executivo a abrir Crédito Adicional Especial na Lei nº 1.367, de 02/12/2025 – que, “Estima a Receita e Fixa a Despesa do Município de Itaú de Minas para o Exercício Financeiro de 2026 - e dá outras providências;_x000D_
+- Projeto de lei n.11 - Autoriza o Poder Executivo a abrir Crédito Adicional Especial na Lei nº 1.367, de 02/12/2025 – que, “Estima a Receita e Fixa a Despesa do Município de Itaú de Minas para o Exercício Financeiro de 2026 - e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3252</t>
+  </si>
+  <si>
+    <t>COSAIC - COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS, AGRONEGÓCIO, IND., COM., MEIO AMBIENTE, TRABALHO E EMPREGO</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3252/requerimento_n11_convoca_roriz_fiscal_posturas.pdf</t>
+  </si>
+  <si>
+    <t>A Comissão de Obras, Serviços Públicos, Agronegócio, Indústria, Comércio, Meio Ambiente, Trabalho e Emprego, por seus membros abaixo assinados, requerem ao Plenário desta Casa de Leis a convocação do Sr. Eurípedes Roriz, Secretário Municipal de Obras e seus respectivos assessores especialmente os fiscais, para falarem sobre ações fiscalizatórias dos fiscais de posturas no Município, se se possível na próxima sessão ordinária desimpedida do legislativo. Requer ainda que na oportunidade, sejam apresentados os seguintes documentos e informações:_x000D_
+- relação de ponto de trabalho dos fiscais no período de fevereiro até a presente data.;_x000D_
+- cópias das denúncias apresentadas em 2026.</t>
+  </si>
+  <si>
+    <t>3215</t>
+  </si>
+  <si>
+    <t>16225</t>
+  </si>
+  <si>
+    <t>PCLJR</t>
+  </si>
+  <si>
+    <t>PARECER CLJR</t>
+  </si>
+  <si>
+    <t>CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3215/parecer_legislacao_projeto_lei_62-2026_dispensario_heliel.pdf</t>
+  </si>
+  <si>
+    <t>PARECER ASSUNTO - PROJETO DE LEI N. 62 - Dispõe sobre a criação de diretrizes para a ampliação do acesso a medicamentos de uso emergencial através da criação do Dispensário de Medicamentos no Pronto Socorro Municipal Maria Guerra, no âmbito do Sistema Único de Saúde -SUS no Município de Itaú de Minas/MG"_x000D_
+RELATOR – Heliel Francisco</t>
+  </si>
+  <si>
+    <t>3207</t>
+  </si>
+  <si>
+    <t>16303</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3207/parecer_ljr_projetos_cargos_uai.pdf</t>
+  </si>
+  <si>
+    <t>PARECER ASSUNTOS - PLO 63/25 - Institui no Calendário Oficial do Município de Itaú de Minas o “Dia do Hino Municipal de Itaú de Minas” e dá outras providências; - PLO 06/26 - Fixa vencimentos de cargo e funções gratificadas que menciona no Poder Legislativo de Itaú de Minas/MG;_x000D_
+- PROJETO DE RESOLUÇÃO n.03/26 - Altera a Resolução nº 57, de 26/12/90 – Plano de Carreiras da Câmara Municipal de Itaú de Minas/MG dá outras providências, dispondo sobre a criação e alteração de cargos e funções que menciona no quadro geral de servidores do Poder Legislativo Municipal e dá outras providências._x000D_
+RELATORA – MARIA ELENA DE OLIVEIRA FARIA</t>
+  </si>
+  <si>
+    <t>3208</t>
+  </si>
+  <si>
+    <t>10306</t>
+  </si>
+  <si>
+    <t>PCFO</t>
+  </si>
+  <si>
+    <t>PARECER CFO</t>
+  </si>
+  <si>
+    <t>CFO - COMISSÃO DE FINANÇAS O ORÇAMENTO</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3208/parecer_cfo_geovan_projetos_cargos_ariane_e_brenda.pdf</t>
+  </si>
+  <si>
+    <t>PARECER ASSUNTOS - PLO 06/26 - Fixa vencimentos de cargo e funções gratificadas que menciona no Poder Legislativo de Itaú de Minas/MG;_x000D_
+- PROJETO DE RESOLUÇÃO n.03/26 - Altera a Resolução nº 57, de 26/12/90 – Plano de Carreiras da Câmara Municipal de Itaú de Minas/MG dá outras providências, dispondo sobre a criação e alteração de cargos e funções que menciona no quadro geral de servidores do Poder Legislativo Municipal e dá outras providências._x000D_
+RELATORA – Geovan Santos</t>
+  </si>
+  <si>
+    <t>3232</t>
+  </si>
+  <si>
+    <t>1126</t>
+  </si>
+  <si>
+    <t>POSAI</t>
+  </si>
+  <si>
+    <t>PARECER COSAIC</t>
+  </si>
+  <si>
+    <t>COSAICMADS - COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS, AGRONÉGOCIO, INDÚSTRIA, COMÉRCO, MEIO AMBIENTE E DESENV SUST</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3232/comissao_de_obras._proj._fogos_fabiano.pdf</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS, AGRONEGÓCIO, INDÚSTRIA, COMÉRCIO, MEIO AMBIENTE E DESENVOLVIMENTO SUSTENTÁVEL_x000D_
+PARECER ASSUNTO - SUBSTITUTIVO N. 01 AO PROJETO DE LEI COMPLEMENTAR N. 01/26 que “Altera dispositivos que menciona na Lei Complementar n° 02/93, - Código de Posturas do município de Itaú de Minas/MG. - Trata da comercialização, queima, manuseio, utilização e soltura de fogos de artifício e artefatos pirotécnicos no âmbito do Município de Itaú de Minas e dá outras providências”;_x000D_
+RELATOR – Fabiano Gomes de Lima</t>
+  </si>
+  <si>
+    <t>3224</t>
+  </si>
+  <si>
+    <t>10226</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3224/parecer_conj._comissao_legislacao_e_obras.pdf</t>
+  </si>
+  <si>
+    <t>PARECER ASSUNTO – Projeto de Lei Complementar n° 02 que “Altera dispositivos que menciona na Lei Complementar n° 02/93, - Código de Posturas do município de Itaú de Minas/MG. – Trata descarte correto de vidros quebrados e resíduos pontiagudos e perfurocortantes domésticos e comerciais dos imóveis situados no município de Itaú de Minas e dá outras providências._x000D_
+RELATOR – Heliel Francisco</t>
+  </si>
+  <si>
+    <t>3216</t>
+  </si>
+  <si>
+    <t>PESA</t>
+  </si>
+  <si>
+    <t>PARECER CESA</t>
+  </si>
+  <si>
+    <t>CESACELT - COMISSÃO DE EDUCAÇÃO, SAÚDE, ASSISTÊNCIA, CULTURA, ESPORTE, LAZER E TURISMO</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3216/parecer_comissao_saude_proj._62_dispensario_patrick.pdf</t>
+  </si>
+  <si>
+    <t>PARECER ASSUNTO - PROJETO DE LEI N. 62 - Dispõe sobre a criação de diretrizes para a ampliação do acesso a medicamentos de uso emergencial através da criação do Dispensário de Medicamentos no Pronto Socorro Municipal Maria Guerra, no âmbito do Sistema Único de Saúde -SUS no Município de Itaú de Minas/MG"_x000D_
+RELATOR – Patrick Campos</t>
+  </si>
+  <si>
     <t>3162</t>
   </si>
   <si>
     <t>LOM</t>
   </si>
   <si>
     <t>Proposta de Emenda a LOM</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3162/proposta_de_emenda_a_lom_n01_revoga_restos_pagar_emendas.pdf</t>
+    <t>DYONATAN CAMILO, Fabiano Gomes de Lima, HELIEL CUSTODIO</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3162/proposta_de_emenda_a_lom_n01_revoga_restos_pagar_emendas.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA À LEI ORGÂNICA MUNICIPAL N. 01/26_x000D_
 Revoga dispositivo que menciona na Lei Orgânica Municipal que trata das emendas_x000D_
 impositivas e dá outras providências.</t>
   </si>
   <si>
+    <t>3235</t>
+  </si>
+  <si>
+    <t>Geovan dos Santos, PATRICK GOULART, RAYAN SILVEIRA</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3235/proposta_de_emenda_a_lei_organica_n02_areas_verdes.pdf</t>
+  </si>
+  <si>
+    <t>PROPOSTA DE EMENDA À LEI ORGÂNICA N.º 02/26._x000D_
+"Acrescenta dispositivo à Lei Orgânica do Município de Itaú de Minas para estipular prazo para a implantação de equipamentos sociais nas áreas públicas oriundas de loteamentos."</t>
+  </si>
+  <si>
     <t>3183</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>ANTEPROJETO DE LEI</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3183/anteprojeto_de_lei_n_01_enfermagem_heliel.pdf</t>
+    <t>Fabiano Gomes de Lima, HELIEL CUSTODIO</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3183/anteprojeto_de_lei_n_01_enfermagem_heliel.pdf</t>
   </si>
   <si>
     <t>ANTEPROJETO DE LEI N. 01/26 - DISPÕE SOBRE A MODIFICAÇÃO DA LEI MUNICIPAL N.º 40/90 E SUAS ALTERAÇÕES POSTERIORES QUE - Dispõe sobre o plano de carreiras da Prefeitura Municipal de Itaú de Minas - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3192</t>
   </si>
   <si>
     <t>DYONATAN CAMILO, HELIEL CUSTODIO</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3192/anteprojeto_de_lei_n_02_motoristas_dioninho_e_heliel_ok.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3192/anteprojeto_de_lei_n_02_motoristas_dioninho_e_heliel_ok.pdf</t>
   </si>
   <si>
     <t>MODIFICA A LEI MUNICIPAL N. 40, DE 20 DE DEZEMBRO 1990, ALTERADA PELA LEI N. 147, DE 02 DE MAIO DE 1994, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>3201</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3201/anteprojeto_de_lei_no_03_isenta_iptu_doencas_graves_dyonatan.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A CONCESSÃO DE ISENÇÃO DO PAGAMENTO DO IPTU AOS PORTADORES DE DOENÇAS GRAVES COMO O CÂNCER E DÁ OUTRAS PROVIDÊNCIAS.”</t>
+  </si>
+  <si>
+    <t>3218</t>
+  </si>
+  <si>
+    <t>Geovan dos Santos, RAYAN SILVEIRA</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3218/anteprojeto_de_lei_n.04_iptu_idosos.pdf</t>
+  </si>
+  <si>
+    <t>“Altera dispositivos que menciona na Lei Complementar n.º 10, de 29/12/1997 e alterações posteriores – Código Tributário Municipal – e dá outras providências. Trata da isenção de IPTU para aposentados.”</t>
+  </si>
+  <si>
+    <t>3228</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3228/anteprojeto_de_lei_no_05_atleta_geovan.pdf</t>
+  </si>
+  <si>
+    <t>"Institui o Programa Municipal de Apoio ao Atleta Itauense, garantindo auxílio financeiro para representação do Município e custeio de despesas médico-hospitalares em caso de acidente, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>3236</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3236/anteprojeto_de_lei_n06._rayan_ensino_libras_doc.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a inclusão do ensino básico da Língua Brasileira de Sinais (LIBRAS) no currículo da rede municipal de ensino de Itaú de Minas e dá outras providências."</t>
+  </si>
+  <si>
+    <t>3237</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3237/anteprojeto_de_lei_n07._rayan_ensino_braille_ok.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a disponibilização de profissional da educação para o ensino do Sistema Braille nas escolas da rede municipal de ensino de Itaú de Minas e dá outras providências."</t>
+  </si>
+  <si>
+    <t>3254</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3254/anteprojeto_de_lei_no_08_cadastro_fibromialgia.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Cadastro Municipal de Pessoas com Fibromialgia, a ser operacionalizado pelo Programa da Saúde da Família, e dá outras providências.</t>
+  </si>
+  <si>
     <t>3185</t>
   </si>
   <si>
     <t>10326</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>MENSAGEM</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3185/mensagem_projetos_cargos_ariane_e_brenda.pdf</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3185/mensagem_projetos_cargos_ariane_e_brenda.pdf</t>
   </si>
   <si>
     <t>Mensagem._x000D_
 _x000D_
 Senhores Vereadores._x000D_
 Vimos propor aos nobres edis as seguintes matérias:_x000D_
 Projeto de Lei n. 06 – que “Fixa vencimentos de cargo e funções gratificadas que menciona no Poder Legislativo de Itaú de Minas/MG”._x000D_
 Projeto de Resolução n. 03 - que “Altera a Resolução nº 57 - Plano de Carreiras da Câmara Municipal de Itaú de Minas/MG dá outras providências, dispondo sobre a criação e alteração de cargos e funções que menciona no quadro geral de servidores do Poder Legislativo Municipal e dá outras providências”;</t>
   </si>
   <si>
+    <t>3257</t>
+  </si>
+  <si>
+    <t>1131426</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3257/mensagem_03.2026_credito_especial_reforma_de_casas_plos_13_e_14-2026.pdf</t>
+  </si>
+  <si>
+    <t>Mensagem que encaminha os projetos:_x000D_
+PLO 13-26 - Autoriza a abertura de crédito adicional suplementar na Lei n.º 1.367/2025 de 02/12/2025 - que, “Estima a Receita e Fixa a Despesa do Município de Itaú de Minas para o Exercício Financeiro de 2026 - e dá outras providências._x000D_
+PLO 14-26 - Autoriza a abertura de Crédito Adicional Especial na Lei nº 1367 de 02/12/2025 – que, “Estima a Receita e Fixa a Despesa do Município de Itaú de Minas para o Exercício Financeiro de 2026 - e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3248</t>
+  </si>
+  <si>
+    <t>19101126</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3248/mensagem_02.2026credito_special_ciminas.pdf</t>
+  </si>
+  <si>
+    <t>MENSAGEM AOS PROJETOS DE LEI:_x000D_
+PLO 09/2026- Aprova o contrato de consórcio público e o estatuto social do Consórcio Interfederativo_x000D_
+Minas Gerais - CIMINAS - autorizando o ingresso do Município de Itaú_x000D_
+de Minas, Estado de Minas Gerais e dá outras providências._x000D_
+PLO 10/2026- Autoriza o Poder Executivo a abrir Crédito Adicional Especial na Lei nº 1.367, de_x000D_
+02/12/2025 – que, “Estima a Receita e Fixa a Despesa do Município de Itaú de Minas_x000D_
+para o Exercício Financeiro de 2026 - e dá outras providências._x000D_
+PLO 11/2026 - Autoriza o Poder Executivo a abrir Crédito Adicional Especial na Lei nº 1.367, de_x000D_
+02/12/2025 – que, “Estima a Receita e Fixa a Despesa do Município de Itaú de Minas_x000D_
+para o Exercício Financeiro de 2026 - e dá outras providências.</t>
+  </si>
+  <si>
     <t>3182</t>
   </si>
   <si>
     <t>102030405</t>
   </si>
   <si>
-    <t>https://sapl.itaudeminas.mg.leg.br/media/</t>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>MENSAGEM AOS PROJETOS:_x000D_
 - 04 - DISPÕE SOBRE A REVISÃO GERAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 - 03- DISPÕE SOBRE O PAGAMENTO DO PISO NACIONAL DOS AGENTES COMUNITÁRIOS DE SAÚDE E DOS AGENTES DE COMBATE A ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 - 02 - DISPÕE SOBRE O PAGAMENTO DO PISO NACIONAL DO MAGISTÉRIO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 - 05- ALTERA DISPOSITIVO DA LEI N.º 1325/2025 QUE ALTEROU A LEI N.º 1317/24 - INSTITUI O AUXÍLIO VALE ALIMENTAÇÃO AOS SERVIDORES_x000D_
 PÚBLICOS DO PODER EXECUTIVO MUNICÍPIO DE ITAÚ DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>3231</t>
+  </si>
+  <si>
+    <t>SUBST</t>
+  </si>
+  <si>
+    <t>SUBSTITUTIVO</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3231/substitutivo_n01_projeto_lc_01_fogo_dyonatan_.pdf</t>
+  </si>
+  <si>
+    <t>SUBSTITUTIVO N. 01 AO PROJETO DE LEI COMPLEMENTAR N. 01/26_x000D_
+“Altera dispositivos que menciona na Lei Complementar n° 02/93, - Código de Posturas do município de Itaú de Minas/MG. - Trata da comercialização, queima, manuseio, utilização e soltura de fogos de artifício e artefatos pirotécnicos no âmbito do Município de Itaú de Minas e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>3194</t>
+  </si>
+  <si>
+    <t>VOTA</t>
+  </si>
+  <si>
+    <t>VOTAÇÃO EXPRESSA</t>
+  </si>
+  <si>
+    <t>DYONATAN CAMILO, Fabiano Gomes de Lima, Geovan dos Santos, HELIEL CUSTODIO, MARIA ELENA DE OLIVEIRA FARIA, PATRICK GOULART, RAYAN SILVEIRA</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3194/composicao_comissoes_2026.pdf</t>
+  </si>
+  <si>
+    <t>PROPOSTA DE FORMAÇÃO DAS COMISSÕES PERMANENTES 2026:_x000D_
+_x000D_
+COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO_x000D_
+Heliel 		Dyonatan	Maria Elena 	_x000D_
+_x000D_
+COMISSÃO DE FINANÇAS O ORÇAMENTO_x000D_
+Geovan 	Fabiano	Dyonatan_x000D_
+_x000D_
+COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS, AGRONEGÓCIO, INDÚSTRIA, COMERCIO, MEIO AMBIENTE, DESENVOLVIMENTO SUSTENTÁVEL, TRABALHO E EMPREGO_x000D_
+Heliel		Fabiano	M. Elena	_x000D_
+_x000D_
+COMISSÃO DE EDUCAÇÃO, SAÚDE, ASSISTÊNCIA, CULTURA, ESPORTE, LAZER E TURISMO_x000D_
+Patrick		M. Elena	Dyonatan_x000D_
+_x000D_
+CONSELHO DE ETICA E DECORO PARLAMENTAR_x000D_
+3º MEMBRO – Maria Elena</t>
+  </si>
+  <si>
+    <t>3219</t>
+  </si>
+  <si>
+    <t>REDF</t>
+  </si>
+  <si>
+    <t>REDAÇÃO FINAL</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3219/parecer_em_redacao_final_24.02.26.pdf</t>
+  </si>
+  <si>
+    <t>PARECER – REDAÇÃO FINAL ASSUNTOS:_x000D_
+a) - Substitutivo n. 01 ao Projeto de Lei n. 59/25 que “Dispõe sobre a obrigatoriedade de divulgação do direito da mulher a acompanhante em consultas, exames e procedimentos nos estabelecimentos de saúde do Município de Itaú de Minas, e dá outras providências;”_x000D_
+b) Substitutivo n. 01 ao Projeto de Lei n.62/25 - Dispõe sobre a criação de diretrizes para a ampliação do acesso a medicamentos de uso emergencial através da criação do Dispensário de Medicamentos no Pronto Socorro Municipal Maria Guerra, no âmbito do Sistema Único de Saúde -SUS no Município de Itaú de Minas/MG";_x000D_
+c) Projeto de Lei n.63/25 - Institui no Calendário Oficial do Município de Itaú de Minas o “Dia do Hino Municipal de Itaú de Minas” e dá outras providências;_x000D_
+d) Projeto de Lei n. 05/26 que “Altera a Lei n.º 1.317/2024, que Institui o Auxílio Vale-Alimentação aos servidores públicos do Poder Executivo do Município de Itaú de Minas e dá outras providências”_x000D_
+e) Projeto de Resolução nº 02</t>
+  </si>
+  <si>
+    <t>3240</t>
+  </si>
+  <si>
+    <t>1226</t>
+  </si>
+  <si>
+    <t>http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3240/parecer_redacao_final_plc_02_e_sub_1.pdf</t>
+  </si>
+  <si>
+    <t>PARECER – REDAÇÃO FINAL ASSUNTO - Projeto de Lei Complementar n° 02 que “Altera dispositivos que menciona na Lei Complementar n° 02/93, - Código de Posturas do município de Itaú de Minas/MG. – Trata descarte correto de vidros quebrados e resíduos pontiagudos e perfurocortantes domésticos e comerciais dos imóveis situados no município de Itaú de Minas e dá outras providências._x000D_
+- Substitutivo n. 01 ao Projeto de Lei Complementar n. 01/26 - “Trata da comercialização, queima, manuseio, utilização e soltura de fogos de artifício e artefatos pirotécnicos no âmbito do Município de Itaú de Minas e dá outras providências”._x000D_
+RELATOR – Heliel Custódio</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -854,67 +1767,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3161/projeto_de_lei_n_01_descarte_fabiano.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3174/projeto_de_lei_02-26_-_rev._prof._timbre.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3175/projeto_de_lei_03-26_-_revisao_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3176/projeto_de_lei_04-26_-_revisao_geral_timbre.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3177/projeto_de_lei_05-26_-_altera_vale_aliment._timbre.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3186/projeto_de_lei_n_06_fixa_vencimento_funcao_gratificada_ariane_e_brenda.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3178/projeto_de_resolucao_n_01_reajuste_servidores_2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3179/projeto_de_resolucao_no_02_altera_vale_servidores.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3184/projeto_de_resolucao_no_03_cargos_ariane_e_brenda.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3163/projeto_de_lei_complementar_n01_fogos_dyonatan.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3160/indicacao_no__01_fabiano_educadores_magisterio_2.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3164/indicacao_no_02_heliel_farmacinha_horario_rev.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3165/indicacao_no_03_elena_pintura_sinalizacao_kiko_juventino.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3166/indicacao_no_04_rua_sebastiao_franklin_elena.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3167/indicacao_no_05_patrick_redutor_velocidade_margem_linha.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3168/indicacao_no_06_dyonatan_limpesa_lago.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3169/indicacao_no_07_lixo_coleta_rua_zetinho_rayan.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3170/indicacao_no_08_patrick_limpesa_atras_cecoi.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3172/indicacao_no_09_rayan_limpeza_terreno_liberdade.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3173/indicacao_no10_rayan_telhada_casa_aposentado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3190/indicacao_n._11_rayan_buraco_rua_geraldo_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3191/indicacao_no_12_heleil_toldo_ps.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3171/requerimento_n._01_elena_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3180/requerimento_no_02_urgencia_especial_reajustes_revisado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3181/requerimento_no_03_rayan_praca_mons._ernesto.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3187/requerimento_no_04_urgencia_simples.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3188/requerimento_no_05_dioninho_informacoes_sobre_obras.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3189/requerimento_no_06_dyonatan_campo_belarmino.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3162/proposta_de_emenda_a_lom_n01_revoga_restos_pagar_emendas.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3183/anteprojeto_de_lei_n_01_enfermagem_heliel.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3192/anteprojeto_de_lei_n_02_motoristas_dioninho_e_heliel_ok.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3185/mensagem_projetos_cargos_ariane_e_brenda.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3161/projeto_de_lei_n_01_descarte_fabiano.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3174/projeto_de_lei_02-26_-_rev._prof._timbre.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3175/projeto_de_lei_03-26_-_revisao_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3176/projeto_de_lei_04-26_-_revisao_geral_timbre.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3177/projeto_de_lei_05-26_-_altera_vale_aliment._timbre.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3186/projeto_de_lei_n_06_fixa_vencimento_funcao_gratificada_ariane_e_brenda.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3227/projeto_de_lei_no_07__destoca_toco_arvores_geovan.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3229/projeto_de_lei_no_08_geovan_indeniza_acidentes_transito.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3243/projeto_de_lei_09-26_-_novos_municipios_2026_ciminas.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3244/projeto_de_lei_10-26_-_assoc._lagos_timbre.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3245/projeto_de_lei_11-26_-_ciminas_orcamento_timbre.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3249/projeto_de_lei_no__12.filhos_escolas_horario_rayandoc.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3255/projeto_de_lei_13-26_-transposicao_remanejamento26.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3256/projeto_de_lei_14-26_-__reforma_de_casas_-_loa.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3178/projeto_de_resolucao_n_01_reajuste_servidores_2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3179/projeto_de_resolucao_no_02_altera_vale_servidores.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3184/projeto_de_resolucao_no_03_cargos_ariane_e_brenda.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3163/projeto_de_lei_complementar_n01_fogos_dyonatan.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3209/projeto_de_lei_complementar_n02_descarte_vidros_codigo_posturas.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3238/projeto_de_lei_complementar_n03_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3160/indicacao_no__01_fabiano_educadores_magisterio_2.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3164/indicacao_no_02_heliel_farmacinha_horario_rev.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3165/indicacao_no_03_elena_pintura_sinalizacao_kiko_juventino.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3166/indicacao_no_04_rua_sebastiao_franklin_elena.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3167/indicacao_no_05_patrick_redutor_velocidade_margem_linha.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3168/indicacao_no_06_dyonatan_limpesa_lago.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3169/indicacao_no_07_lixo_coleta_rua_zetinho_rayan.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3170/indicacao_no_08_patrick_limpesa_atras_cecoi.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3172/indicacao_no_09_rayan_limpeza_terreno_liberdade.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3173/indicacao_no10_rayan_telhada_casa_aposentado.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3190/indicacao_n._11_rayan_buraco_rua_geraldo_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3191/indicacao_no_12_heleil_toldo_ps.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3193/indicacao_no_13_patrick_rua_rodrigues_amorim_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3195/indicacao_no_14_rayan_mato_estadio_jorge_oliva_ok.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3196/indicacao_no_15_rayan_upa.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3197/indicacao_no_16_centro_fisio_e_fono_rayan.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3198/indicacao_no__17_buraco_rua_m._alice_rayan.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3199/indicacao_no__18_patrick_limpeza_terreno.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3200/indicacao_no_19_rayan_pedras_soltas_juventino_dias.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3202/indicacao_no_20_guarda_municipal_patrick.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3203/indicacao_no_21_capela_cemiterio_m._elena.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3204/indicacao_no_22_elena_cemiterio_doc.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3206/indicacao_n23_dyonatan_praca_margarida_oliveira.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3210/indicacao_no_24_dyonatan_casa_cultura.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3211/indicacao_no_25_geovan_ponte_avenida_liberdade.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3212/indicacao_no_26_geovan_placa_sinalizacao_jose_balbino.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3213/indicacao_no_27_patrick_pocos_olaria_dengue.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3214/indicacao_no_28_dyonatan_guarda_corpo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3230/indicacao_no_29_rayan_placa_sinalizacao_massaud_mattar.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3221/indicacao_n30_rayan__e_patrick_limpeza_praca_sagrada_familia.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3222/indicacao_no_31_patrick_varriacao_rua.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3223/indicacao_no_32_patrick_popnto_lixo_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3225/indicacao_n33_patrick_homenagem_educadores.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3226/indicacao_no_34_geovan_rua_massaud_mattar_redutores_e_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3233/indicacao_no_35_fabrica_fio_dioninho.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3234/indicacao_n36_rayan_praca_universitario.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3239/indicacao_no__37_rayan_rua_zetinho_pavimentacao_ok.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3241/indicacao_no_38_patrick_limpesa_terrenos_marieta.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3242/indicacao_no_39_rayan_pontilhao_cohab_ressalto.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3247/indicacao_no_40_patrick_reparos_rua_paralelepidepo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3250/indicacao_no_41_patrick_espacos_pracas_sensoriais.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3251/indicacao_no_42_dyonatan_limpesa_parque_odelio_brito_com_fotos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3253/indicacao_no_43_levantamento_redes_esgoto_elena.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3171/requerimento_n._01_elena_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3180/requerimento_no_02_urgencia_especial_reajustes_revisado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3181/requerimento_no_03_rayan_praca_mons._ernesto.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3187/requerimento_no_04_urgencia_simples.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3188/requerimento_no_05_dioninho_informacoes_sobre_obras.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3189/requerimento_no_06_dyonatan_campo_belarmino.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3205/requerimento_n07_elena_medicamentos_farmacia.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3217/requerimento_no_08_urgencia_especial_vales.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3220/requerimento_no_09_elena_castracao.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3246/requerimento_no_10_urgencia_proj._09_10_e_11.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3252/requerimento_n11_convoca_roriz_fiscal_posturas.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3215/parecer_legislacao_projeto_lei_62-2026_dispensario_heliel.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3207/parecer_ljr_projetos_cargos_uai.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3208/parecer_cfo_geovan_projetos_cargos_ariane_e_brenda.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3232/comissao_de_obras._proj._fogos_fabiano.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3224/parecer_conj._comissao_legislacao_e_obras.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3216/parecer_comissao_saude_proj._62_dispensario_patrick.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3162/proposta_de_emenda_a_lom_n01_revoga_restos_pagar_emendas.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3235/proposta_de_emenda_a_lei_organica_n02_areas_verdes.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3183/anteprojeto_de_lei_n_01_enfermagem_heliel.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3192/anteprojeto_de_lei_n_02_motoristas_dioninho_e_heliel_ok.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3201/anteprojeto_de_lei_no_03_isenta_iptu_doencas_graves_dyonatan.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3218/anteprojeto_de_lei_n.04_iptu_idosos.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3228/anteprojeto_de_lei_no_05_atleta_geovan.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3236/anteprojeto_de_lei_n06._rayan_ensino_libras_doc.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3237/anteprojeto_de_lei_n07._rayan_ensino_braille_ok.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3254/anteprojeto_de_lei_no_08_cadastro_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3185/mensagem_projetos_cargos_ariane_e_brenda.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3257/mensagem_03.2026_credito_especial_reforma_de_casas_plos_13_e_14-2026.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3248/mensagem_02.2026credito_special_ciminas.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3231/substitutivo_n01_projeto_lc_01_fogo_dyonatan_.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3194/composicao_comissoes_2026.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3219/parecer_em_redacao_final_24.02.26.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itaudeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/3240/parecer_redacao_final_plc_02_e_sub_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H34"/>
+  <dimension ref="A1:H99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="34.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="147.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="136.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="146.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1064,779 +1977,2534 @@
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
         <v>35</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>38</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="D8" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H8" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>43</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="D9" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
         <v>40</v>
       </c>
-      <c r="F9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G9" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="D10" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="H10" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="D11" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>53</v>
       </c>
       <c r="H11" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>55</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>10</v>
+        <v>56</v>
       </c>
       <c r="D12" t="s">
-        <v>56</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" s="1" t="s">
+      <c r="H12" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>59</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
         <v>60</v>
       </c>
-      <c r="B13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D13" t="s">
-        <v>56</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="F13" t="s">
         <v>61</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>62</v>
       </c>
       <c r="H13" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>64</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="D14" t="s">
-        <v>56</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H14" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>68</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>26</v>
+        <v>69</v>
       </c>
       <c r="D15" t="s">
-        <v>56</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>56</v>
+        <v>73</v>
       </c>
       <c r="E16" t="s">
-        <v>57</v>
+        <v>74</v>
       </c>
       <c r="F16" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H16" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D17" t="s">
-        <v>56</v>
+        <v>73</v>
       </c>
       <c r="E17" t="s">
-        <v>57</v>
+        <v>74</v>
       </c>
       <c r="F17" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="H17" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="D18" t="s">
-        <v>56</v>
+        <v>73</v>
       </c>
       <c r="E18" t="s">
-        <v>57</v>
+        <v>74</v>
       </c>
       <c r="F18" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>81</v>
       </c>
       <c r="H18" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>83</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" t="s">
         <v>84</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>57</v>
+        <v>85</v>
       </c>
       <c r="F19" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="H19" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>88</v>
+        <v>17</v>
       </c>
       <c r="D20" t="s">
-        <v>56</v>
+        <v>84</v>
       </c>
       <c r="E20" t="s">
-        <v>57</v>
+        <v>85</v>
       </c>
       <c r="F20" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H20" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>92</v>
+        <v>22</v>
       </c>
       <c r="D21" t="s">
-        <v>56</v>
+        <v>84</v>
       </c>
       <c r="E21" t="s">
-        <v>57</v>
+        <v>85</v>
       </c>
       <c r="F21" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H21" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>96</v>
+        <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>56</v>
+        <v>97</v>
       </c>
       <c r="E22" t="s">
-        <v>57</v>
+        <v>98</v>
       </c>
       <c r="F22" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="H22" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>100</v>
+        <v>17</v>
       </c>
       <c r="D23" t="s">
-        <v>56</v>
+        <v>97</v>
       </c>
       <c r="E23" t="s">
-        <v>57</v>
+        <v>98</v>
       </c>
       <c r="F23" t="s">
-        <v>61</v>
+        <v>102</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="H23" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D24" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="E24" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="F24" t="s">
-        <v>65</v>
+        <v>106</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="H24" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D25" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="E25" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="F25" t="s">
-        <v>35</v>
+        <v>106</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H25" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="D26" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="E26" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="F26" t="s">
-        <v>80</v>
+        <v>113</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="H26" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="D27" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="E27" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="F27" t="s">
-        <v>35</v>
+        <v>86</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="H27" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D28" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="E28" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="F28" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="H28" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="D29" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="E29" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="F29" t="s">
-        <v>52</v>
+        <v>113</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="H29" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="D30" t="s">
-        <v>124</v>
+        <v>97</v>
       </c>
       <c r="E30" t="s">
-        <v>125</v>
+        <v>98</v>
       </c>
       <c r="F30" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>126</v>
       </c>
       <c r="H30" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>128</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="D31" t="s">
-        <v>129</v>
+        <v>97</v>
       </c>
       <c r="E31" t="s">
-        <v>130</v>
+        <v>98</v>
       </c>
       <c r="F31" t="s">
         <v>61</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="H31" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>131</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>56</v>
+      </c>
+      <c r="D32" t="s">
+        <v>97</v>
+      </c>
+      <c r="E32" t="s">
+        <v>98</v>
+      </c>
+      <c r="F32" t="s">
+        <v>61</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H32" t="s">
         <v>133</v>
-      </c>
-[...19 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>138</v>
+        <v>60</v>
       </c>
       <c r="D33" t="s">
-        <v>139</v>
+        <v>97</v>
       </c>
       <c r="E33" t="s">
-        <v>140</v>
+        <v>98</v>
       </c>
       <c r="F33" t="s">
-        <v>35</v>
+        <v>102</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="H33" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>137</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>65</v>
+      </c>
+      <c r="D34" t="s">
+        <v>97</v>
+      </c>
+      <c r="E34" t="s">
+        <v>98</v>
+      </c>
+      <c r="F34" t="s">
+        <v>113</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H34" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>140</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>69</v>
+      </c>
+      <c r="D35" t="s">
+        <v>97</v>
+      </c>
+      <c r="E35" t="s">
+        <v>98</v>
+      </c>
+      <c r="F35" t="s">
+        <v>61</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="H35" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
         <v>143</v>
       </c>
-      <c r="B34" t="s">
-[...2 lines deleted...]
-      <c r="C34" t="s">
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
         <v>144</v>
       </c>
-      <c r="D34" t="s">
-[...5 lines deleted...]
-      <c r="F34" t="s">
+      <c r="D36" t="s">
+        <v>97</v>
+      </c>
+      <c r="E36" t="s">
+        <v>98</v>
+      </c>
+      <c r="F36" t="s">
+        <v>61</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="H36" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>147</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>148</v>
+      </c>
+      <c r="D37" t="s">
+        <v>97</v>
+      </c>
+      <c r="E37" t="s">
+        <v>98</v>
+      </c>
+      <c r="F37" t="s">
+        <v>61</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="H37" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>151</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>152</v>
+      </c>
+      <c r="D38" t="s">
+        <v>97</v>
+      </c>
+      <c r="E38" t="s">
+        <v>98</v>
+      </c>
+      <c r="F38" t="s">
+        <v>61</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="H38" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>155</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>156</v>
+      </c>
+      <c r="D39" t="s">
+        <v>97</v>
+      </c>
+      <c r="E39" t="s">
+        <v>98</v>
+      </c>
+      <c r="F39" t="s">
+        <v>113</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H39" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>159</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>160</v>
+      </c>
+      <c r="D40" t="s">
+        <v>97</v>
+      </c>
+      <c r="E40" t="s">
+        <v>98</v>
+      </c>
+      <c r="F40" t="s">
+        <v>61</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H40" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>163</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>164</v>
+      </c>
+      <c r="D41" t="s">
+        <v>97</v>
+      </c>
+      <c r="E41" t="s">
+        <v>98</v>
+      </c>
+      <c r="F41" t="s">
+        <v>113</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H41" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>167</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>168</v>
+      </c>
+      <c r="D42" t="s">
+        <v>97</v>
+      </c>
+      <c r="E42" t="s">
+        <v>98</v>
+      </c>
+      <c r="F42" t="s">
+        <v>106</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="H42" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>171</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>172</v>
+      </c>
+      <c r="D43" t="s">
+        <v>97</v>
+      </c>
+      <c r="E43" t="s">
+        <v>98</v>
+      </c>
+      <c r="F43" t="s">
+        <v>106</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="H43" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>175</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>176</v>
+      </c>
+      <c r="D44" t="s">
+        <v>97</v>
+      </c>
+      <c r="E44" t="s">
+        <v>98</v>
+      </c>
+      <c r="F44" t="s">
+        <v>86</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="H44" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>179</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>180</v>
+      </c>
+      <c r="D45" t="s">
+        <v>97</v>
+      </c>
+      <c r="E45" t="s">
+        <v>98</v>
+      </c>
+      <c r="F45" t="s">
+        <v>86</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="H45" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>183</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>184</v>
+      </c>
+      <c r="D46" t="s">
+        <v>97</v>
+      </c>
+      <c r="E46" t="s">
+        <v>98</v>
+      </c>
+      <c r="F46" t="s">
+        <v>40</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="H46" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>187</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>188</v>
+      </c>
+      <c r="D47" t="s">
+        <v>97</v>
+      </c>
+      <c r="E47" t="s">
+        <v>98</v>
+      </c>
+      <c r="F47" t="s">
+        <v>40</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="H47" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>191</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>192</v>
+      </c>
+      <c r="D48" t="s">
+        <v>97</v>
+      </c>
+      <c r="E48" t="s">
+        <v>98</v>
+      </c>
+      <c r="F48" t="s">
+        <v>113</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="H48" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>195</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>196</v>
+      </c>
+      <c r="D49" t="s">
+        <v>97</v>
+      </c>
+      <c r="E49" t="s">
+        <v>98</v>
+      </c>
+      <c r="F49" t="s">
+        <v>86</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H49" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>199</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>200</v>
+      </c>
+      <c r="D50" t="s">
+        <v>97</v>
+      </c>
+      <c r="E50" t="s">
+        <v>98</v>
+      </c>
+      <c r="F50" t="s">
+        <v>61</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="H50" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>203</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>204</v>
+      </c>
+      <c r="D51" t="s">
+        <v>97</v>
+      </c>
+      <c r="E51" t="s">
+        <v>98</v>
+      </c>
+      <c r="F51" t="s">
+        <v>205</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H51" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>208</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>209</v>
+      </c>
+      <c r="D52" t="s">
+        <v>97</v>
+      </c>
+      <c r="E52" t="s">
+        <v>98</v>
+      </c>
+      <c r="F52" t="s">
+        <v>113</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="H52" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>212</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>213</v>
+      </c>
+      <c r="D53" t="s">
+        <v>97</v>
+      </c>
+      <c r="E53" t="s">
+        <v>98</v>
+      </c>
+      <c r="F53" t="s">
+        <v>113</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="H53" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>216</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>217</v>
+      </c>
+      <c r="D54" t="s">
+        <v>97</v>
+      </c>
+      <c r="E54" t="s">
+        <v>98</v>
+      </c>
+      <c r="F54" t="s">
+        <v>113</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="H54" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>220</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>221</v>
+      </c>
+      <c r="D55" t="s">
+        <v>97</v>
+      </c>
+      <c r="E55" t="s">
+        <v>98</v>
+      </c>
+      <c r="F55" t="s">
+        <v>40</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="H55" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>224</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>225</v>
+      </c>
+      <c r="D56" t="s">
+        <v>97</v>
+      </c>
+      <c r="E56" t="s">
+        <v>98</v>
+      </c>
+      <c r="F56" t="s">
+        <v>86</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H56" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>228</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>229</v>
+      </c>
+      <c r="D57" t="s">
+        <v>97</v>
+      </c>
+      <c r="E57" t="s">
+        <v>98</v>
+      </c>
+      <c r="F57" t="s">
+        <v>61</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="H57" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>232</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>233</v>
+      </c>
+      <c r="D58" t="s">
+        <v>97</v>
+      </c>
+      <c r="E58" t="s">
+        <v>98</v>
+      </c>
+      <c r="F58" t="s">
+        <v>61</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="H58" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>236</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>237</v>
+      </c>
+      <c r="D59" t="s">
+        <v>97</v>
+      </c>
+      <c r="E59" t="s">
+        <v>98</v>
+      </c>
+      <c r="F59" t="s">
+        <v>113</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="H59" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>240</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>241</v>
+      </c>
+      <c r="D60" t="s">
+        <v>97</v>
+      </c>
+      <c r="E60" t="s">
+        <v>98</v>
+      </c>
+      <c r="F60" t="s">
+        <v>61</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="H60" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>244</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>245</v>
+      </c>
+      <c r="D61" t="s">
+        <v>97</v>
+      </c>
+      <c r="E61" t="s">
+        <v>98</v>
+      </c>
+      <c r="F61" t="s">
+        <v>113</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="H61" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>248</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>249</v>
+      </c>
+      <c r="D62" t="s">
+        <v>97</v>
+      </c>
+      <c r="E62" t="s">
+        <v>98</v>
+      </c>
+      <c r="F62" t="s">
+        <v>113</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="H62" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>252</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>253</v>
+      </c>
+      <c r="D63" t="s">
+        <v>97</v>
+      </c>
+      <c r="E63" t="s">
+        <v>98</v>
+      </c>
+      <c r="F63" t="s">
+        <v>86</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="H63" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>256</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>257</v>
+      </c>
+      <c r="D64" t="s">
+        <v>97</v>
+      </c>
+      <c r="E64" t="s">
+        <v>98</v>
+      </c>
+      <c r="F64" t="s">
+        <v>106</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="H64" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>260</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>10</v>
+      </c>
+      <c r="D65" t="s">
+        <v>261</v>
+      </c>
+      <c r="E65" t="s">
+        <v>262</v>
+      </c>
+      <c r="F65" t="s">
+        <v>106</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H65" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>265</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>17</v>
+      </c>
+      <c r="D66" t="s">
+        <v>261</v>
+      </c>
+      <c r="E66" t="s">
+        <v>262</v>
+      </c>
+      <c r="F66" t="s">
+        <v>35</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H66" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>268</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>22</v>
+      </c>
+      <c r="D67" t="s">
+        <v>261</v>
+      </c>
+      <c r="E67" t="s">
+        <v>262</v>
+      </c>
+      <c r="F67" t="s">
+        <v>61</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="H67" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>271</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>26</v>
+      </c>
+      <c r="D68" t="s">
+        <v>261</v>
+      </c>
+      <c r="E68" t="s">
+        <v>262</v>
+      </c>
+      <c r="F68" t="s">
+        <v>35</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H68" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>274</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>30</v>
+      </c>
+      <c r="D69" t="s">
+        <v>261</v>
+      </c>
+      <c r="E69" t="s">
+        <v>262</v>
+      </c>
+      <c r="F69" t="s">
+        <v>86</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="H69" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>277</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>34</v>
+      </c>
+      <c r="D70" t="s">
+        <v>261</v>
+      </c>
+      <c r="E70" t="s">
+        <v>262</v>
+      </c>
+      <c r="F70" t="s">
+        <v>86</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="H70" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>280</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>39</v>
+      </c>
+      <c r="D71" t="s">
+        <v>261</v>
+      </c>
+      <c r="E71" t="s">
+        <v>262</v>
+      </c>
+      <c r="F71" t="s">
+        <v>106</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="H71" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>283</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>44</v>
+      </c>
+      <c r="D72" t="s">
+        <v>261</v>
+      </c>
+      <c r="E72" t="s">
+        <v>262</v>
+      </c>
+      <c r="F72" t="s">
+        <v>35</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="H72" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>286</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>48</v>
+      </c>
+      <c r="D73" t="s">
+        <v>261</v>
+      </c>
+      <c r="E73" t="s">
+        <v>262</v>
+      </c>
+      <c r="F73" t="s">
+        <v>106</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="H73" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>289</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>52</v>
+      </c>
+      <c r="D74" t="s">
+        <v>261</v>
+      </c>
+      <c r="E74" t="s">
+        <v>262</v>
+      </c>
+      <c r="F74" t="s">
+        <v>35</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="H74" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>292</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>56</v>
+      </c>
+      <c r="D75" t="s">
+        <v>261</v>
+      </c>
+      <c r="E75" t="s">
+        <v>262</v>
+      </c>
+      <c r="F75" t="s">
+        <v>293</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="H75" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>296</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>297</v>
+      </c>
+      <c r="D76" t="s">
+        <v>298</v>
+      </c>
+      <c r="E76" t="s">
+        <v>299</v>
+      </c>
+      <c r="F76" t="s">
+        <v>300</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="H76" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>303</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>304</v>
+      </c>
+      <c r="D77" t="s">
+        <v>298</v>
+      </c>
+      <c r="E77" t="s">
+        <v>299</v>
+      </c>
+      <c r="F77" t="s">
+        <v>300</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H77" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>307</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>308</v>
+      </c>
+      <c r="D78" t="s">
+        <v>309</v>
+      </c>
+      <c r="E78" t="s">
+        <v>310</v>
+      </c>
+      <c r="F78" t="s">
+        <v>311</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H78" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>314</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>315</v>
+      </c>
+      <c r="D79" t="s">
+        <v>316</v>
+      </c>
+      <c r="E79" t="s">
+        <v>317</v>
+      </c>
+      <c r="F79" t="s">
+        <v>318</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="H79" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>321</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>322</v>
+      </c>
+      <c r="D80" t="s">
+        <v>316</v>
+      </c>
+      <c r="E80" t="s">
+        <v>317</v>
+      </c>
+      <c r="F80" t="s">
+        <v>293</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="H80" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>325</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>297</v>
+      </c>
+      <c r="D81" t="s">
+        <v>326</v>
+      </c>
+      <c r="E81" t="s">
+        <v>327</v>
+      </c>
+      <c r="F81" t="s">
+        <v>328</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="H81" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>331</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>10</v>
+      </c>
+      <c r="D82" t="s">
+        <v>332</v>
+      </c>
+      <c r="E82" t="s">
+        <v>333</v>
+      </c>
+      <c r="F82" t="s">
+        <v>334</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="H82" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>337</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>17</v>
+      </c>
+      <c r="D83" t="s">
+        <v>332</v>
+      </c>
+      <c r="E83" t="s">
+        <v>333</v>
+      </c>
+      <c r="F83" t="s">
+        <v>338</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="H83" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>341</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>10</v>
+      </c>
+      <c r="D84" t="s">
+        <v>342</v>
+      </c>
+      <c r="E84" t="s">
+        <v>343</v>
+      </c>
+      <c r="F84" t="s">
+        <v>344</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="H84" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>347</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>17</v>
+      </c>
+      <c r="D85" t="s">
+        <v>342</v>
+      </c>
+      <c r="E85" t="s">
+        <v>343</v>
+      </c>
+      <c r="F85" t="s">
+        <v>348</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="H85" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>351</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>22</v>
+      </c>
+      <c r="D86" t="s">
+        <v>342</v>
+      </c>
+      <c r="E86" t="s">
+        <v>343</v>
+      </c>
+      <c r="F86" t="s">
+        <v>86</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="H86" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>354</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>26</v>
+      </c>
+      <c r="D87" t="s">
+        <v>342</v>
+      </c>
+      <c r="E87" t="s">
+        <v>343</v>
+      </c>
+      <c r="F87" t="s">
+        <v>355</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="H87" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>358</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>30</v>
+      </c>
+      <c r="D88" t="s">
+        <v>342</v>
+      </c>
+      <c r="E88" t="s">
+        <v>343</v>
+      </c>
+      <c r="F88" t="s">
+        <v>40</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="H88" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>361</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>34</v>
+      </c>
+      <c r="D89" t="s">
+        <v>342</v>
+      </c>
+      <c r="E89" t="s">
+        <v>343</v>
+      </c>
+      <c r="F89" t="s">
+        <v>61</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="H89" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>364</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>39</v>
+      </c>
+      <c r="D90" t="s">
+        <v>342</v>
+      </c>
+      <c r="E90" t="s">
+        <v>343</v>
+      </c>
+      <c r="F90" t="s">
+        <v>61</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="H90" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>367</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>44</v>
+      </c>
+      <c r="D91" t="s">
+        <v>342</v>
+      </c>
+      <c r="E91" t="s">
+        <v>343</v>
+      </c>
+      <c r="F91" t="s">
+        <v>106</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="H91" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>370</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>371</v>
+      </c>
+      <c r="D92" t="s">
+        <v>372</v>
+      </c>
+      <c r="E92" t="s">
+        <v>373</v>
+      </c>
+      <c r="F92" t="s">
+        <v>35</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="H92" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>376</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>377</v>
+      </c>
+      <c r="D93" t="s">
+        <v>372</v>
+      </c>
+      <c r="E93" t="s">
+        <v>373</v>
+      </c>
+      <c r="F93" t="s">
         <v>18</v>
       </c>
-      <c r="G34" s="1" t="s">
-[...3 lines deleted...]
-        <v>146</v>
+      <c r="G93" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="H93" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>380</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>381</v>
+      </c>
+      <c r="D94" t="s">
+        <v>372</v>
+      </c>
+      <c r="E94" t="s">
+        <v>373</v>
+      </c>
+      <c r="F94" t="s">
+        <v>18</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="H94" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>384</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>385</v>
+      </c>
+      <c r="D95" t="s">
+        <v>372</v>
+      </c>
+      <c r="E95" t="s">
+        <v>373</v>
+      </c>
+      <c r="F95" t="s">
+        <v>18</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="H95" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>388</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>315</v>
+      </c>
+      <c r="D96" t="s">
+        <v>389</v>
+      </c>
+      <c r="E96" t="s">
+        <v>390</v>
+      </c>
+      <c r="F96" t="s">
+        <v>86</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="H96" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>393</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>10</v>
+      </c>
+      <c r="D97" t="s">
+        <v>394</v>
+      </c>
+      <c r="E97" t="s">
+        <v>395</v>
+      </c>
+      <c r="F97" t="s">
+        <v>396</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="H97" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>399</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>10</v>
+      </c>
+      <c r="D98" t="s">
+        <v>400</v>
+      </c>
+      <c r="E98" t="s">
+        <v>401</v>
+      </c>
+      <c r="F98" t="s">
+        <v>300</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="H98" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>404</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>405</v>
+      </c>
+      <c r="D99" t="s">
+        <v>400</v>
+      </c>
+      <c r="E99" t="s">
+        <v>401</v>
+      </c>
+      <c r="F99" t="s">
+        <v>300</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="H99" t="s">
+        <v>407</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>